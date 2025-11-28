--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -10,77 +10,149 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="210" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="136">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Abertura</t>
   </si>
   <si>
     <t>Horário (hh:mm)</t>
   </si>
   <si>
     <t>Encerramento</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>09:00</t>
+  </si>
+  <si>
+    <t>13:00</t>
+  </si>
+  <si>
+    <t>38ª SESSÃO ORDINÁRIA da 33ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>37ª SESSÃO ORDINÁRIA da 33ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>36ª SESSÃO ORDINÁRIA da 33ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>2025-11-07</t>
+  </si>
+  <si>
+    <t>35ª SESSÃO ORDINÁRIA da 33ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>3ª SESSÃO EXTRAORDINÁRIA da 33ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>34ª SESSÃO ORDINÁRIA da 33ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>2025-10-21</t>
+  </si>
+  <si>
+    <t>33ª SESSÃO ORDINÁRIA da 33ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>2025-10-14</t>
+  </si>
+  <si>
+    <t>32ª SESSÃO ORDINÁRIA da 33ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
     <t>211</t>
   </si>
   <si>
     <t>2025-09-30</t>
-  </si>
-[...4 lines deleted...]
-    <t>13:00</t>
   </si>
   <si>
     <t>31ª SESSÃO ORDINÁRIA da 33ª Sessão Legislativa da 9ª Legislatura</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>2025-09-23</t>
   </si>
   <si>
     <t>30ª SESSÃO ORDINÁRIA da 33ª Sessão Legislativa da 9ª Legislatura</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>2025-09-16</t>
   </si>
   <si>
     <t>29ª SESSÃO ORDINÁRIA da 33ª Sessão Legislativa da 9ª Legislatura</t>
   </si>
   <si>
     <t>208</t>
   </si>
@@ -681,51 +753,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F35"/>
+  <dimension ref="A1:F43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="63.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -903,214 +975,214 @@
       </c>
       <c r="B10" t="s">
         <v>32</v>
       </c>
       <c r="C10" t="s">
         <v>7</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>8</v>
       </c>
       <c r="F10" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>34</v>
       </c>
       <c r="B11" t="s">
         <v>35</v>
       </c>
       <c r="C11" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="D11" t="s">
         <v>35</v>
       </c>
       <c r="E11" t="s">
         <v>8</v>
       </c>
       <c r="F11" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
+        <v>37</v>
+      </c>
+      <c r="B12" t="s">
         <v>38</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
+        <v>7</v>
+      </c>
+      <c r="D12" t="s">
+        <v>38</v>
+      </c>
+      <c r="E12" t="s">
+        <v>8</v>
+      </c>
+      <c r="F12" t="s">
         <v>39</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
+        <v>40</v>
+      </c>
+      <c r="B13" t="s">
         <v>41</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
+        <v>7</v>
+      </c>
+      <c r="D13" t="s">
+        <v>41</v>
+      </c>
+      <c r="E13" t="s">
+        <v>8</v>
+      </c>
+      <c r="F13" t="s">
         <v>42</v>
-      </c>
-[...10 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
+        <v>43</v>
+      </c>
+      <c r="B14" t="s">
         <v>44</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
+        <v>7</v>
+      </c>
+      <c r="D14" t="s">
+        <v>44</v>
+      </c>
+      <c r="E14" t="s">
+        <v>8</v>
+      </c>
+      <c r="F14" t="s">
         <v>45</v>
-      </c>
-[...10 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" t="s">
         <v>47</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
+        <v>7</v>
+      </c>
+      <c r="D15" t="s">
+        <v>47</v>
+      </c>
+      <c r="E15" t="s">
+        <v>8</v>
+      </c>
+      <c r="F15" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
+        <v>49</v>
+      </c>
+      <c r="B16" t="s">
         <v>50</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
+        <v>7</v>
+      </c>
+      <c r="D16" t="s">
+        <v>50</v>
+      </c>
+      <c r="E16" t="s">
+        <v>8</v>
+      </c>
+      <c r="F16" t="s">
         <v>51</v>
-      </c>
-[...10 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
+        <v>52</v>
+      </c>
+      <c r="B17" t="s">
         <v>53</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
+        <v>7</v>
+      </c>
+      <c r="D17" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" t="s">
+        <v>8</v>
+      </c>
+      <c r="F17" t="s">
         <v>54</v>
-      </c>
-[...10 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
+        <v>55</v>
+      </c>
+      <c r="B18" t="s">
         <v>56</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
+        <v>7</v>
+      </c>
+      <c r="D18" t="s">
+        <v>56</v>
+      </c>
+      <c r="E18" t="s">
+        <v>8</v>
+      </c>
+      <c r="F18" t="s">
         <v>57</v>
-      </c>
-[...10 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
+        <v>58</v>
+      </c>
+      <c r="B19" t="s">
         <v>59</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>60</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="E19" t="s">
         <v>8</v>
       </c>
       <c r="F19" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>62</v>
       </c>
       <c r="B20" t="s">
         <v>63</v>
       </c>
       <c r="C20" t="s">
         <v>7</v>
       </c>
       <c r="D20" t="s">
         <v>63</v>
       </c>
       <c r="E20" t="s">
         <v>8</v>
       </c>
       <c r="F20" t="s">
@@ -1383,60 +1455,220 @@
       </c>
       <c r="B34" t="s">
         <v>105</v>
       </c>
       <c r="C34" t="s">
         <v>7</v>
       </c>
       <c r="D34" t="s">
         <v>105</v>
       </c>
       <c r="E34" t="s">
         <v>8</v>
       </c>
       <c r="F34" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>107</v>
       </c>
       <c r="B35" t="s">
         <v>108</v>
       </c>
       <c r="C35" t="s">
-        <v>109</v>
+        <v>7</v>
       </c>
       <c r="D35" t="s">
         <v>108</v>
       </c>
       <c r="E35" t="s">
+        <v>8</v>
+      </c>
+      <c r="F35" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" t="s">
         <v>110</v>
       </c>
-      <c r="F35" t="s">
+      <c r="B36" t="s">
         <v>111</v>
+      </c>
+      <c r="C36" t="s">
+        <v>7</v>
+      </c>
+      <c r="D36" t="s">
+        <v>111</v>
+      </c>
+      <c r="E36" t="s">
+        <v>8</v>
+      </c>
+      <c r="F36" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" t="s">
+        <v>113</v>
+      </c>
+      <c r="B37" t="s">
+        <v>114</v>
+      </c>
+      <c r="C37" t="s">
+        <v>7</v>
+      </c>
+      <c r="D37" t="s">
+        <v>114</v>
+      </c>
+      <c r="E37" t="s">
+        <v>8</v>
+      </c>
+      <c r="F37" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" t="s">
+        <v>116</v>
+      </c>
+      <c r="B38" t="s">
+        <v>117</v>
+      </c>
+      <c r="C38" t="s">
+        <v>7</v>
+      </c>
+      <c r="D38" t="s">
+        <v>117</v>
+      </c>
+      <c r="E38" t="s">
+        <v>8</v>
+      </c>
+      <c r="F38" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" t="s">
+        <v>119</v>
+      </c>
+      <c r="B39" t="s">
+        <v>120</v>
+      </c>
+      <c r="C39" t="s">
+        <v>7</v>
+      </c>
+      <c r="D39" t="s">
+        <v>120</v>
+      </c>
+      <c r="E39" t="s">
+        <v>8</v>
+      </c>
+      <c r="F39" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" t="s">
+        <v>122</v>
+      </c>
+      <c r="B40" t="s">
+        <v>123</v>
+      </c>
+      <c r="C40" t="s">
+        <v>7</v>
+      </c>
+      <c r="D40" t="s">
+        <v>123</v>
+      </c>
+      <c r="E40" t="s">
+        <v>8</v>
+      </c>
+      <c r="F40" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" t="s">
+        <v>125</v>
+      </c>
+      <c r="B41" t="s">
+        <v>126</v>
+      </c>
+      <c r="C41" t="s">
+        <v>7</v>
+      </c>
+      <c r="D41" t="s">
+        <v>126</v>
+      </c>
+      <c r="E41" t="s">
+        <v>8</v>
+      </c>
+      <c r="F41" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" t="s">
+        <v>128</v>
+      </c>
+      <c r="B42" t="s">
+        <v>129</v>
+      </c>
+      <c r="C42" t="s">
+        <v>7</v>
+      </c>
+      <c r="D42" t="s">
+        <v>129</v>
+      </c>
+      <c r="E42" t="s">
+        <v>8</v>
+      </c>
+      <c r="F42" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" t="s">
+        <v>131</v>
+      </c>
+      <c r="B43" t="s">
+        <v>132</v>
+      </c>
+      <c r="C43" t="s">
+        <v>133</v>
+      </c>
+      <c r="D43" t="s">
+        <v>132</v>
+      </c>
+      <c r="E43" t="s">
+        <v>134</v>
+      </c>
+      <c r="F43" t="s">
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>