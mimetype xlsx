--- v1 (2025-11-28)
+++ v2 (2026-01-29)
@@ -10,77 +10,113 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="282" uniqueCount="148">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Abertura</t>
   </si>
   <si>
     <t>Horário (hh:mm)</t>
   </si>
   <si>
     <t>Encerramento</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>09:00</t>
+  </si>
+  <si>
+    <t>13:00</t>
+  </si>
+  <si>
+    <t>4ª SESSÃO EXTRAORDINÁRIA da 33ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>41ª SESSÃO ORDINÁRIA da 33ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>40ª SESSÃO ORDINÁRIA da 33ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>39ª SESSÃO ORDINÁRIA da 33ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
     <t>220</t>
   </si>
   <si>
     <t>2025-11-25</t>
-  </si>
-[...4 lines deleted...]
-    <t>13:00</t>
   </si>
   <si>
     <t>38ª SESSÃO ORDINÁRIA da 33ª Sessão Legislativa da 9ª Legislatura</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>2025-11-18</t>
   </si>
   <si>
     <t>37ª SESSÃO ORDINÁRIA da 33ª Sessão Legislativa da 9ª Legislatura</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>2025-11-12</t>
   </si>
   <si>
     <t>36ª SESSÃO ORDINÁRIA da 33ª Sessão Legislativa da 9ª Legislatura</t>
   </si>
   <si>
     <t>217</t>
   </si>
@@ -753,51 +789,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F43"/>
+  <dimension ref="A1:F47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="63.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1135,134 +1171,134 @@
       </c>
       <c r="B18" t="s">
         <v>56</v>
       </c>
       <c r="C18" t="s">
         <v>7</v>
       </c>
       <c r="D18" t="s">
         <v>56</v>
       </c>
       <c r="E18" t="s">
         <v>8</v>
       </c>
       <c r="F18" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>58</v>
       </c>
       <c r="B19" t="s">
         <v>59</v>
       </c>
       <c r="C19" t="s">
-        <v>60</v>
+        <v>7</v>
       </c>
       <c r="D19" t="s">
         <v>59</v>
       </c>
       <c r="E19" t="s">
         <v>8</v>
       </c>
       <c r="F19" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
+        <v>61</v>
+      </c>
+      <c r="B20" t="s">
         <v>62</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
+        <v>7</v>
+      </c>
+      <c r="D20" t="s">
+        <v>62</v>
+      </c>
+      <c r="E20" t="s">
+        <v>8</v>
+      </c>
+      <c r="F20" t="s">
         <v>63</v>
-      </c>
-[...10 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
+        <v>64</v>
+      </c>
+      <c r="B21" t="s">
         <v>65</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
+        <v>7</v>
+      </c>
+      <c r="D21" t="s">
+        <v>65</v>
+      </c>
+      <c r="E21" t="s">
+        <v>8</v>
+      </c>
+      <c r="F21" t="s">
         <v>66</v>
-      </c>
-[...10 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
+        <v>67</v>
+      </c>
+      <c r="B22" t="s">
         <v>68</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
+        <v>7</v>
+      </c>
+      <c r="D22" t="s">
+        <v>68</v>
+      </c>
+      <c r="E22" t="s">
+        <v>8</v>
+      </c>
+      <c r="F22" t="s">
         <v>69</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
+        <v>70</v>
+      </c>
+      <c r="B23" t="s">
         <v>71</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>72</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="E23" t="s">
         <v>8</v>
       </c>
       <c r="F23" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>74</v>
       </c>
       <c r="B24" t="s">
         <v>75</v>
       </c>
       <c r="C24" t="s">
         <v>7</v>
       </c>
       <c r="D24" t="s">
         <v>75</v>
       </c>
       <c r="E24" t="s">
         <v>8</v>
       </c>
       <c r="F24" t="s">
@@ -1615,60 +1651,140 @@
       </c>
       <c r="B42" t="s">
         <v>129</v>
       </c>
       <c r="C42" t="s">
         <v>7</v>
       </c>
       <c r="D42" t="s">
         <v>129</v>
       </c>
       <c r="E42" t="s">
         <v>8</v>
       </c>
       <c r="F42" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>131</v>
       </c>
       <c r="B43" t="s">
         <v>132</v>
       </c>
       <c r="C43" t="s">
-        <v>133</v>
+        <v>7</v>
       </c>
       <c r="D43" t="s">
         <v>132</v>
       </c>
       <c r="E43" t="s">
+        <v>8</v>
+      </c>
+      <c r="F43" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" t="s">
         <v>134</v>
       </c>
-      <c r="F43" t="s">
+      <c r="B44" t="s">
         <v>135</v>
+      </c>
+      <c r="C44" t="s">
+        <v>7</v>
+      </c>
+      <c r="D44" t="s">
+        <v>135</v>
+      </c>
+      <c r="E44" t="s">
+        <v>8</v>
+      </c>
+      <c r="F44" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" t="s">
+        <v>137</v>
+      </c>
+      <c r="B45" t="s">
+        <v>138</v>
+      </c>
+      <c r="C45" t="s">
+        <v>7</v>
+      </c>
+      <c r="D45" t="s">
+        <v>138</v>
+      </c>
+      <c r="E45" t="s">
+        <v>8</v>
+      </c>
+      <c r="F45" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46" t="s">
+        <v>140</v>
+      </c>
+      <c r="B46" t="s">
+        <v>141</v>
+      </c>
+      <c r="C46" t="s">
+        <v>7</v>
+      </c>
+      <c r="D46" t="s">
+        <v>141</v>
+      </c>
+      <c r="E46" t="s">
+        <v>8</v>
+      </c>
+      <c r="F46" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47" t="s">
+        <v>143</v>
+      </c>
+      <c r="B47" t="s">
+        <v>144</v>
+      </c>
+      <c r="C47" t="s">
+        <v>145</v>
+      </c>
+      <c r="D47" t="s">
+        <v>144</v>
+      </c>
+      <c r="E47" t="s">
+        <v>146</v>
+      </c>
+      <c r="F47" t="s">
+        <v>147</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>