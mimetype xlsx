--- v0 (2026-01-29)
+++ v1 (2026-03-17)
@@ -10,556 +10,1451 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="344" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1000" uniqueCount="466">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA EXECUTIVO</t>
   </si>
   <si>
     <t>PMPG</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2016/projeto_de_lei_no_01_de_2026.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2016/projeto_de_lei_no_01_de_2026.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 01 DE 2026-PMPG-"AUTORIZA A CRIAÇÃO DE CNPJ PARA A SECRETARIA MUNICIPAL DE EDUCAÇÃO-FUNDEB, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA LEGISLATIVO</t>
   </si>
   <si>
     <t>PROFESSOR NELSON</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2019/pl_denominacao_da__quadra_poliesportiva_da_praca_do_abacaxi__denis_cesar.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2019/pl_denominacao_da__quadra_poliesportiva_da_praca_do_abacaxi__denis_cesar.pdf</t>
   </si>
   <si>
     <t>PL - DENOMINA A QUADRA POLIESPORTIVA E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2021/pl_-_denominacao_do_estadio_municipal_charles_brito.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2021/pl_-_denominacao_do_estadio_municipal_charles_brito.pdf</t>
   </si>
   <si>
     <t>REVOGAÇÃO A LEI Nº 061 DE 30 DE JUNHO DE 1997, DO MUNICÍPIO DE PORTO GRANDE, PARA MODIFICAR O NOME DE CAMPO DE FUTEBOL CHARLES BRITO PARA “ESTÁDIO MUNICIPAL FRANCISCO CANINDÉ DA SILVA E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2023/pl_-_setembro_amarelo_-.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2023/pl_-_setembro_amarelo_-.pdf</t>
   </si>
   <si>
     <t>PL - INSTITUI O “SETEMBRO AMARELO” NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE , DEDICADO AS AÇÕES PREVENTIVAS DE SUICÍDIO A SER REALIZADA NO MÊS DE SETEMBRO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2024/pl_-_responsabilia_alunos_por_atos_de_vandalismo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2024/pl_-_responsabilia_alunos_por_atos_de_vandalismo.pdf</t>
   </si>
   <si>
     <t>PL- RESPONSABILIZA ALUNO POR ATOS DE VANDALISMO EM PATRIMÔNIO ESCOLAR E DESTRUIÇÃO  DE MOBILIÁRIO ESCOLAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2026/pl_lei_de_incentivo_ao_artesanato.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2026/pl_lei_de_incentivo_ao_artesanato.pdf</t>
   </si>
   <si>
     <t>PL - CRIA NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE A LEI DE INCENTIVO AO ARTESANATO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2027/pl-2026_-_proibicao_de_fogos_de_artiicios_com_ruidos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2027/pl-2026_-_proibicao_de_fogos_de_artiicios_com_ruidos.pdf</t>
   </si>
   <si>
     <t>PL - DISPÕE SOBRE A PROIBIÇÃO DE FOGOS DE ARTIFÍCIOS ARTEFATOS PIROTÉCNICOS COM RUÍDOS SONOROS NO MUNICÍPIO DE PORTO GRANDE</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2028/pl_dia_do_artesao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2028/pl_dia_do_artesao.pdf</t>
   </si>
   <si>
     <t>PL - INSTITUI O DIA DO ARTESÃO E A SEMANA MUNICIPAL DO ARTESANATO NO CALENDÁRIO  DE EVENTOS DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2033/pl_-_dia_municipal_ao__combate_ao_feminicidio.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2033/pl_-_dia_municipal_ao__combate_ao_feminicidio.pdf</t>
   </si>
   <si>
     <t>PL - INSTITUI O DIA 25 DE NOVEMBRO COMO O DIA MUNICIPAL DE COMBATE AO FEMINICÍDIO NO MUNICÍPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2036/pl_-cursinho_gratuito_pre_enem.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2036/pl_-cursinho_gratuito_pre_enem.pdf</t>
   </si>
   <si>
     <t>PL - AUTORIZA  O PODER EXECUTIVO A CRIAR O CURSO PREPARATÓRIO PARA O PRÉ-ENEM,  PRÉ-VESTIBULAR E CONCURSOS PÚBLICOS GRATUITO NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRA PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2040/pl-_dignidade_menstrual_nas_escolas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2040/pl-_dignidade_menstrual_nas_escolas.pdf</t>
   </si>
   <si>
     <t>PL - DISPÕES SOBRE O FORNECIMENTO DE ABSORVENTES HIGIÊNICOS NAS ESCOLAS PÚBLICAS MUNICIPAIS DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 .</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2041/pl_-_dia_municipal_de_conscientizacao_do_autismo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2041/pl_-_dia_municipal_de_conscientizacao_do_autismo.pdf</t>
   </si>
   <si>
     <t>PL - INSTITUI O DIA MUNICIPAL DA CONSCIENTIZAÇÃO DO AUTISMO NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2045/pl_-_dia_municipal_ao__combate_ao_feminicidio.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2045/pl_-_dia_municipal_ao__combate_ao_feminicidio.pdf</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2046/pl_-___programa_prevencao_precose_de_diabetes_em_criancas_e_adolescentes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2046/pl_-___programa_prevencao_precose_de_diabetes_em_criancas_e_adolescentes.pdf</t>
   </si>
   <si>
     <t>PL - AUTORIZA O MUNICÍPIO A CRIA ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E SAÚDE O PROGRAMA DE PREVENÇÃO E CONTROLE DO DIABETES NAS CRIANÇAS E ADOLESCENTES MATRICULADOS NAS CRECHES E DEMAIS ESTABELECIMENTOS DA REDE PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2047/pl_-_abril_azul.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2047/pl_-_abril_azul.pdf</t>
   </si>
   <si>
     <t>PL - INSTITUI O MÊS ABRIL AZUL, PARA DAR VISIBILIDADE À CONSCIENTIZAÇÃO AO TRNSTORNO DE ESPECTRO AUTISTA (TEA) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2050/pl_-_fornecimento_de_fraldas_descartaveis_em_creches.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2050/pl_-_fornecimento_de_fraldas_descartaveis_em_creches.pdf</t>
   </si>
   <si>
     <t>PL - AUTORIZA A PREFEITURA MUNICIPAL DE PORTO GRANDE A FIRMAR CONTRATO DE PARCERIA COM EMPRESAS, ASSIM COMO DISPOR SOBRE O FORNECIMENTO GRATUITO DE FRALDAS DESCARTÁVEIS PARA ALUNOS MATRICULADOS NAS CRECHES MUNICIPAIS EM SITUAÇÃO DE VULNERABILIDADE SOCIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2051/pl_-_cria_o_conselho_de_diversidade_de_genero.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2051/pl_-_cria_o_conselho_de_diversidade_de_genero.pdf</t>
   </si>
   <si>
     <t>PL - Fica Autorizado o Município sobre a criação do Conselho Municipal dos Direitos de Diversidade sexual e de Gênero no Município de porto Grande e dá outras Providências</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2052/pl_-_cria_o_programa_amparo_psicologico_a_maes__de_filhos_autistas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2052/pl_-_cria_o_programa_amparo_psicologico_a_maes__de_filhos_autistas.pdf</t>
   </si>
   <si>
     <t>PL - AUTORIZA O MUNICÍPIO A CRIAR O PROGRAMA DE CAPACITAÇÃO E AMPARO PSICOLÓGICO AS MÃES OU TUTORES LEGAIS DE PORTADORES DE TRANSTORNO DO ESPECTRO AUTISTA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2053/pl_-_isenta_iptu_a_pessoas_autistas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2053/pl_-_isenta_iptu_a_pessoas_autistas.pdf</t>
   </si>
   <si>
     <t>PL - AUTORIZA O PODER EXECUTIVO CONCEDER  ISENÇÃO DE IPTU E TAXAS MUNICIPAIS PARA PESSOAS  COM "TEA" (TRANSTORNO DO ESPECTRO AUTISTA), NO MUNICÍPIO DE PORTO GRANDE  E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2054/pl_-_programa_bolsa_atleta.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2054/pl_-_programa_bolsa_atleta.pdf</t>
   </si>
   <si>
     <t>PL - AUTORIZA O PODER EXECUTIVO A INSTITUIR O PROGRAMA BOLSA ATLETA NO MUNICÍPIO DE PORTO GRANDE  E DÁ OUTRAS PROVIDÊNCIAS _x000D_
 "</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2055/pl-_programa_camara_vai_a_escola.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2055/pl-_programa_camara_vai_a_escola.pdf</t>
   </si>
   <si>
     <t>PL - INSTITUI NO MUNICÍPIO DE PORTO GRANDE, O PROGRAMA CÂMARA VAI À ESCOLA NO MUNICÍPIO DE PORTO GRANDE  E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2056/projeto_de_lei_2024_-_programa_protese_dentaria_1.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2056/projeto_de_lei_2024_-_programa_protese_dentaria_1.pdf</t>
   </si>
   <si>
     <t>PL - AUTORIZA O PODER EXECUTIVO A CRIAR OS SERVIÇOS DE ATENDIMENTO E  FORNECIMENTO GRATUITO DE PRÓTESE DENTÁRIA A POPULAÇÃO EM VULNERABILIDADE SOCIAL  NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
+    <t>2057</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2057/pl_-_nao_e_nao.pdf</t>
+  </si>
+  <si>
+    <t>PL - INSTITUI NO MUNICÍPIO DE PORTO GRANDE, O PROTOCOLO “NÃO É NÃO” E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>2058</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2058/pl_-_cria_o_aluguel_social.pdf</t>
+  </si>
+  <si>
+    <t>PL - AUTORIZA A CRIAÇÃO DO PROGRAMA ALUGUEL SOCIAL NO MUNICÍPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>2059</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2059/pl_-_dia_do_assistente_social.pdf</t>
+  </si>
+  <si>
+    <t>PL - INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS NO MUNICÍPIO DE PORTO GRANDE O DIA DOS "ASSISTENTES SOCIAIS A SER COMEMORADO NO DIA 15 DE MAIO E DA OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>2060</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2060/pl-_dia_do_fisioterapeuta.pdf</t>
+  </si>
+  <si>
+    <t>PL - INSTITUI O DIA MUNICIPAL DO FISIOTERAPEUTA, NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2061</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2061/pl_-_dossie_mulher.pdf</t>
+  </si>
+  <si>
+    <t>PL - CRIA O DOSSIÊ DA MULHER PORTOGRANDENSE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2062</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2062/pl_-_escolinha_de_ballet_para_criancas.pdf</t>
+  </si>
+  <si>
+    <t>PL - AUTORIZA O PODER EXECUTIVO SOBRE A CRIAÇÃO DA ESCOLINHA DE BALLET PARA CRIANÇAS E ADOLESCENTES NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>2063</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2063/pl_-_institui_a_escola_empreendedora.pdf</t>
+  </si>
+  <si>
+    <t>PL - DISPÕE SOBRE INSTITUIR O PROGRAMA EDUCAÇÃO EMPREENDEDORA, NOÇÕES DE DIREITO E CIDADANIA E EDUCAÇÃO FINANCEIRA NAS ESCOLAS PÚBLICAS DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2064</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2064/pl_-_mariele_franco.pdf</t>
+  </si>
+  <si>
+    <t>PL - DISPÕE SOBRE A INSTITUIÇÃO DO DIA MARIELLE FRANCO - DIA DE LUTA CONTRA O GENOCÍDIO DA MULHER NEGRA NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>2065</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2065/pl-_medidas_aos_bares_em_adotarem_medidas_protetiva_para_mulheres_em_risco.pdf</t>
+  </si>
+  <si>
+    <t>PL - DISPÕE SOBRE O DEVER DE BARES RESTAURANTES E CASAS NOTURNAS SITUADAS NO MUNICÍPIO DE PORTO GRANDE ADOTAREM MEDIDAS DE AUXÍLIO À MULHERES QUE SE ENCONTREM EM SITUAÇÃO DE RISCO EM SUAS DEPENDÊNCIAS, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>2066</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2066/pl_-_politica_municipal_do_autismo.pdf</t>
+  </si>
+  <si>
+    <t>PL - AUTORIZA O PODER EXECUTIVO SOBRE A CRIAÇÃO DE POLÍTICA PÚBLICA MUNICIPAL PARA GARANTIA, PROTEÇÃO E AMPLIAÇÃO DOS DIREITOS DAS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) E SEUS FAMILIARES E DA OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2067</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2067/pl_-_politica_sobre_pedofilia.pdf</t>
+  </si>
+  <si>
+    <t>PL - DISPÕE SOBRE POLÍTICAS PÚBLICAS DE COMBATE À PEDOFILIA E À VIOLÊNCIA CONTRA CRIANÇAS E ADOLESCENTES NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE E DA OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>2068</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2068/pl_-_programa_praca_pet.pdf</t>
+  </si>
+  <si>
+    <t>PL - AUTORIZA O MUNICÍPIO A CRIAR O PROGRAMA PRAÇA PET – ESPAÇO PÚBLICO PARA CÃES, NO MUNICÍPIO DE PORTO GRANDE E ADOTA OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2069</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2069/pl_-_programa__aquicultura_familiar.pdf</t>
+  </si>
+  <si>
+    <t>PL - AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR O PROGRAMA MUNICIPAL DE DESENVOLVIMENTO DA CADEIA PRODUTIVA DA AQUICULTURA FAMILIAR, BEM COMO UTILIZAR RECURSOS NA PROMOÇÃO DE APOIO E INCENTIVO À ATIVIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2070</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2070/pl_-politica_de_enfrentamento_a_violencia_nas_escolas.pdf</t>
+  </si>
+  <si>
+    <t>PL - AUTORIZA O MUNICÍPIO A INSTITUI A POLÍTICA MUNICIPAL DE PREVENÇÃO E ENFRENTAMENTO À ATENTADOS VIOLENTOS PRATICADOS NAS DEPENDÊNCIAS DAS ESCOLAS PÚBLICAS MUNICIPAIS E DA REDE CONVENIADA E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>2072</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2072/pl_-botao_do_panico_nas_escolas.pdf</t>
+  </si>
+  <si>
+    <t>PL - DISPÕE SOBRE A IMPLANTAÇÃO DE DISPOSITIVO ELETRÔNICO DE SEGURANÇA CONHECIDO COMO “BOTÃO DO PÂNICO” NAS ESCOLAS PÚBLICAS E PRIVADAS DO MUNICIPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>2073</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2073/pl_-semana_municipal_da_consciencia_negra.pdf</t>
+  </si>
+  <si>
+    <t>PL - INSTITUI A SEMANA MUNICIPAL DA CONSCIÊNCIA NEGRA E AÇÃO ANTIRRACISTA NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDENCIAS</t>
+  </si>
+  <si>
+    <t>2074</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>SUELI SOUZA</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2074/pl___038_ver._sulei_souza.pdf</t>
+  </si>
+  <si>
+    <t>TORNA OBRIGATÓRIA, NAS ACADEMIAS DE MANIPULAÇÃO E CENTROS DE TREINAMENTO DO MUNICÍPIO DE PORTO GRANDE, A DISPONIBILIZAÇÃO DE KITS DE PRIMEIROS SOCORROS E DE PROFISSIONAL CAPACITADO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2075</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2075/pl_-_prioridade_em_programa_habitacionais__de_mulheres_vitimas.pdf</t>
+  </si>
+  <si>
+    <t>PL - ESTABELECE PRIORIDADE PARA AQUISIÇÃO DE MORADIA POPULAR DISPONIBILIZADA EM PROGRAMA HABITACIONAL DO MUNICÍPIO À MULHER VÍTIMA DE VIOLÊNCIA DOMÉSTICA E FAMILIAR E À MULHER RESPONSÁVEL FINANCEIRAMENTE PELA UNIDADE FAMILIAR</t>
+  </si>
+  <si>
+    <t>2076</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2076/pl_-_sinal_internacional_de_pedido_de_ajuda.pdf</t>
+  </si>
+  <si>
+    <t>PL - DISPÕE SOBRE A DIVULGAÇÃO E INCENTIVO AO USO DO SINAL INTERNACIONAL DE PEDIDO DE AJUDA "GESTO NÃO VERBAL EM TRÊS ETAPAS", COMO ESTRATÉGIA DE COMBATE À VIOLÊNCIA CONTRA A MULHER, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>2077</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2077/pl_-_cria_o_protocolo_para_prevencao_a_violencia__ou_discriminaca_por_orientacao_sexual.pdf</t>
+  </si>
+  <si>
+    <t>PL - AUTORIZA O MUNICÍPIO A CRIAR PROTOCOLO PARA PREVENÇÃO À VIOLÊNCIA E/OU À DISCRIMINAÇÃO POR ORIENTAÇÃO SEXUAL E/OU IDENTIDADE DE GÊNERO E PARA PROTEÇÃO À VÍTIMA DE HOMOTRANSFOBIA E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>2081</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2081/pl_-_programa_farmacia_24_horas.pdf</t>
+  </si>
+  <si>
+    <t>PL AUTORIZA O MUNICIPIO SOBRE A CRIAÇÃO DO PROGRAMA FARMÁCIA 24 HORAS NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2083</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2083/pl_-_cotas_raciais_para_concursos_publicos.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O MUNICÍPIO A INSTITUI RESERVA DE VAGAS PARA PESSOAS NEGRAS (PRETAS E PARDAS) E INDÍGENAS NOS CONCURSOS PÚBLICOS PARA PROVIMENTO DE CARGOS EFETIVOS E EMPREGOS PÚBLICOS NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2085</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2085/pl_-_institui_a_semana_municipal_da_adocao_protecao_e_bem_estar_dos_animais.pdf</t>
+  </si>
+  <si>
+    <t>PL INSTITUI A SEMANA MUNICIPAL DA ADOÇÃO, PROTEÇÃO E BEM-ESTAR DOS ANIMAIS, NO MUNICÍPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>2086</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2086/pl_-_cria_a_frente_parlamentar_em_defesa_das_politicas_publicas_da_juventude.pdf</t>
+  </si>
+  <si>
+    <t>PL DISPÕE SOBRE CRIAÇÃO DA FRENTE PARLAMENTAR DA JUVENTUDE (FPJ) NO ÂMBITO DA CÂMARA MUNICIPAL DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>2115</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>JUNIOR COLARES</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2115/pl_disk_denuncia_ambiental.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DO CANAL “DISK DENÚNCIA AMBIENTAL” PARA O RECEBIMENTO DE DENÚNCIAS RELACIONADAS A CRIMES AMBIENTAIS NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE/AP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2116</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2116/pl_academia_2026_sueli.pdf</t>
+  </si>
+  <si>
+    <t>TORNA OBRIGATÓRIA, NAS ACADEMIAS DE MUSCULAÇÃO E CENTROS DE TREINAMENTO DO MUNICÍPIO DE PORTO GRANDE, A DISPONIBILIZAÇÃO DE KITS DE PRIMEIROS SOCORROS E DE PROFISSIONAL CAPACITADO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2124</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2124/pl_nstitui_o_calendario_esportivo_anual_de_porto_grande.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI - INSTITUI O CALENDÁRIO ESPORTIVO ANUAL DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDENCIAS</t>
+  </si>
+  <si>
+    <t>2071</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI COMPLEMENTAR MUNICIPAL</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2071/pl_-_programa_emprega_mulher.pdf</t>
+  </si>
+  <si>
+    <t>PL - AUTORIZA O MUNICÍPIO A INSTITUIR O PROGRAMA “EMPREGA MULHER”, DESTINADO À CAPACITAÇÃO PROFISSIONAL E GERAÇÃO DE EMPREGO ÀS MULHERES CHEFES DE FAMÍLIA, EM SITUAÇÃO DE VULNERABILIDADE SOCIAL E EM SITUAÇÃO DE VIOLÊNCIA DOMÉSTICA, NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>2096</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2096/projeto_de_decreto_legislativo_-_cidadao_portograndense.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO PORTOGRANDENSE AO SENHOR PRESIDENTE DO CONGRESSO NACIONAL DAVI SAMUEL ALCOLUMBRE TOBELEM E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>2097</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2097/projeto_de_decreto_legislativo_1_-_cidadao_portograndense.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO PORTOGRANDENSE AO SENHOR GOVERNADOR DO ESTADO DO AMAPÁ CLÉCIO LUÍS VILHENA VIEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>2120</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2120/projeto_de_decreto_legislativo__-_cidadao_portograndense_-_elielson.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO PORTOGRANDENSE AO SENHOR PREFEITO DO MUNICÍPIO DE PORTO GRANDE ELIELSON DA SILVA MORAES</t>
+  </si>
+  <si>
     <t>2049</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2049/requerimento_001_-_anne_caroline.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2049/requerimento_001_-_anne_caroline.pdf</t>
   </si>
   <si>
     <t>REQUER  DE ACORDO COM O ARTIGO 133 E PARAGRAFO ÚNICO DO REGIMENTO INTERNO O DESARQUIVAMENTO DAS SEGUINTES PROPOSIÇÕES</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>CAROL MONTEIRO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2015/indicacao-2026_iluminacao_publica_alameda_5-ver.carol_monteiro.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2015/indicacao-2026_iluminacao_publica_alameda_5-ver.carol_monteiro.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE POSSA REALIZAR INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA, NA RUA: ALAMEDA 5, BAIRRO: NOVA ESPERANÇA EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2018/indicacao_2_vereadora_carol_2026.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2018/indicacao_2_vereadora_carol_2026.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE PORTO GRANDE/AP, QUE TOME PROVIÊNCIAS, JUNTO AOS ÓRGÃOS COMPETENTES, PARA ORGANIZAÇÃO DO TRÁFEGO E MELHORIA DA SEGURANÇA VIÁRIA NA RODOVIA BR-210, ESPECIALMENTE NA ENTRADA DA ÁREA 6 E DO AEROPORTO, NESTE MUNICÍPIO, LOCAL ONDE SE REGISTRAM RECORRENTES ACIDENTES.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>TÁRCIO LEITE</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2020/indicacao_nc2ba_140_waldez_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2020/indicacao_nc2ba_140_waldez_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ANTÔNIO WALDEZ GÓES, MINISTRO DA INTEGRAÇÃO NACIONAL E DESENVOLVIMENTO REGIONAL, QUE SEJA ADQUIRIDO UM CAMINHÃO-PIPA PARA PORTO GRANDE COM INTUITO DE AMENIZAR A POEIRA DA BR-210.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2022/indicacao_147_tarcio_central_do_enem_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2022/indicacao_147_tarcio_central_do_enem_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA PONTE DO BAIRRO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2025/indicacao_nc2ba_142_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2025/indicacao_nc2ba_142_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A MANUTENÇÃO DA ILUMINAÇÃO DO CENTRO COMUNITÁRIO E DA UBS DO CAMPO VERDE.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2029/indicacao_nc2ba_143_waldez_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2029/indicacao_nc2ba_143_waldez_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ANTÔNIO WALDEZ GÓES, MINISTRO DA INTEGRAÇÃO NACIONAL E DESENVOLVIMENTO REGIONAL, QUE SEJA IMPLANTADO SINAL DE CELULAR NA COMUNIDADE DO VILA NOVA EM PORTO GRANDE</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2030/indicacao_nc2ba_144_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2030/indicacao_nc2ba_144_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR GOVERNADOR CLÉCIO LUIS, COM CÓPIAS AO SENHOR RORINALDO GONÇALVES, DIRETOR-PRESIDENTE DO DETRAN AMAPÁ, A IMPLANTAÇÃO DE UMA FAIXA DE PEDESTRES ELEVADA, NA BR-210, NA ENTRADA DO BALNEÁRIO NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2031/indicacao_148_tarcio_iluminacao_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2031/indicacao_148_tarcio_iluminacao_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA TRAVESSA 13 E 14 DO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2032/indicacao_nc2ba_145_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2032/indicacao_nc2ba_145_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA ao excelentíssimo SENHOR Governador Clécio Luis, com cópias ao senhor Rorinaldo Gonçalves, Diretor-Presidente Do Detran Amapá, A IMPLANTAÇÃO DE UMA FAIXA DE PEDESTRES ELEVADA, NA BR-210, NA FRENTE DA ESCOLA ESTADUAL CAMPO VERDE NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2034/indicacao_nc2ba_146_iluminacao_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2034/indicacao_nc2ba_146_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA RUA TANCREDO NEVES.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>REGIANE SILVA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2035/indicacao__caixa_dagua.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2035/indicacao__caixa_dagua.docx</t>
   </si>
   <si>
     <t>INDICAR SENHOR Israel Vitor – Coordenador da CSA no Município, QUE SEJA VIABILIZADO com urgência a limpeza e a instalação das tampas das caixas d’água, com urgência, pois com as chuvas a risco de proliferação da dengue e outras doenças e muito maior, bairro aeroporto, temos em dois locais.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2037/indicacao_145_tarcio_central_do_enem_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2037/indicacao_145_tarcio_central_do_enem_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO GOVERNADOR CLÉCIO LUIS, COM CÓPIAS AO SENHOR PAULO LEMOS, SECRETÁRIO ESTADUAL DE EDUCAÇÃO QUE PROVIDENCIEM A CONSTRUÇÃO DE UMA QUADRA NA ESCOLA SÃO FRANCISCO NO MATAPI.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2038/clecio_luis.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2038/clecio_luis.docx</t>
   </si>
   <si>
     <t>, INDICAR AO EXCELENTÍSSIMO SENHOR Clécio Luís – Governador do Estado do Amapá, QUE SEJA VIABILIZADO JUNTO A SECRETÁRIA DE 	EDUCAÇÃO-SEED, A reforma e ampliação da Escola Estadual Matapi I, e a compra de equipamentos novos (central de ar, computador, notebook, impressoras entre outros).</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2039/indicacao__centro_comunitario_2026.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2039/indicacao__centro_comunitario_2026.docx</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SECRETÁRIO DE INFRAESTRUTURA, junto ao SENHOR DANILO GONÇALVES NASCIMENTO, A Ampliação do muro do cemitério para os lados direito da rua Jose da Silva Paranhos e para o lado da travessa Gonçalves Dias, além da    LIMPEZA, ROÇAGEM.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2042/indicacao__limpeza_sao_jose.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2042/indicacao__limpeza_sao_jose.docx</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SECRETÁRIO DE INFRAESTRUTURA, SENHOR DANILO GONÇALVES NASCIMENTO, A limpeza das ruas e avenidas do Bairro novo (são Jose), principalmente as primeiras ruas e travessas seguindo a BR 210 lado direito, estão intrafegáveis.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2043/indicacao__maria_nair.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2043/indicacao__maria_nair.docx</t>
   </si>
   <si>
     <t>, INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SECRETÁRIO DE INFRAESTRUTURA, SENHOR DANILO GONÇALVES NASCIMENTO, A limpeza da rua Maria Nair Nina da silva, na parte que está sem asfalto finalzinho da mesma</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2044/indicacao_003_energia_solar_fotovoltaica_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2044/indicacao_0017_2026_energia_solar_fotovoltaica_comunidade_ribeirinhas_ver.carol.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SR. RUDNEY LOBATO FURTADO, CONSULTOR DE RELACIONAMENTO COM O CLIENTE DO GRUPO CEA/EQUATORIAL ENERGIA, QUE VIABILIZE A IMPLANTAÇÃO DE PROJETO DE GERAÇÃO DE ENERGIA ELÉTRICA POR FONTE SOLAR FOTOVOLTAICA (SISTEMAS INDIVIDUAIS E/OU COLETIVOS, CONFORME VIABILIDADE TÉCNICA) EM TODAS AS COMUNIDADES RIBEIRINHAS DO MUNICÍPIO DE PORTO GRANDE/AP.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2048/indicacao_nc2ba_146_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2048/indicacao_nc2ba_146_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A REVITALIZAÇÃO DOS TRAPICHES DA ORLA.</t>
   </si>
   <si>
+    <t>2078</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2078/camara_indicacao_sinalizacao_0126.docx</t>
+  </si>
+  <si>
+    <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SENHOR: JOSE ANTÔNIO NUNES ALVES  DIRETOR DO DEPARTAMENTO MUNICIPAL DE TRANSITO ( DEMULTRAN) , VENHO SOLICITAR COM URGÊNCIA A SINALIZAÇÕES DO CINTURÃO ASFÁLTICO DO BAIRRO MANOEL CORTEZ, PRINCIPALMENTE AS CURVAS FECHADAS DESTA ÁREA.</t>
+  </si>
+  <si>
+    <t>2079</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2079/sinalizacao_m_cortez_aeroporto.docx</t>
+  </si>
+  <si>
+    <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SENHOR: JOSE ANTÔNIO NUNES ALVES DIRETOR DO DEPARTAMENTO MUNICIPAL DE TRÂNSITO (DEMULTRAN), VENHO SOLICITAR COM URGÊNCIA A SINALIZAÇÕES ENTRE A AVENIDA SANTA IZABEL E A ANTÔNIO DA SILVA SANTOS, DE ESQUINA ENTRE AEROPORTO E MANOEL CORTEZ.</t>
+  </si>
+  <si>
+    <t>2080</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2080/indicacao_021_2026_ver.carol_rurap.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO/INDICO AO EXCELENTÍSSIMO SENHOR PREFEITO ELIELSON DA SILVA MORAES, ATRAVÉS DA SECRETARIA COMPETENTE SERVIÇO DE ROÇAGEM, LIMPEZA GERAL E MANUTENÇÃO PREDIAL NAS DEPENDÊNCIAS DO PRÉDIO DO RURAP EM PORTO GRANDE/AP.</t>
+  </si>
+  <si>
+    <t>2084</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2084/indicacao_01fevereiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA_x000D_
+MORAES, COM CÓPIA AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES_x000D_
+NASCIMENTO, QUE PROVIDENCIEM A IMPLANTAÇÃO DE LOMBADAS E SINALIZAÇÃO VIÁRIA NA RUA_x000D_
+ANTÔNIO DA SILVA SANTOS, BEM COMO NA AVENIDA SANTA IZABEL, VISANDO MELHORAR A_x000D_
+TRAFEGABILIDADE E GARANTIR MAIOR SEGURANÇA AOS PEDESTRES E MOTORISTAS.</t>
+  </si>
+  <si>
+    <t>2087</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2087/indicacao_11_tarcio_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, COM CÓPIA AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, QUE PROVIDENCIE SERVIÇOS URGENTES DE RECUPERAÇÃO E MANUTENÇÃO DA RUA JOSÉ AIRTON NASCIMENTO, NO BAIRRO MANOEL CORTEZ, ESPECIFICAMENTE NO TRECHO QUE PASSA A PRAÇA DO BAIRRO.</t>
+  </si>
+  <si>
+    <t>2088</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2088/indicacao_12_tarcio_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, COM CÓPIA AO SENHOR SECRETÁRIO MUNICIPAL RESPONSÁVEL PELA ILUMINAÇÃO PÚBLICA, QUE PROVIDENCIE A AMPLIAÇÃO DA ILUMINAÇÃO PÚBLICA NAS VIAS DO BAIRRO SÃO JOSÉ.</t>
+  </si>
+  <si>
+    <t>2089</t>
+  </si>
+  <si>
+    <t>GURI DO MATAPI</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2089/indicar2c_deputada_marcivania2c_reforma_e_ampliacao_da_escola_municipal_amelia__assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR À SENHORA MARCIVANIA FLEXA, DEPUTADA FEDERAL, QUE SEJA DISPONIBILIZADO RECURSO, POR MEIO DE EMENDA PARLAMENTAR, PARA REFORMA E AMPLIAÇÃO DA ESCOLA MUNICIPAL AMÉLIA BITTENCOURT BESSA DE OLIVEIRA.</t>
+  </si>
+  <si>
+    <t>2090</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2090/indicar2c_deputada_marcivania_2c_reforma_do_centro_de_educacao_infantil_wilson_ferreira_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR À SENHORA MARCIVANIA FLEXA, DEPUTADA FEDERAL, QUE  SEJA DISPONIBILIZADO RECURSO, POR MEIO DE EMENDA PARLAMENTAR, PARA REFORMA DO CENTRO DE EDUCAÇÃO INFANTIL WILSON FERREIRA</t>
+  </si>
+  <si>
+    <t>2091</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2091/indicar2c_deputada_marcivania_reforma_e_ampliacao_do_centro_de_educacao_infantil_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR À  SENHORA MARCIVÂNIA FLEXA, DEPUTADA FEDERAL, QUE SEJA DISPONIBILIZADO  RECURSO, POR MEIO DE EMENDA PARLAMENTAR, PARA REFORMA E AMPLIAÇÃO DO CENTRO DE EDUCAÇÃO INFANTIL MEUS PRIMEIROS PASSOS.</t>
+  </si>
+  <si>
+    <t>2092</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2092/indicar2c_deputada_marcivania_kit_escolar_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR À SENHORA MARCIVÂNIA FLEXA, DEPUTADA FEDERAL, QUE SEJA DISPONIBILIZADO  RECURSO, POR MEIO DE EMENDA PARLAMENTAR, PARA AQUISIÇÃO DE KITS ESCOLARES E UNIFORMES ESCOLARES DESTINADOS AOS ALUNOS DA REDE MUNICIPAL DE PORTO GRANDE .</t>
+  </si>
+  <si>
+    <t>2093</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2093/indicar2cconstrucao_de_ponte_linha_h_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR AO SENHOR MARCOS ALBERTO DE SOUZA JUCA, SECRETÁRIO DE ESTADO DOS TRANSPORTES DO AMAPÁ – SETRAP, QUE SEJA VIABILIZADA A CONSTRUÇÃO DA PONTE DO RAMAL DO LIMÃO, LOCALIZADA NA LINHA H.</t>
+  </si>
+  <si>
+    <t>2094</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2094/indicar-_terraplanagem_matapi_linha_a2cb2cc2cg_e_h_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR AO  SENHOR MARCOS ALBERTO DE SOUZA JUCA, SECRETÁRIO DE ESTADO DOS TRANSPORTES DO AMAPÁ – SETRAP, QUE SEJA REALIZADA A MANUTENÇÃO E TERRAPLANAGEM NA COLÔNIA DO MATAPI, ABRANGENDO AS LINHAS A, B, C, G E H, BEM COMO SEUS RESPECTIVOS RAMAIS.</t>
+  </si>
+  <si>
+    <t>2095</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2095/indicacao_2_-_setrap2c_ponte_do_matapi_28229_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR SENHOR MARCOS ALBERTO DE SOUZA JUCA, SECRETÁRIO DE ESTADO DOS TRANSPORTES DO AMAPÁ – SETRAP, QUE ENCAMINHE SOLICITAÇÃO PARA QUE SEJA CONSTRUÍDA UMA NOVA PONTE NA LINHA A (PONTE DO MATAPI).</t>
+  </si>
+  <si>
+    <t>2098</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2098/ind_2026_km_117.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES A REVITALIZAÇÃO E MANUTENÇÃO COM SERVIÇOS DE TERRAPLENAGEM DO RAMAL DO KM 117, NESTE MUNICÍPIO DE PORTO GRANDE-AP.</t>
+  </si>
+  <si>
+    <t>2099</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2099/ind_2026_fossa_centro_comunitario.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, POR MEIO DA SECRETARIA MUNICIPAL DE INFRAESTRUTURA, QUE SEJAM ADOTADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA A SECAGEM E MANUTENÇÃO DA FOSSA DO CENTRO COMUNITÁRIO, NESTE MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2100</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2100/ind_2026_3x_20_02_2026-1.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO DEPARTAMENTO ESTADUAL DE TRÂNSITO DO AMAPÁ – DETRAN/AP A IMPLANTAÇÃO E REFORÇO DA SINALIZAÇÃO HORIZONTAL E VERTICAL, INCLUINDO PINTURA DE FAIXA DE PEDESTRES E PLACAS DE ADVERTÊNCIA, NO PERÍMETRO URBANO QUE COMPREENDE A ESCOLA ESTADUAL ELIAS DE FREITAS TRAJANO DE SOUZA, LOCALIZADA NA RUA BELA VISTA, Nº 631, BAIRRO AEROPORTO, ENTRE AS AVENIDAS SÃO JORGE E SANTA ISABEL, NO MUNICÍPIO DE PORTO GRANDE-AP.</t>
+  </si>
+  <si>
+    <t>2101</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2101/ind_2026_3x_20_02_2026-3.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES A CONSTRUÇÃO DE UMA CAPELA MUNICIPAL NO MUNICÍPIO DE PORTO GRANDE-AP.</t>
+  </si>
+  <si>
+    <t>2102</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2102/ind_2026_3x_20_02_2026-2.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO DEPARTAMENTO ESTADUAL DE TRÂNSITO DO AMAPÁ – DETRAN/AP A IMPLANTAÇÃO DE SINALIZAÇÃO VERTICAL, HORIZONTAL E PLACAS DE “PARE” NA VIA QUE PASSA AO LADO DA FARMÁCIA DO EDILSON, COM ACESSO AO BAIRRO MANOEL CORTEZ, INTERLIGANDO À AVENIDA TANCREDO NEVES E ÀS NOVAS VIAS ASFALTADAS QUE DÃO ACESSO À MESMA RUA, NESTE MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2103</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2103/indicacao_-001_manutencao_ramal_linhao.pdf</t>
+  </si>
+  <si>
+    <t>QUE SEJA REALIZADO A MANUTENÇÃO DA ÁREA DO LINHÃO FINAL DO BAIRRO MANOEL CORTES  ATÉ  A BR 156, EM FUNÇÃO QUE A ESTRADA SE ENCONTRA EM PÉSSIMAS CONDIÇÕES</t>
+  </si>
+  <si>
+    <t>2104</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2104/indicacao_002_-_prefeito_elielson_moraes_-revitalizacao_da_casa_do_agricultor_e_do_viveiro__municipal.pdf</t>
+  </si>
+  <si>
+    <t>QUE SEJA REALIZADA A REFORMA DA CASA DO AGRICULTOR E A  REVITALIZAÇÃO DO VIVEIRO  MUNICIPAL DE MUDAS  DO MUNICÍPIO DE PORTO GRANDE</t>
+  </si>
+  <si>
+    <t>2105</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2105/indicacao_-_004_-_vinicius_gurgel_reforma_do_auditorio_do_centro_comunitario.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO  REFORMA DO AUDITÓRIO DO CENTRO COMUNITÁRIO</t>
+  </si>
+  <si>
+    <t>2106</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2106/indicacao_-_003_-_randolfe_rodrigues__reforma_do_auditorio_do_centro_comunitario.pdf</t>
+  </si>
+  <si>
+    <t>2107</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2107/indicacao_dep_marcivania2c_reforma_e_aplia._esc_mun_linha_c_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR À SENHORA MARCIVÂNIA FLEXA, DEPUTADA FEDERAL, QUE SEJA DISPONIBILIZADO RECURSO, POR MEIO DE EMENDA PARLAMENTAR, PARA REFORMA E AMPLIAÇÃO DA ESCOLA MUNICIPAL LINHA C, LOCALIZADO NA COLÔNIA AGRÍCOLA DO MATAPI, LINHA C.</t>
+  </si>
+  <si>
+    <t>2108</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2108/ind_km_112.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE – AP, QUE DETERMINE À SECRETARIA COMPETENTE A REALIZAÇÃO DE SERVIÇOS DE MANUTENÇÃO NO RAMAL DO KM 112.</t>
+  </si>
+  <si>
+    <t>2109</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2109/ind_bueiro_km_142.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE/AP, QUE DETERMINE À SECRETARIA MUNICIPAL DE INFRAESTRUTURA A REALIZAÇÃO DE MANUTENÇÃO E RECUPERAÇÃO DO BUEIRO QUE SE ENCONTRA ABERTO NA COMUNIDADE DO KM 142.</t>
+  </si>
+  <si>
+    <t>2110</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2110/indica_ao_ministro_waldez_goes_a_inclusao_da_associacao_agepnefa_no_programa_de_mecanizacao_agricola_com_dotacao_de_1_trator_de.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO MINISTRO WALDEZ GÓES, A INCLUSÃO DA ASSOCIAÇÃO AGEPNEFA NO PROGRAMA DE MECANIZAÇÃO AGRÍCOLA, COM DOTAÇÃO DE 1 TRATOR DE RODAS MODELO 4X4 COM IMPLEMENTOS COMPLETOS.</t>
+  </si>
+  <si>
+    <t>2111</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2111/ind_2026_fossa_centro_comunitario.pdf</t>
+  </si>
+  <si>
+    <t>2112</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2112/ind_2026_km_117.pdf</t>
+  </si>
+  <si>
+    <t>2113</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2113/ind_amapazao_ap.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR ROBERTO GÓES, DEPUTADO ESTADUAL E PRESIDENTE DA FEDERAÇÃO AMAPAENSE DE FUTEBOL, QUE INTERCEDA JUNTO À FEDERAÇÃO AMAPAENSE DE FUTEBOL E DEMAIS ENTIDADES ESPORTIVAS COMPETENTES, PARA QUE SEJA INCLUÍDO O MUNICÍPIO DE PORTO GRANDE COMO SEDE DE UMA PARTIDA OFICIAL DO CAMPEONATO “AMAPAZÃO SICRED 2026” DE FUTEBOL DO ESTADO DO AMAPÁ, A SER REALIZADA NO ESTÁDIO CHARLES BRITO.</t>
+  </si>
+  <si>
+    <t>2114</t>
+  </si>
+  <si>
+    <t>ENFERMEIRA ELIZA</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2114/ind_2026_av_giovana.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE VIABILIZE A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DA AVENIDA GILVANA DE OLIVEIRA BARBOSA, LOCALIZADA NO BAIRRO ÁREA 6.</t>
+  </si>
+  <si>
+    <t>2117</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2117/ind_construcao_de_uma_capela_municipal.pdf</t>
+  </si>
+  <si>
+    <t>2118</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2118/ind_placas_de_pare.pdf</t>
+  </si>
+  <si>
+    <t>2119</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2119/ind_detran_escola_estadual_elias_de_freitas_trajano_de_souza.pdf</t>
+  </si>
+  <si>
+    <t>2121</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2121/indicacao_e28093_randolfe_rodrigues2c_emenda_parlamentar_para_aquisicao_de_ambulancia_para_a_ubs_manoel_soares_pereira_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR AO SENHOR RANDOLFE RODRIGUES, SENADOR DA REPÚBLICA, QUE VIABILIZE RECURSOS, POR MEIO DE EMENDA PARLAMENTAR, PARA A AQUISIÇÃO DE UMA AMBULÂNCIA DESTINADA À UBS MANOEL SOARES PEREIRA.</t>
+  </si>
+  <si>
+    <t>2122</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2122/indicacao_ao_prefeito_elielson2c_limpeza_ubs_manoe_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE ENCAMINHE AO SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA PARA QUE SEJA REALIZADA A LIMPEZA EXTERNA AO LADO DA UBS MANOEL SOARES PEREIRA, NO MUNICÍPIO DE PORTO GRANDE – AP.</t>
+  </si>
+  <si>
+    <t>2123</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2123/indicacao_e28093_prefeito_elielson_reparos_no_centro_comunitario_vida_e_esperan_28129_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR AO  SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE ENCAMINHE AO SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA A SOLICITAÇÃO PARA QUE A EMPRESA RESPONSÁVEL PELA OBRA DO CENTRO COMUNITÁRIO VIDA E ESPERANÇA SEJA NOTIFICADA, A FIM DE QUE REALIZE OS DEVIDOS REPAROS E A CORREÇÃO DOS DANOS IDENTIFICADOS NA REFERIDA OBRA, NO MUNICÍPIO DE PORTO GRANDE – AP.</t>
+  </si>
+  <si>
+    <t>2125</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2125/indicacao_-006_urbanizacao_do_trecho_do_linhao.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO AO EXCELENTÍSSIMO SENADOR  RANDOLFE RODRIGUES,  ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA FINS ESPECÍFICOS COM A URBANIZAÇÃO TOTAL DA ÁREA DO LINHÃO ATE O FINAL DAS MEDIAÇÕES DO BAIRRO MANOEL CORTES.</t>
+  </si>
+  <si>
+    <t>2126</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2126/indicacao_008_-_prefeito_elielson_moraes__pavimentacao_asfaltica_no_quartel_da_policia_militar.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO AO EXCELENTÍSSIMO PREFEITO ELIELSON MORAES,  PREFEITO  DE PORTO GRANDE, QUE  SEJA REALIZADA A PAVIMENTAÇÃO ASFÁLTICA NO QUARTEL DO 7º BATALHÃO DA POLICIA MILITAR NO MUNICÍPIO DE PORTO GRANDE .</t>
+  </si>
+  <si>
+    <t>2127</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2127/indicacao_-005_urbanizacao_do_trecho_do_linhao.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENADOR DAVI ALCOLUMBRE,  ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA URBANIZAÇÃO TOTAL DA ÁREA DO LINHÃO ATE O FINAL DAS MEDIAÇÕES DO BAIRRO MANOEL CORTES</t>
+  </si>
+  <si>
+    <t>2128</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2128/indicacao_007_-_prefeito_elielson_moraes_urbanizacao_da_invasao_da_funasa.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO  AO EXCELENTÍSSIMO PREFEITO ELIELSON MORAES,  QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS QUE SEJA REALIZADA A MANUTENÇÃO  URBANA DA ÁREA DA INVASÃO DA FUNASA</t>
+  </si>
+  <si>
+    <t>2129</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2129/indic.59_2026_ver.carol_construcao_novo_cemiterio.pdf</t>
+  </si>
+  <si>
+    <t>INDICO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE PORTO GRANDE/AP, POR INTERMÉDIO DA SECRETARIA MUNICIPAL DE INFRAESTRUTURA E DESENVOLVIMENTO URBANO, A REALIZAÇÃO DE ESTUDOS TÉCNICOS E EXECUÇÃO DE OBRAS PARA A CONSTRUÇÃO DE NOVO CEMITÉRIO EM PORTO GRANDE/AP.</t>
+  </si>
+  <si>
+    <t>2130</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2130/indic._n_60_2026_ver_carol__contratacao_neuropediatra.pdf</t>
+  </si>
+  <si>
+    <t>INDICO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE PORTO GRANDE/AP, CONTRATAÇÃO DE NEUROPEDIATRA PARA O MUNICÍPIO DE PORTO GRANDE.</t>
+  </si>
+  <si>
+    <t>2131</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2131/indic._61_2026_ver_carol___instalacao_de_rede_e_sistema_ilumin_vila_cupixi.pdf</t>
+  </si>
+  <si>
+    <t>INDICO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE PORTO GRANDE/AP A INSTALAÇÃO DE REDE E SISTEMA DE ILUMINAÇÃO PÚBLICA NA COMUNIDADE/VILA DO CUPIXI.</t>
+  </si>
+  <si>
+    <t>2132</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2132/indicacao__ao_prefeito_elielson_para_contratacao_de_fonoaudiologo_para_o_cer._assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE ENCAMINHE AO SECRETÁRIO MUNICIPAL DE SAÚDE A SOLICITAÇÃO PARA QUE SEJA REALIZADA A CONTRATAÇÃO DE UM ESPECIALISTA FONOAUDIÓLOGO PARA ATUAR NO CENTRO ESPECIALIZADO EM REABILITAÇÃO (CER).</t>
+  </si>
+  <si>
+    <t>2133</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2133/indicacao_tarcio_leite_-_15.2026.infra_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A ROÇAGEM DO MONTE TABOR.</t>
+  </si>
+  <si>
+    <t>2134</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2134/indicacao_tarcio_leite_-_17.2026.profissio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES QUE SEJAM ADOTADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA A ALOCAÇÃO OU CONTRATAÇÃO DE UM AGENTE DE PORTARIA PARA A UBS MARIA BRASILINA GONÇALVES.</t>
+  </si>
+  <si>
+    <t>2135</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2135/indicacao_tarcio_leite_-_14.2026.infra_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA E MANUTENÇÃO DA VIA PRINCIPAL DO MONTE TABOR.</t>
+  </si>
+  <si>
+    <t>2136</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2136/indicacao_tarcio_leite_-_16.2026.infra_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A MANUTENÇÃO DA DA PONTE E DAS VIAS UTILIZADAS PELO TRANSPORTE ESCOLAR NO KM 112.</t>
+  </si>
+  <si>
+    <t>2137</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2137/indicacao_tarcio_leite_-_19.2026.infra_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NO GARIMPO DO VILA NOVA.</t>
+  </si>
+  <si>
+    <t>2138</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2138/indicacao_vereadora_carol_2026-sinalizacao_na_rod._br-210-indic.ao_dentran.docx</t>
+  </si>
+  <si>
+    <t>INDICO/SOLICITO AO DEPARTAMENTO ESTADUAL DE TRÂNSITO DO AMAPÁ-DETRAAN/AP, IMPLANTAÇÃO DE SINALIZAÇÃO HORIZONTAL E VERTICAL E DISPOSITIVOS DE SEGURANÇA VIÁRIA NA RODOVIA BR-210, PERÍMETROS DE ACESSO À ÁREA 6 E AO BAIRRO AEROPORTO, NO MUNICÍPIO DE PORTO GRANDE/AP.</t>
+  </si>
+  <si>
+    <t>2082</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>MOÇÃO</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2082/mocao_de_aplausos_26.docx</t>
+  </si>
+  <si>
+    <t>A senhor ANTÔNIO AUGUSTO DE SOUZA AMANAJAS pelo excelente trabalho à frente do time masculino e feminino de Handebol STAF ARAGUARI, um esporte que tirou muitos jovens da ociosidade, ocupando seu tempo livre com treinos e atividades em grupo que os fortalece ainda mais em suas decisões futuras.</t>
+  </si>
+  <si>
     <t>2017</t>
   </si>
   <si>
     <t>MEN</t>
   </si>
   <si>
     <t>MENSAGEM</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2017/mensagem_do_projeto_de_lei_no_01_de_2026.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2017/mensagem_do_projeto_de_lei_no_01_de_2026.pdf</t>
   </si>
   <si>
     <t>MENSAGEM Nº 01/2026-GAB/PMPG AO PROJETO DE LEI Nº 001/2026-PMPG - que " AUTORIZA A CRIAÇÃO DE CNPJ PARA A SECRETARIA MUNICIPAL DE EDUCAÇÃO-FUNDEB, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -866,67 +1761,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2016/projeto_de_lei_no_01_de_2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2019/pl_denominacao_da__quadra_poliesportiva_da_praca_do_abacaxi__denis_cesar.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2021/pl_-_denominacao_do_estadio_municipal_charles_brito.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2023/pl_-_setembro_amarelo_-.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2024/pl_-_responsabilia_alunos_por_atos_de_vandalismo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2026/pl_lei_de_incentivo_ao_artesanato.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2027/pl-2026_-_proibicao_de_fogos_de_artiicios_com_ruidos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2028/pl_dia_do_artesao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2033/pl_-_dia_municipal_ao__combate_ao_feminicidio.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2036/pl_-cursinho_gratuito_pre_enem.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2040/pl-_dignidade_menstrual_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2041/pl_-_dia_municipal_de_conscientizacao_do_autismo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2045/pl_-_dia_municipal_ao__combate_ao_feminicidio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2046/pl_-___programa_prevencao_precose_de_diabetes_em_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2047/pl_-_abril_azul.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2050/pl_-_fornecimento_de_fraldas_descartaveis_em_creches.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2051/pl_-_cria_o_conselho_de_diversidade_de_genero.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2052/pl_-_cria_o_programa_amparo_psicologico_a_maes__de_filhos_autistas.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2053/pl_-_isenta_iptu_a_pessoas_autistas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2054/pl_-_programa_bolsa_atleta.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2055/pl-_programa_camara_vai_a_escola.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2056/projeto_de_lei_2024_-_programa_protese_dentaria_1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2049/requerimento_001_-_anne_caroline.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2015/indicacao-2026_iluminacao_publica_alameda_5-ver.carol_monteiro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2018/indicacao_2_vereadora_carol_2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2020/indicacao_nc2ba_140_waldez_assinado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2022/indicacao_147_tarcio_central_do_enem_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2025/indicacao_nc2ba_142_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2029/indicacao_nc2ba_143_waldez_assinado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2030/indicacao_nc2ba_144_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2031/indicacao_148_tarcio_iluminacao_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2032/indicacao_nc2ba_145_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2034/indicacao_nc2ba_146_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2035/indicacao__caixa_dagua.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2037/indicacao_145_tarcio_central_do_enem_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2038/clecio_luis.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2039/indicacao__centro_comunitario_2026.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2042/indicacao__limpeza_sao_jose.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2043/indicacao__maria_nair.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2044/indicacao_003_energia_solar_fotovoltaica_carol.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2048/indicacao_nc2ba_146_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2017/mensagem_do_projeto_de_lei_no_01_de_2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2016/projeto_de_lei_no_01_de_2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2019/pl_denominacao_da__quadra_poliesportiva_da_praca_do_abacaxi__denis_cesar.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2021/pl_-_denominacao_do_estadio_municipal_charles_brito.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2023/pl_-_setembro_amarelo_-.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2024/pl_-_responsabilia_alunos_por_atos_de_vandalismo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2026/pl_lei_de_incentivo_ao_artesanato.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2027/pl-2026_-_proibicao_de_fogos_de_artiicios_com_ruidos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2028/pl_dia_do_artesao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2033/pl_-_dia_municipal_ao__combate_ao_feminicidio.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2036/pl_-cursinho_gratuito_pre_enem.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2040/pl-_dignidade_menstrual_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2041/pl_-_dia_municipal_de_conscientizacao_do_autismo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2045/pl_-_dia_municipal_ao__combate_ao_feminicidio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2046/pl_-___programa_prevencao_precose_de_diabetes_em_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2047/pl_-_abril_azul.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2050/pl_-_fornecimento_de_fraldas_descartaveis_em_creches.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2051/pl_-_cria_o_conselho_de_diversidade_de_genero.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2052/pl_-_cria_o_programa_amparo_psicologico_a_maes__de_filhos_autistas.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2053/pl_-_isenta_iptu_a_pessoas_autistas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2054/pl_-_programa_bolsa_atleta.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2055/pl-_programa_camara_vai_a_escola.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2056/projeto_de_lei_2024_-_programa_protese_dentaria_1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2057/pl_-_nao_e_nao.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2058/pl_-_cria_o_aluguel_social.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2059/pl_-_dia_do_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2060/pl-_dia_do_fisioterapeuta.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2061/pl_-_dossie_mulher.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2062/pl_-_escolinha_de_ballet_para_criancas.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2063/pl_-_institui_a_escola_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2064/pl_-_mariele_franco.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2065/pl-_medidas_aos_bares_em_adotarem_medidas_protetiva_para_mulheres_em_risco.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2066/pl_-_politica_municipal_do_autismo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2067/pl_-_politica_sobre_pedofilia.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2068/pl_-_programa_praca_pet.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2069/pl_-_programa__aquicultura_familiar.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2070/pl_-politica_de_enfrentamento_a_violencia_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2072/pl_-botao_do_panico_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2073/pl_-semana_municipal_da_consciencia_negra.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2074/pl___038_ver._sulei_souza.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2075/pl_-_prioridade_em_programa_habitacionais__de_mulheres_vitimas.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2076/pl_-_sinal_internacional_de_pedido_de_ajuda.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2077/pl_-_cria_o_protocolo_para_prevencao_a_violencia__ou_discriminaca_por_orientacao_sexual.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2081/pl_-_programa_farmacia_24_horas.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2083/pl_-_cotas_raciais_para_concursos_publicos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2085/pl_-_institui_a_semana_municipal_da_adocao_protecao_e_bem_estar_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2086/pl_-_cria_a_frente_parlamentar_em_defesa_das_politicas_publicas_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2115/pl_disk_denuncia_ambiental.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2116/pl_academia_2026_sueli.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2124/pl_nstitui_o_calendario_esportivo_anual_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2071/pl_-_programa_emprega_mulher.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2096/projeto_de_decreto_legislativo_-_cidadao_portograndense.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2097/projeto_de_decreto_legislativo_1_-_cidadao_portograndense.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2120/projeto_de_decreto_legislativo__-_cidadao_portograndense_-_elielson.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2049/requerimento_001_-_anne_caroline.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2015/indicacao-2026_iluminacao_publica_alameda_5-ver.carol_monteiro.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2018/indicacao_2_vereadora_carol_2026.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2020/indicacao_nc2ba_140_waldez_assinado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2022/indicacao_147_tarcio_central_do_enem_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2025/indicacao_nc2ba_142_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2029/indicacao_nc2ba_143_waldez_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2030/indicacao_nc2ba_144_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2031/indicacao_148_tarcio_iluminacao_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2032/indicacao_nc2ba_145_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2034/indicacao_nc2ba_146_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2035/indicacao__caixa_dagua.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2037/indicacao_145_tarcio_central_do_enem_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2038/clecio_luis.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2039/indicacao__centro_comunitario_2026.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2042/indicacao__limpeza_sao_jose.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2043/indicacao__maria_nair.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2044/indicacao_0017_2026_energia_solar_fotovoltaica_comunidade_ribeirinhas_ver.carol.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2048/indicacao_nc2ba_146_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2078/camara_indicacao_sinalizacao_0126.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2079/sinalizacao_m_cortez_aeroporto.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2080/indicacao_021_2026_ver.carol_rurap.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2084/indicacao_01fevereiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2087/indicacao_11_tarcio_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2088/indicacao_12_tarcio_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2089/indicar2c_deputada_marcivania2c_reforma_e_ampliacao_da_escola_municipal_amelia__assinado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2090/indicar2c_deputada_marcivania_2c_reforma_do_centro_de_educacao_infantil_wilson_ferreira_assinado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2091/indicar2c_deputada_marcivania_reforma_e_ampliacao_do_centro_de_educacao_infantil_assinado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2092/indicar2c_deputada_marcivania_kit_escolar_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2093/indicar2cconstrucao_de_ponte_linha_h_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2094/indicar-_terraplanagem_matapi_linha_a2cb2cc2cg_e_h_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2095/indicacao_2_-_setrap2c_ponte_do_matapi_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2098/ind_2026_km_117.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2099/ind_2026_fossa_centro_comunitario.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2100/ind_2026_3x_20_02_2026-1.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2101/ind_2026_3x_20_02_2026-3.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2102/ind_2026_3x_20_02_2026-2.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2103/indicacao_-001_manutencao_ramal_linhao.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2104/indicacao_002_-_prefeito_elielson_moraes_-revitalizacao_da_casa_do_agricultor_e_do_viveiro__municipal.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2105/indicacao_-_004_-_vinicius_gurgel_reforma_do_auditorio_do_centro_comunitario.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2106/indicacao_-_003_-_randolfe_rodrigues__reforma_do_auditorio_do_centro_comunitario.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2107/indicacao_dep_marcivania2c_reforma_e_aplia._esc_mun_linha_c_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2108/ind_km_112.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2109/ind_bueiro_km_142.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2110/indica_ao_ministro_waldez_goes_a_inclusao_da_associacao_agepnefa_no_programa_de_mecanizacao_agricola_com_dotacao_de_1_trator_de.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2111/ind_2026_fossa_centro_comunitario.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2112/ind_2026_km_117.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2113/ind_amapazao_ap.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2114/ind_2026_av_giovana.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2117/ind_construcao_de_uma_capela_municipal.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2118/ind_placas_de_pare.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2119/ind_detran_escola_estadual_elias_de_freitas_trajano_de_souza.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2121/indicacao_e28093_randolfe_rodrigues2c_emenda_parlamentar_para_aquisicao_de_ambulancia_para_a_ubs_manoel_soares_pereira_assinado.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2122/indicacao_ao_prefeito_elielson2c_limpeza_ubs_manoe_assinado.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2123/indicacao_e28093_prefeito_elielson_reparos_no_centro_comunitario_vida_e_esperan_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2125/indicacao_-006_urbanizacao_do_trecho_do_linhao.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2126/indicacao_008_-_prefeito_elielson_moraes__pavimentacao_asfaltica_no_quartel_da_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2127/indicacao_-005_urbanizacao_do_trecho_do_linhao.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2128/indicacao_007_-_prefeito_elielson_moraes_urbanizacao_da_invasao_da_funasa.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2129/indic.59_2026_ver.carol_construcao_novo_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2130/indic._n_60_2026_ver_carol__contratacao_neuropediatra.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2131/indic._61_2026_ver_carol___instalacao_de_rede_e_sistema_ilumin_vila_cupixi.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2132/indicacao__ao_prefeito_elielson_para_contratacao_de_fonoaudiologo_para_o_cer._assinado.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2133/indicacao_tarcio_leite_-_15.2026.infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2134/indicacao_tarcio_leite_-_17.2026.profissio_assinado.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2135/indicacao_tarcio_leite_-_14.2026.infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2136/indicacao_tarcio_leite_-_16.2026.infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2137/indicacao_tarcio_leite_-_19.2026.infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2138/indicacao_vereadora_carol_2026-sinalizacao_na_rod._br-210-indic.ao_dentran.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2082/mocao_de_aplausos_26.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2026/2017/mensagem_do_projeto_de_lei_no_01_de_2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H43"/>
+  <dimension ref="A1:H125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="36.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="40.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="151.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="204.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1492,606 +2387,2820 @@
       </c>
       <c r="D23" t="s">
         <v>17</v>
       </c>
       <c r="E23" t="s">
         <v>18</v>
       </c>
       <c r="F23" t="s">
         <v>19</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>98</v>
       </c>
       <c r="H23" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>100</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>10</v>
+        <v>101</v>
       </c>
       <c r="D24" t="s">
-        <v>101</v>
+        <v>17</v>
       </c>
       <c r="E24" t="s">
+        <v>18</v>
+      </c>
+      <c r="F24" t="s">
+        <v>19</v>
+      </c>
+      <c r="G24" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" s="1" t="s">
+      <c r="H24" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
         <v>105</v>
       </c>
-      <c r="B25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D25" t="s">
+        <v>17</v>
+      </c>
+      <c r="E25" t="s">
+        <v>18</v>
+      </c>
+      <c r="F25" t="s">
+        <v>19</v>
+      </c>
+      <c r="G25" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="E25" t="s">
+      <c r="H25" t="s">
         <v>107</v>
-      </c>
-[...7 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>109</v>
+      </c>
+      <c r="D26" t="s">
+        <v>17</v>
+      </c>
+      <c r="E26" t="s">
+        <v>18</v>
+      </c>
+      <c r="F26" t="s">
+        <v>19</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H26" t="s">
         <v>111</v>
-      </c>
-[...19 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>112</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>113</v>
+      </c>
+      <c r="D27" t="s">
+        <v>17</v>
+      </c>
+      <c r="E27" t="s">
+        <v>18</v>
+      </c>
+      <c r="F27" t="s">
+        <v>19</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="B27" t="s">
-[...11 lines deleted...]
-      <c r="F27" t="s">
+      <c r="H27" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>116</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>117</v>
+      </c>
+      <c r="D28" t="s">
+        <v>17</v>
+      </c>
+      <c r="E28" t="s">
+        <v>18</v>
+      </c>
+      <c r="F28" t="s">
+        <v>19</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="B28" t="s">
-[...14 lines deleted...]
-      <c r="G28" s="1" t="s">
+      <c r="H28" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>120</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
         <v>121</v>
       </c>
-      <c r="B29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D29" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
       <c r="E29" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="F29" t="s">
-        <v>115</v>
+        <v>19</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>122</v>
       </c>
       <c r="H29" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>124</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>38</v>
+        <v>125</v>
       </c>
       <c r="D30" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
       <c r="E30" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="F30" t="s">
-        <v>115</v>
+        <v>19</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="H30" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>42</v>
+        <v>129</v>
       </c>
       <c r="D31" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
       <c r="E31" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="F31" t="s">
-        <v>115</v>
+        <v>19</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="H31" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>46</v>
+        <v>133</v>
       </c>
       <c r="D32" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
       <c r="E32" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="F32" t="s">
-        <v>115</v>
+        <v>19</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="H32" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>50</v>
+        <v>137</v>
       </c>
       <c r="D33" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
       <c r="E33" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="F33" t="s">
-        <v>115</v>
+        <v>19</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="H33" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>54</v>
+        <v>141</v>
       </c>
       <c r="D34" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
       <c r="E34" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="F34" t="s">
-        <v>115</v>
+        <v>19</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="H34" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>58</v>
+        <v>145</v>
       </c>
       <c r="D35" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
       <c r="E35" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="F35" t="s">
-        <v>140</v>
+        <v>19</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="H35" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>62</v>
+        <v>149</v>
       </c>
       <c r="D36" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
       <c r="E36" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="F36" t="s">
-        <v>115</v>
+        <v>19</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="H36" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>65</v>
+        <v>153</v>
       </c>
       <c r="D37" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
       <c r="E37" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="F37" t="s">
-        <v>140</v>
+        <v>19</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="H37" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>69</v>
+        <v>157</v>
       </c>
       <c r="D38" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
       <c r="E38" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="F38" t="s">
-        <v>140</v>
+        <v>19</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="H38" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>73</v>
+        <v>161</v>
       </c>
       <c r="D39" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
       <c r="E39" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="F39" t="s">
-        <v>140</v>
+        <v>19</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="H39" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>77</v>
+        <v>165</v>
       </c>
       <c r="D40" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
       <c r="E40" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="F40" t="s">
-        <v>140</v>
+        <v>166</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
       <c r="H40" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>158</v>
+        <v>169</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>81</v>
+        <v>170</v>
       </c>
       <c r="D41" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
       <c r="E41" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="F41" t="s">
-        <v>108</v>
+        <v>19</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="H41" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>85</v>
+        <v>174</v>
       </c>
       <c r="D42" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
       <c r="E42" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="F42" t="s">
-        <v>115</v>
+        <v>19</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>162</v>
+        <v>175</v>
       </c>
       <c r="H42" t="s">
-        <v>163</v>
+        <v>176</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>164</v>
+        <v>177</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
+        <v>178</v>
+      </c>
+      <c r="D43" t="s">
+        <v>17</v>
+      </c>
+      <c r="E43" t="s">
+        <v>18</v>
+      </c>
+      <c r="F43" t="s">
+        <v>19</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H43" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>181</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>182</v>
+      </c>
+      <c r="D44" t="s">
+        <v>17</v>
+      </c>
+      <c r="E44" t="s">
+        <v>18</v>
+      </c>
+      <c r="F44" t="s">
+        <v>19</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="H44" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>185</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>186</v>
+      </c>
+      <c r="D45" t="s">
+        <v>17</v>
+      </c>
+      <c r="E45" t="s">
+        <v>18</v>
+      </c>
+      <c r="F45" t="s">
+        <v>19</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="H45" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>189</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>190</v>
+      </c>
+      <c r="D46" t="s">
+        <v>17</v>
+      </c>
+      <c r="E46" t="s">
+        <v>18</v>
+      </c>
+      <c r="F46" t="s">
+        <v>19</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="H46" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>193</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>194</v>
+      </c>
+      <c r="D47" t="s">
+        <v>17</v>
+      </c>
+      <c r="E47" t="s">
+        <v>18</v>
+      </c>
+      <c r="F47" t="s">
+        <v>19</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H47" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>197</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>198</v>
+      </c>
+      <c r="D48" t="s">
+        <v>17</v>
+      </c>
+      <c r="E48" t="s">
+        <v>18</v>
+      </c>
+      <c r="F48" t="s">
+        <v>199</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H48" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>202</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>203</v>
+      </c>
+      <c r="D49" t="s">
+        <v>17</v>
+      </c>
+      <c r="E49" t="s">
+        <v>18</v>
+      </c>
+      <c r="F49" t="s">
+        <v>166</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="H49" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>206</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>207</v>
+      </c>
+      <c r="D50" t="s">
+        <v>17</v>
+      </c>
+      <c r="E50" t="s">
+        <v>18</v>
+      </c>
+      <c r="F50" t="s">
+        <v>19</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="H50" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>210</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
         <v>10</v>
       </c>
-      <c r="D43" t="s">
+      <c r="D51" t="s">
+        <v>211</v>
+      </c>
+      <c r="E51" t="s">
+        <v>212</v>
+      </c>
+      <c r="F51" t="s">
+        <v>19</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="H51" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>215</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>10</v>
+      </c>
+      <c r="D52" t="s">
+        <v>216</v>
+      </c>
+      <c r="E52" t="s">
+        <v>217</v>
+      </c>
+      <c r="F52" t="s">
+        <v>19</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H52" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>220</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>23</v>
+      </c>
+      <c r="D53" t="s">
+        <v>216</v>
+      </c>
+      <c r="E53" t="s">
+        <v>217</v>
+      </c>
+      <c r="F53" t="s">
+        <v>19</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="H53" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>223</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>27</v>
+      </c>
+      <c r="D54" t="s">
+        <v>216</v>
+      </c>
+      <c r="E54" t="s">
+        <v>217</v>
+      </c>
+      <c r="F54" t="s">
+        <v>19</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H54" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>226</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>10</v>
+      </c>
+      <c r="D55" t="s">
+        <v>227</v>
+      </c>
+      <c r="E55" t="s">
+        <v>228</v>
+      </c>
+      <c r="F55" t="s">
+        <v>19</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="H55" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>231</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>10</v>
+      </c>
+      <c r="D56" t="s">
+        <v>232</v>
+      </c>
+      <c r="E56" t="s">
+        <v>233</v>
+      </c>
+      <c r="F56" t="s">
+        <v>234</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H56" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>237</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>23</v>
+      </c>
+      <c r="D57" t="s">
+        <v>232</v>
+      </c>
+      <c r="E57" t="s">
+        <v>233</v>
+      </c>
+      <c r="F57" t="s">
+        <v>234</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="H57" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>240</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>27</v>
+      </c>
+      <c r="D58" t="s">
+        <v>232</v>
+      </c>
+      <c r="E58" t="s">
+        <v>233</v>
+      </c>
+      <c r="F58" t="s">
+        <v>241</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="H58" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>244</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>31</v>
+      </c>
+      <c r="D59" t="s">
+        <v>232</v>
+      </c>
+      <c r="E59" t="s">
+        <v>233</v>
+      </c>
+      <c r="F59" t="s">
+        <v>241</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="H59" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>247</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>34</v>
+      </c>
+      <c r="D60" t="s">
+        <v>232</v>
+      </c>
+      <c r="E60" t="s">
+        <v>233</v>
+      </c>
+      <c r="F60" t="s">
+        <v>241</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="H60" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>250</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>38</v>
+      </c>
+      <c r="D61" t="s">
+        <v>232</v>
+      </c>
+      <c r="E61" t="s">
+        <v>233</v>
+      </c>
+      <c r="F61" t="s">
+        <v>241</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H61" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>253</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>42</v>
+      </c>
+      <c r="D62" t="s">
+        <v>232</v>
+      </c>
+      <c r="E62" t="s">
+        <v>233</v>
+      </c>
+      <c r="F62" t="s">
+        <v>241</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="H62" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>256</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>46</v>
+      </c>
+      <c r="D63" t="s">
+        <v>232</v>
+      </c>
+      <c r="E63" t="s">
+        <v>233</v>
+      </c>
+      <c r="F63" t="s">
+        <v>241</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="H63" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>259</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>50</v>
+      </c>
+      <c r="D64" t="s">
+        <v>232</v>
+      </c>
+      <c r="E64" t="s">
+        <v>233</v>
+      </c>
+      <c r="F64" t="s">
+        <v>241</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="H64" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>262</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D65" t="s">
+        <v>232</v>
+      </c>
+      <c r="E65" t="s">
+        <v>233</v>
+      </c>
+      <c r="F65" t="s">
+        <v>241</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H65" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>265</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>58</v>
+      </c>
+      <c r="D66" t="s">
+        <v>232</v>
+      </c>
+      <c r="E66" t="s">
+        <v>233</v>
+      </c>
+      <c r="F66" t="s">
+        <v>266</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H66" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>269</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>62</v>
+      </c>
+      <c r="D67" t="s">
+        <v>232</v>
+      </c>
+      <c r="E67" t="s">
+        <v>233</v>
+      </c>
+      <c r="F67" t="s">
+        <v>241</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="H67" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>272</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>65</v>
+      </c>
+      <c r="D68" t="s">
+        <v>232</v>
+      </c>
+      <c r="E68" t="s">
+        <v>233</v>
+      </c>
+      <c r="F68" t="s">
+        <v>266</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H68" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>275</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>69</v>
+      </c>
+      <c r="D69" t="s">
+        <v>232</v>
+      </c>
+      <c r="E69" t="s">
+        <v>233</v>
+      </c>
+      <c r="F69" t="s">
+        <v>266</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="H69" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>278</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>73</v>
+      </c>
+      <c r="D70" t="s">
+        <v>232</v>
+      </c>
+      <c r="E70" t="s">
+        <v>233</v>
+      </c>
+      <c r="F70" t="s">
+        <v>266</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H70" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>281</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>77</v>
+      </c>
+      <c r="D71" t="s">
+        <v>232</v>
+      </c>
+      <c r="E71" t="s">
+        <v>233</v>
+      </c>
+      <c r="F71" t="s">
+        <v>266</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="H71" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>284</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>81</v>
+      </c>
+      <c r="D72" t="s">
+        <v>232</v>
+      </c>
+      <c r="E72" t="s">
+        <v>233</v>
+      </c>
+      <c r="F72" t="s">
+        <v>234</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H72" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>287</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>85</v>
+      </c>
+      <c r="D73" t="s">
+        <v>232</v>
+      </c>
+      <c r="E73" t="s">
+        <v>233</v>
+      </c>
+      <c r="F73" t="s">
+        <v>241</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H73" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>290</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>89</v>
+      </c>
+      <c r="D74" t="s">
+        <v>232</v>
+      </c>
+      <c r="E74" t="s">
+        <v>233</v>
+      </c>
+      <c r="F74" t="s">
+        <v>266</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H74" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>293</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>93</v>
+      </c>
+      <c r="D75" t="s">
+        <v>232</v>
+      </c>
+      <c r="E75" t="s">
+        <v>233</v>
+      </c>
+      <c r="F75" t="s">
+        <v>266</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H75" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>296</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>97</v>
+      </c>
+      <c r="D76" t="s">
+        <v>232</v>
+      </c>
+      <c r="E76" t="s">
+        <v>233</v>
+      </c>
+      <c r="F76" t="s">
+        <v>234</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H76" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>299</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>101</v>
+      </c>
+      <c r="D77" t="s">
+        <v>232</v>
+      </c>
+      <c r="E77" t="s">
+        <v>233</v>
+      </c>
+      <c r="F77" t="s">
+        <v>241</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H77" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>302</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>105</v>
+      </c>
+      <c r="D78" t="s">
+        <v>232</v>
+      </c>
+      <c r="E78" t="s">
+        <v>233</v>
+      </c>
+      <c r="F78" t="s">
+        <v>241</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H78" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>305</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>109</v>
+      </c>
+      <c r="D79" t="s">
+        <v>232</v>
+      </c>
+      <c r="E79" t="s">
+        <v>233</v>
+      </c>
+      <c r="F79" t="s">
+        <v>241</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="H79" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>308</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>113</v>
+      </c>
+      <c r="D80" t="s">
+        <v>232</v>
+      </c>
+      <c r="E80" t="s">
+        <v>233</v>
+      </c>
+      <c r="F80" t="s">
+        <v>309</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="H80" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>312</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>117</v>
+      </c>
+      <c r="D81" t="s">
+        <v>232</v>
+      </c>
+      <c r="E81" t="s">
+        <v>233</v>
+      </c>
+      <c r="F81" t="s">
+        <v>309</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H81" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>315</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>121</v>
+      </c>
+      <c r="D82" t="s">
+        <v>232</v>
+      </c>
+      <c r="E82" t="s">
+        <v>233</v>
+      </c>
+      <c r="F82" t="s">
+        <v>309</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="H82" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>318</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>125</v>
+      </c>
+      <c r="D83" t="s">
+        <v>232</v>
+      </c>
+      <c r="E83" t="s">
+        <v>233</v>
+      </c>
+      <c r="F83" t="s">
+        <v>309</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="H83" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>321</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>129</v>
+      </c>
+      <c r="D84" t="s">
+        <v>232</v>
+      </c>
+      <c r="E84" t="s">
+        <v>233</v>
+      </c>
+      <c r="F84" t="s">
+        <v>309</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="H84" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>324</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>133</v>
+      </c>
+      <c r="D85" t="s">
+        <v>232</v>
+      </c>
+      <c r="E85" t="s">
+        <v>233</v>
+      </c>
+      <c r="F85" t="s">
+        <v>309</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="H85" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>327</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>137</v>
+      </c>
+      <c r="D86" t="s">
+        <v>232</v>
+      </c>
+      <c r="E86" t="s">
+        <v>233</v>
+      </c>
+      <c r="F86" t="s">
+        <v>309</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="H86" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>330</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>141</v>
+      </c>
+      <c r="D87" t="s">
+        <v>232</v>
+      </c>
+      <c r="E87" t="s">
+        <v>233</v>
+      </c>
+      <c r="F87" t="s">
+        <v>166</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="H87" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>333</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>145</v>
+      </c>
+      <c r="D88" t="s">
+        <v>232</v>
+      </c>
+      <c r="E88" t="s">
+        <v>233</v>
+      </c>
+      <c r="F88" t="s">
+        <v>166</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="H88" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>336</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>149</v>
+      </c>
+      <c r="D89" t="s">
+        <v>232</v>
+      </c>
+      <c r="E89" t="s">
+        <v>233</v>
+      </c>
+      <c r="F89" t="s">
+        <v>166</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="H89" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>339</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>153</v>
+      </c>
+      <c r="D90" t="s">
+        <v>232</v>
+      </c>
+      <c r="E90" t="s">
+        <v>233</v>
+      </c>
+      <c r="F90" t="s">
+        <v>166</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="H90" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>342</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>157</v>
+      </c>
+      <c r="D91" t="s">
+        <v>232</v>
+      </c>
+      <c r="E91" t="s">
+        <v>233</v>
+      </c>
+      <c r="F91" t="s">
+        <v>166</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="H91" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>345</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>161</v>
+      </c>
+      <c r="D92" t="s">
+        <v>232</v>
+      </c>
+      <c r="E92" t="s">
+        <v>233</v>
+      </c>
+      <c r="F92" t="s">
+        <v>19</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="H92" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>348</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
         <v>165</v>
       </c>
-      <c r="E43" t="s">
+      <c r="D93" t="s">
+        <v>232</v>
+      </c>
+      <c r="E93" t="s">
+        <v>233</v>
+      </c>
+      <c r="F93" t="s">
+        <v>19</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="H93" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>351</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>170</v>
+      </c>
+      <c r="D94" t="s">
+        <v>232</v>
+      </c>
+      <c r="E94" t="s">
+        <v>233</v>
+      </c>
+      <c r="F94" t="s">
+        <v>19</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="H94" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>354</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>174</v>
+      </c>
+      <c r="D95" t="s">
+        <v>232</v>
+      </c>
+      <c r="E95" t="s">
+        <v>233</v>
+      </c>
+      <c r="F95" t="s">
+        <v>19</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H95" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>356</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>178</v>
+      </c>
+      <c r="D96" t="s">
+        <v>232</v>
+      </c>
+      <c r="E96" t="s">
+        <v>233</v>
+      </c>
+      <c r="F96" t="s">
+        <v>309</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="H96" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>359</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>182</v>
+      </c>
+      <c r="D97" t="s">
+        <v>232</v>
+      </c>
+      <c r="E97" t="s">
+        <v>233</v>
+      </c>
+      <c r="F97" t="s">
+        <v>199</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="H97" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>362</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>186</v>
+      </c>
+      <c r="D98" t="s">
+        <v>232</v>
+      </c>
+      <c r="E98" t="s">
+        <v>233</v>
+      </c>
+      <c r="F98" t="s">
+        <v>199</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="H98" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>365</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>190</v>
+      </c>
+      <c r="D99" t="s">
+        <v>232</v>
+      </c>
+      <c r="E99" t="s">
+        <v>233</v>
+      </c>
+      <c r="F99" t="s">
         <v>166</v>
       </c>
-      <c r="F43" t="s">
+      <c r="G99" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="H99" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>368</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>194</v>
+      </c>
+      <c r="D100" t="s">
+        <v>232</v>
+      </c>
+      <c r="E100" t="s">
+        <v>233</v>
+      </c>
+      <c r="F100" t="s">
+        <v>166</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H100" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>370</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>198</v>
+      </c>
+      <c r="D101" t="s">
+        <v>232</v>
+      </c>
+      <c r="E101" t="s">
+        <v>233</v>
+      </c>
+      <c r="F101" t="s">
+        <v>166</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="H101" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>372</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>203</v>
+      </c>
+      <c r="D102" t="s">
+        <v>232</v>
+      </c>
+      <c r="E102" t="s">
+        <v>233</v>
+      </c>
+      <c r="F102" t="s">
+        <v>199</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="H102" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>375</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>207</v>
+      </c>
+      <c r="D103" t="s">
+        <v>232</v>
+      </c>
+      <c r="E103" t="s">
+        <v>233</v>
+      </c>
+      <c r="F103" t="s">
+        <v>376</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="H103" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>379</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>380</v>
+      </c>
+      <c r="D104" t="s">
+        <v>232</v>
+      </c>
+      <c r="E104" t="s">
+        <v>233</v>
+      </c>
+      <c r="F104" t="s">
+        <v>166</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="H104" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>382</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>383</v>
+      </c>
+      <c r="D105" t="s">
+        <v>232</v>
+      </c>
+      <c r="E105" t="s">
+        <v>233</v>
+      </c>
+      <c r="F105" t="s">
+        <v>166</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="H105" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>385</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>386</v>
+      </c>
+      <c r="D106" t="s">
+        <v>232</v>
+      </c>
+      <c r="E106" t="s">
+        <v>233</v>
+      </c>
+      <c r="F106" t="s">
+        <v>166</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="H106" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>388</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>389</v>
+      </c>
+      <c r="D107" t="s">
+        <v>232</v>
+      </c>
+      <c r="E107" t="s">
+        <v>233</v>
+      </c>
+      <c r="F107" t="s">
+        <v>309</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="H107" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>392</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>393</v>
+      </c>
+      <c r="D108" t="s">
+        <v>232</v>
+      </c>
+      <c r="E108" t="s">
+        <v>233</v>
+      </c>
+      <c r="F108" t="s">
+        <v>309</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="H108" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>396</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>397</v>
+      </c>
+      <c r="D109" t="s">
+        <v>232</v>
+      </c>
+      <c r="E109" t="s">
+        <v>233</v>
+      </c>
+      <c r="F109" t="s">
+        <v>309</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="H109" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>400</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>401</v>
+      </c>
+      <c r="D110" t="s">
+        <v>232</v>
+      </c>
+      <c r="E110" t="s">
+        <v>233</v>
+      </c>
+      <c r="F110" t="s">
+        <v>19</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="H110" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>404</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>405</v>
+      </c>
+      <c r="D111" t="s">
+        <v>232</v>
+      </c>
+      <c r="E111" t="s">
+        <v>233</v>
+      </c>
+      <c r="F111" t="s">
+        <v>19</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="H111" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>408</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>409</v>
+      </c>
+      <c r="D112" t="s">
+        <v>232</v>
+      </c>
+      <c r="E112" t="s">
+        <v>233</v>
+      </c>
+      <c r="F112" t="s">
+        <v>19</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="H112" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>412</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>413</v>
+      </c>
+      <c r="D113" t="s">
+        <v>232</v>
+      </c>
+      <c r="E113" t="s">
+        <v>233</v>
+      </c>
+      <c r="F113" t="s">
+        <v>19</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="H113" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>416</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>417</v>
+      </c>
+      <c r="D114" t="s">
+        <v>232</v>
+      </c>
+      <c r="E114" t="s">
+        <v>233</v>
+      </c>
+      <c r="F114" t="s">
+        <v>234</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="H114" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>420</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>421</v>
+      </c>
+      <c r="D115" t="s">
+        <v>232</v>
+      </c>
+      <c r="E115" t="s">
+        <v>233</v>
+      </c>
+      <c r="F115" t="s">
+        <v>234</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="H115" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>424</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>425</v>
+      </c>
+      <c r="D116" t="s">
+        <v>232</v>
+      </c>
+      <c r="E116" t="s">
+        <v>233</v>
+      </c>
+      <c r="F116" t="s">
+        <v>234</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="H116" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>428</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>429</v>
+      </c>
+      <c r="D117" t="s">
+        <v>232</v>
+      </c>
+      <c r="E117" t="s">
+        <v>233</v>
+      </c>
+      <c r="F117" t="s">
+        <v>309</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="H117" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>432</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>433</v>
+      </c>
+      <c r="D118" t="s">
+        <v>232</v>
+      </c>
+      <c r="E118" t="s">
+        <v>233</v>
+      </c>
+      <c r="F118" t="s">
+        <v>241</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="H118" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>436</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>437</v>
+      </c>
+      <c r="D119" t="s">
+        <v>232</v>
+      </c>
+      <c r="E119" t="s">
+        <v>233</v>
+      </c>
+      <c r="F119" t="s">
+        <v>241</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="H119" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>440</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>441</v>
+      </c>
+      <c r="D120" t="s">
+        <v>232</v>
+      </c>
+      <c r="E120" t="s">
+        <v>233</v>
+      </c>
+      <c r="F120" t="s">
+        <v>241</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="H120" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>444</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>445</v>
+      </c>
+      <c r="D121" t="s">
+        <v>232</v>
+      </c>
+      <c r="E121" t="s">
+        <v>233</v>
+      </c>
+      <c r="F121" t="s">
+        <v>241</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H121" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>448</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>449</v>
+      </c>
+      <c r="D122" t="s">
+        <v>232</v>
+      </c>
+      <c r="E122" t="s">
+        <v>233</v>
+      </c>
+      <c r="F122" t="s">
+        <v>241</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="H122" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>452</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>453</v>
+      </c>
+      <c r="D123" t="s">
+        <v>232</v>
+      </c>
+      <c r="E123" t="s">
+        <v>233</v>
+      </c>
+      <c r="F123" t="s">
+        <v>234</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="H123" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>456</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>10</v>
+      </c>
+      <c r="D124" t="s">
+        <v>457</v>
+      </c>
+      <c r="E124" t="s">
+        <v>458</v>
+      </c>
+      <c r="F124" t="s">
+        <v>266</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="H124" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>461</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>10</v>
+      </c>
+      <c r="D125" t="s">
+        <v>462</v>
+      </c>
+      <c r="E125" t="s">
+        <v>463</v>
+      </c>
+      <c r="F125" t="s">
         <v>13</v>
       </c>
-      <c r="G43" s="1" t="s">
-[...3 lines deleted...]
-        <v>168</v>
+      <c r="G125" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="H125" t="s">
+        <v>465</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>