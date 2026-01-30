--- v0 (2025-10-13)
+++ v1 (2026-01-30)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4775" uniqueCount="2211">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6015" uniqueCount="2777">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -165,50 +165,86 @@
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1805/ldo_2026_pl_12_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES (LDO) PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA ANUAL (LOA) PARA O EXERCÍCIO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1807/1_ppa-mesclado.pdf</t>
   </si>
   <si>
     <t>DIPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2026/2029 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1864</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1864/projeto_de_lei_no_014-2025-pmpg_loa_2025-2026_assinado_2_removed.pdf</t>
+  </si>
+  <si>
+    <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PORTO GRANDE PARA O EXERCÍCIO DE 2026.</t>
+  </si>
+  <si>
+    <t>1873</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1873/projeto_de_lei_do_executivo_no015.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº15/2025, DE 17 DE OUTUBRO DE 2025: DISPÕEM SOBRE A ESTRUTURA E O FUNCIONAMENTO DO CONSELHO TUTELAR DE PORTO GRANDE-AP E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1917</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1917/plo_16.pdf</t>
+  </si>
+  <si>
+    <t>"AUTORIZA O PODER EXECUTIVO A INSTITUIR O INCENTIVO FINANCEIRO ADICIONAL (IFA) AOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AOS AGENTES DE COMBATE Às ENDEMIAS (ACE) DO MUNICÍPIO DE PORTO GRANDE-AP, E DÁ OUTRAS PROVIDÊNCIAS."</t>
+  </si>
+  <si>
     <t>1265</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA LEGISLATIVO</t>
   </si>
   <si>
     <t>SALMON SANTANA</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1265/pll_02_-_parlamento_jovem.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PARLAMENTO JOVEM NA CÂMARA  MUNICIPAL  DE PORTO  GRANDE, E PREVÊ UMA SESSÃO EXTRAORDINÁRIA POR ANO, COMPOSTO APENAS POR JOVENS COM A FINALIDADE DE DAR VOZ ATIVA A  FINALIDADE A JUNVENTUDE PORTOGRANDENSE.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>PROFESSOR NELSON</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1266/pll_03_-_jovem_profissional_s.pdf</t>
@@ -300,75 +336,66 @@
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE CONCEITOS DE EDUCAÇÃO FINANCEIRA NA REDE MUNICIPAL DE ENSINO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1345/pl_06_tarcio_2025_2_assinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A VEDAÇÃO DE HOMENAGENS A PESSOAS QUE TENHAM PRATICADO ATOS DE RACISMO.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1376/pl_07_ta_rcio_2025_assinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE INAUGURAÇÃO CERIMONIAL DE OBRAS PÚBLICAS MUNICIPAIS, PELO PODER EXECUTIVO, QUE SE ENCONTREM INCOMPLETAS OU QUE NÃO ESTEJAM EM CONDIÇÕES DE SEREM IMEDIATAMENTE UTILIZADAS PELA POPULAÇÃO.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
-    <t>14</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1382/projeto_de_lei_2025_-_proibicao_de_assumir_cargos__crime_contra_crianca_e_adolescente.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nulidade da nomeação ou contratação, para determinados cargos  e empregos públicos, de pessoas  condenadas pela prática de crime contra  a dignidade sexual da criança e do adolescente  no âmbito do Município de Porto Grande e dá Outras Providências</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>15</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1383/projeto_de_lei_2025_-_cria_o_programa_musica_na_escola.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Música nas Escolas no Município de Porto Grande  e dá outras Providências.</t>
   </si>
   <si>
     <t>1384</t>
-  </si>
-[...1 lines deleted...]
-    <t>16</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1384/projeto_de_lei_2025_-_cria_apolitica_civica_para_a_juventude.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Criar o Plano de Incentivo à Participação Cívica e Política da Juventude no Município de Porto Grande e dá outras providências</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1385/projeto_de_lei_2025_-_dignidade_menstrual.pdf</t>
   </si>
   <si>
     <t>Institui a política de conscientização sobre a dignidade menstrual e a distribuição gratuita de absorventes higiênicos nas escolas municipais de ensino público do Município  de Porto Grande e dá Outras Providências.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>18</t>
   </si>
@@ -833,75 +860,75 @@
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1658/projeto_de_lei_2025_-_dia_do_quadrilheiro.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI - FICA INSTITUÍDO NO CALENDÁRIO DE EVENTOS CULTURAIS DE EVENTOS DO MUNICÍPIO O “DIA MUNICIPAL DO QUADRILHEIRO A SER COMEMORADO NO DIA 27 DE JUNHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_infraestrutura_mais_perto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da Secretaria Municipal de Infraestrutura de Porto Grande disponibilizar número oficial de atendimento para recebimento de demandas da população relativas à infraestrutura urbana e rural, e dá outras providências.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1691/projeto_vasconcelos.pdf</t>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1691/projeto_vasconcelos_salmo_08.12.25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Centro Especializado em Reabilitação do município de Porto Grande com o nome de Everaldo da Silva Vasconcelos e dá outras providências.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1696/projeto_animal_sem_fome.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de comedouros e bebedouros para animais em espaços públicos no município de Porto Grande, e dá outras providências.”</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1697/projeto_pedrao.pdf</t>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1697/projeto_pedrao.salmo_08.12.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Feira Municipal de Porto Grande com o nome de Pedro Manoel dos Santos e dá outras providências.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1698/projeto_atila.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Academia Municipal de Saúde do município de Porto Grande e dá outras providências.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1699/projeto_obra_justificada.pdf</t>
   </si>
@@ -929,100 +956,100 @@
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1703/festival_do_abacaxi_gospel.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão obrigatória de um Dia Gospel na programação oficial do Festival do Abacaxi, no município de Porto Grande, e dá outras providências.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1704/marcha_para_jesus_patrimonio_cultural.pdf</t>
   </si>
   <si>
     <t>Declara a Marcha para Jesus como Patrimônio Cultural de Natureza Imaterial do Município de Porto Grande e dá outras providências</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1705/projeto_barreto.pdf</t>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1705/projeto_barreto._salmo_08.12.2025.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do bairro conhecido como Área 6 Rural, no município de Porto Grande, e dá outras providências.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1709/projeto_claudenor.pdf</t>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1709/projeto_claudenor_salmon_08.12.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA PRAÇA LOCALIZADA NO BAIRRO NOVA ESPERANÇA, NO MUNICÍPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS..</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1711/projeto_eivis_cardoso_moraes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Balneário Municipal do município de Porto Grande e dá outras providências.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1694/projeto_grau_2025_revisado_assinado.pdf</t>
   </si>
   <si>
     <t>Reconhece o "grau de bicicleta" como prática Esportiva no Município de Porto _x000D_
 Grande e dá outras providências.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_antonio.pdf</t>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_antonio._salmo_08.12.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da comunidade conhecida como 112, no município de Porto Grande, e dá outras providências.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1724/projeto_de_lei_2025_-_colocao_de_antena_anti_linha_cortante_em_motocicletas.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INSTITUI NO MUNICÍPIO DE PORTO GRANDE A OBRIGATORIEDADE DE INSTALAÇÃO DE ANTENA ANTI-LINHA CORTANTE, NAS MOTOCICLETAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_de_lei_2025_-_proibe__a_circulacao_de_caes_das_racas_pitbull_e_rottwiler_em_locais_publicos.pdf</t>
   </si>
@@ -1075,50 +1102,53 @@
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1756/pl_-_dispoe_sobre_a_criacao_do_programa_municipal_mulher_protegida_informacao_e_acolhimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Programa Municipal Mulher Protegida : Informação e Acolhimento no Município de Porto Grande e da Outras Providências.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1755/pl_programa_cacamba_social.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Porto Grande o  Programa Caçamba Social e dá Outras Providências.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1757/deno_cemit_antonio_ceara_do_coco.docx</t>
+  </si>
+  <si>
     <t>DISPOE SOBRE A DENOMINAÇAO DO CEMITERIO DA PAZ, QUE SEJA MODIFICADO O NOME PARA ANTONIO RAIMUNDO BARBOSA, E DA OUTRAS PROVIDENCIA.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1760/pl_11_tarcio_2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DO CICLISTA E INCLUI O PASSEIO CICLÍSTICO NO CALÉNDÁRIO OFICIAL DO MUNICIPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL – SIM E OS PROCEDIMENTOS PARA ACESSO AO SERVIÇO DE INSPEÇÃO SANITÁRIA DE ESTABELECIMENTOS QUE PRODUZAM BEBIDAS E ALIMENTOS PARA COMERCIALIZAÇÃO DE ORIGEM ANIMAL E VEGETAL NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1776</t>
@@ -1213,113 +1243,152 @@
   <si>
     <t>87</t>
   </si>
   <si>
     <t>GURI DO MATAPI</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1824/pl_arena_reinaldo_assinado.pdf</t>
   </si>
   <si>
     <t>DENOMINA “ARENA REINALDO MAGALHÃES” A ARENA DE GRAMA SINTÉTICA LOCALIZADA NA LINHA A, COLÔNIA AGRÍCOLA DO MATAPI, NO MUNICÍPIO DE PORTO GRANDE-AP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1834/projeto_de_lei_2025_-_dispoe_sobre_a_obrigatoriedade_da_implantacao_de_ciclovias_e_ciclofaixas_em_projetos_de_construcao_de_novas_avenidas_e_ruas_bem_como_na_reforma_e_requalificacao_da.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI - DISPÕE SOBRE A OBRIGATORIEDADE DE IMPLANTAÇÃO DE CICLOVIAS E CICLOFAIXAS EM PROJETOS DE CONSTRUÇÃO DE NOVAS AVENIDAS E RUAS, BEM COMO NA REFORMA E REQUALIFICAÇÃO DAS JÁ EXISTENTES, NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE /AP  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1903</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1903/pl_13_tarcio_2025_assinado2_08.12.2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A NOMEAÇÃO DA ESCOLA MUNICIPAL DO VILA NOVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1916</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>CONJAKI</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1916/pl_ifa.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A INSTITUIR O INCENTIVO FINANCEIRO ADICIONAL (IFA) AOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AOS AGENTES DE COMBATE ÀS ENDEMIAS (ACE) DO MUNICÍPIO DE PORTO GRANDE-AP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>1316</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1316/resolucao_01.pdf</t>
   </si>
   <si>
     <t>CRIA O TOUR LEGISLATIVO NA CÂMARA MUNICIPAL DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1317/resolucao_02_assinado.pdf</t>
   </si>
   <si>
     <t>CRIA A "MEDALHA JOVEM UNIVERSITÁRIO'', NO ÂMBITO DA CÂMARA MUNICIPAL DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1422</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1422/resolucao_no_03.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO 21/2024 QUE TRATA DO QUADRO DE CARGOS EM COMISSÃO DA CÂMARA MUNICIPAL DE PORTO GRANDE E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>MESA DIRETORA CMPG</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1517/pr_04_2025_corporativo.pdf</t>
   </si>
   <si>
     <t>INSTITUI O USO DE CARTÃO CORPORATIVO NO ÂMBITO DA CÂMARA MUNICIPAL DE PORTO GRANDE/AP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1739/projeto_de_resolucao_dia_do_evangelico.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito da Câmara Municipal de Porto Grande, a realização de Sessão Solene anual em homenagem ao Dia do Evangélico, e dá outras providências.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1740/projeto_de_resolucao_painel.pdf</t>
   </si>
   <si>
     <t>Cria, no âmbito da Câmara Municipal de_x000D_
 Porto Grande, o Painel de_x000D_
 Acompanhamento da Execução das Leis_x000D_
 Municipais e dá outras providências.”</t>
   </si>
   <si>
+    <t>1976</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1976/resolucao_7.pdf</t>
+  </si>
+  <si>
+    <t>RESOLUÇÃO QUE ALTERA DISPOSITIVOS DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>1414</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>COF - COMISSÃO DE ORÇAMENTOS E FINANÇAS</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAPROVAÇÃO DAS CONTAS DE GOVERNO DO MUNICÍPIO DE PORTO GRANDE, REFERENTES AO EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAPROVAÇÃO DAS CONTAS DE GOVERNO DO MUNICÍPIO DE PORTO GRANDE, REFERENTES AO EXERCÍCIO FINANCEIRO DE 2019</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO DO MUNICÍPIO DE PORTO GRANDE A CELEBRAR CONVÊNIO COM INSTITUIÇÕES BANCÁRIAS PARA FINS DE EMPRÉSTIMOS CONSIGNADOS PELOS SERVIDORES DA CÂMARA MUNICIPAL, E DÁ OUTRAS DAS PROVIDÊNCIAS.</t>
@@ -1831,53 +1900,50 @@
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR, PRESIDENTE DO CONGRESSO NACIONAL, SENADOR DA REPÚBLICA DAVI ALCOLUMBRE, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE VIABILIZAR A CONSTRUÇÃO DE UMA ESCOLA MUNICIPAL NO ASSENTAMENTO DO NOVA CANAÃ.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1293/indicaa_a_o_nac2ba_13_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ANTÔNIO WALDEZ GÓES, MINISTRO DA INTEGRAÇÃO NACIONAL E DESENVOLVIMENTO REGIONAL, KITS COMPLETO PARA BATEDORES DE AÇAÍ PARA CALÔNIA AGRICOLA DO MATAPI.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1295/indicacao_no_16_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR, PRESIDENTE DO CONGRESSO NACIONAL, SENADOR DA REPÚBLICA DAVI ALCOLUMBRE, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE ADIQUIRIR UM ÔNIBUS PARA O INSTITUTO FEDERAL DO AMAPÁ CAMPUS PORTO GRANDE.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>CONJAKI</t>
-[...1 lines deleted...]
-  <si>
     <t>INDICA AO PREFEITO ELIELSON MORAES, QUE POSSA FAZER RECONHECIMENTO  DA EFETIVAÇÃO DOS AGENTES COMUNITARIO DE SAUDE E AGENTES DE COMBATE A ENDENIAS DO PROCESSO SELETIVO PULBLICO 001/2021-SEMSA/PMPG.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1297/indicacao_nc2ba_18_esp_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO DE ESPORTE, LAZER, E CULTURA, ELIVELTON MEIRELES ARANHA, QUE PROVIDENCIEM A IMPLANTAÇÃO DE UMA ACADEMIA AO AR LIVRE NA PRAÇA DO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_nc2ba_17_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A MANUTENÇÃO E LIMPEZA DA RUA SANTA RITA DE CÁSSIA NO BAIRRO DO AEROPORTO.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1299/ind_n43_carol.pdf</t>
@@ -2146,51 +2212,51 @@
   <si>
     <t>INDICA AO PREFEITO DO MUNICIPIO DE PORTO GRANDE, Sr. ELIELSON DA SILVA MORAES,A CRIAÇÃO DO CENTRO MUNICIPAL DE IMAGENS,PARA ATENDER AS DEMANDA DE EXAMES ORIUNDAS DAS UBS DESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_nc2ba_20_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO NO BAIRRO PALMEIRAS.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_nc2ba_21_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA NO DISTRITO DO CUPIXI.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1338/ind_2025_asfalto_matapi.pdf</t>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1338/ind_carol_asfalto_matapi_pg.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON MORAES, PREFEITO DE PORTO GRANDE, QUE SEJA REALIZADA A PAVIMENTAÇÃO ASFÁLTICA DAS VIAS PRINCIPAIS DA COMUNIDADE DO MATAPI.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1339/ind_2025_rocagem_da_esc_km_138.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL ELIELSON MORAES, QUE SEJA REALIZADA A ROÇAGEM NA ESCOLA DO KM 138, VISANDO GARANTIR UM AMBIENTE ADEQUADO E SEGURO PARA O INÍCIO DAS AULAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1340/ind_2025_manutencao_recre_esc_matapi.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DE PORTO GRANDE, A MANUTENÇÃO DA ÁREA DE RECREAÇÃO DA ESCOLA DA LINHA C DO MATAPI, VISANDO GARANTIR UM ESPAÇO ADEQUADO E SEGURO PARA OS ALUNOS.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
@@ -2263,63 +2329,57 @@
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DE PORTO GRANDE, A AMPLIAÇÃO DE VAGAS PARA MARCAÇÕES DE CONSULTAS ODONTOLÓGICAS NO CUPIXI E MUNGUBA, VISANDO ATENDER À DEMANDA DA POPULAÇÃO LOCAL.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1351/ind_2025_waldez.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR WALDEZ GÓES, MINISTRO DA INTEGRAÇÃO E DO DESENVOLVIMENTO REGIONAL, POR MEIO DA CODEVASF, A DOAÇÃO DE 30 (TRINTA) ROÇADEIRAS PARA AUXILIAR OS AGRICULTORES DO MUNICÍPIO DE PORTO GRANDE EM ATIVIDADES DE ROÇAGEM, BEM COMO A DOAÇÃO DE 01 (UM) CAMINHÃO VARREDOR PARA AUXILIAR NA LIMPEZA E CONSERVAÇÃO DE RUAS E AVENIDAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1352/ind_2025_ilum_ponte_brasil_tropical.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DE PORTO GRANDE, A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA PONTE QUE DÁ ACESSO AO BAIRRO DO BRASIL TROPICAL, VISANDO GARANTIR A SEGURANÇA DA POPULAÇÃO, ESPECIALMENTE DOS ESTUDANTES QUE RETORNARAM ÀS AULAS NO PERÍODO DA NOITE.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>89</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_nc2ba_24_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A INSTAURAÇÃO DE UMA LOMBADA E SINALIZAÇÃO NA RUA SOLDADO MIGUEL BARROS DA SILVA FIILHO, NO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1354</t>
-  </si>
-[...1 lines deleted...]
-    <t>90</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1354/ind_2025_poco_caiera.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DE PORTO GRANDE, A PERFURAÇÃO DE UM POÇO ARTESIANO PARA A COMUNIDADE DO CAIERA, VISANDO GARANTIR O ACESSO À ÁGUA DE QUALIDADE PARA OS MORADORES.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1355/ind_2025_esc_amapari.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DE PORTO GRANDE, A REALIZAÇÃO DE ESTUDOS PARA A IMPLANTAÇÃO DE UMA ESCOLA MUNICIPAL NO RIO AMAPARI, VISANDO ATENDER À DEMANDA EDUCACIONAL DA REGIÃO.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>92</t>
   </si>
@@ -6390,50 +6450,1314 @@
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1855/ind_ultrassonografia.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor Elielson da Silva Moraes, Prefeito Municipal de Porto Grande, que seja autorizada a aquisição de uma máquina de ultrassonografia portátil para os Centros de Saúde 1 e 2 (UBS), substituindo o equipamento atualmente em uso, já obsoleto.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_ubs_wendel.docx</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor ELIELSON DA SILVA MORAES, Prefeito Municipal de Porto Grande, que viabilize a aquisição de sonda de ultrassonografia apropriada para o aparelho de ultrassom da Unidade Básica de Saúde Wendel Rodrigues.</t>
   </si>
   <si>
+    <t>1858</t>
+  </si>
+  <si>
+    <t>442</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_final_lnha_b.docx</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE – AP, A REALIZAÇÃO DE SERVIÇO PALIATIVO NO TRECHO FINAL DA LINHA B DO MATAPI.</t>
+  </si>
+  <si>
+    <t>1859</t>
+  </si>
+  <si>
+    <t>443</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_-_046_-_dorivaldo_malafaia_-_aquiscao_de_um_mamografo_digital.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO DEPUTADO FEDERAL, DORINALDO MALAFAIA  AQUISIÇÃO DE UM MAMÓGRAFO DIGITAL PARA O MUNICÍPIO DE PORTO GRANDE</t>
+  </si>
+  <si>
+    <t>1860</t>
+  </si>
+  <si>
+    <t>444</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_monte_castelo.docx</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP QUE DETERMINE À SECRETARIA COMPETENTE A REALIZAÇÃO DE UM SERVIÇO PALIATIVO OU ASFALTAMENTO NO RAMAL DE ACESSO À COMUNIDADE MONTE CASTELO.</t>
+  </si>
+  <si>
+    <t>1861</t>
+  </si>
+  <si>
+    <t>445</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_faixa_de_pedestre_elevada_crecher_manoel_cortez.docx</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP E AO DEMUTRAN QUE SEJA FEITO A INSTALAÇÃO DE FAIXA DE PEDESTRE ELEVADA (LOMBADA ELEVADA) EM FRENTE À CRECHE DO BAIRRO MANOEL CORTEZ.</t>
+  </si>
+  <si>
+    <t>1862</t>
+  </si>
+  <si>
+    <t>446</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1862/ind_cemiterio.docx</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE – AP, A REALIZAÇÃO DE REVITALIZAÇÃO DO CEMITÉRIO DA PAZ.</t>
+  </si>
+  <si>
+    <t>1863</t>
+  </si>
+  <si>
+    <t>447</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1863/ind_km_121.docx</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE – AP, A REALIZAÇÃO DE SERVIÇO PALIATIVO NO RAMAL DO KM 121.</t>
+  </si>
+  <si>
+    <t>1866</t>
+  </si>
+  <si>
+    <t>448</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1866/indicacao_nc2ba_116_infra_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A PAVIMENTAÇÃO DA RUA JOSÉ AIRTON DO NASCIMENTO OLIVEIRA NO BAIRRO MANOEL CORTEZ.</t>
+  </si>
+  <si>
+    <t>1867</t>
+  </si>
+  <si>
+    <t>449</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_nc2ba_117_sec._igualdade_racial_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A CRIAÇÃO DA SECRETARIA MUNICIPAL DE IGUALDADE RACIAL.</t>
+  </si>
+  <si>
+    <t>1868</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_nc2ba_118_fundesa_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR GOVERNADOR CLÉCIO LUIS, COM CÓPIAS A SENHORA GISELA CEZIMBRA, PRESIDENTE DA FUNDAÇÃO DE SÁUDE DO AMAPÁ (FUNDESA), A CONTRATAÇÃO DE UM UROLOGISTA PARA IMPLEMENTAR O PROCEDIMENTO CIRÚRGICO DENOMINADO VASECTOMIA NO HOSPITAL REGIONAL DE PORTO GRANDE.</t>
+  </si>
+  <si>
+    <t>1869</t>
+  </si>
+  <si>
+    <t>451</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_119_tarcio_central_do_enem_2025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO GOVERNADOR CLÉCIO LUIS, COM CÓPIAS A SENHORA SANDRA CASIMIRO, SECRETÁRIA ESTADUAL DE EDUCAÇÃO QUE SEJA IMPLEMENTADO A CENTRAL DO ENEM EM PORTO GRANDE EM 2026.</t>
+  </si>
+  <si>
+    <t>1872</t>
+  </si>
+  <si>
+    <t>452</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_nc2ba_120_castramovel_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, A IMPLANTAÇÃO DO CASTRA MÓVEL EM PORTO GRANDE.</t>
+  </si>
+  <si>
+    <t>1876</t>
+  </si>
+  <si>
+    <t>453</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1876/ind_2025_sinalizacao_das_ruas_do_municipio_de_porto_grande.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Senhor Diretor do Departamento Estadual de Trânsito do Amapá Coronel EDVALDO MAFRA, que requeiro a sinalização horizontal e vertical das ruas e avenidas da cidade de Porto Grande, para garantir segurança e organização no trânsito, evitando acidentes e proporcionando um melhor fluxo de veículos e pedestres.</t>
+  </si>
+  <si>
+    <t>1877</t>
+  </si>
+  <si>
+    <t>454</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao__poda__aer_..docx</t>
+  </si>
+  <si>
+    <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SECRETÁRIO DE MEIO AMBIENTE, SENHOR CRISTÓVÃO NASCIMENTO A PODAR DE SETE ARVORE DE EUCALIPTO E A RETIRADA DAS MESMAS, NO BAIRRO DO AEROPORTO, AVENIDA NICOLAU DOS SANTOS DOS ANJOS.</t>
+  </si>
+  <si>
+    <t>1878</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_trav_01_aer__limpeza.docx</t>
+  </si>
+  <si>
+    <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SECRETÁRIO DE INFRAESTRUTURA, SENHOR DANILO GONÇALVES NASCIMENTO, A LIMPEZA E MANUTENÇÃO DAS LUMINARIAS DA TRAVESSA 01 BAIRRO AEROPORTO.</t>
+  </si>
+  <si>
+    <t>1881</t>
+  </si>
+  <si>
+    <t>456</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_2025_sinalizacao_das_ruas_do_municipio_de_porto_grande.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO SENHOR DIRETOR DO DEPARTAMENTO ESTADUAL DE TRÂNSITO DO AMAPÁ CORONEL EDVALDO MAFRA, QUE REQUEIRO A SINALIZAÇÃO HORIZONTAL E VERTICAL DAS RUAS E AVENIDAS DA CIDADE DE PORTO GRANDE, PARA GARANTIR SEGURANÇA E ORGANIZAÇÃO NO TRÂNSITO, EVITANDO ACIDENTES E PROPORCIONANDO UM MELHOR FLUXO DE VEÍCULOS E PEDESTRES.</t>
+  </si>
+  <si>
+    <t>1882</t>
+  </si>
+  <si>
+    <t>457</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1882/indicacao_-_deput_marcivania2c_aquisicao_de_um_onibus_para_amaem_28129_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA À SENHORA MARCIVÂNIA FLEXA, DEPUTADA FEDERAL, QUE ALOQUE, ATRAVÉS DE EMENDA PARLAMENTAR, RECURSOS DESTINADOS À AQUISIÇÃO DE UM ÔNIBUS PARA A AMAEM (ASSOCIAÇÃO DE MULHERES AGRICULTORAS E EMPREENDEDORAS DO MATAPI).</t>
+  </si>
+  <si>
+    <t>1883</t>
+  </si>
+  <si>
+    <t>458</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1883/deputada_federal_-_marcivania2c_emenda_parlamentar_aspa-pg_._assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA À SENHORA MARCIVANIA FLEXA, DEPUTADA FEDERAL, QUE SEJA VIABILIZADO, ATRAVÉS DE EMENDA PARLAMENTAR, O VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) DESTINADOS À ASPA-PG (ASSOCIAÇÃO DE PRODUTORES DE ABACAXI DE PORTO GRANDE), PARA A AQUISIÇÃO DE INSUMOS AGRÍCOLAS.</t>
+  </si>
+  <si>
+    <t>1884</t>
+  </si>
+  <si>
+    <t>459</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1884/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_amaem_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICA À SENHORA MARCIVÂNIA FLEXA, DEPUTADA FEDERAL, QUE SEJA VIABILIZADO, ATRAVÉS DE EMENDA PARLAMENTAR, O VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) DESTINADOS À AMAEM (ASSOCIAÇÃO DE MULHERES AGRICULTORAS E EMPREENDEDORAS DO MATAPI), PARA A AQUISIÇÃO DE INSUMOS AGRÍCOLAS.</t>
+  </si>
+  <si>
+    <t>1885</t>
+  </si>
+  <si>
+    <t>460</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1885/indicacao-_senador_davi2c_trator_de_roda_para_o_apram_assinado_2.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO SENHOR DAVI ALCOLUMBRE, SENADOR DA REPÚBLICA, QUE ENCAMINHE, POR MEIO DE EMENDA PARLAMENTAR, A DESTINAÇÃO DE RECURSOS PARA A AQUISIÇÃO DE UM TRATOR DE RODAS COM SEUS IMPLEMENTOS AGRÍCOLAS, DESTINADO À APRAM (ASSOCIAÇÃO DOS PRODUTORES RURAIS DO ASSENTAMENTO MUNGUBA).</t>
+  </si>
+  <si>
+    <t>1886</t>
+  </si>
+  <si>
+    <t>461</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1886/davi_acomlubre_-_14_km_de_pavimentacao_colonia_agricola_do_matapi_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO SENHOR DAVI ALCOLUMBRE, SENADOR DA REPÚBLICA, QUE, POR MEIO DE EMENDA PARLAMENTAR, SEJAM DESTINADOS RECURSOS PARA A EFETIVAÇÃO DE 14 QUILÔMETROS DE PAVIMENTAÇÃO ASFÁLTICA NAS VIAS DA COLÔNIA AGRÍCOLA DO MATAPI, LOCALIZADA NO MUNICÍPIO DE PORTO GRANDE.</t>
+  </si>
+  <si>
+    <t>1887</t>
+  </si>
+  <si>
+    <t>462</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1887/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_asoamp_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA À SENHORA MARCIVÂNIA FLEXA, DEPUTADA FEDERAL, QUE SEJA VIABILIZADO, ATRAVÉS DE EMENDA PARLAMENTAR, O VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) DESTINADOS À ASOAMP (ASSOCIAÇÃO DE MULHERES TRABALHADORAS FAMILIAR DO MUNICÍPIO DE PORTO GRANDE), PARA A AQUISIÇÃO DE INSUMOS AGRÍCOLAS.</t>
+  </si>
+  <si>
+    <t>1888</t>
+  </si>
+  <si>
+    <t>463</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1888/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_apram_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA À SENHORA MARCIVÂNIA FLEXA, DEPUTADA FEDERAL, QUE SEJA VIABILIZADO, ATRAVÉS DE EMENDA PARLAMENTAR, O VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) DESTINADOS À APRAM (ASSOCIAÇÃO DOS PRODUTORES DO ASSENTAMENTO DO MUNGUBA), PARA A AQUISIÇÃO DE INSUMOS AGRÍCOLAS.</t>
+  </si>
+  <si>
+    <t>1889</t>
+  </si>
+  <si>
+    <t>464</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1889/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_apraaf_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA À SENHORA MARCIVÂNIA FLEXA, DEPUTADA FEDERAL, QUE SEJA VIABILIZADO, ATRAVÉS DE EMENDA PARLAMENTAR, O VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) DESTINADOS À APRAAF (ASSOCIAÇÃO DOS PRODUTORES E AGROEXTRATIVISTAS DE ASSENTAMENTOS E ÁREAS FUNDIÁRIAS), PARA A AQUISIÇÃO DE INSUMOS AGRÍCOLAS.</t>
+  </si>
+  <si>
+    <t>1890</t>
+  </si>
+  <si>
+    <t>465</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_pref_eleilson2c_fornecimento_de_lanche_leve_para_as_ubs_na_zona_rural_._28129.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE ENCAMINHE AO SECRETÁRIO MUNICIPAL DE SAÚDE A SOLICITAÇÃO PARA QUE SEJA OFERTADO UM LANCHE LEVE (CAFÉ COM BOLACHAS E MINGAU) A TODAS AS UNIDADES BÁSICAS DE SAÚDE (UBS) DA ZONA RURAL DO MUNICÍPIO DE PORTO GRANDE - AP.</t>
+  </si>
+  <si>
+    <t>1891</t>
+  </si>
+  <si>
+    <t>466</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1891/indicacao_prefeito_elielson2c_instalacao_do_parque_na_arena_linha_27a27_28129.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE ENCAMINHE AO SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA A SOLICITAÇÃO PARA QUE SEJA MONTADO O PARQUE DE BRINQUEDOS NA ARENA, LOCALIZADA NA COLÔNIA AGRÍCOLA DO MATAPI, LINHA “A”.</t>
+  </si>
+  <si>
+    <t>1892</t>
+  </si>
+  <si>
+    <t>467</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1892/indicacao2c_deputada_marcivania2c_construcao_de_um_centro_comunitario_e_uma_academia_linha_2727a__28129.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA À SENHORA MARCIVÂNIA FLEXA, DEPUTADA FEDERAL, QUE ALOQUE RECURSOS, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO E UMA ACADEMIA NA ARENA, LOCALIZADA NA COLÔNIA AGRÍCOLA DO MATAPI, LINHA “A”.</t>
+  </si>
+  <si>
+    <t>1893</t>
+  </si>
+  <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1893/indicacao_davi_-_trator_de_roda_para_apraaf_assinado_1_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO SENHOR DAVI ALCOLUMBRE, SENADOR DA REPÚBLICA, QUE ENCAMINHE, POR MEIO DE EMENDA PARLAMENTAR, RECURSOS PARA A AQUISIÇÃO DE UM TRATOR DE RODAS COM SEUS IMPLEMENTOS AGRÍCOLAS, DESTINADOS À APRAAF (ASSOCIAÇÃO DOS PRODUTORES E AGROEXTRATIVISTAS DE ASSENTAMENTO E ÁREAS FUNDIÁRIAS).</t>
+  </si>
+  <si>
+    <t>1894</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1894/indicacao_121_tarcio_malafaia_reforma_2025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR DEPUTADO FEDERAL DORINALDO MALAFAIA, A SOLICITAÇÃO DE EMENDA PARLAMENTAR PARA REFORMA E CONCLUSÃO DO CANAL DE PORTO GRANDE.</t>
+  </si>
+  <si>
+    <t>1895</t>
+  </si>
+  <si>
+    <t>470</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1895/indicacao_122_tarcio_unifap_reitor.2025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PROF. DR. JÚLIO CÉSAR SÁ DE OLIVEIRA, REITOR DA UNIVERSIDADE FEDERAL DO AMAPÁ – UNIFAP MACAPÁ/AP, A SOLICITAÇÃO DE ESTUDOS PRÉVIOS, BEM COMO, DE UMA VISITA TÉCNICA NO TERRENO DA UNIFAP EM PORTO GRANDE PARA A INSTALAÇÃO DE UM CAMPUS UNIVERSITÁRIO NO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>1896</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1896/024_2025_indicacao_sinalizacao_vias_pavimentadas_.pdf</t>
+  </si>
+  <si>
+    <t>A vossa Excelência Senhor, ELIELSON DA SILVA MORAES - Prefeito Municipal de Porto Grande, que no uso de suas atribuições legais, através dos quais. Possa: elaborar e executar Projeto de Sinalização viária vertical e horizontal das Ruas e Avenidas que foram contempladas com pavimentação asfáltica nos bairros, Brasil Tropical, Manoel Cortez, Aeroporto, Nova Esperança (Área 06) no município de Porto Grande-AP.</t>
+  </si>
+  <si>
+    <t>1897</t>
+  </si>
+  <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_nc2ba_123_davi_pol_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR, PRESIDENTE DO CONGRESSO NACIONAL, SENADOR DA REPÚBLICA DAVI ALCOLUMBRE, A SOLICITAÇÃO DE EMENDA PARLAMENTAR NO VALOR DE R$ 2.500.000,00 (DOIS MILHÕES E MEIO) PARA A CONSTRUÇÃO DO CAMPUS DA UNIVERSIDADE FEDERAL DO AMAPÁ (UNIFAP) EM PORTO GRANDE.</t>
+  </si>
+  <si>
+    <t>1898</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_125_tarcio_sec._juventude_2025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO GOVERNADOR CLÉCIO LUIS, COM CÓPIAS A SENHORA PRISCILA MAGNO, SECRETÁRIA ESTADUAL DE JUVENTUDE QUE SEJA REALIZADO O FESTIVAL DA JUVENTUDE EM PORTO GRANDE EM ABRIL DE 2026, ABRINDO O CALENDÁRIO CULTURAL DA SECRETÁRIA DE JUVENTUDE.</t>
+  </si>
+  <si>
+    <t>1899</t>
+  </si>
+  <si>
+    <t>474</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_nc2ba_128_infra_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A INSTALAÇÃO DE PLAYGROUND ECOLÓGICO INFANTIL NO ESPAÇO DE LAZER DA PRAÇA WILSON RAIMUNDO.</t>
+  </si>
+  <si>
+    <t>1900</t>
+  </si>
+  <si>
+    <t>475</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_127_tarcio_sec._juventude_2025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO GOVERNADOR CLÉCIO LUIS, COM CÓPIAS A SENHORA PRISCILA MAGNO, SECRETÁRIA ESTADUAL DE JUVENTUDE QUE SEJA IMPLEMENTADO CURSOS DE QUALIFICAÇÃO PROFISSIONAL EM PORTO GRANDE, EM PARCERIA COM O SELO UNICEF, SEBRAE, SENAR E 1MIOPORTUNIDADES, ABRANGENDO AS SEGUINTES ÁREAS: MAQUIAGEM, EXCEL BÁSICO E AVANÇADO, OPERADOR DE COMPUTADOR, CURSO DE PRIMEIRO EMPREGO, CABELEIREIRO, SKINCARE E DESIGN DE SOBRANCELHAS.</t>
+  </si>
+  <si>
+    <t>1901</t>
+  </si>
+  <si>
+    <t>476</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1901/indicacao_126_tarcio_sec._juventude_2025_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO GOVERNADOR CLÉCIO LUIS, COM CÓPIAS A SENHORA PRISCILA MAGNO, SECRETÁRIA ESTADUAL DE JUVENTUDE QUE SEJA REALIZADO UMA PALESTRA SOBRE A IMPORTÂNCIA DOS GRÊMIOS ESTUDANTIS NA ESCOLA ESTADUAL MARIA CRISTINA E NO INSTITUTO FEDERAL DO AMAPÁ EM FEVEREIRO DE 2026 NO MUNICÍPIO DE PORTO GRANDE.</t>
+  </si>
+  <si>
+    <t>1902</t>
+  </si>
+  <si>
+    <t>477</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1902/indicacao_124_tarcio_sec._juventude_2025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO GOVERNADOR CLÉCIO LUIS, COM CÓPIAS A SENHORA PRISCILA MAGNO, SECRETÁRIA ESTADUAL DE JUVENTUDE QUE SEJA REALIZADO O NATAL SOLIDÁRIO DO PROGRAMA AMAPÁ JOVEM EM PORTO GRANDE NO ANO DE 2025.</t>
+  </si>
+  <si>
+    <t>1906</t>
+  </si>
+  <si>
+    <t>478</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1906/ind_caixa_dagua_do_bairro_aeroporto..docx</t>
+  </si>
+  <si>
+    <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP, QUE POSSA REALIZAR A LIMPEZA EXTERNA NO ENTORNO DA CAIXA D’ÁGUA DO BAIRRO AEROPORTO.</t>
+  </si>
+  <si>
+    <t>1907</t>
+  </si>
+  <si>
+    <t>479</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao2c_ministro_waldez-_poco_artesianos_com_sistema_de_energia_solar._assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO SENHOR WALDEZ GÓES, MINISTRO DA INTEGRAÇÃO E DESENVOLVIMENTO REGIONAL DO BRASIL, QUE SEJA VIABILIZADA, JUNTO AO MINISTÉRIO DA AGRICULTURA E PECUÁRIA, A PERFURAÇÃO DE POÇOS ARTESIANOS COM SISTEMA DE ENERGIA SOLAR DESTINADOS AOS AGRICULTORES DO MUNICÍPIO DE PORTO GRANDE.</t>
+  </si>
+  <si>
+    <t>1908</t>
+  </si>
+  <si>
+    <t>480</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1908/indicar_-_dep_marcivania2c_viabilizar_recursos_construcao_de_uma_escola_fundamental_i_e_ii_-_bairro_manoel_cortes_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR A SENHORA MARCIVÂNIA FLEXA, DEPUTADA FEDERAL, QUE SEJA VIABILIZADO, ATRAVÉS DE EMENDA PARLAMENTAR, RECURSOS DESTINADOS À CONSTRUÇÃO DE UMA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL I E II NO BAIRRO MANOEL CORTEZ.</t>
+  </si>
+  <si>
+    <t>1909</t>
+  </si>
+  <si>
+    <t>481</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1909/ind_ramal_do_km_121_bode_e_no_ramal_da_linha_b_do_matapi.docx</t>
+  </si>
+  <si>
+    <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP, QUE POSSA REALIZAR A EXECUÇÃO DE SERVIÇO PALIATIVO DE MANUTENÇÃO VIÁRIA NO RAMAL DO KM 121 (BODE) E NO RAMAL DA LINHA B DO MATAPI, COMPREENDENDO, NO QUE COUBER, PARA RESTABELECER A TRAFEGABILIDADE E A SEGURANÇA DOS USUÁRIOS.</t>
+  </si>
+  <si>
+    <t>1910</t>
+  </si>
+  <si>
+    <t>482</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1910/ind_rua_gerino_porto.docx</t>
+  </si>
+  <si>
+    <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP, QUE POSSA REALIZAR A INSTALAÇÃO DE FAIXAS DE SINALIZAÇÃO NOS SEGUINTES CRUZAMENTOS:  RUA GERINO PORTO COM A AVENIDA JOAQUIM FRAZÃO DE ARAÚJO (PRÓXIMO AO COMERCIAL BRUNO); E RUA GERINO PORTO COM A AVENIDA MÁRIO CRUZ (PRÓXIMO À DISTRIBUIDORA NANDA).</t>
+  </si>
+  <si>
+    <t>1911</t>
+  </si>
+  <si>
+    <t>483</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1911/indicar2c_gov_clecio_luis2c_junto_ao_sdr_-ap2c_viabilizar_22c5_ton_de_calcario_ao_pg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO SENHOR CLÉCIO LUÍS, GOVERNADOR DO ESTADO DO AMAPÁ, QUE SEJA ENCAMINHADO À SECRETARIA DE DESENVOLVIMENTO RURAL (SDR/AP) A VIABILIZAÇÃO DA DOAÇÃO DE 2,5 TONELADAS (DUAS TONELADAS E MEIA) DE CALCÁRIO DESTINADAS AOS AGRICULTORES DO MUNICÍPIO DE PORTO GRANDE.</t>
+  </si>
+  <si>
+    <t>1912</t>
+  </si>
+  <si>
+    <t>484</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1912/indicar2c_ministro_waldez_-_medidas_compensatorias_aos_agricultores_do_porto_grande__assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO SENHOR WALDEZ GÓES, MINISTRO DA INTEGRAÇÃO E DESENVOLVIMENTO REGIONAL DO BRASIL, QUE SEJA VIABILIZADA, JUNTO AO MINISTÉRIO DA AGRICULTURA E PECUÁRIA, A IMPLEMENTAÇÃO DE MEDIDAS COMPENSATÓRIAS DESTINADAS AOS AGRICULTORES QUE CULTIVAM E FORAM AFETADOS PELA PRAGA “VASSOURA-DE-BRUXA” NAS PLANTAÇÕES DE MANDIOCA E MACAXEIRA NO MUNICÍPIO DE PORTO GRANDE.</t>
+  </si>
+  <si>
+    <t>1913</t>
+  </si>
+  <si>
+    <t>485</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1913/indicar_2c_gov_clecio_luiz2c_junto_ao_sdr_-ap_trator_de_esteira_ao_pg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO SENHOR CLÉCIO LUÍS, GOVERNADOR DO ESTADO DO AMAPÁ, QUE SEJA ENCAMINHADO À SECRETARIA DE DESENVOLVIMENTO RURAL (SDR/AP) A VIABILIZAÇÃO DOS SERVIÇOS DE TRATOR DE ESTEIRA, COM ÁREA DE ATENDIMENTO DE 1 HECTARE, DESTINADOS AOS AGRICULTORES DO MUNICÍPIO DE PORTO GRANDE.</t>
+  </si>
+  <si>
+    <t>1914</t>
+  </si>
+  <si>
+    <t>486</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1914/indcacao_ver_carol_dep._malafaia_2.docx</t>
+  </si>
+  <si>
+    <t>INDICA AO SENHOR DEPUTADO DORINALDO MALAFAIA A DESTINAÇÃO DE RECURSOS, VIA EMENDA PARLAMENTAR, PARA AQUISIÇÃO DE EQUIPAMENTOS PERMANENTES E MOBILIÁRIOS DESTINADOS À CÂMARA MUNICIPAL DE PORTO GRANDE/AP.</t>
+  </si>
+  <si>
+    <t>1926</t>
+  </si>
+  <si>
+    <t>487</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_nc2ba_130_infra_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A TERRAPLANAGEM DO EIXO PRINCIPAL DO NOVA CANAÃ.</t>
+  </si>
+  <si>
+    <t>1927</t>
+  </si>
+  <si>
+    <t>488</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_nc2ba_131_infra_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A MANUTENÇÃO DA 6º VICINAL DO NOVA CANAÃ.</t>
+  </si>
+  <si>
+    <t>1928</t>
+  </si>
+  <si>
+    <t>489</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_nc2ba_132_infra_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A MANUTENÇÃO DA LADEIRA DA 5º VICINAL DO NOVA CANAÃ.</t>
+  </si>
+  <si>
+    <t>1929</t>
+  </si>
+  <si>
+    <t>490</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1929/ind_ramal_alagamento.docx</t>
+  </si>
+  <si>
+    <t>NDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP, QUE DETERMINE À SECRETARIA COMPETENTE A REALIZAÇÃO DE SERVIÇOS DE DRENAGEM NA AVENIDA GOIÁS, LOCALIZADA NO BAIRRO MALVINAS.</t>
+  </si>
+  <si>
+    <t>1930</t>
+  </si>
+  <si>
+    <t>491</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1930/indicacao_nc2ba_129_infra_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A INSTALAÇÃO DE ESCADAS NOS TRAPICHES DA ORLA DE PORTO GRANDE.</t>
+  </si>
+  <si>
+    <t>1931</t>
+  </si>
+  <si>
+    <t>492</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1931/indicacao_nc2ba_134_malafaia.escolapol_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR, DEPUTADO FEDERAL, DORINALDO MALAFAIA, A SOLICITAÇÃO DE EMENDA PARLAMENTAR PARA A CONSTRUÇÃO DE UMA ESCOLA DE ENSINO MÉDIO NO BAIRRO NOVA ESPERANÇA EM PORTO GRANDE.</t>
+  </si>
+  <si>
+    <t>1932</t>
+  </si>
+  <si>
+    <t>493</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao_nc2ba_136_lucas_abrahao.unifap_pol_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR, DEPUTADO FEDERAL, LUCAS ABRAHÃO, A SOLICITAÇÃO DE EMENDA PARLAMENTAR NO VALOR DE R$ 1.500.000,00 (UM MILHÃO E MEIO) PARA A CONSTRUÇÃO DO CAMPUS DA UNIVERSIDADE FEDERAL DO AMAPÁ (UNIFAP) EM PORTO GRANDE.</t>
+  </si>
+  <si>
+    <t>1933</t>
+  </si>
+  <si>
+    <t>494</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao_nc2ba_135_marcivania.unifap_pol_assinado_2.pdf</t>
+  </si>
+  <si>
+    <t>INDICA A EXCELENTÍSSIMA SENHORA, DEPUTADA FEDERAL, MARCIVÂNIA FLEXA, A SOLICITAÇÃO DE EMENDA PARLAMENTAR NO VALOR DE R$ 1.000.000,00 (UM MILHÃO) PARA A CONSTRUÇÃO DO CAMPUS DA UNIVERSIDADE FEDERAL DO AMAPÁ (UNIFAP) EM PORTO GRANDE.</t>
+  </si>
+  <si>
+    <t>1934</t>
+  </si>
+  <si>
+    <t>495</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_-_setrap2c_ponte_do_matapi_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO SENHOR MARCOS ALBERTO DE SOUZA JUCA, SECRETÁRIO DE ESTADO DOS TRANSPORTES DO AMAPÁ – SETRAP, PARA QUE SEJA CONSTRUÍDA UMA NOVA PONTE, LOCALIZADA NA COLONIA AGRICOLA DO MATAPI - NA LINHA (PONTE DO MATAPI).</t>
+  </si>
+  <si>
+    <t>1935</t>
+  </si>
+  <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao2cseed-_ee_sao_francisco_de_assis_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO  SENHOR PAULO LEMOS, SECRETÁRIO DE ESTADO DA EDUCAÇÃO – SEED, QUE SEJA VIABILIZADA, COM URGÊNCIA, A INSTALAÇÃO DE CENTRAIS DE AR NA ESCOLA ESTADUAL SÃO FRANCISCO DE ASSIS, LOCALIZADA NA COLÔNIA AGRÍCOLA DO MATAPI, LINHA C.</t>
+  </si>
+  <si>
+    <t>1938</t>
+  </si>
+  <si>
+    <t>497</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_nc2ba_139_infra_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A INSTALAÇÃO DE SISTEMA DE DRENAGEM E PAVIMENTAÇÃO ASFÁLTICA NA PERIMETRAL NORTE NO BAIRRO COPALMA.</t>
+  </si>
+  <si>
+    <t>1939</t>
+  </si>
+  <si>
+    <t>498</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_nc2ba_138_malafaia.br_pol_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR DEPUTADO FEDERAL, DORINALDO MALAFAIA, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE PAVIMENTAR A PERIMETRAL NORTE (BR-210) – TRECHO DE 50 KM.</t>
+  </si>
+  <si>
+    <t>1940</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao_nc2ba_137_davi.br_pol_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PRESIDENTE DO CONGRESSO NACIONAL, DAVI ALCOLUMBRE, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE PAVIMENTAR A PERIMETRAL NORTE (BR-210) – TRECHO DE 50 KM.</t>
+  </si>
+  <si>
+    <t>1941</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao_nc2ba_133_malafaia.unifap_pol_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR, DEPUTADO FEDERAL, DORINALDO MALAFAIA, A SOLICITAÇÃO DE EMENDA PARLAMENTAR NO VALOR DE R$ 1.500.000,00 (UM MILHÃO E MEIO) PARA A CONSTRUÇÃO DO CAMPUS DA UNIVERSIDADE FEDERAL DO AMAPÁ (UNIFAP) EM PORTO GRANDE.</t>
+  </si>
+  <si>
+    <t>1946</t>
+  </si>
+  <si>
+    <t>501</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1946/ind_02_12_2025_munguba.docx</t>
+  </si>
+  <si>
+    <t>NDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP, QUE DETERMINE À SECRETARIA COMPETENTE A REALIZAÇÃO DE MANUTENÇÃO E MELHORIA DO POÇO ARTESIANO DO ASSENTAMENTO MUNGUNBÁ.</t>
+  </si>
+  <si>
+    <t>1947</t>
+  </si>
+  <si>
+    <t>502</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1947/ind_02_12_2025_rua_pedro_texeira.docx</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP, QUE DETERMINE À SECRETARIA COMPETENTE O FECHAMENTO E A MANUTENÇÃO DOS BUEIROS ABERTOS LOCALIZADOS NA RUA PEDRO TEIXEIRA E NA AVENIDA MAZAGÃO, NO CENTRO DA CIDADE.</t>
+  </si>
+  <si>
+    <t>1948</t>
+  </si>
+  <si>
+    <t>503</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1948/ind_02_12_2025_odontologica_da_ubs_manoel_pereira.docx</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP, QUE DETERMINE À SECRETARIA DE SAÚDE A REPOSIÇÃO DO COMPRESSOR DA CADEIRA ODONTOLÓGICA DA UBS MANOEL PEREIRA, LOCALIZADA NA COMUNIDADE DO MATAPI.</t>
+  </si>
+  <si>
+    <t>1949</t>
+  </si>
+  <si>
+    <t>504</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1949/ind_02_12_2025placas_de_sinalizacao.docx</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP, QUE DETERMINE À SECRETARIA COMPETENTE A INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO NAS LOMBADAS EXISTENTES NO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>1950</t>
+  </si>
+  <si>
+    <t>505</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1950/ind_02_12_2025placas_de_energia.docx</t>
+  </si>
+  <si>
+    <t>INDICA À EQUATORIAL ENERGIA AMAPÁ QUE REALIZE A MANUTENÇÃO DAS PLACAS SOLARES INSTALADAS NAS COMUNIDADES DO RIO ARAGUARI.</t>
+  </si>
+  <si>
+    <t>1956</t>
+  </si>
+  <si>
+    <t>506</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1956/2_ind_2025_instalacao_de_uma_academia_ao_ar_livre_na_praca_localizada_na_pista_do_aeroporto.docx</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR SENADOR DA REPÚBLICA DAVI ALCOLUMBRE, A DESTINAÇÃO DE RECURSOS, POR MEIO DE EMENDA PARLAMENTAR, PARA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA PRAÇA LOCALIZADA NA PISTA DO AEROPORTO, NO MUNICÍPIO DE PORTO GRANDE-AP.</t>
+  </si>
+  <si>
+    <t>1957</t>
+  </si>
+  <si>
+    <t>507</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1957/3_ind_2025_nstalacao_de_brinquedos_infantis_na_praca_wilson_conhecida_como_praca_da_subestacao.docx</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE SEJAM ALOCADOS RECURSOS PARA A INSTALAÇÃO DE BRINQUEDOS INFANTIS NA PRAÇA WILSON, CONHECIDA COMO PRAÇA DA SUBESTAÇÃO, NESTE MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>1958</t>
+  </si>
+  <si>
+    <t>508</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao_ubs_wender_-_central_de_ar_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DE MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE SEJA ENCAMINHADO AO SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA PARA QUE SEJA VIABILIZADA, COM URGÊNCIA, A MANUTENÇÃO DAS CENTRAIS DE AR INSTALADAS NA UBS WENDER RODRIGUES.</t>
+  </si>
+  <si>
+    <t>1960</t>
+  </si>
+  <si>
+    <t>509</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao_-_ubs_manoel_s_p_2c_cadeira_odontologica_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DE MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE SEJA ENCAMINHADO AO SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA PARA QUE SEJAM VIABILIZADOS, COM URGÊNCIA, OS REPAROS NECESSÁRIOS NA CADEIRA ODONTOLÓGICA DA UBS MANOEL SOARES PEREIRA.</t>
+  </si>
+  <si>
+    <t>1961</t>
+  </si>
+  <si>
+    <t>510</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1961/1_ind_2025_quadra_poliesportiva_na_escola_estadual_campo_verde.docx</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR GOVERNADOR DO ESTADO DO AMAPÁ, CLÉCIO LUÍS VILHENA VIEIRA, A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NA ESCOLA ESTADUAL CAMPO VERDE, LOCALIZADA NO MUNICÍPIO DE PORTO GRANDE-AP.</t>
+  </si>
+  <si>
+    <t>1962</t>
+  </si>
+  <si>
+    <t>511</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1962/indicacao_-_escola_municipal_alzira_de_queiroz2c_central_de_ar._assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DE MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE SEJA ENCAMINHADO AO SECRETÁRIO MUNICIPAL DE EDUCAÇÃO PARA QUE SEJA VIABILIZADA, COM URGÊNCIA, A INSTALAÇÃO DE CENTRAIS DE AR NA ESCOLA MUNICIPAL ALZIRA DE QUEIROZ, LOCALIZADA NA COLÔNIA AGRÍCOLA DO MATAPI, LINHA A.</t>
+  </si>
+  <si>
+    <t>1963</t>
+  </si>
+  <si>
+    <t>512</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_ubs_wender_rodrigues_-_abastecimento_farmacia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DE MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE SEJA ENCAMINHADO AO SECRETÁRIO MUNICIPAL DE SAÚDE PARA QUE SEJA VIABILIZADO, COM URGÊNCIA, O DEVIDO ABASTECIMENTO DA FARMÁCIA DE MEDICAMENTOS DA UBS WENDER RODRIGUES.</t>
+  </si>
+  <si>
+    <t>1965</t>
+  </si>
+  <si>
+    <t>513</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1965/4_ind_2025_construcao_de_uma_escola_municipal_de_ensino_fundamental__anos_iniciais_e_finais_1o_ao_9o_ano__no_bairro_manoel_cortez.docx</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR SENADOR DA REPÚBLICA RANDOLFE RODRIGUES, A DESTINAÇÃO DE EMENDA PARLAMENTAR PARA A CONSTRUÇÃO DE UMA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL – ANOS INICIAIS E FINAIS (1º AO 9º ANO) – NO BAIRRO MANOEL CORTEZ, EM PORTO GRANDE-AP.</t>
+  </si>
+  <si>
+    <t>1977</t>
+  </si>
+  <si>
+    <t>514</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_emenda_para_rodoviaria.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
+Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
+INDICA ao Excelentíssimo Senhor Deputado Federal Acácio Favacho que envie emenda_x000D_
+parlamentar destinada à construção de uma Rodoviária Municipal em Porto Grande</t>
+  </si>
+  <si>
+    <t>1978</t>
+  </si>
+  <si>
+    <t>515</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_camera_360.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
+Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
+INDICA ao Prefeito Elielson Moraes a criação de um Centro Municipal de Monitoramento_x000D_
+Integrado, com instalação de câmeras de segurança 360º em pontos estratégicos da cidade.</t>
+  </si>
+  <si>
+    <t>1979</t>
+  </si>
+  <si>
+    <t>516</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_aplicativo_municipal_de_servicos.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
+Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
+INDICA ao Prefeito Municipal de Porto Grande, Senhor Elielson Moraes, a implantação de um_x000D_
+Aplicativo Municipal de Serviços, que reúna em uma única plataforma digital notificações_x000D_
+oficiais, acesso à saúde, educação, agendamentos, emissão de documentos,_x000D_
+acompanhamento de obras, boletos, denúncias e outros serviços públicos essenciais.</t>
+  </si>
+  <si>
+    <t>1980</t>
+  </si>
+  <si>
+    <t>517</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_totens.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
+Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
+INDICA ao Prefeito Municipal de Porto Grande, Senhor Elielson Moraes, que sejam instalados_x000D_
+Totens de Autoatendimento em pontos estratégicos do município, como Prefeitura, Centro_x000D_
+da Cidade, UBSs, escolas e distritos.</t>
+  </si>
+  <si>
+    <t>1981</t>
+  </si>
+  <si>
+    <t>518</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao_ambulancia_4x4.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
+Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
+INDICA ao Prefeito Municipal de Porto Grande a aquisição de ambulâncias 4x4 para_x000D_
+atendimento emergencial nas comunidades rurais e de difícil acesso.</t>
+  </si>
+  <si>
+    <t>1982</t>
+  </si>
+  <si>
+    <t>519</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1982/indicacao_programa_proteses.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, MDB, com base no Art. 89, III, c/c Art. 118_x000D_
+do Regimento Interno, INDICA a criação do Programa Municipal de Órteses e Próteses,_x000D_
+incluindo cadeiras de rodas, muletas, andadores e próteses ortopédicas.</t>
+  </si>
+  <si>
+    <t>1983</t>
+  </si>
+  <si>
+    <t>520</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1983/indicacao_adote_uma_praca.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
+Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
+INDICA ao Prefeito de Porto Grande a criação do Programa Municipal “Adote uma Praça”.</t>
+  </si>
+  <si>
+    <t>1984</t>
+  </si>
+  <si>
+    <t>521</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_pev.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
+Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
+INDICA ao Prefeito Elielson Moraes a criação de Pontos de Entrega Voluntária (PEV) para_x000D_
+coleta de materiais recicláveis no município de Porto Grande.</t>
+  </si>
+  <si>
+    <t>1985</t>
+  </si>
+  <si>
+    <t>522</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_ambulancia.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
+Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
+INDICA ao Prefeito Elielson Moraes a aquisição de uma ambulância exclusiva para atender o_x000D_
+Distrito do Cupixi e comunidades próximas.</t>
+  </si>
+  <si>
+    <t>1986</t>
+  </si>
+  <si>
+    <t>523</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1986/mais_medicos.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao partido MDB, com_x000D_
+assento nesta Casa de Leis, na condição de legítimo representante do povo portograndense,_x000D_
+com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno, INDICA ao_x000D_
+Excelentíssimo Senhor Elielson Moraes – Prefeito Municipal de Porto Grande, que sejam_x000D_
+adotadas as providências necessárias para ampliação do atendimento médico e contratação_x000D_
+de mais profissionais de saúde para as unidades básicas do município.</t>
+  </si>
+  <si>
+    <t>1987</t>
+  </si>
+  <si>
+    <t>524</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1987/indicacao_saude_mental.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador do MDB, amparado pelo Art. 89, III e Art._x000D_
+118 do Regimento Interno, INDICA a criação do Programa Municipal de Saúde Mental, com_x000D_
+psicólogos, assistentes sociais e psiquiatras.</t>
+  </si>
+  <si>
+    <t>1988</t>
+  </si>
+  <si>
+    <t>525</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1988/indicacao_lombada_e_semaforo.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
+Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
+INDICA ao Senhor Prefeito Municipal de Porto Grande, Elielson Moraes, que adote as_x000D_
+providências necessárias junto aos órgãos competentes — especialmente DNIT para_x000D_
+instalação de lombada e semáforo na BR-210, nas proximidades da entrada do Bairro Área 6,_x000D_
+garantindo mais segurança aos moradores, com especial atenção às crianças que utilizam_x000D_
+diariamente a via para chegar à Escola Adão Ferreira.</t>
+  </si>
+  <si>
+    <t>1989</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1989/indicacao_bope.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, no uso de suas_x000D_
+atribuições regimentais e com base no Art. 89, III, combinado com o Art. 118 do Regimento_x000D_
+Interno, INDICA ao Excelentíssimo Senhor Governador do Estado do Amapá, Clécio Luís, que_x000D_
+seja criada uma Base do BOPE – Batalhão de Operações Policiais Especiais – no município de_x000D_
+Porto Grande.</t>
+  </si>
+  <si>
+    <t>1990</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1990/indicacao_construcao_de_um_refeitorio.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
+Casa de Leis, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
+INDICA ao Senhor Prefeito Municipal, Elielson Moraes, que seja construído um refeitório na_x000D_
+Escola Wilson Ferreira, localizada no bairro Aeroporto.</t>
+  </si>
+  <si>
+    <t>1991</t>
+  </si>
+  <si>
+    <t>528</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1991/mais_medicos.pdf</t>
+  </si>
+  <si>
+    <t>1992</t>
+  </si>
+  <si>
+    <t>529</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_drenagem_alameda_5.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao partido MDB, com_x000D_
+assento nesta Casa de Leis, na condição de legítimo representante do povo Portograndense,_x000D_
+com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno, INDICA ao Senhor_x000D_
+Prefeito Municipal, Elielson Moraes, que seja realizado serviço de drenagem na Alameda 5,_x000D_
+no bairro Nova Esperança.</t>
+  </si>
+  <si>
+    <t>1993</t>
+  </si>
+  <si>
+    <t>530</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1993/indicacao_farmacia_municipal.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
+Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
+INDICA ao Prefeito Elielson Moraes a criação de uma Farmácia Municipal 24h para atender_x000D_
+emergências noturnas e fins de semana</t>
+  </si>
+  <si>
+    <t>1994</t>
+  </si>
+  <si>
+    <t>531</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1994/indicacao_rota_de_onibus.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
+Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
+INDICA ao Prefeito Elielson Moraes que crie as rotas de transporte público, incluindo micro-_x000D_
+ônibus para regiões de acesso distante, como Matapi, Cupixi e demais áreas rurais.</t>
+  </si>
+  <si>
+    <t>1995</t>
+  </si>
+  <si>
+    <t>532</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1995/indicacao_museu.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
+Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
+INDICA ao Prefeito Municipal de Porto Grande, Senhor Elielson Moraes, a implantação do_x000D_
+Museu Histórico de Porto Grande, destinado à preservação da memória, cultura e identidade_x000D_
+local.</t>
+  </si>
+  <si>
+    <t>1996</t>
+  </si>
+  <si>
+    <t>533</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1996/indicacao_onibus_circular.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
+Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
+INDICA ao Senhor Prefeito Municipal de Porto Grande, Elielson Moraes, que proceda aos_x000D_
+estudos e às providências necessárias para a implantação de um sistema de ônibus circular_x000D_
+dentro do município de Porto Grande, atendendo bairros, centro, zona comercial, unidades_x000D_
+de saúde, escolas, repartições públicas e principais vias urbanas</t>
+  </si>
+  <si>
+    <t>1997</t>
+  </si>
+  <si>
+    <t>534</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_raimundo_costa_pereira.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
+Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
+INDICA ao Excelentíssimo Senhor Prefeito Municipal de Porto Grande, Elielson Moraes, que_x000D_
+determine a colocação de uma lombada de redução de velocidade na Rua Raimundo Costa_x000D_
+Pereira.</t>
+  </si>
+  <si>
+    <t>1998</t>
+  </si>
+  <si>
+    <t>535</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1998/indicacao_ciclovia_estruturada.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
+Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
+INDICA ao Senhor Prefeito Municipal de Porto Grande, Elielson Moraes, que proceda aos_x000D_
+estudos técnicos e às providências necessárias para a construção de uma ciclovia urbana_x000D_
+interligando os principais bairros ao Centro da cidade, incluindo iluminação pública,_x000D_
+sinalização adequada, pintura viária e pontos de descanso ao longo de toda a extensão.</t>
+  </si>
+  <si>
+    <t>1999</t>
+  </si>
+  <si>
+    <t>536</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1999/indicacao_feira_todo_dia.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao partido MDB, com_x000D_
+assento nesta Casa de Leis, na condição de legítimo representante do povo Portograndense,_x000D_
+com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno, INDICA ao Senhor_x000D_
+Prefeito Municipal de Porto Grande que sejam adotadas as medidas necessárias para que a_x000D_
+feira municipal seja realizada todos os dias da semana, e não somente aos sábados pela_x000D_
+manhã</t>
+  </si>
+  <si>
+    <t>2000</t>
+  </si>
+  <si>
+    <t>537</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2000/indicacao_violencia_contra_mulher.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
+Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
+INDICA ao Senhor Prefeito Municipal de Porto Grande, Elielson Moraes, que proceda aos_x000D_
+estudos técnicos e às providências necessárias para a realização da Caminhada Municipal de_x000D_
+Conscientização e Enfrentamento à Violência Contra a Mulher, como ação oficial do município_x000D_
+em defesa da vida, da integridade e dos direitos das mulheres.</t>
+  </si>
+  <si>
+    <t>2001</t>
+  </si>
+  <si>
+    <t>538</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_fiacao_141.pdf</t>
+  </si>
+  <si>
+    <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
+Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
+INDICA ao Senhor Prefeito Municipal de Porto Grande, Elielson Moraes, que adote_x000D_
+providências urgentes junto à empresa Equatorial Energia, visando a revisão completa da_x000D_
+rede elétrica do Ramal 141, bem como a imediata manutenção e reparo da fiação caída, que_x000D_
+atualmente permanece energizada, gerando grave risco à população.</t>
+  </si>
+  <si>
+    <t>2003</t>
+  </si>
+  <si>
+    <t>539</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2003/indicacao_539-tarcio.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXCELENTÍSSIMO SENHOR ANTÔNIO WALDEZ GÓES, MINISTRO DA INTEGRAÇÃO NACIONAL E DESENVOLVIMENTO REGIONAL, QUE A BR-210 SEJA INCLUÍDA NO NOVO PROGRAMA DE ACELERAÇÃO DO CRESCIMENTO (PAC).</t>
+  </si>
+  <si>
     <t>1452</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1452/moc_01_2025_gab_vera_carol.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A GISELA CEZIMBRA TAVARES MORAES, PRESIDENTE DA FUNDESA (FUNDAÇÃO AMAPAENSE DE SAÚDE), PELA EXCELÊNCIA NA GESTÃO DO HOSPITAL REGIONAL DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1453/moc_02_2025_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS O PROJETO "CINEMA EM MOVIMENTO", IDEALIZADO E EXECUTADO PELO COLETIVO ELO AP, PELAS  INICIATIVAS CULTURAIS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1618</t>
@@ -6506,50 +7830,68 @@
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1737/mocao_01_tarcio._2025_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ATLETA GEDIAN ASSUNÇÃO DE OLIVEIRA PELA RELEVENTE VITÓRIA NO JINGLE FIGHT 138 QUE OCORREU EM SÃO PAULO.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1745/mocao_03_tarcio._2025_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A TODOS ALUNOS DA ESCOLA MARIA CRISTINA BOTELHO RODRIGUES PREMIADOS NA OLIMPÍADA BRASILEIRA DE MATEMÁTICA DAS ESCOLAS PÚBLICAS (OBMEP).</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1838/moncao_de_aplausos_e_reconhecimento_a_professores_diretores_e_coordenadores_da_participacao_da_feceap.pdf</t>
   </si>
   <si>
     <t>DE APLAUSO E RECONHECIMENTO, A TODOS OS COORDENADORES, PROFESSORES E DIRETORES DAS ESCOLAS PARTICIPANTES DO MUNICÍPIO DE PORTO GRANDE NA  13ª EDIÇÃO DA FEIRA DE CIÊNCIAS E ENGENHARIA DO AMAPÁ (FECEAP)</t>
   </si>
   <si>
+    <t>1945</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1945/mocao_de_aplauso_ao_atleta_bruno_moura.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, AO ATLETA PORTOGRANDENSE BRUNO MOURA,  POR SUA BRILHANTE CONQUISTA DO TÍTULO DE CAMPEÃO BRASILEIRO DE WRESTLING E SEGUNDO LUGAR NO RANKING NACIONAL.</t>
+  </si>
+  <si>
+    <t>1964</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1964/mc_rosangela.docx</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS À SENHORA ROSÂNGELA CARDOSO, PELOS RELEVANTES SERVIÇOS PRESTADOS À VALORIZAÇÃO DA CULTURA, DA IDENTIDADE NEGRA E DA IMAGEM DO MUNICÍPIO DE PORTO GRANDE, EM RAZÃO DE SUA CONQUISTA DO TÍTULO DE MAIS BELA NEGRA DO ESTADO DO AMAPÁ.</t>
+  </si>
+  <si>
     <t>1725</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA À LEI ORGÂNICA MUNICIPAL</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1725/pmlo._01_tarcio_leite_assinado.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA A LEI ORGÂNICA DO MUNICÍPIO DE PORTO GRANDE QUE MODIFICA A REDAÇÃO DO ART. 65.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>RV</t>
   </si>
   <si>
     <t>RAZÕES DO VETO</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1627/mensagem_de_veto.pdf</t>
@@ -6634,50 +7976,347 @@
   <si>
     <t>PARACER AO PL 029/2025 GAB. VERA. REGIANE SILVA</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>PARACER AO PL 32/2025 GAB. VERA. CAROL MONTEIRO</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL - CLJRF, Assunto: Projeto de Lei nº 09/2025 - Dispõe sobre a convalidação de Títulos Definitivos emitidos pela Prefeitura Municipal de Porto Grande, referentes à área do Loteamento São José, e dá outras providências.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1684/parecer_10_comissao.pdf</t>
   </si>
   <si>
     <t>PARECER N° 10/2025, ASSUNTO:  VETO INTEGRAL AO PROJETO DE LEI N.º 26/2023.</t>
   </si>
   <si>
+    <t>1870</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1870/parecer_pdf.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL - CLJRF, Assunto: Projeto de Lei nº 13/2025 - Institui o Plano Plurianual do Município de porto Grande para o quadriênio 2026-2029</t>
+  </si>
+  <si>
+    <t>1871</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1871/parecer_comissao_orcamento.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DA COMISSÃO DE ORÇAMENETO E FINANÇAS - Assunto: Projeto de Lei nº 013/2025 - INSTITUI O PLANO PLURIANUAL  DO MUNICÍPIO DE PORTO GRANDE PARA O QUADRIÊNIO 2026-2029</t>
+  </si>
+  <si>
+    <t>1879</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1879/parecer_da_comissao_de_legislacao_e_justica-ldo_29.10.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº13 DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL - CLJRF, ASSUNTO: PROJETO DE LEI Nº 12/2025-PMPG-DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2026.</t>
+  </si>
+  <si>
+    <t>1880</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1880/parecer_comissao_de_orcamento_e_financas__014-_29.10.25.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 14 DA COMISSÃO DE ORÇAMENTO E FINANÇAS-COF, ASSUNTO: PROJETO DE LEI Nº 12/2015-PMPG-DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2026.</t>
+  </si>
+  <si>
+    <t>1904</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1904/parecer_da_comissao_de_legislacao_e_justica-loa.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 15/2025-PMPG, DA COMISSÃO -COF/CMPG, DA COMISSÃO DE LEGISLAÇÃO FINANÇAS E REDAÇÃO FINAL- DISPÕE SOBRE ALE LEI ORÇAMENTÁRIA ANUAL- LOA PARA O PERÍODO DE 2026-ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PORTO GRANDE.</t>
+  </si>
+  <si>
+    <t>1905</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1905/parecer_da_comissao_de_orcamento_e_financas-loa.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 16/2025-PMPG- DA COMISSÃO DE ORÇAMENTO E FINANÇAS-COF/CMPG, DISPÕE SOBRE A LEI ORÇAMENTÁRIA ANUAL- LOA PARA O PERÍODO DE 2026-ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PORTO GRANDE.</t>
+  </si>
+  <si>
+    <t>1919</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1919/parecer_no17_cljrf.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 17/2025 DA COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL-CLJRF/CMPG, ASSUNTO: DISPÕE SOBRE A POLÍTICA MUNICIPAL PARA O DESENVOLVIMENTO E EXPANSÃO DA APICULTURA E MELIPONICULTURA E INSTITUI O PROGRAMA MUNICIPAL DE INCENTIVO À APICULTURA E MELIPONICULTURA NO MUNICÍPIO DE PORTO GRANDE E DA OUTRA PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1920</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1920/parecer_no18_cof.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 18/2025 DA COMISSÃO DE ORÇAMENTO E FINANÇAS/CMPG, ASSUNTO: DISPÕE SOBRE A POLÍTICA MUNICIPAL PARA O DESENVOLVIMENTO E EXPANSÃO DA APICULTURA E MELIPONICULTURA E INSTITUI O PROGRAMA MUNICIPAL DE INCENTIVO À APICULTURA E MELIPONICULTURA NO MUNICÍPIO DE PORTO GRANDE E DA OUTRA PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1921</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1921/parecer_no_19_cljrf.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 19/2025 DA COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL-CLJRF/CMPG, ASSUNTO: PROJETO DE LEI nº 48/2025-DISPÕE SOBRE A INCLUSÃO DO SÍMBOLO MUNDIAL DE CONSCIENTIZAÇÃO DO TRANSTORNO DO ESPECTRO AUTISTA (TEA) NOS UNIFORMES DOS ESTUDANTES AUTISTAS DA REDE DE ENSINO DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1922</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1922/parecer_no_20_cof.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 20/2025 DA COMISSÃO DE ORÇAMENTO E FINANÇAS-COF/CMPG, ASSUNTO: PROJETO DE LEI nº 48/2025-DISPÕE SOBRE A INCLUSÃO DO SÍMBOLO MUNDIAL DE CONSCIENTIZAÇÃO DO TRANSTORNO DO ESPECTRO AUTISTA (TEA) NOS UNIFORMES DOS ESTUDANTES AUTISTAS DA REDE DE ENSINO DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1923</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1923/parecer_no_21_cljrf.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 21/2025 DA COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL-CLJRF/CMPG, ASSUNTO: PROJETO DE LEI nº 72/2025-"DISPÕE SOBRE A REALIZAÇÃO DO TESTE DE ACUIDADE VISUAL DURANTE A ALFABETIZAÇÃO CONFORME ESPECIFICAÇÃO".</t>
+  </si>
+  <si>
+    <t>1924</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1924/parecer_no_22_cof.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 22/2025 DA COMISSÃO DE ORÇAMENTO E FINANÇAS-COF/CMPG, ASSUNTO: PROJETO DE LEI nº 72/2025-"DISPÕE SOBRE A REALIZAÇÃO DO TESTE DE ACUIDADE VISUAL DURANTE A ALFABETIZAÇÃO CONFORME ESPECIFICAÇÃO."</t>
+  </si>
+  <si>
+    <t>1937</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1937/parecer_24_cljrf.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 24/2025 DA COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL-CLJRF, ASSUNTO: PROJETO DE LEI nº 52/2025-"Institui a Política Municipal de Prevenção ao Abandono e Evasão Escolar no Município de Porto Grande e dá outras providencias".</t>
+  </si>
+  <si>
+    <t>1942</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1942/parecer_do_pll_no_53.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº25/2025 DA COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL-CLJRF, ASSUNTO: PROJETO DE LEI nº 53/2025-"Institui a Política Municipal de enfrentamento à Violência Política de Gênero e Raça".</t>
+  </si>
+  <si>
+    <t>1943</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1943/parecer_do_pll_no_55.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 26/2025 DA COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL-CLJRF, ASSUNTO: PROJETO DE LEI nº 55/2025-"Institui no Calendário de Eventos Culturais de Eventos do Município o "Dia Municipal do Quadrilheiro Junino" a ser comemorado anualmente em 27 de junho e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1944</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1944/parecer_pll_no_70.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 27/2025 DA COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL-CLJRF, ASSUNTO: PROJETO DE LEI nº 70/2025- "Instalação de Antena anti-linha cortante em motocicletas", que "Autoriza o Poder Executivo a Instituir a Obrigatoriedade de instalação de antena anti-linha cortante nas motocicletas e dá outras providencias".</t>
+  </si>
+  <si>
+    <t>1951</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1951/par._57_cljrf.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 28 da CLJRF-2025-Denomina o Centro Especializado em Reabilitação - CER como "Everaldo da Silva Vasconcelos"</t>
+  </si>
+  <si>
+    <t>1952</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1952/par._57_cof.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 29 da COF-2025-Denomina o Centro Especializado em Reabilitação - CER como "Everaldo da Silva Vasconcelos"</t>
+  </si>
+  <si>
+    <t>1953</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1953/par._59_cljrf.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 30 da CLJRF-2025-Dispõe Sobre a denominação da Feira Municipal de Porto Grande com o nome de Pedro Manoel dos Santos e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1954</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1954/par._59_cof.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 31 da COF-2025-Dispõe Sobre a denominação da Feira Municipal de Porto Grande com o nome de Pedro Manoel dos Santos e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1955</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1955/par_65_cljrf.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 32  da CLJRF-2025-Denomina Área 6 Rural como "Bairro José Barreto", e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1959</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1959/par.65_cof.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 33 da COF-2025-Denomina Área 6 Rural como "Bairro José Barreto", e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1966</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1966/par._66_cljrf.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 34 da CLJRF-2025-Denomina a Praça localizada no Bairro Nova Esperança como "Praça Claudenor da Conceição Santos", e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1967</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1967/par.66_cof.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 35 da COF-2025-Denomina a Praça localizada no Bairro Nova Esperança como "Praça Claudenor da Conceição Santos", e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1968</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1968/par._69_cljrf.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 36 da CLJRF-2025-Denomina a Comunidade Rural conhecida como "Comunidade 112" como "Comunidade Antônio Santos", e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1969</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1969/par.69_cof.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 37 da COF-2025-Denomina a Comunidade Rural conhecida como "Comunidade 112" como "Comunidade Antônio Santos", e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1970</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1970/par._77_cljrf.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 38  da CLJRF-2025-Dispõe sobre a Denominação do Cemitério da Paz, que seja modificado o nome para "ANTONIO RAIMUNDO BARBOSA, e  dá outras providencias.</t>
+  </si>
+  <si>
+    <t>1971</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1971/par._77_cof.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 39  da COF-2025-Dispõe sobre a Denominação do Cemitério da Paz, que seja modificado o nome para "ANTONIO RAIMUNDO BARBOSA, e  dá outras providencias.</t>
+  </si>
+  <si>
+    <t>1972</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1972/par.87_cljrf.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 40 da CLJRF-2025-Denomina a arena de Grama Sintética localizada na Linha A, Comunidade do Matapi, como "Arena Reinaldo Magalhães ", e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1973</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1973/par._87_cof.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 41 da COF-2025-Denomina a arena de Grama Sintética localizada na Linha A, Comunidade do Matapí, como "Arena Reinaldo Magalhães ", e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1974</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1974/par._cljrf_89.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 42-CLJRF/2025-DISPÕE SOBRE A NOMEAÇÃO DA ESCOLA MUNICIPAL DO VILA NOVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1975</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1975/par._cof_89.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 43-COF/2025-DISPÕE SOBRE A NOMEAÇÃO DA ESCOLA MUNICIPAL DO VILA NOVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2002</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2002/img002_merged.pdf</t>
+  </si>
+  <si>
+    <t>PARECER nº 44 da CLJRF-2025-PROJETO DE RESOLUÇÃO nº 7/2025-CMPG, que altera dispositivos do Regimento Interno da Câmara Municipal de Porto Grande.</t>
+  </si>
+  <si>
     <t>1486</t>
   </si>
   <si>
     <t>MEN</t>
   </si>
   <si>
     <t>MENSAGEM</t>
   </si>
   <si>
     <t>MENSAGEM AO PROJETO DE LEI Nº 02, DE 28 DE MARÇO DE 2025. que "INSTITUI O REGIME DE ADIANTAMENTO POR MEIO DE CARTÃO CORPORATIVO ÀS UNIDADES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1577/mensagem_ao_institui_o_ciencia_em_movimento_programa_municipal_de_incentivo_a_iniciacao_cientifica_na_rede_publica_de_ensino_de_porto_grande_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PROJETO DE LEI QUE INSTITUI O "CIÊNCIA EM MOVIMENTO" PROGRAMA MUNICIPAL DE INCENTIVO A INICIAÇÃO CIENTIFICA NA REDE PÚBLICA DE ENSINO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1580/men_05_2025.pdf</t>
@@ -6701,50 +8340,202 @@
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1646/projeto_de_lei_10-paginas.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PL 10/2025 GAB PMPG, QUE "DISPÕE SOBRE A PRORROGAÇÃO DA VIGÊNCIA DO PLANO MUNICIPAL DE EDUCAÇÃO - PME DE PORTO GRANDE E DÁOUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1718/mens_pl_13_turismo.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PL QUE INSTITUI O CONSELHO MUNICIPAL DE TURISMO E O FUNDO MUNICIPAL DE TURISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>MENSAGEM AO PL 012/2025 PMPG, REFERENTE A LDO 2026.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>MENSAGEM AO PL 013/2025 PMPG, REFERENTE A PPA 2026 / 2029.</t>
+  </si>
+  <si>
+    <t>1865</t>
+  </si>
+  <si>
+    <t>MENSAGEM AO PROJETO DE LEI Nº 014/2025-PMPG, de 29 de Setembro de 2025.</t>
+  </si>
+  <si>
+    <t>1918</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1918/mensagem_ao_pl_no_15_conselho.pdf</t>
+  </si>
+  <si>
+    <t>MENSAGEM REFERENTE AO PLO nº 15/2025-DISPÕE SOBRE A ESTRUTURA E O FUNCIONAMENTO DO CONSELHO TUTELAR DE PORTO GRANDE-AP, E DA OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1936</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1936/mensagem_ao_pl_ifa1.pdf</t>
+  </si>
+  <si>
+    <t>MENSAGEM REFERENTE AO PLO 16/2025</t>
+  </si>
+  <si>
+    <t>2004</t>
+  </si>
+  <si>
+    <t>EMI</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2004/emenda_impositiva_vereadora_sueli_4.docx</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA 001/2025-AUTORA VEREADORA SUELI SOUZA</t>
+  </si>
+  <si>
+    <t>2005</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2005/ei_carol.pdf</t>
+  </si>
+  <si>
+    <t>EMI 002/2025 - EMENDA IMPOSITIVA-AUTORIA: VEREADORA CAROL MONTEIRO</t>
+  </si>
+  <si>
+    <t>2006</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2006/emenda_impositiva_tarcio.2025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>EMI 003/2025 - EMENDA IMPOSITIVA-AUTOR: VEREADOR TÁRCIO LEITE</t>
+  </si>
+  <si>
+    <t>2007</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2007/ei_eliza.pdf</t>
+  </si>
+  <si>
+    <t>EMI 004/2025 - EMENDA IMPOSITIVA-AUTORA: VEREADORA ELIZA GAMA DA SILVA</t>
+  </si>
+  <si>
+    <t>2008</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2008/emenda_impositiva_vereadora_regiane_oficial_2.pdf</t>
+  </si>
+  <si>
+    <t>EMI 005/2025 - EMENDA IMPOSITIVA-AUTORA: VEREADORA REGIANE DA SILVA PEREIRA</t>
+  </si>
+  <si>
+    <t>2009</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2009/ei_junior_colares.pdf</t>
+  </si>
+  <si>
+    <t>EMI 006/2025 - EMENDA IMPOSITIVA-AUTOR: VEREADOR JÚNIOR COLARES</t>
+  </si>
+  <si>
+    <t>2010</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2010/ei_guri.pdf</t>
+  </si>
+  <si>
+    <t>EMI 007/2025 - EMENDA IMPOSITIVA-AUTOR: VEREADOR GURI DO MATAPI</t>
+  </si>
+  <si>
+    <t>2011</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2011/ei_pedro_jordao.pdf</t>
+  </si>
+  <si>
+    <t>EMI 008/2025 - EMENDA IMPOSITIVA-AUTOR: VEREADOR PEDRO JORDÃO</t>
+  </si>
+  <si>
+    <t>2012</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2012/projeto_de_lei_2025_-_emenda_impositiva_1_nelson.pdf</t>
+  </si>
+  <si>
+    <t>EMI 009/2025 - EMENDA IMPOSITIVA-AUTOR: VEREADOR NELSON</t>
+  </si>
+  <si>
+    <t>2013</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2013/emenda_impositiva_vereador_conjaki_2.pdf</t>
+  </si>
+  <si>
+    <t>EMI 010/2025 - EMENDA IMPOSITIVA-AUTOR: VEREADOR JAIRISON ATAÍDE VALES (CONJAKI)</t>
+  </si>
+  <si>
+    <t>2014</t>
+  </si>
+  <si>
+    <t>EMI 011/2025 - EMENDA IMPOSITIVA-AUTOR: VEREADOR SALMON SANTANA</t>
+  </si>
+  <si>
+    <t>1874</t>
+  </si>
+  <si>
+    <t>ASO</t>
+  </si>
+  <si>
+    <t>ATA DE SESSÃO ORDINARIA</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2015/1874/ata_2025.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 33º SESSÃO ORDINÁRIA 21 DE OUTUBRO 2025_x000D_
+ata nº 01/2025 reunião da comissão de legislação, justiça e redação final, sobre a discussão do seguinte projeto de lei nº 013/2025-dispõe sobre o plano plurianual para o período de 2026/2029</t>
+  </si>
+  <si>
+    <t>1875</t>
+  </si>
+  <si>
+    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1875/ata_2025.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA 33º SESSÃO ORDINÁRIA 21 DE OUTUBRO 2025_x000D_
+ata nº 02/2025 reunião da comissão de orçamentos e finanças, sobre a discussão do seguinte projeto de lei nº 013/2025-dispõe sobre o plano plurianual para o período de 2026/2029</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -7048,56 +8839,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1484/ple_02_2025_cartao_corporativo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1576/projeto_de_lei_04_-_ciencia_em_movimento.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1579/pl_05_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1643/projeto_de_lei_ordinaria_executivo_no_9_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1645/projeto_de_lei_ordinaria_executivo_no_10_de_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1717/pl_13_turismo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1805/ldo_2026_pl_12_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1807/1_ppa-mesclado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1265/pll_02_-_parlamento_jovem.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1266/pll_03_-_jovem_profissional_s.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1267/pll_04_-_centro_ref._autismo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1274/projeto_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1294/pl_01_tarcio_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1304/pll_07_-_abril_azul.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1315/pl_03_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1318/pl_04_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1344/pl_05_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1345/pl_06_tarcio_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1376/pl_07_ta_rcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1382/projeto_de_lei_2025_-_proibicao_de_assumir_cargos__crime_contra_crianca_e_adolescente.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1383/projeto_de_lei_2025_-_cria_o_programa_musica_na_escola.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1384/projeto_de_lei_2025_-_cria_apolitica_civica_para_a_juventude.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1385/projeto_de_lei_2025_-_dignidade_menstrual.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1386/projeto_de_lei_2025_-_institui_a_semana_ra_e_dos_fazedores_de_culturamunicipal_da_cultu.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1388/projeto_de_lei_2025_-_autoriza_o_municipio_a_instituir_o_casamento_comunitario.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1390/projeto_de_lei_2025_-_cria_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1392/projeto_de_lei_2025_-_banco_de_ideias_legislativas.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1397/lei_2_salmon.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1398/projeto_de_lei__salmon.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1399/copia_de_projeto_corrida_chamativa.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1400/projeto_de_lei_violencia_contra_mulher.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1401/lei_3_salmon_santana.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1402/lei_4_salmon_santana.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1405/corrida_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1420/novo_denominacao_semiterio_pl_regiane_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1454/modelo_cmpg_salmon_2025_1.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1457/oportunidade_de_emprego.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1463/pl_corrida_da_mulher_gab_pres_carol_monteiro.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1466/projeto_de_lei_empreendedorismo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1470/projeto_de_lei_2025_-_inclui_o_mes_de_abril_no_calendario_oficial_de_eventos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1471/projeto_de_lei_2025_-_institui_o_protocolo_azul_-_autismo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1472/pl_36_2025_gab_vera_eliza_gama.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1485/pl_-_fogos_de_artificio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1511/pl_38_2025_gab_vera_carol_feira_de_ciencias.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1520/projeto_de_lei_2025_-_cria_a_semana_e_o_festival_do_agronegocio_em__porto_grande.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1524/inclusao_e_acessibilidade.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1525/carteirinha_do_deficiente.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1526/projeto_de_lei_2025_-_cria_o_festival_do_milho__no_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1527/pl_dispoe_sobre_a_politica__municipal_para_o__desenvolvimento_e_expansao_da_apicultura_e_meloponicultura.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1528/capacitacao_continua.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1529/disk_denuncia_bullying.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1539/pl_dispoe_sobre_a_politica__municipal_para_o__desenvolvimento_e_expansao_da_apicultura_e_meloponicultura.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1542/projeto_de_lei_2025_-_cria_o_cordao_girassol_no_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1544/projeto_de_lei_2025_-_institui_o_programa_de_capacitacao__sobre_o_tea_para_professores.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1570/projeto_de_lei_agressores_de_animais.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1607/pl_abacaxi_revisado1_page-0001.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1611/projeto_de_lei_2025_-_terapia_domiciliar_para_autistas.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1615/pl_08_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1609/pl_09_tarcio._2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1628/pl_10_tarcio_20255b15d_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1658/projeto_de_lei_2025_-_dia_do_quadrilheiro.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_infraestrutura_mais_perto.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1691/projeto_vasconcelos.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1696/projeto_animal_sem_fome.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1697/projeto_pedrao.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1698/projeto_atila.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1699/projeto_obra_justificada.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1701/projeto_animal_sem_fome.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1703/festival_do_abacaxi_gospel.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1704/marcha_para_jesus_patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1705/projeto_barreto.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1709/projeto_claudenor.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1711/projeto_eivis_cardoso_moraes.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1694/projeto_grau_2025_revisado_assinado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_antonio.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1724/projeto_de_lei_2025_-_colocao_de_antena_anti_linha_cortante_em_motocicletas.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_de_lei_2025_-_proibe__a_circulacao_de_caes_das_racas_pitbull_e_rottwiler_em_locais_publicos.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1741/projeto_de_acuidade_visual_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1742/projeto_de_lei_2025_-_grau_-_monobras_de_motos_e_bicicletas.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1743/projeto_reconhecimento_da_profissao_de_trancista_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1756/pl_-_dispoe_sobre_a_criacao_do_programa_municipal_mulher_protegida_informacao_e_acolhimento.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1755/pl_programa_cacamba_social.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1760/pl_11_tarcio_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1776/modelo_pl_12_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1779/projeto_de_lei_2025_-_reconhece_as_atividades_off-road_como_pratica_esportiva_e_manifestacao_cultural.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1791/projeto_de_lei_2025_-_institui_o_programa_municipal_de_abrigos_nos_pontos_de_espera_do_transporte_escolar_no_municipio_de_porto_grande_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1795/projeto_de_lei_2025_-__dispoe_sobre_a_instalacao_de_equipamentos_contra_incendio.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1796/pl_material_revisado.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1817/projeto_de_lei_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1823/regiane_e_eliza_25.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1824/pl_arena_reinaldo_assinado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1834/projeto_de_lei_2025_-_dispoe_sobre_a_obrigatoriedade_da_implantacao_de_ciclovias_e_ciclofaixas_em_projetos_de_construcao_de_novas_avenidas_e_ruas_bem_como_na_reforma_e_requalificacao_da.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1316/resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1317/resolucao_02_assinado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1517/pr_04_2025_corporativo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1739/projeto_de_resolucao_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1740/projeto_de_resolucao_painel.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1518/pdl_04_2025_consignado.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1714/projeto_decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1406/requerimento_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1493/requerimento_002_-_elielson_moraes__-_desmembramento_secretaria_esporte_e_cultura.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1496/requerimento_003_-_elielson_moraes__-_desmembramento_secretaria_agricultura_e_pesca.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1512/req_04_2025_gab_ver_jr_colares_cartao.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1513/req_05_2025_gab_ver_jr_colares_40_consignado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1567/req_fundo_cultura.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1637/requerimento_regiane_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1661/req_vera_eliza_gama_instituto_abraca-me_assinado.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1680/req-paginas-3.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1686/requerimento_hopital_regional_assinado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1767/req_sueli_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1841/requerimento_02_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1251/ind_n01_salmon.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1252/ind_n02_salmon.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1253/ind_n03_salmon.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1254/ind_n04_salmon.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1255/ind_n05_salmon.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1256/ind_n06_salmon.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1257/ind_n07_salmon.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1258/ind_n08_salmon.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1259/ind_n09_salmon.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1260/ind_n10_salmon.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1261/ind_n11_salmon.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1262/ind_n12_salmon.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1263/ind_n13_salmon.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1268/ind_n14_carol.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1269/ind_n15_carol.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1270/ind_n16_carol.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1272/ind_2025_clecio_manoel_jacinto.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1273/ind_n19_carol.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1275/indicacao_07_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1276/indicacao_03_tarcio_leite_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1277/indicacao_01_tarcio_leite_2025.pdf_1_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1278/indicacao_04_tarcio_leite_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1279/indicacao_02_tarcio_leite_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1280/indicacao_05_tarcio_leite_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1281/indicacao_06_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1282/ind_n27_carol.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1283/ind_n28_carol.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1284/ind_n29_carol.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1285/ind_n30_carol.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1286/indicaa_a_o_nao_08_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1287/indicaa_a_o_nao_10_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1288/indicaa_a_o_nao_09_assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1289/indicaa_a_o_nao_11_assinado.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1290/indicaa_a_o_nac2ba_14_assinado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1291/indicaa_a_o_nac2ba_15_assinado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1292/indicaa_a_o_nao_12_assinado.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1293/indicaa_a_o_nac2ba_13_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1295/indicacao_no_16_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1297/indicacao_nc2ba_18_esp_assinado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_nc2ba_17_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1299/ind_n43_carol.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1300/ind_n44_carol.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1301/ind_n45_carol.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1302/ind_n46_carol.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1303/ind_n47_carol.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1305/ind_n48_nelson.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1306/ind_n49_nelson.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1307/ind_n50_nelson.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1308/ind_n51_jairison.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1309/ind_n52_jairison.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1310/ind_n53_nelson.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1311/ind_n54_nelson.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1312/ind_n55_nelson.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1313/ind_n56_nelson.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1319/camara_indicacao_infra_rua_001_assinado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1320/camara_indicacao_infra_rua_12_de_outubro_assinado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1321/camara_indicacao_infra_rua_do_linhao_assinado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1322/camara_indicacao_academia_da_saude_._assinado.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1323/ind_n62_jairisom.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1324/ind_n63_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1325/ind_n64_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1326/ind_n65_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1327/ind_n66_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1328/ind_n67_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1329/ind_n68_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1330/ind_n69_sueli.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1331/ind_n70__sueli.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_nc2ba_19_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1334/indicacao_nc2ba_22_agua_assinado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1335/cria_o_centro_de_imagens_assinado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_nc2ba_20_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_nc2ba_21_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1338/ind_2025_asfalto_matapi.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1339/ind_2025_rocagem_da_esc_km_138.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1340/ind_2025_manutencao_recre_esc_matapi.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1341/ind_2025_forro_esc_munguba.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_nc2ba_25_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1343/ind_2025_reforma_ubs_matapi.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1346/indicacao_nc2ba_23_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1347/ind_2025_rocagem_da_esc_matapi.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1348/ind_2025_fossa_esc_ubs_munguba.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1349/ind_2025_asfalto_cupix_frente.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1350/ind_2025_odonto_cupuxi_e_munguba.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1351/ind_2025_waldez.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1352/ind_2025_ilum_ponte_brasil_tropical.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_nc2ba_24_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1354/ind_2025_poco_caiera.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1355/ind_2025_esc_amapari.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1356/ind_2025_rocagem_posto_munguba.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1357/ind_2025_bueiro_km_117.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1358/ind_2025_ilum_rua_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1359/linha_c_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1360/alzira_escola_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1361/ind_2025__linhao_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1362/cras_indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1363/ind_2025__trator_equidade.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1364/ind_2025_bueiro.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1365/ind_2025_campo_verde.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1366/ind_2025_dengue_rio.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1367/ind_2025_feira_municipal_malvinas.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1368/ind_2025_feira_municipal_seguranca.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1369/ind_2025_feira_municipal.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1370/ind_2025_ilum_manoel_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1371/ind_2025_limpeza_rua.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1372/ind_2025_ponto_espera_escolar.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1373/ind_2025_posto_pmap.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1374/castramovel_pg_assinado.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1375/exame_pccu_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1377/ind_amcel_informatia_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_nc2ba_26_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1379/implantacao_triagem_neonatal_assinado.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_nc2ba_27_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1381/indicacao_nc2ba_28_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1387/area_6_sinalizacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_nc2ba_29_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1391/camara_indicacao_sinalizacao_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_nc2ba_30_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_013_-_prefeito_elielson_moraes.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1395/indicacao_nc2ba_31_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_014_-_prefeito_elielson_moraes.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_onibus_lilas.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_corrida_em_homenagem_ao_dia_internacional_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1415/ind_2025_ponte_linha_a_gov.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1416/ind_2025_patrol_no_matapi.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_de_estudo_araguari_assinado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_eluminacao_publica_area_6_rua_6_assinado.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1410/006_2025_indicacao_ciclovia_calcadas_e_passarela.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1409/008_2025_indicacao_redutores_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1411/007_2025_indicacao_pick_up_endemias.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1412/indicacao_nc2ba_32_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_nc2ba_33_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_no_34_infra.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_nc2ba_35_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_no_137_de_2025_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_no_138_de_2025_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_no_139_de_2025_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_no_140_de_2025_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1428/010_2025_indicacao_servicos_de_limpeza_rua_e_avenida_manoel_cortez.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1429/009_2025_indicacao_tablets_equipes_esf_e_ace.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_no_143_de_2025_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_nc2ba_37_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_nc2ba_38_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1433/indicacao_nc2ba_39_rocagem_assinado.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_nc2ba_43_davi_agro_assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1435/indicacao_nc2ba_40_davi_assinado.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1436/indicacao_nc2ba_44_davi_pol_assinado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1437/indicacao_nc2ba_41_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1438/tfd_porto_grande__281_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1439/indicacao_nc2ba_36_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1440/indica_ao_ministro_waldez_goes_a_construcao_de_uma_casa_de_farinha_completa_para_a_associacao_agepnefa_incluindo_todos_os_equip.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1441/indica_ao_ministro_waldez_goes_a_dotacao_de_recursos_para_aquisicao_de_equipamentos_industriais_para_a_despolpadeira_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1442/indica_ao_dnitap_a_imediata_instalacao_de_redutor_de_velocidade_lombada_na_entrada_do_bairro_area_6_no_municipio_de_porto_gra.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1443/indica_ao_prefeito_municipal_elielson_moraes_a_contratacao_de_um_tecnico_em_enfermagem_para_acompanhamento_especializado_dos_pac.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1444/indica_ao_ministro_waldez_goes_a_construcao_de_uma_casa_de_farinha_completa_com_todos_os_equipamentos_necessarios_para_a_associa.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1445/indica_ao_ilustrissimo_senhor_acacio_favacho_deputado_federal_a_liberacao_de_recursos_para_construcao_de_uma_escola_de_ensino_f.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1446/indica_ao_deputado_federal_josenildo_abrantes_a_doacao_de_duas_lanchas_escolares_para_o_transporte_seguro_de_criancas_ribeirinha.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_no_160_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_no_161_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1449/indicacao_no_162_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_no_163_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_no_164_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_nc2ba_53_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_nc2ba_48_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_nc2ba_51_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1459/indicacao_nc2ba_49_espor_assinado.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1460/indicacao_nc2ba_50_assinado.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_no_45_rr_agro_assinado.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_no_44_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_nc2ba_52_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_014_-_secreterio_de_saude.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_013_-_prefeito_elielson_moraes.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_no_46_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_tendas_assinado.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_iluminacao_publica_assinado.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_medicamentos_controlados_assinado.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1476/ind_boeiro_brasil_tropical.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1477/ind_travessar_23_vila_militar.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1478/ind_av_soldado_valdinei.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1479/ind_av_sgt_oracildo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1480/ind_rua_geovana_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1481/ind_esc_acre.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1482/ind_av_soldado_valdinei.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1483/ind_rua_getulio_vargas.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_-_012_-_davi_alcolumbre_-_aquiscao_de_uma_casa_da_cultura_do_abacaxi.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1490/012_2025_indicacao_novo_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_-_010_-_davi_alcolumbre_-_aquiscao_de_uma_agroindustria_de_beneficiamento_da__fruticultura_-_-_copia.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1492/indicacao_-_008_-_waldez_goes_-_aquiscao_de_um_trator_e_implementos_-_manoel_jacinto.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1494/ind_guri.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1495/ind_192.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1497/011_2025_indicacao_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1498/013_2025_indicacao_festividades_religiosas.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_-_011-_waldez_goes_-_aquiscao_de_uma_plantadeira_de_abacaxi.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_-_009_-_waldez_goes_-_aquiscao_de_uma_agroindustria_de_beneficiamento_da__fruticultura_-_copia_-_copia.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1501/indicacao___-018_-_2025_-_governador_clesio_-__escola_maria_cristina_botelho.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1502/ind_198.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1508/ind_200_2025_gab_ver_carol_bj.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1509/ind_200_2025_gab_ver_carol_rocagem_e_manutencao_rua_l.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1510/ind_2025_ramal_galho_page-0001.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1514/ind_2025_linha_b.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1515/ind_2025_av_8_agosto.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1516/ind_2025_km_141_equatorial.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1521/indicacao_nc2ba_54_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1522/ind_gab_ver_pedro_jordao.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1523/indicacao_nc2ba_58_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_020_-_carlos_eduardo_instituto_leo_moura.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_nc2ba_60_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_nc2ba_57_saude5d_assinado.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_nc2ba_61_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1534/indicacao_nc2ba_62_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_nc2ba_63_randolfe_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_nc2ba_64_josenildo_assinado.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_nc2ba_65_josenildo_assinado.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_nc2ba_66_waldez_assinado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao_nc2ba_59_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1545/indicacao_nc2ba_55_rocagem_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1546/014_2025_indicacao_ifa.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_021_-_prefeito_elielson_moraes_-_iluminacao_sao_jorge.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1548/015_2025_indicacao_aee_pagamento_professores.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1550/ccf13052025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1551/ccf13052025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1552/ccf13052025_0002.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1554/ccf13052025_0003.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1555/ccf13052025_0004.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1566/ind_240_jr_colares.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_pipa.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_-_023_-acacio_favacho__-_emenda_construcao__da_casa_da_cultura_do_abacaxi.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_-_024_-acacio_favacho__-_pocos_artesianos.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_antena_de_protecao.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_-_025_-_davi_alcolumbre_-_programa_luz_para_todos_-_manoel_jacinto.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_rua_soldado_miguel.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1583/indicacao_nc2ba_70_rocagem._escola_docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1584/indicacao_nc2ba_71_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_nc2ba_72_cea_assinado.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_026_-_prefeito_elielson_moraes_-manutencao_da_linha_h.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1587/020_2025_indicacao_pick_up_voadeira_e_motor.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1588/indicacao_nc2ba_67_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_nc2ba_68_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1590/021_2025_indicacao_codigo_sanitario.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_-_027_-luis_carlos__-_secretario_estadual_das_cidades.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1592/indicacao_nc2ba_69_infra_escola_assinado.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1593/ind_259_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1594/ind_260_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1595/ind_261_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_027_-_cristovao_-_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1600/ind_266_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1601/ind_267_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1602/ind_268_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1610/indicacao_029_-_prefeito_elielson_moraes_-equipe_multidisciplinar_autistas.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_nc2ba_73_rocagem._escola_docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_nc2ba_74_sec._juiventude_assinado.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_nc2ba_75_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1616/quadra_esc_maranhao.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1617/reparo_escola_maranhao.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1620/ind_279_2025_gab_vera_carol_monteiro.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1622/ind_281_2025_gab_vera_carol_monteiro.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1623/ind_282_2025_gab_vera_sueli_souza.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1624/ind_283_2025_gab_vera_sueli_souza.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1625/ind_284_2025_gab_vera_sueli_souza.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1626/ind_285_2025_gab_vera_sueli_souza.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1629/indicacao_invasao_do_aeroporto._assinado.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1630/indicacao_nc2ba_81_rocagem._docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1631/indicacao_nc2ba_77_rocagem._docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1632/indicacao_travessa_24_assinado.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_rua_01_bairro_nova_esperanca.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_av_janary_nunes_assinado.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1635/indicacao_nc2ba_79_rocagem._docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1636/indicacao_rua_03_assinado.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_maria_luiza_manoel_cortez_assinado.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1639/indicacao_nc2ba_80_randolfe_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_76_adao_ferreira_assinado.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1641/indicacao_77_centro_wilson_assinado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1642/indicacao_nc2ba_82_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_nc2ba_91_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1654/022_2025_indicacao_servicos_de_limpeza_bairro_manoel_cortez.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1655/indicacao_nc2ba_87_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_nc2ba_90_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_nc2ba_86_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_nc2ba_89_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1660/indicacao_nc2ba_85_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1662/ind_vera_eliza_gama_limpeza_cemiterio_matapi_assinado.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1663/indicacao_nc2ba_88_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1664/indicacao_nc2ba_84_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1665/indicacao_nc2ba_83_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1666/ind_vera_eliza_gama_cedido_ou_doado.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1673/indicac__casa_da_farinha_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1674/indicacao_centro_comunitario_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_3-_deputado_estadual_rodolfo_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_2-deputado_estadual_rodolfo_vale_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1677/indicac__tv_e_cadeiras_atualizado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_cemiterio_da_paz_assinado.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1679/indicac__iluminacao_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1685/indicacao_fibramialgia_estudo_00_assinado.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao-reparos_no_compressor_da_cadeira_odontologica_assinado.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1688/indicacao_reparos_nas_centrais_de_ar-condicionado_assinado.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1702/indicacao_029_-_prefeito_elielson_moraes_-combustivel_para_agricultores.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1706/indicacao_-_035_-vinicius_gurgel__-_aquisicao_de_combustivel.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_-_034_-_davi_alcolumbre_-_aquiscao_de_combustivel.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1708/indicacao_-_033_-_randolfe_rodrigues__combustivel_patrulha_mecanizada.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1710/indicacao_-_032_-_waldez_goes_-_combustivel_patrulha_mecanizada.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1712/indicacao_-_031-acacio_favacho.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1713/ind_1x_12_de_julho.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1719/indicacao___-016_-_2025_-_governador_clesio_-__cnh_social.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1722/indicacao_-_015_-vinicius_gurgel__-_emenda_cobertura_da_arquibancada_do_estadio_municipali.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_nc2ba_94_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1726/indicacao_-_038_-_dorivaldo_malafaia_-_aquiscao_de_uma_creche.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1727/indicacao_037_-_governador_clesio_luis_-equipe_multidisciplinar_autistas.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1728/indicacao_nc2ba_93_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1729/indicacao_-_039_-_randolfe_rodrigues__construao_do_ceo.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1730/indicacao_019_-_prefeito_elielson_moraes.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1731/indicacao_nc2ba_96_guarda_assinado.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1733/indicacao_nc2ba_92_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao___-017_-_2025_-_robotica_nas_escolas..pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_nc2ba_95_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_maria_luiza_manoel_cortez_assinado.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1746/ind_sueli_sala_lilas.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1747/ind_sueli_viatura_maria_da_penha.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1748/ind_sueli_del_mulher_pg.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1749/indicacao_novo_-1_-_paliativo_nas_linhas_a2cb2cc2cg_e_h._assinado.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_-_limpeza_do_portico_do_abacaxi_assinado.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_tenda_trancistas_..._assinado.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_1_-_retorno_do_setrap2c_para_realizacao_de_terraplanagem_colonia_agricola_do_matapi_assinado.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao-_limpeza_do_ramal_da_escola_estadual_matapi_i_assinado.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao-_limpeza_do_terreno2c_proximo_ao_estabelecimento_nereu_assinado.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1758/ind_sueli_sec_mulher.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1759/ind_eliza_sala_rosa.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1761/indicacao_nc2ba_98_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1762/indicacao_nc2ba_99_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1763/indicacao_nc2ba_100_malafaia.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1764/indicacao_106_tarcio_2025.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_academia_ao_ar_livre_assinado.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1766/ind_sueli_vias_manoel_cortez.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1768/ind_carol_cons_cid_territorio.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1769/ind_carol_caf.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1770/ind_carol_tratoritos.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1771/ind_carol_cent_form_prof.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1773/indicacao_nc2ba_102_edu_assinado.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1774/indicacao_108_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1775/indicacao_nc2ba_97_infra_2.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1777/indicacao_104_tarcio_2025.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1778/indicacao_101_tarcio_malafaia_reforma_2025_3.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_105_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1781/indicacao_107_tarcio_2025.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1782/indicacao_103_tarcio_2025_3.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1783/indicacao_103_tarcio_2025_3.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1784/indicacao_109_tarcio_malafaia_reforma_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1785/indicacao-_governador2c_setrap_2c_que_seja_feita_terraplanagem_no_assentamneto_nova_canaa_assinado.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1786/indicacao-_senador_davi2c_trator_de_roda_para_o_apram_assinado.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1787/indicacao-_senandor_davi_alcolumbre2c_trator_de_rodas-munguba._assinado.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1788/indicacao_-_prefeito_elielson_-_iluminacao_publica_na_feira_do_agricultor_assinado.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1789/indicacao-_governandor_2c_setrap2c_munbuba_assinado.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1790/indicacao-_davi_alcolumbre2c_trator_de_rodas_assinado.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1792/ind_jr_colares_limpeza_de_canal.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1793/ind_jr_colares_bueiros.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1794/ind_jr_colares_reforma_quadra.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao_040_-_prefeito_elielson_moraes_-_iluminacao___eterraplanagem_no_bairro_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1798/ind_2025_setrap_munguba.docx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1799/ind_2025_rurap_equipamentos.docx" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_110_tarcio_mapa_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1801/ind_2025_seed_escola_airton_sena.docx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_111_tarcio_mascote_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1803/023_2025_indicacao_servicos_de_limpeza_aeroporto_rua_nova_brasilia.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1808/ind_2025_lombada_frente_prefeitura.docx" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1809/ind_2025_lombada_estrada.docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1810/ind_2025_davi_asfalto.docx" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1811/ind_2025_randolfe_asfalto.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao_iluminacao_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_nova_colina.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_limpeza_do_lago.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1816/indicacao_limpeza_do_lago.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1818/indicacao_trator.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1819/indicacao_trevao_uai.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1820/indicacao__equatorial_secretario_danilo.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1821/indicacao__diabetes.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1822/indicacao-_prefeito_elielson2cpaliativo_no_ramal_do_piasaca_assinado.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_-_041_-_randolfe_rodrigues__van_odontologica.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao__equipe_de_limpeza.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1827/indicacao_-_042_-_davi_alcolumbre_-_aquiscao_de_unidade_movel_odontologica.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_alameda_1.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1829/indicacao_-_deput_marcivania2c_aquisicao_de_um_onibus_para_amaem_assinado.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_bairro_manoel_cortez.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao__setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_pista_de_atletismo.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1833/indicacao_construcao_de_uma_creche_no_bairro_nova_esperanca.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao___-043_-_2025_-_sandra_casemiro__-_reforma_da_escola_maria_cristina_botelho.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao___-044_-_2025_-__john_david_belique_covre__infraestrutura__-_reforma_da_escola_maria_cristina_botelho_-_copia.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1837/indicacao_davi_-_trator_de_roupa_para_apraaf_assinado.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1839/indicacao_nc2ba_115_iluminacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1840/indicacao_nc2ba_113_iluminacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1842/indicacao_nc2ba_111_iluminacao_143_assinado.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_nc2ba_112_iluminacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1844/indicacao_nc2ba_114_iluminacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1845/indicacao_430.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1846/indicacao_431.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao_432.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao_433.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao_434.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao_435.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao_436.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao_437.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1853/ind_2025_andre_escavadeira_e_rolo_compactador.docx" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1854/ind_limpeza_linha_g.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1855/ind_ultrassonografia.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_ubs_wendel.docx" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1452/moc_01_2025_gab_vera_carol.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1453/moc_02_2025_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1692/mocao_de_aplausos_0002.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1693/moncao_de_aplausos_e_reconhecimento_-_gedian_oliveira__-_jungle_fight_138.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1695/moncao_de_aplausos_e_reconhecimento_-_quadrilhas_juninas.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1700/mocao_de_aplausos_0001.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1736/mocao_02_tarcio._2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1737/mocao_01_tarcio._2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1745/mocao_03_tarcio._2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1838/moncao_de_aplausos_e_reconhecimento_a_professores_diretores_e_coordenadores_da_participacao_da_feceap.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1725/pmlo._01_tarcio_leite_assinado.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1627/mensagem_de_veto.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1857/veto_002.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1581/parecer_03_2025.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1582/parecer_04_2025_.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1608/par_cljrf.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1684/parecer_10_comissao.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1577/mensagem_ao_institui_o_ciencia_em_movimento_programa_municipal_de_incentivo_a_iniciacao_cientifica_na_rede_publica_de_ensino_de_porto_grande_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1580/men_05_2025.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1644/mensagem_ao_pl_09_2025_-_convalidacao.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1646/projeto_de_lei_10-paginas.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1718/mens_pl_13_turismo.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1484/ple_02_2025_cartao_corporativo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1576/projeto_de_lei_04_-_ciencia_em_movimento.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1579/pl_05_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1643/projeto_de_lei_ordinaria_executivo_no_9_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1645/projeto_de_lei_ordinaria_executivo_no_10_de_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1717/pl_13_turismo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1805/ldo_2026_pl_12_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1807/1_ppa-mesclado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1864/projeto_de_lei_no_014-2025-pmpg_loa_2025-2026_assinado_2_removed.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1873/projeto_de_lei_do_executivo_no015.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1917/plo_16.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1265/pll_02_-_parlamento_jovem.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1266/pll_03_-_jovem_profissional_s.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1267/pll_04_-_centro_ref._autismo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1274/projeto_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1294/pl_01_tarcio_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1304/pll_07_-_abril_azul.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1315/pl_03_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1318/pl_04_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1344/pl_05_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1345/pl_06_tarcio_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1376/pl_07_ta_rcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1382/projeto_de_lei_2025_-_proibicao_de_assumir_cargos__crime_contra_crianca_e_adolescente.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1383/projeto_de_lei_2025_-_cria_o_programa_musica_na_escola.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1384/projeto_de_lei_2025_-_cria_apolitica_civica_para_a_juventude.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1385/projeto_de_lei_2025_-_dignidade_menstrual.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1386/projeto_de_lei_2025_-_institui_a_semana_ra_e_dos_fazedores_de_culturamunicipal_da_cultu.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1388/projeto_de_lei_2025_-_autoriza_o_municipio_a_instituir_o_casamento_comunitario.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1390/projeto_de_lei_2025_-_cria_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1392/projeto_de_lei_2025_-_banco_de_ideias_legislativas.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1397/lei_2_salmon.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1398/projeto_de_lei__salmon.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1399/copia_de_projeto_corrida_chamativa.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1400/projeto_de_lei_violencia_contra_mulher.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1401/lei_3_salmon_santana.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1402/lei_4_salmon_santana.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1405/corrida_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1420/novo_denominacao_semiterio_pl_regiane_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1454/modelo_cmpg_salmon_2025_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1457/oportunidade_de_emprego.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1463/pl_corrida_da_mulher_gab_pres_carol_monteiro.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1466/projeto_de_lei_empreendedorismo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1470/projeto_de_lei_2025_-_inclui_o_mes_de_abril_no_calendario_oficial_de_eventos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1471/projeto_de_lei_2025_-_institui_o_protocolo_azul_-_autismo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1472/pl_36_2025_gab_vera_eliza_gama.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1485/pl_-_fogos_de_artificio.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1511/pl_38_2025_gab_vera_carol_feira_de_ciencias.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1520/projeto_de_lei_2025_-_cria_a_semana_e_o_festival_do_agronegocio_em__porto_grande.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1524/inclusao_e_acessibilidade.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1525/carteirinha_do_deficiente.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1526/projeto_de_lei_2025_-_cria_o_festival_do_milho__no_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1527/pl_dispoe_sobre_a_politica__municipal_para_o__desenvolvimento_e_expansao_da_apicultura_e_meloponicultura.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1528/capacitacao_continua.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1529/disk_denuncia_bullying.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1539/pl_dispoe_sobre_a_politica__municipal_para_o__desenvolvimento_e_expansao_da_apicultura_e_meloponicultura.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1542/projeto_de_lei_2025_-_cria_o_cordao_girassol_no_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1544/projeto_de_lei_2025_-_institui_o_programa_de_capacitacao__sobre_o_tea_para_professores.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1570/projeto_de_lei_agressores_de_animais.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1607/pl_abacaxi_revisado1_page-0001.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1611/projeto_de_lei_2025_-_terapia_domiciliar_para_autistas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1615/pl_08_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1609/pl_09_tarcio._2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1628/pl_10_tarcio_20255b15d_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1658/projeto_de_lei_2025_-_dia_do_quadrilheiro.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_infraestrutura_mais_perto.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1691/projeto_vasconcelos_salmo_08.12.25.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1696/projeto_animal_sem_fome.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1697/projeto_pedrao.salmo_08.12.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1698/projeto_atila.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1699/projeto_obra_justificada.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1701/projeto_animal_sem_fome.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1703/festival_do_abacaxi_gospel.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1704/marcha_para_jesus_patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1705/projeto_barreto._salmo_08.12.2025.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1709/projeto_claudenor_salmon_08.12.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1711/projeto_eivis_cardoso_moraes.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1694/projeto_grau_2025_revisado_assinado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_antonio._salmo_08.12.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1724/projeto_de_lei_2025_-_colocao_de_antena_anti_linha_cortante_em_motocicletas.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_de_lei_2025_-_proibe__a_circulacao_de_caes_das_racas_pitbull_e_rottwiler_em_locais_publicos.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1741/projeto_de_acuidade_visual_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1742/projeto_de_lei_2025_-_grau_-_monobras_de_motos_e_bicicletas.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1743/projeto_reconhecimento_da_profissao_de_trancista_assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1756/pl_-_dispoe_sobre_a_criacao_do_programa_municipal_mulher_protegida_informacao_e_acolhimento.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1755/pl_programa_cacamba_social.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1757/deno_cemit_antonio_ceara_do_coco.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1760/pl_11_tarcio_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1776/modelo_pl_12_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1779/projeto_de_lei_2025_-_reconhece_as_atividades_off-road_como_pratica_esportiva_e_manifestacao_cultural.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1791/projeto_de_lei_2025_-_institui_o_programa_municipal_de_abrigos_nos_pontos_de_espera_do_transporte_escolar_no_municipio_de_porto_grande_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1795/projeto_de_lei_2025_-__dispoe_sobre_a_instalacao_de_equipamentos_contra_incendio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1796/pl_material_revisado.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1817/projeto_de_lei_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1823/regiane_e_eliza_25.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1824/pl_arena_reinaldo_assinado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1834/projeto_de_lei_2025_-_dispoe_sobre_a_obrigatoriedade_da_implantacao_de_ciclovias_e_ciclofaixas_em_projetos_de_construcao_de_novas_avenidas_e_ruas_bem_como_na_reforma_e_requalificacao_da.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1903/pl_13_tarcio_2025_assinado2_08.12.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1916/pl_ifa.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1316/resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1317/resolucao_02_assinado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1422/resolucao_no_03.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1517/pr_04_2025_corporativo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1739/projeto_de_resolucao_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1740/projeto_de_resolucao_painel.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1976/resolucao_7.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1518/pdl_04_2025_consignado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1714/projeto_decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1406/requerimento_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1493/requerimento_002_-_elielson_moraes__-_desmembramento_secretaria_esporte_e_cultura.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1496/requerimento_003_-_elielson_moraes__-_desmembramento_secretaria_agricultura_e_pesca.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1512/req_04_2025_gab_ver_jr_colares_cartao.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1513/req_05_2025_gab_ver_jr_colares_40_consignado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1567/req_fundo_cultura.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1637/requerimento_regiane_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1661/req_vera_eliza_gama_instituto_abraca-me_assinado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1680/req-paginas-3.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1686/requerimento_hopital_regional_assinado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1767/req_sueli_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1841/requerimento_02_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1251/ind_n01_salmon.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1252/ind_n02_salmon.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1253/ind_n03_salmon.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1254/ind_n04_salmon.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1255/ind_n05_salmon.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1256/ind_n06_salmon.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1257/ind_n07_salmon.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1258/ind_n08_salmon.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1259/ind_n09_salmon.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1260/ind_n10_salmon.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1261/ind_n11_salmon.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1262/ind_n12_salmon.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1263/ind_n13_salmon.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1268/ind_n14_carol.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1269/ind_n15_carol.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1270/ind_n16_carol.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1272/ind_2025_clecio_manoel_jacinto.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1273/ind_n19_carol.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1275/indicacao_07_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1276/indicacao_03_tarcio_leite_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1277/indicacao_01_tarcio_leite_2025.pdf_1_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1278/indicacao_04_tarcio_leite_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1279/indicacao_02_tarcio_leite_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1280/indicacao_05_tarcio_leite_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1281/indicacao_06_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1282/ind_n27_carol.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1283/ind_n28_carol.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1284/ind_n29_carol.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1285/ind_n30_carol.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1286/indicaa_a_o_nao_08_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1287/indicaa_a_o_nao_10_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1288/indicaa_a_o_nao_09_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1289/indicaa_a_o_nao_11_assinado.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1290/indicaa_a_o_nac2ba_14_assinado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1291/indicaa_a_o_nac2ba_15_assinado.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1292/indicaa_a_o_nao_12_assinado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1293/indicaa_a_o_nac2ba_13_assinado.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1295/indicacao_no_16_assinado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1297/indicacao_nc2ba_18_esp_assinado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_nc2ba_17_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1299/ind_n43_carol.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1300/ind_n44_carol.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1301/ind_n45_carol.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1302/ind_n46_carol.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1303/ind_n47_carol.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1305/ind_n48_nelson.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1306/ind_n49_nelson.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1307/ind_n50_nelson.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1308/ind_n51_jairison.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1309/ind_n52_jairison.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1310/ind_n53_nelson.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1311/ind_n54_nelson.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1312/ind_n55_nelson.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1313/ind_n56_nelson.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1319/camara_indicacao_infra_rua_001_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1320/camara_indicacao_infra_rua_12_de_outubro_assinado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1321/camara_indicacao_infra_rua_do_linhao_assinado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1322/camara_indicacao_academia_da_saude_._assinado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1323/ind_n62_jairisom.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1324/ind_n63_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1325/ind_n64_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1326/ind_n65_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1327/ind_n66_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1328/ind_n67_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1329/ind_n68_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1330/ind_n69_sueli.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1331/ind_n70__sueli.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_nc2ba_19_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1334/indicacao_nc2ba_22_agua_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1335/cria_o_centro_de_imagens_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_nc2ba_20_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_nc2ba_21_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1338/ind_carol_asfalto_matapi_pg.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1339/ind_2025_rocagem_da_esc_km_138.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1340/ind_2025_manutencao_recre_esc_matapi.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1341/ind_2025_forro_esc_munguba.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_nc2ba_25_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1343/ind_2025_reforma_ubs_matapi.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1346/indicacao_nc2ba_23_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1347/ind_2025_rocagem_da_esc_matapi.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1348/ind_2025_fossa_esc_ubs_munguba.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1349/ind_2025_asfalto_cupix_frente.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1350/ind_2025_odonto_cupuxi_e_munguba.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1351/ind_2025_waldez.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1352/ind_2025_ilum_ponte_brasil_tropical.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_nc2ba_24_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1354/ind_2025_poco_caiera.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1355/ind_2025_esc_amapari.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1356/ind_2025_rocagem_posto_munguba.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1357/ind_2025_bueiro_km_117.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1358/ind_2025_ilum_rua_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1359/linha_c_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1360/alzira_escola_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1361/ind_2025__linhao_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1362/cras_indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1363/ind_2025__trator_equidade.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1364/ind_2025_bueiro.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1365/ind_2025_campo_verde.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1366/ind_2025_dengue_rio.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1367/ind_2025_feira_municipal_malvinas.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1368/ind_2025_feira_municipal_seguranca.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1369/ind_2025_feira_municipal.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1370/ind_2025_ilum_manoel_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1371/ind_2025_limpeza_rua.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1372/ind_2025_ponto_espera_escolar.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1373/ind_2025_posto_pmap.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1374/castramovel_pg_assinado.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1375/exame_pccu_assinado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1377/ind_amcel_informatia_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_nc2ba_26_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1379/implantacao_triagem_neonatal_assinado.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_nc2ba_27_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1381/indicacao_nc2ba_28_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1387/area_6_sinalizacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_nc2ba_29_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1391/camara_indicacao_sinalizacao_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_nc2ba_30_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_013_-_prefeito_elielson_moraes.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1395/indicacao_nc2ba_31_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_014_-_prefeito_elielson_moraes.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_onibus_lilas.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_corrida_em_homenagem_ao_dia_internacional_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1415/ind_2025_ponte_linha_a_gov.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1416/ind_2025_patrol_no_matapi.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_de_estudo_araguari_assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_eluminacao_publica_area_6_rua_6_assinado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1410/006_2025_indicacao_ciclovia_calcadas_e_passarela.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1409/008_2025_indicacao_redutores_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1411/007_2025_indicacao_pick_up_endemias.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1412/indicacao_nc2ba_32_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_nc2ba_33_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_no_34_infra.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_nc2ba_35_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_no_137_de_2025_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_no_138_de_2025_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_no_139_de_2025_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_no_140_de_2025_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1428/010_2025_indicacao_servicos_de_limpeza_rua_e_avenida_manoel_cortez.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1429/009_2025_indicacao_tablets_equipes_esf_e_ace.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_no_143_de_2025_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_nc2ba_37_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_nc2ba_38_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1433/indicacao_nc2ba_39_rocagem_assinado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_nc2ba_43_davi_agro_assinado.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1435/indicacao_nc2ba_40_davi_assinado.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1436/indicacao_nc2ba_44_davi_pol_assinado.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1437/indicacao_nc2ba_41_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1438/tfd_porto_grande__281_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1439/indicacao_nc2ba_36_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1440/indica_ao_ministro_waldez_goes_a_construcao_de_uma_casa_de_farinha_completa_para_a_associacao_agepnefa_incluindo_todos_os_equip.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1441/indica_ao_ministro_waldez_goes_a_dotacao_de_recursos_para_aquisicao_de_equipamentos_industriais_para_a_despolpadeira_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1442/indica_ao_dnitap_a_imediata_instalacao_de_redutor_de_velocidade_lombada_na_entrada_do_bairro_area_6_no_municipio_de_porto_gra.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1443/indica_ao_prefeito_municipal_elielson_moraes_a_contratacao_de_um_tecnico_em_enfermagem_para_acompanhamento_especializado_dos_pac.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1444/indica_ao_ministro_waldez_goes_a_construcao_de_uma_casa_de_farinha_completa_com_todos_os_equipamentos_necessarios_para_a_associa.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1445/indica_ao_ilustrissimo_senhor_acacio_favacho_deputado_federal_a_liberacao_de_recursos_para_construcao_de_uma_escola_de_ensino_f.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1446/indica_ao_deputado_federal_josenildo_abrantes_a_doacao_de_duas_lanchas_escolares_para_o_transporte_seguro_de_criancas_ribeirinha.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_no_160_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_no_161_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1449/indicacao_no_162_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_no_163_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_no_164_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_nc2ba_53_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_nc2ba_48_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_nc2ba_51_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1459/indicacao_nc2ba_49_espor_assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1460/indicacao_nc2ba_50_assinado.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_no_45_rr_agro_assinado.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_no_44_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_nc2ba_52_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_014_-_secreterio_de_saude.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_013_-_prefeito_elielson_moraes.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_no_46_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_tendas_assinado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_iluminacao_publica_assinado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_medicamentos_controlados_assinado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1476/ind_boeiro_brasil_tropical.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1477/ind_travessar_23_vila_militar.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1478/ind_av_soldado_valdinei.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1479/ind_av_sgt_oracildo.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1480/ind_rua_geovana_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1481/ind_esc_acre.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1482/ind_av_soldado_valdinei.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1483/ind_rua_getulio_vargas.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_-_012_-_davi_alcolumbre_-_aquiscao_de_uma_casa_da_cultura_do_abacaxi.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1490/012_2025_indicacao_novo_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_-_010_-_davi_alcolumbre_-_aquiscao_de_uma_agroindustria_de_beneficiamento_da__fruticultura_-_-_copia.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1492/indicacao_-_008_-_waldez_goes_-_aquiscao_de_um_trator_e_implementos_-_manoel_jacinto.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1494/ind_guri.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1495/ind_192.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1497/011_2025_indicacao_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1498/013_2025_indicacao_festividades_religiosas.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_-_011-_waldez_goes_-_aquiscao_de_uma_plantadeira_de_abacaxi.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_-_009_-_waldez_goes_-_aquiscao_de_uma_agroindustria_de_beneficiamento_da__fruticultura_-_copia_-_copia.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1501/indicacao___-018_-_2025_-_governador_clesio_-__escola_maria_cristina_botelho.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1502/ind_198.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1508/ind_200_2025_gab_ver_carol_bj.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1509/ind_200_2025_gab_ver_carol_rocagem_e_manutencao_rua_l.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1510/ind_2025_ramal_galho_page-0001.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1514/ind_2025_linha_b.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1515/ind_2025_av_8_agosto.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1516/ind_2025_km_141_equatorial.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1521/indicacao_nc2ba_54_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1522/ind_gab_ver_pedro_jordao.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1523/indicacao_nc2ba_58_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_020_-_carlos_eduardo_instituto_leo_moura.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_nc2ba_60_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_nc2ba_57_saude5d_assinado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_nc2ba_61_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1534/indicacao_nc2ba_62_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_nc2ba_63_randolfe_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_nc2ba_64_josenildo_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_nc2ba_65_josenildo_assinado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_nc2ba_66_waldez_assinado.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao_nc2ba_59_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1545/indicacao_nc2ba_55_rocagem_assinado.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1546/014_2025_indicacao_ifa.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_021_-_prefeito_elielson_moraes_-_iluminacao_sao_jorge.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1548/015_2025_indicacao_aee_pagamento_professores.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1550/ccf13052025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1551/ccf13052025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1552/ccf13052025_0002.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1554/ccf13052025_0003.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1555/ccf13052025_0004.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1566/ind_240_jr_colares.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_pipa.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_-_023_-acacio_favacho__-_emenda_construcao__da_casa_da_cultura_do_abacaxi.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_-_024_-acacio_favacho__-_pocos_artesianos.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_antena_de_protecao.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_-_025_-_davi_alcolumbre_-_programa_luz_para_todos_-_manoel_jacinto.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_rua_soldado_miguel.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1583/indicacao_nc2ba_70_rocagem._escola_docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1584/indicacao_nc2ba_71_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_nc2ba_72_cea_assinado.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_026_-_prefeito_elielson_moraes_-manutencao_da_linha_h.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1587/020_2025_indicacao_pick_up_voadeira_e_motor.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1588/indicacao_nc2ba_67_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_nc2ba_68_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1590/021_2025_indicacao_codigo_sanitario.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_-_027_-luis_carlos__-_secretario_estadual_das_cidades.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1592/indicacao_nc2ba_69_infra_escola_assinado.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1593/ind_259_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1594/ind_260_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1595/ind_261_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_027_-_cristovao_-_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1600/ind_266_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1601/ind_267_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1602/ind_268_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1610/indicacao_029_-_prefeito_elielson_moraes_-equipe_multidisciplinar_autistas.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_nc2ba_73_rocagem._escola_docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_nc2ba_74_sec._juiventude_assinado.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_nc2ba_75_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1616/quadra_esc_maranhao.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1617/reparo_escola_maranhao.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1620/ind_279_2025_gab_vera_carol_monteiro.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1622/ind_281_2025_gab_vera_carol_monteiro.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1623/ind_282_2025_gab_vera_sueli_souza.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1624/ind_283_2025_gab_vera_sueli_souza.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1625/ind_284_2025_gab_vera_sueli_souza.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1626/ind_285_2025_gab_vera_sueli_souza.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1629/indicacao_invasao_do_aeroporto._assinado.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1630/indicacao_nc2ba_81_rocagem._docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1631/indicacao_nc2ba_77_rocagem._docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1632/indicacao_travessa_24_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_rua_01_bairro_nova_esperanca.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_av_janary_nunes_assinado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1635/indicacao_nc2ba_79_rocagem._docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1636/indicacao_rua_03_assinado.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_maria_luiza_manoel_cortez_assinado.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1639/indicacao_nc2ba_80_randolfe_assinado.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_76_adao_ferreira_assinado.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1641/indicacao_77_centro_wilson_assinado.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1642/indicacao_nc2ba_82_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_nc2ba_91_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1654/022_2025_indicacao_servicos_de_limpeza_bairro_manoel_cortez.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1655/indicacao_nc2ba_87_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_nc2ba_90_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_nc2ba_86_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_nc2ba_89_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1660/indicacao_nc2ba_85_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1662/ind_vera_eliza_gama_limpeza_cemiterio_matapi_assinado.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1663/indicacao_nc2ba_88_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1664/indicacao_nc2ba_84_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1665/indicacao_nc2ba_83_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1666/ind_vera_eliza_gama_cedido_ou_doado.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1673/indicac__casa_da_farinha_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1674/indicacao_centro_comunitario_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_3-_deputado_estadual_rodolfo_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_2-deputado_estadual_rodolfo_vale_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1677/indicac__tv_e_cadeiras_atualizado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_cemiterio_da_paz_assinado.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1679/indicac__iluminacao_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1685/indicacao_fibramialgia_estudo_00_assinado.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao-reparos_no_compressor_da_cadeira_odontologica_assinado.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1688/indicacao_reparos_nas_centrais_de_ar-condicionado_assinado.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1702/indicacao_029_-_prefeito_elielson_moraes_-combustivel_para_agricultores.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1706/indicacao_-_035_-vinicius_gurgel__-_aquisicao_de_combustivel.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_-_034_-_davi_alcolumbre_-_aquiscao_de_combustivel.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1708/indicacao_-_033_-_randolfe_rodrigues__combustivel_patrulha_mecanizada.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1710/indicacao_-_032_-_waldez_goes_-_combustivel_patrulha_mecanizada.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1712/indicacao_-_031-acacio_favacho.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1713/ind_1x_12_de_julho.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1719/indicacao___-016_-_2025_-_governador_clesio_-__cnh_social.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1722/indicacao_-_015_-vinicius_gurgel__-_emenda_cobertura_da_arquibancada_do_estadio_municipali.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_nc2ba_94_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1726/indicacao_-_038_-_dorivaldo_malafaia_-_aquiscao_de_uma_creche.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1727/indicacao_037_-_governador_clesio_luis_-equipe_multidisciplinar_autistas.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1728/indicacao_nc2ba_93_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1729/indicacao_-_039_-_randolfe_rodrigues__construao_do_ceo.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1730/indicacao_019_-_prefeito_elielson_moraes.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1731/indicacao_nc2ba_96_guarda_assinado.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1733/indicacao_nc2ba_92_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao___-017_-_2025_-_robotica_nas_escolas..pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_nc2ba_95_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_maria_luiza_manoel_cortez_assinado.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1746/ind_sueli_sala_lilas.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1747/ind_sueli_viatura_maria_da_penha.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1748/ind_sueli_del_mulher_pg.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1749/indicacao_novo_-1_-_paliativo_nas_linhas_a2cb2cc2cg_e_h._assinado.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_-_limpeza_do_portico_do_abacaxi_assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_tenda_trancistas_..._assinado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_1_-_retorno_do_setrap2c_para_realizacao_de_terraplanagem_colonia_agricola_do_matapi_assinado.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao-_limpeza_do_ramal_da_escola_estadual_matapi_i_assinado.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao-_limpeza_do_terreno2c_proximo_ao_estabelecimento_nereu_assinado.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1758/ind_sueli_sec_mulher.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1759/ind_eliza_sala_rosa.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1761/indicacao_nc2ba_98_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1762/indicacao_nc2ba_99_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1763/indicacao_nc2ba_100_malafaia.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1764/indicacao_106_tarcio_2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_academia_ao_ar_livre_assinado.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1766/ind_sueli_vias_manoel_cortez.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1768/ind_carol_cons_cid_territorio.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1769/ind_carol_caf.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1770/ind_carol_tratoritos.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1771/ind_carol_cent_form_prof.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1773/indicacao_nc2ba_102_edu_assinado.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1774/indicacao_108_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1775/indicacao_nc2ba_97_infra_2.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1777/indicacao_104_tarcio_2025.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1778/indicacao_101_tarcio_malafaia_reforma_2025_3.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_105_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1781/indicacao_107_tarcio_2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1782/indicacao_103_tarcio_2025_3.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1783/indicacao_103_tarcio_2025_3.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1784/indicacao_109_tarcio_malafaia_reforma_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1785/indicacao-_governador2c_setrap_2c_que_seja_feita_terraplanagem_no_assentamneto_nova_canaa_assinado.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1786/indicacao-_senador_davi2c_trator_de_roda_para_o_apram_assinado.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1787/indicacao-_senandor_davi_alcolumbre2c_trator_de_rodas-munguba._assinado.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1788/indicacao_-_prefeito_elielson_-_iluminacao_publica_na_feira_do_agricultor_assinado.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1789/indicacao-_governandor_2c_setrap2c_munbuba_assinado.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1790/indicacao-_davi_alcolumbre2c_trator_de_rodas_assinado.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1792/ind_jr_colares_limpeza_de_canal.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1793/ind_jr_colares_bueiros.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1794/ind_jr_colares_reforma_quadra.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao_040_-_prefeito_elielson_moraes_-_iluminacao___eterraplanagem_no_bairro_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1798/ind_2025_setrap_munguba.docx" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1799/ind_2025_rurap_equipamentos.docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_110_tarcio_mapa_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1801/ind_2025_seed_escola_airton_sena.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_111_tarcio_mascote_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1803/023_2025_indicacao_servicos_de_limpeza_aeroporto_rua_nova_brasilia.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1808/ind_2025_lombada_frente_prefeitura.docx" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1809/ind_2025_lombada_estrada.docx" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1810/ind_2025_davi_asfalto.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1811/ind_2025_randolfe_asfalto.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao_iluminacao_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_nova_colina.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_limpeza_do_lago.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1816/indicacao_limpeza_do_lago.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1818/indicacao_trator.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1819/indicacao_trevao_uai.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1820/indicacao__equatorial_secretario_danilo.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1821/indicacao__diabetes.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1822/indicacao-_prefeito_elielson2cpaliativo_no_ramal_do_piasaca_assinado.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_-_041_-_randolfe_rodrigues__van_odontologica.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao__equipe_de_limpeza.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1827/indicacao_-_042_-_davi_alcolumbre_-_aquiscao_de_unidade_movel_odontologica.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_alameda_1.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1829/indicacao_-_deput_marcivania2c_aquisicao_de_um_onibus_para_amaem_assinado.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_bairro_manoel_cortez.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao__setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_pista_de_atletismo.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1833/indicacao_construcao_de_uma_creche_no_bairro_nova_esperanca.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao___-043_-_2025_-_sandra_casemiro__-_reforma_da_escola_maria_cristina_botelho.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao___-044_-_2025_-__john_david_belique_covre__infraestrutura__-_reforma_da_escola_maria_cristina_botelho_-_copia.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1837/indicacao_davi_-_trator_de_roupa_para_apraaf_assinado.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1839/indicacao_nc2ba_115_iluminacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1840/indicacao_nc2ba_113_iluminacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1842/indicacao_nc2ba_111_iluminacao_143_assinado.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_nc2ba_112_iluminacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1844/indicacao_nc2ba_114_iluminacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1845/indicacao_430.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1846/indicacao_431.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao_432.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao_433.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao_434.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao_435.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao_436.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao_437.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1853/ind_2025_andre_escavadeira_e_rolo_compactador.docx" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1854/ind_limpeza_linha_g.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1855/ind_ultrassonografia.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_ubs_wendel.docx" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_final_lnha_b.docx" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_-_046_-_dorivaldo_malafaia_-_aquiscao_de_um_mamografo_digital.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_monte_castelo.docx" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_faixa_de_pedestre_elevada_crecher_manoel_cortez.docx" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1862/ind_cemiterio.docx" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1863/ind_km_121.docx" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1866/indicacao_nc2ba_116_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_nc2ba_117_sec._igualdade_racial_assinado.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_nc2ba_118_fundesa_assinado.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_119_tarcio_central_do_enem_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_nc2ba_120_castramovel_assinado.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1876/ind_2025_sinalizacao_das_ruas_do_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao__poda__aer_..docx" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_trav_01_aer__limpeza.docx" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_2025_sinalizacao_das_ruas_do_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1882/indicacao_-_deput_marcivania2c_aquisicao_de_um_onibus_para_amaem_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1883/deputada_federal_-_marcivania2c_emenda_parlamentar_aspa-pg_._assinado.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1884/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_amaem_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1885/indicacao-_senador_davi2c_trator_de_roda_para_o_apram_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1886/davi_acomlubre_-_14_km_de_pavimentacao_colonia_agricola_do_matapi_assinado.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1887/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_asoamp_assinado.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1888/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_apram_assinado.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1889/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_apraaf_assinado.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_pref_eleilson2c_fornecimento_de_lanche_leve_para_as_ubs_na_zona_rural_._28129.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1891/indicacao_prefeito_elielson2c_instalacao_do_parque_na_arena_linha_27a27_28129.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1892/indicacao2c_deputada_marcivania2c_construcao_de_um_centro_comunitario_e_uma_academia_linha_2727a__28129.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1893/indicacao_davi_-_trator_de_roda_para_apraaf_assinado_1_1.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1894/indicacao_121_tarcio_malafaia_reforma_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1895/indicacao_122_tarcio_unifap_reitor.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1896/024_2025_indicacao_sinalizacao_vias_pavimentadas_.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_nc2ba_123_davi_pol_assinado.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_125_tarcio_sec._juventude_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_nc2ba_128_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_127_tarcio_sec._juventude_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1901/indicacao_126_tarcio_sec._juventude_2025_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1902/indicacao_124_tarcio_sec._juventude_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1906/ind_caixa_dagua_do_bairro_aeroporto..docx" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao2c_ministro_waldez-_poco_artesianos_com_sistema_de_energia_solar._assinado.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1908/indicar_-_dep_marcivania2c_viabilizar_recursos_construcao_de_uma_escola_fundamental_i_e_ii_-_bairro_manoel_cortes_assinado.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1909/ind_ramal_do_km_121_bode_e_no_ramal_da_linha_b_do_matapi.docx" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1910/ind_rua_gerino_porto.docx" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1911/indicar2c_gov_clecio_luis2c_junto_ao_sdr_-ap2c_viabilizar_22c5_ton_de_calcario_ao_pg_assinado.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1912/indicar2c_ministro_waldez_-_medidas_compensatorias_aos_agricultores_do_porto_grande__assinado.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1913/indicar_2c_gov_clecio_luiz2c_junto_ao_sdr_-ap_trator_de_esteira_ao_pg_assinado.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1914/indcacao_ver_carol_dep._malafaia_2.docx" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_nc2ba_130_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_nc2ba_131_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_nc2ba_132_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1929/ind_ramal_alagamento.docx" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1930/indicacao_nc2ba_129_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1931/indicacao_nc2ba_134_malafaia.escolapol_assinado.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao_nc2ba_136_lucas_abrahao.unifap_pol_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao_nc2ba_135_marcivania.unifap_pol_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_-_setrap2c_ponte_do_matapi_assinado.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao2cseed-_ee_sao_francisco_de_assis_assinado.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_nc2ba_139_infra_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_nc2ba_138_malafaia.br_pol_assinado.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao_nc2ba_137_davi.br_pol_assinado.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao_nc2ba_133_malafaia.unifap_pol_assinado.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1946/ind_02_12_2025_munguba.docx" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1947/ind_02_12_2025_rua_pedro_texeira.docx" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1948/ind_02_12_2025_odontologica_da_ubs_manoel_pereira.docx" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1949/ind_02_12_2025placas_de_sinalizacao.docx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1950/ind_02_12_2025placas_de_energia.docx" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1956/2_ind_2025_instalacao_de_uma_academia_ao_ar_livre_na_praca_localizada_na_pista_do_aeroporto.docx" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1957/3_ind_2025_nstalacao_de_brinquedos_infantis_na_praca_wilson_conhecida_como_praca_da_subestacao.docx" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao_ubs_wender_-_central_de_ar_assinado.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao_-_ubs_manoel_s_p_2c_cadeira_odontologica_assinado.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1961/1_ind_2025_quadra_poliesportiva_na_escola_estadual_campo_verde.docx" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1962/indicacao_-_escola_municipal_alzira_de_queiroz2c_central_de_ar._assinado.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_ubs_wender_rodrigues_-_abastecimento_farmacia_assinado.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1965/4_ind_2025_construcao_de_uma_escola_municipal_de_ensino_fundamental__anos_iniciais_e_finais_1o_ao_9o_ano__no_bairro_manoel_cortez.docx" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_emenda_para_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_camera_360.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_aplicativo_municipal_de_servicos.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_totens.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao_ambulancia_4x4.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1982/indicacao_programa_proteses.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1983/indicacao_adote_uma_praca.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_pev.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1986/mais_medicos.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1987/indicacao_saude_mental.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1988/indicacao_lombada_e_semaforo.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1989/indicacao_bope.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1990/indicacao_construcao_de_um_refeitorio.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1991/mais_medicos.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_drenagem_alameda_5.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1993/indicacao_farmacia_municipal.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1994/indicacao_rota_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1995/indicacao_museu.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1996/indicacao_onibus_circular.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_raimundo_costa_pereira.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1998/indicacao_ciclovia_estruturada.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1999/indicacao_feira_todo_dia.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2000/indicacao_violencia_contra_mulher.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_fiacao_141.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2003/indicacao_539-tarcio.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1452/moc_01_2025_gab_vera_carol.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1453/moc_02_2025_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1692/mocao_de_aplausos_0002.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1693/moncao_de_aplausos_e_reconhecimento_-_gedian_oliveira__-_jungle_fight_138.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1695/moncao_de_aplausos_e_reconhecimento_-_quadrilhas_juninas.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1700/mocao_de_aplausos_0001.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1736/mocao_02_tarcio._2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1737/mocao_01_tarcio._2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1745/mocao_03_tarcio._2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1838/moncao_de_aplausos_e_reconhecimento_a_professores_diretores_e_coordenadores_da_participacao_da_feceap.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1945/mocao_de_aplauso_ao_atleta_bruno_moura.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1964/mc_rosangela.docx" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1725/pmlo._01_tarcio_leite_assinado.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1627/mensagem_de_veto.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1857/veto_002.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1581/parecer_03_2025.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1582/parecer_04_2025_.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1608/par_cljrf.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1684/parecer_10_comissao.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1870/parecer_pdf.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1871/parecer_comissao_orcamento.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1879/parecer_da_comissao_de_legislacao_e_justica-ldo_29.10.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1880/parecer_comissao_de_orcamento_e_financas__014-_29.10.25.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1904/parecer_da_comissao_de_legislacao_e_justica-loa.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1905/parecer_da_comissao_de_orcamento_e_financas-loa.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1919/parecer_no17_cljrf.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1920/parecer_no18_cof.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1921/parecer_no_19_cljrf.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1922/parecer_no_20_cof.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1923/parecer_no_21_cljrf.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1924/parecer_no_22_cof.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1937/parecer_24_cljrf.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1942/parecer_do_pll_no_53.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1943/parecer_do_pll_no_55.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1944/parecer_pll_no_70.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1951/par._57_cljrf.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1952/par._57_cof.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1953/par._59_cljrf.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1954/par._59_cof.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1955/par_65_cljrf.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1959/par.65_cof.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1966/par._66_cljrf.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1967/par.66_cof.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1968/par._69_cljrf.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1969/par.69_cof.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1970/par._77_cljrf.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1971/par._77_cof.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1972/par.87_cljrf.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1973/par._87_cof.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1974/par._cljrf_89.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1975/par._cof_89.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2002/img002_merged.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1577/mensagem_ao_institui_o_ciencia_em_movimento_programa_municipal_de_incentivo_a_iniciacao_cientifica_na_rede_publica_de_ensino_de_porto_grande_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1580/men_05_2025.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1644/mensagem_ao_pl_09_2025_-_convalidacao.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1646/projeto_de_lei_10-paginas.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1718/mens_pl_13_turismo.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1918/mensagem_ao_pl_no_15_conselho.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1936/mensagem_ao_pl_ifa1.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2004/emenda_impositiva_vereadora_sueli_4.docx" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2005/ei_carol.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2006/emenda_impositiva_tarcio.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2007/ei_eliza.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2008/emenda_impositiva_vereadora_regiane_oficial_2.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2009/ei_junior_colares.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2010/ei_guri.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2011/ei_pedro_jordao.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2012/projeto_de_lei_2025_-_emenda_impositiva_1_nelson.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2013/emenda_impositiva_vereador_conjaki_2.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2015/1874/ata_2025.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1875/ata_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H597"/>
+  <dimension ref="A1:H752"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="164.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -7361,15273 +9152,19303 @@
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H11" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>51</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="D12" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="F12" t="s">
+      <c r="H12" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>56</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B13" t="s">
-[...11 lines deleted...]
-      <c r="F13" t="s">
+      <c r="H13" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="B14" t="s">
-[...14 lines deleted...]
-      <c r="G14" s="1" t="s">
+      <c r="H14" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" t="s">
         <v>64</v>
       </c>
-      <c r="B15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="F15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="D16" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E16" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="F16" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H16" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>73</v>
+        <v>24</v>
       </c>
       <c r="D17" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E17" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="F17" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>74</v>
       </c>
       <c r="H17" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>76</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
+        <v>28</v>
+      </c>
+      <c r="D18" t="s">
+        <v>64</v>
+      </c>
+      <c r="E18" t="s">
+        <v>65</v>
+      </c>
+      <c r="F18" t="s">
         <v>77</v>
-      </c>
-[...7 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>78</v>
       </c>
       <c r="H18" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>80</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E19" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="F19" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H19" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>36</v>
+        <v>85</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E20" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="F20" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>14</v>
+        <v>86</v>
       </c>
       <c r="H20" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>40</v>
+        <v>89</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="F21" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="H21" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E22" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="F22" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="H22" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="D23" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E23" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="F23" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>93</v>
+        <v>14</v>
       </c>
       <c r="H23" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="D24" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E24" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="F24" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H24" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>100</v>
+        <v>44</v>
       </c>
       <c r="D25" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E25" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="F25" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H25" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>104</v>
+        <v>48</v>
       </c>
       <c r="D26" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E26" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="F26" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>105</v>
       </c>
       <c r="H26" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>107</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
+        <v>52</v>
+      </c>
+      <c r="D27" t="s">
+        <v>64</v>
+      </c>
+      <c r="E27" t="s">
+        <v>65</v>
+      </c>
+      <c r="F27" t="s">
+        <v>70</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="D27" t="s">
-[...8 lines deleted...]
-      <c r="G27" s="1" t="s">
+      <c r="H27" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>110</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>56</v>
+      </c>
+      <c r="D28" t="s">
+        <v>64</v>
+      </c>
+      <c r="E28" t="s">
+        <v>65</v>
+      </c>
+      <c r="F28" t="s">
+        <v>70</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="B28" t="s">
-[...2 lines deleted...]
-      <c r="C28" t="s">
+      <c r="H28" t="s">
         <v>112</v>
-      </c>
-[...13 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>113</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>60</v>
+      </c>
+      <c r="D29" t="s">
+        <v>64</v>
+      </c>
+      <c r="E29" t="s">
+        <v>65</v>
+      </c>
+      <c r="F29" t="s">
+        <v>70</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H29" t="s">
         <v>115</v>
-      </c>
-[...19 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>116</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>117</v>
+      </c>
+      <c r="D30" t="s">
+        <v>64</v>
+      </c>
+      <c r="E30" t="s">
+        <v>65</v>
+      </c>
+      <c r="F30" t="s">
+        <v>70</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="H30" t="s">
         <v>119</v>
-      </c>
-[...19 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>120</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>121</v>
+      </c>
+      <c r="D31" t="s">
+        <v>64</v>
+      </c>
+      <c r="E31" t="s">
+        <v>65</v>
+      </c>
+      <c r="F31" t="s">
+        <v>70</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H31" t="s">
         <v>123</v>
-      </c>
-[...19 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>124</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>125</v>
+      </c>
+      <c r="D32" t="s">
+        <v>64</v>
+      </c>
+      <c r="E32" t="s">
+        <v>65</v>
+      </c>
+      <c r="F32" t="s">
+        <v>70</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H32" t="s">
         <v>127</v>
-      </c>
-[...19 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>128</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>129</v>
+      </c>
+      <c r="D33" t="s">
+        <v>64</v>
+      </c>
+      <c r="E33" t="s">
+        <v>65</v>
+      </c>
+      <c r="F33" t="s">
+        <v>70</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="H33" t="s">
         <v>131</v>
-      </c>
-[...19 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>132</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>133</v>
+      </c>
+      <c r="D34" t="s">
+        <v>64</v>
+      </c>
+      <c r="E34" t="s">
+        <v>65</v>
+      </c>
+      <c r="F34" t="s">
+        <v>70</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="H34" t="s">
         <v>135</v>
-      </c>
-[...19 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>136</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>137</v>
+      </c>
+      <c r="D35" t="s">
+        <v>64</v>
+      </c>
+      <c r="E35" t="s">
+        <v>65</v>
+      </c>
+      <c r="F35" t="s">
+        <v>66</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H35" t="s">
         <v>139</v>
-      </c>
-[...19 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>140</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>141</v>
+      </c>
+      <c r="D36" t="s">
+        <v>64</v>
+      </c>
+      <c r="E36" t="s">
+        <v>65</v>
+      </c>
+      <c r="F36" t="s">
+        <v>66</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="H36" t="s">
         <v>143</v>
-      </c>
-[...19 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>144</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>145</v>
+      </c>
+      <c r="D37" t="s">
+        <v>64</v>
+      </c>
+      <c r="E37" t="s">
+        <v>65</v>
+      </c>
+      <c r="F37" t="s">
+        <v>66</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H37" t="s">
         <v>147</v>
-      </c>
-[...19 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>148</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>149</v>
+      </c>
+      <c r="D38" t="s">
+        <v>64</v>
+      </c>
+      <c r="E38" t="s">
+        <v>65</v>
+      </c>
+      <c r="F38" t="s">
+        <v>66</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="H38" t="s">
         <v>151</v>
-      </c>
-[...19 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>152</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>153</v>
+      </c>
+      <c r="D39" t="s">
+        <v>64</v>
+      </c>
+      <c r="E39" t="s">
+        <v>65</v>
+      </c>
+      <c r="F39" t="s">
+        <v>66</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H39" t="s">
         <v>155</v>
-      </c>
-[...19 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="D40" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E40" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="F40" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="H40" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="D41" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E41" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="F41" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="H41" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>164</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>165</v>
+      </c>
+      <c r="D42" t="s">
+        <v>64</v>
+      </c>
+      <c r="E42" t="s">
+        <v>65</v>
+      </c>
+      <c r="F42" t="s">
+        <v>166</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="H42" t="s">
         <v>168</v>
-      </c>
-[...19 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>169</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>170</v>
+      </c>
+      <c r="D43" t="s">
+        <v>64</v>
+      </c>
+      <c r="E43" t="s">
+        <v>65</v>
+      </c>
+      <c r="F43" t="s">
+        <v>66</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="H43" t="s">
         <v>172</v>
-      </c>
-[...19 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>173</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>174</v>
+      </c>
+      <c r="D44" t="s">
+        <v>64</v>
+      </c>
+      <c r="E44" t="s">
+        <v>65</v>
+      </c>
+      <c r="F44" t="s">
+        <v>66</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H44" t="s">
         <v>176</v>
-      </c>
-[...19 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>177</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>178</v>
+      </c>
+      <c r="D45" t="s">
+        <v>64</v>
+      </c>
+      <c r="E45" t="s">
+        <v>65</v>
+      </c>
+      <c r="F45" t="s">
+        <v>96</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H45" t="s">
         <v>180</v>
-      </c>
-[...19 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>181</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>182</v>
+      </c>
+      <c r="D46" t="s">
+        <v>64</v>
+      </c>
+      <c r="E46" t="s">
+        <v>65</v>
+      </c>
+      <c r="F46" t="s">
+        <v>66</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="H46" t="s">
         <v>184</v>
-      </c>
-[...19 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D47" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E47" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="F47" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="H47" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="D48" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E48" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="F48" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="H48" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>193</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>194</v>
+      </c>
+      <c r="D49" t="s">
+        <v>64</v>
+      </c>
+      <c r="E49" t="s">
+        <v>65</v>
+      </c>
+      <c r="F49" t="s">
+        <v>195</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="H49" t="s">
         <v>197</v>
-      </c>
-[...19 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>198</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>199</v>
+      </c>
+      <c r="D50" t="s">
+        <v>64</v>
+      </c>
+      <c r="E50" t="s">
+        <v>65</v>
+      </c>
+      <c r="F50" t="s">
+        <v>96</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H50" t="s">
         <v>201</v>
-      </c>
-[...19 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>202</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>203</v>
+      </c>
+      <c r="D51" t="s">
+        <v>64</v>
+      </c>
+      <c r="E51" t="s">
+        <v>65</v>
+      </c>
+      <c r="F51" t="s">
+        <v>96</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="H51" t="s">
         <v>205</v>
-      </c>
-[...19 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>206</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>207</v>
+      </c>
+      <c r="D52" t="s">
+        <v>64</v>
+      </c>
+      <c r="E52" t="s">
+        <v>65</v>
+      </c>
+      <c r="F52" t="s">
+        <v>70</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="H52" t="s">
         <v>209</v>
-      </c>
-[...19 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>210</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>211</v>
+      </c>
+      <c r="D53" t="s">
+        <v>64</v>
+      </c>
+      <c r="E53" t="s">
+        <v>65</v>
+      </c>
+      <c r="F53" t="s">
+        <v>66</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="H53" t="s">
         <v>213</v>
-      </c>
-[...19 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>214</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>215</v>
+      </c>
+      <c r="D54" t="s">
+        <v>64</v>
+      </c>
+      <c r="E54" t="s">
+        <v>65</v>
+      </c>
+      <c r="F54" t="s">
+        <v>66</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="H54" t="s">
         <v>217</v>
-      </c>
-[...19 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>218</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>219</v>
+      </c>
+      <c r="D55" t="s">
+        <v>64</v>
+      </c>
+      <c r="E55" t="s">
+        <v>65</v>
+      </c>
+      <c r="F55" t="s">
+        <v>70</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="H55" t="s">
         <v>221</v>
-      </c>
-[...19 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>222</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>223</v>
+      </c>
+      <c r="D56" t="s">
+        <v>64</v>
+      </c>
+      <c r="E56" t="s">
+        <v>65</v>
+      </c>
+      <c r="F56" t="s">
+        <v>70</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H56" t="s">
         <v>225</v>
-      </c>
-[...19 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>226</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>227</v>
+      </c>
+      <c r="D57" t="s">
+        <v>64</v>
+      </c>
+      <c r="E57" t="s">
+        <v>65</v>
+      </c>
+      <c r="F57" t="s">
+        <v>66</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="H57" t="s">
         <v>229</v>
-      </c>
-[...19 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>230</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>231</v>
+      </c>
+      <c r="D58" t="s">
+        <v>64</v>
+      </c>
+      <c r="E58" t="s">
+        <v>65</v>
+      </c>
+      <c r="F58" t="s">
+        <v>66</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H58" t="s">
         <v>233</v>
-      </c>
-[...19 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>234</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>235</v>
+      </c>
+      <c r="D59" t="s">
+        <v>64</v>
+      </c>
+      <c r="E59" t="s">
+        <v>65</v>
+      </c>
+      <c r="F59" t="s">
+        <v>70</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="H59" t="s">
         <v>237</v>
-      </c>
-[...19 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>238</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>239</v>
+      </c>
+      <c r="D60" t="s">
+        <v>64</v>
+      </c>
+      <c r="E60" t="s">
+        <v>65</v>
+      </c>
+      <c r="F60" t="s">
+        <v>70</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="H60" t="s">
         <v>241</v>
-      </c>
-[...19 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D61" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E61" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="F61" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="H61" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="D62" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E62" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="F62" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="H62" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>250</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>251</v>
+      </c>
+      <c r="D63" t="s">
+        <v>64</v>
+      </c>
+      <c r="E63" t="s">
+        <v>65</v>
+      </c>
+      <c r="F63" t="s">
+        <v>252</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H63" t="s">
         <v>254</v>
-      </c>
-[...19 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>255</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>256</v>
+      </c>
+      <c r="D64" t="s">
+        <v>64</v>
+      </c>
+      <c r="E64" t="s">
+        <v>65</v>
+      </c>
+      <c r="F64" t="s">
+        <v>70</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="H64" t="s">
         <v>258</v>
-      </c>
-[...19 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>259</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>260</v>
+      </c>
+      <c r="D65" t="s">
+        <v>64</v>
+      </c>
+      <c r="E65" t="s">
+        <v>65</v>
+      </c>
+      <c r="F65" t="s">
+        <v>77</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H65" t="s">
         <v>262</v>
-      </c>
-[...19 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>263</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>264</v>
+      </c>
+      <c r="D66" t="s">
+        <v>64</v>
+      </c>
+      <c r="E66" t="s">
+        <v>65</v>
+      </c>
+      <c r="F66" t="s">
+        <v>77</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H66" t="s">
         <v>266</v>
-      </c>
-[...19 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>267</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>268</v>
+      </c>
+      <c r="D67" t="s">
+        <v>64</v>
+      </c>
+      <c r="E67" t="s">
+        <v>65</v>
+      </c>
+      <c r="F67" t="s">
+        <v>77</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H67" t="s">
         <v>270</v>
-      </c>
-[...19 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>271</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>272</v>
+      </c>
+      <c r="D68" t="s">
+        <v>64</v>
+      </c>
+      <c r="E68" t="s">
+        <v>65</v>
+      </c>
+      <c r="F68" t="s">
+        <v>70</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H68" t="s">
         <v>274</v>
-      </c>
-[...19 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>275</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>276</v>
+      </c>
+      <c r="D69" t="s">
+        <v>64</v>
+      </c>
+      <c r="E69" t="s">
+        <v>65</v>
+      </c>
+      <c r="F69" t="s">
+        <v>66</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H69" t="s">
         <v>278</v>
-      </c>
-[...19 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>279</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>280</v>
+      </c>
+      <c r="D70" t="s">
+        <v>64</v>
+      </c>
+      <c r="E70" t="s">
+        <v>65</v>
+      </c>
+      <c r="F70" t="s">
+        <v>66</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H70" t="s">
         <v>282</v>
-      </c>
-[...19 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>283</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>284</v>
+      </c>
+      <c r="D71" t="s">
+        <v>64</v>
+      </c>
+      <c r="E71" t="s">
+        <v>65</v>
+      </c>
+      <c r="F71" t="s">
+        <v>66</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H71" t="s">
         <v>286</v>
-      </c>
-[...19 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>287</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>288</v>
+      </c>
+      <c r="D72" t="s">
+        <v>64</v>
+      </c>
+      <c r="E72" t="s">
+        <v>65</v>
+      </c>
+      <c r="F72" t="s">
+        <v>66</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="H72" t="s">
         <v>290</v>
-      </c>
-[...19 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>291</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>292</v>
+      </c>
+      <c r="D73" t="s">
+        <v>64</v>
+      </c>
+      <c r="E73" t="s">
+        <v>65</v>
+      </c>
+      <c r="F73" t="s">
+        <v>66</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="H73" t="s">
         <v>294</v>
-      </c>
-[...19 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>295</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>296</v>
+      </c>
+      <c r="D74" t="s">
+        <v>64</v>
+      </c>
+      <c r="E74" t="s">
+        <v>65</v>
+      </c>
+      <c r="F74" t="s">
+        <v>66</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H74" t="s">
         <v>298</v>
-      </c>
-[...19 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>299</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>300</v>
+      </c>
+      <c r="D75" t="s">
+        <v>64</v>
+      </c>
+      <c r="E75" t="s">
+        <v>65</v>
+      </c>
+      <c r="F75" t="s">
+        <v>66</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="H75" t="s">
         <v>302</v>
-      </c>
-[...19 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>303</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>304</v>
+      </c>
+      <c r="D76" t="s">
+        <v>64</v>
+      </c>
+      <c r="E76" t="s">
+        <v>65</v>
+      </c>
+      <c r="F76" t="s">
+        <v>66</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H76" t="s">
         <v>306</v>
-      </c>
-[...19 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>307</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>308</v>
+      </c>
+      <c r="D77" t="s">
+        <v>64</v>
+      </c>
+      <c r="E77" t="s">
+        <v>65</v>
+      </c>
+      <c r="F77" t="s">
+        <v>66</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H77" t="s">
         <v>310</v>
-      </c>
-[...19 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>311</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>312</v>
+      </c>
+      <c r="D78" t="s">
+        <v>64</v>
+      </c>
+      <c r="E78" t="s">
+        <v>65</v>
+      </c>
+      <c r="F78" t="s">
+        <v>66</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H78" t="s">
         <v>314</v>
-      </c>
-[...19 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>315</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>316</v>
+      </c>
+      <c r="D79" t="s">
+        <v>64</v>
+      </c>
+      <c r="E79" t="s">
+        <v>65</v>
+      </c>
+      <c r="F79" t="s">
+        <v>66</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="H79" t="s">
         <v>318</v>
-      </c>
-[...19 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>319</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>320</v>
+      </c>
+      <c r="D80" t="s">
+        <v>64</v>
+      </c>
+      <c r="E80" t="s">
+        <v>65</v>
+      </c>
+      <c r="F80" t="s">
+        <v>66</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="H80" t="s">
         <v>322</v>
-      </c>
-[...19 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>323</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>324</v>
+      </c>
+      <c r="D81" t="s">
+        <v>64</v>
+      </c>
+      <c r="E81" t="s">
+        <v>65</v>
+      </c>
+      <c r="F81" t="s">
+        <v>166</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="H81" t="s">
         <v>326</v>
-      </c>
-[...19 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>327</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>328</v>
+      </c>
+      <c r="D82" t="s">
+        <v>64</v>
+      </c>
+      <c r="E82" t="s">
+        <v>65</v>
+      </c>
+      <c r="F82" t="s">
+        <v>66</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H82" t="s">
         <v>330</v>
-      </c>
-[...19 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>331</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>332</v>
+      </c>
+      <c r="D83" t="s">
+        <v>64</v>
+      </c>
+      <c r="E83" t="s">
+        <v>65</v>
+      </c>
+      <c r="F83" t="s">
+        <v>70</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="H83" t="s">
         <v>334</v>
-      </c>
-[...19 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>335</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>336</v>
+      </c>
+      <c r="D84" t="s">
+        <v>64</v>
+      </c>
+      <c r="E84" t="s">
+        <v>65</v>
+      </c>
+      <c r="F84" t="s">
+        <v>70</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="H84" t="s">
         <v>338</v>
-      </c>
-[...19 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>339</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>340</v>
+      </c>
+      <c r="D85" t="s">
+        <v>64</v>
+      </c>
+      <c r="E85" t="s">
+        <v>65</v>
+      </c>
+      <c r="F85" t="s">
+        <v>166</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="H85" t="s">
         <v>342</v>
-      </c>
-[...19 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>343</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>344</v>
+      </c>
+      <c r="D86" t="s">
+        <v>64</v>
+      </c>
+      <c r="E86" t="s">
+        <v>65</v>
+      </c>
+      <c r="F86" t="s">
+        <v>70</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="H86" t="s">
         <v>346</v>
-      </c>
-[...19 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>347</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>348</v>
+      </c>
+      <c r="D87" t="s">
+        <v>64</v>
+      </c>
+      <c r="E87" t="s">
+        <v>65</v>
+      </c>
+      <c r="F87" t="s">
+        <v>166</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="H87" t="s">
         <v>350</v>
-      </c>
-[...19 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>351</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>352</v>
+      </c>
+      <c r="D88" t="s">
+        <v>64</v>
+      </c>
+      <c r="E88" t="s">
+        <v>65</v>
+      </c>
+      <c r="F88" t="s">
+        <v>70</v>
+      </c>
+      <c r="G88" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="B88" t="s">
-[...2 lines deleted...]
-      <c r="C88" t="s">
+      <c r="H88" t="s">
         <v>354</v>
-      </c>
-[...13 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>355</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>356</v>
+      </c>
+      <c r="D89" t="s">
+        <v>64</v>
+      </c>
+      <c r="E89" t="s">
+        <v>65</v>
+      </c>
+      <c r="F89" t="s">
+        <v>70</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="B89" t="s">
-[...2 lines deleted...]
-      <c r="C89" t="s">
+      <c r="H89" t="s">
         <v>358</v>
-      </c>
-[...13 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>359</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
         <v>360</v>
       </c>
-      <c r="B90" t="s">
-[...2 lines deleted...]
-      <c r="C90" t="s">
+      <c r="D90" t="s">
+        <v>64</v>
+      </c>
+      <c r="E90" t="s">
+        <v>65</v>
+      </c>
+      <c r="F90" t="s">
+        <v>166</v>
+      </c>
+      <c r="G90" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="D90" t="s">
-[...8 lines deleted...]
-      <c r="G90" s="1" t="s">
+      <c r="H90" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>363</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
         <v>364</v>
       </c>
-      <c r="B91" t="s">
-[...2 lines deleted...]
-      <c r="C91" t="s">
+      <c r="D91" t="s">
+        <v>64</v>
+      </c>
+      <c r="E91" t="s">
+        <v>65</v>
+      </c>
+      <c r="F91" t="s">
+        <v>77</v>
+      </c>
+      <c r="G91" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="D91" t="s">
-[...8 lines deleted...]
-      <c r="G91" s="1" t="s">
+      <c r="H91" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>367</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
         <v>368</v>
       </c>
-      <c r="B92" t="s">
-[...2 lines deleted...]
-      <c r="C92" t="s">
+      <c r="D92" t="s">
+        <v>64</v>
+      </c>
+      <c r="E92" t="s">
+        <v>65</v>
+      </c>
+      <c r="F92" t="s">
+        <v>96</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H92" t="s">
         <v>369</v>
-      </c>
-[...13 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>370</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>371</v>
+      </c>
+      <c r="D93" t="s">
+        <v>64</v>
+      </c>
+      <c r="E93" t="s">
+        <v>65</v>
+      </c>
+      <c r="F93" t="s">
+        <v>77</v>
+      </c>
+      <c r="G93" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="B93" t="s">
-[...2 lines deleted...]
-      <c r="C93" t="s">
+      <c r="H93" t="s">
         <v>373</v>
-      </c>
-[...13 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>374</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>375</v>
+      </c>
+      <c r="D94" t="s">
+        <v>64</v>
+      </c>
+      <c r="E94" t="s">
+        <v>65</v>
+      </c>
+      <c r="F94" t="s">
+        <v>70</v>
+      </c>
+      <c r="G94" s="1" t="s">
         <v>376</v>
       </c>
-      <c r="B94" t="s">
-[...2 lines deleted...]
-      <c r="C94" t="s">
+      <c r="H94" t="s">
         <v>377</v>
-      </c>
-[...13 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>378</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>379</v>
+      </c>
+      <c r="D95" t="s">
+        <v>64</v>
+      </c>
+      <c r="E95" t="s">
+        <v>65</v>
+      </c>
+      <c r="F95" t="s">
+        <v>70</v>
+      </c>
+      <c r="G95" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="B95" t="s">
-[...2 lines deleted...]
-      <c r="C95" t="s">
+      <c r="H95" t="s">
         <v>381</v>
-      </c>
-[...13 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>382</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>383</v>
+      </c>
+      <c r="D96" t="s">
+        <v>64</v>
+      </c>
+      <c r="E96" t="s">
+        <v>65</v>
+      </c>
+      <c r="F96" t="s">
+        <v>70</v>
+      </c>
+      <c r="G96" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="B96" t="s">
-[...2 lines deleted...]
-      <c r="C96" t="s">
+      <c r="H96" t="s">
         <v>385</v>
-      </c>
-[...13 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>386</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>387</v>
+      </c>
+      <c r="D97" t="s">
+        <v>64</v>
+      </c>
+      <c r="E97" t="s">
+        <v>65</v>
+      </c>
+      <c r="F97" t="s">
+        <v>195</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="H97" t="s">
         <v>389</v>
-      </c>
-[...19 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="D98" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E98" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="F98" t="s">
-        <v>58</v>
+        <v>166</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="H98" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>394</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>395</v>
+      </c>
+      <c r="D99" t="s">
+        <v>64</v>
+      </c>
+      <c r="E99" t="s">
+        <v>65</v>
+      </c>
+      <c r="F99" t="s">
+        <v>396</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="H99" t="s">
         <v>398</v>
-      </c>
-[...19 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>399</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>400</v>
+      </c>
+      <c r="D100" t="s">
+        <v>64</v>
+      </c>
+      <c r="E100" t="s">
+        <v>65</v>
+      </c>
+      <c r="F100" t="s">
+        <v>401</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="H100" t="s">
         <v>403</v>
-      </c>
-[...19 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>404</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>405</v>
+      </c>
+      <c r="D101" t="s">
+        <v>64</v>
+      </c>
+      <c r="E101" t="s">
+        <v>65</v>
+      </c>
+      <c r="F101" t="s">
+        <v>70</v>
+      </c>
+      <c r="G101" s="1" t="s">
         <v>406</v>
-      </c>
-[...13 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H101" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>408</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>24</v>
+        <v>409</v>
       </c>
       <c r="D102" t="s">
-        <v>399</v>
+        <v>64</v>
       </c>
       <c r="E102" t="s">
-        <v>400</v>
+        <v>65</v>
       </c>
       <c r="F102" t="s">
-        <v>409</v>
+        <v>77</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>410</v>
       </c>
       <c r="H102" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>412</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>28</v>
+        <v>413</v>
       </c>
       <c r="D103" t="s">
-        <v>399</v>
+        <v>64</v>
       </c>
       <c r="E103" t="s">
-        <v>400</v>
+        <v>65</v>
       </c>
       <c r="F103" t="s">
-        <v>54</v>
+        <v>414</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="H103" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="D104" t="s">
-        <v>399</v>
+        <v>418</v>
       </c>
       <c r="E104" t="s">
-        <v>400</v>
+        <v>419</v>
       </c>
       <c r="F104" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="H104" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>422</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>17</v>
+      </c>
+      <c r="D105" t="s">
         <v>418</v>
       </c>
-      <c r="B105" t="s">
-[...5 lines deleted...]
-      <c r="D105" t="s">
+      <c r="E105" t="s">
         <v>419</v>
       </c>
-      <c r="E105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F105" t="s">
-        <v>421</v>
+        <v>77</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>14</v>
+        <v>423</v>
       </c>
       <c r="H105" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D106" t="s">
+        <v>418</v>
+      </c>
+      <c r="E106" t="s">
         <v>419</v>
       </c>
-      <c r="E106" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G106" s="1" t="s">
-        <v>14</v>
+        <v>426</v>
       </c>
       <c r="H106" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D107" t="s">
+        <v>418</v>
+      </c>
+      <c r="E107" t="s">
         <v>419</v>
       </c>
-      <c r="E107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F107" t="s">
-        <v>409</v>
+        <v>429</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>14</v>
+        <v>430</v>
       </c>
       <c r="H107" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D108" t="s">
+        <v>418</v>
+      </c>
+      <c r="E108" t="s">
         <v>419</v>
       </c>
-      <c r="E108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F108" t="s">
-        <v>409</v>
+        <v>66</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="H108" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="D109" t="s">
+        <v>418</v>
+      </c>
+      <c r="E109" t="s">
         <v>419</v>
       </c>
-      <c r="E109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F109" t="s">
-        <v>431</v>
+        <v>66</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="H109" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>10</v>
+        <v>85</v>
       </c>
       <c r="D110" t="s">
-        <v>435</v>
+        <v>418</v>
       </c>
       <c r="E110" t="s">
-        <v>436</v>
+        <v>419</v>
       </c>
       <c r="F110" t="s">
-        <v>65</v>
+        <v>429</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="H110" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D111" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="E111" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="F111" t="s">
-        <v>58</v>
+        <v>444</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>440</v>
+        <v>14</v>
       </c>
       <c r="H111" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>446</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>17</v>
+      </c>
+      <c r="D112" t="s">
         <v>442</v>
       </c>
-      <c r="B112" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E112" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="F112" t="s">
-        <v>58</v>
+        <v>444</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>443</v>
+        <v>14</v>
       </c>
       <c r="H112" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D113" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="E113" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="F113" t="s">
-        <v>446</v>
+        <v>429</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>447</v>
+        <v>14</v>
       </c>
       <c r="H113" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D114" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="E114" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="F114" t="s">
-        <v>446</v>
+        <v>429</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="H114" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="D115" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="E115" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="F115" t="s">
-        <v>243</v>
+        <v>454</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="H115" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="D116" t="s">
-        <v>435</v>
+        <v>458</v>
       </c>
       <c r="E116" t="s">
-        <v>436</v>
+        <v>459</v>
       </c>
       <c r="F116" t="s">
-        <v>157</v>
+        <v>77</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="H116" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>462</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>17</v>
+      </c>
+      <c r="D117" t="s">
         <v>458</v>
       </c>
-      <c r="B117" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E117" t="s">
-        <v>436</v>
+        <v>459</v>
       </c>
       <c r="F117" t="s">
-        <v>186</v>
+        <v>70</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="H117" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="D118" t="s">
-        <v>435</v>
+        <v>458</v>
       </c>
       <c r="E118" t="s">
-        <v>436</v>
+        <v>459</v>
       </c>
       <c r="F118" t="s">
-        <v>243</v>
+        <v>70</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="H118" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="D119" t="s">
-        <v>435</v>
+        <v>458</v>
       </c>
       <c r="E119" t="s">
-        <v>436</v>
+        <v>459</v>
       </c>
       <c r="F119" t="s">
-        <v>243</v>
+        <v>469</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>14</v>
+        <v>470</v>
       </c>
       <c r="H119" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="D120" t="s">
-        <v>435</v>
+        <v>458</v>
       </c>
       <c r="E120" t="s">
-        <v>436</v>
+        <v>459</v>
       </c>
       <c r="F120" t="s">
-        <v>243</v>
+        <v>469</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>14</v>
+        <v>473</v>
       </c>
       <c r="H120" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="D121" t="s">
-        <v>435</v>
+        <v>458</v>
       </c>
       <c r="E121" t="s">
-        <v>436</v>
+        <v>459</v>
       </c>
       <c r="F121" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>14</v>
+        <v>476</v>
       </c>
       <c r="H121" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>48</v>
+        <v>85</v>
       </c>
       <c r="D122" t="s">
-        <v>435</v>
+        <v>458</v>
       </c>
       <c r="E122" t="s">
-        <v>436</v>
+        <v>459</v>
       </c>
       <c r="F122" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="H122" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="D123" t="s">
-        <v>435</v>
+        <v>458</v>
       </c>
       <c r="E123" t="s">
-        <v>436</v>
+        <v>459</v>
       </c>
       <c r="F123" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="H123" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>476</v>
+        <v>484</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="D124" t="s">
-        <v>435</v>
+        <v>458</v>
       </c>
       <c r="E124" t="s">
-        <v>436</v>
+        <v>459</v>
       </c>
       <c r="F124" t="s">
-        <v>65</v>
+        <v>252</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>477</v>
+        <v>485</v>
       </c>
       <c r="H124" t="s">
-        <v>478</v>
+        <v>486</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="D125" t="s">
-        <v>480</v>
+        <v>458</v>
       </c>
       <c r="E125" t="s">
-        <v>481</v>
+        <v>459</v>
       </c>
       <c r="F125" t="s">
-        <v>54</v>
+        <v>252</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>482</v>
+        <v>14</v>
       </c>
       <c r="H125" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="D126" t="s">
-        <v>480</v>
+        <v>458</v>
       </c>
       <c r="E126" t="s">
-        <v>481</v>
+        <v>459</v>
       </c>
       <c r="F126" t="s">
-        <v>54</v>
+        <v>252</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>485</v>
+        <v>14</v>
       </c>
       <c r="H126" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="D127" t="s">
-        <v>480</v>
+        <v>458</v>
       </c>
       <c r="E127" t="s">
-        <v>481</v>
+        <v>459</v>
       </c>
       <c r="F127" t="s">
-        <v>54</v>
+        <v>252</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>488</v>
+        <v>14</v>
       </c>
       <c r="H127" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="D128" t="s">
-        <v>480</v>
+        <v>458</v>
       </c>
       <c r="E128" t="s">
-        <v>481</v>
+        <v>459</v>
       </c>
       <c r="F128" t="s">
-        <v>54</v>
+        <v>166</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="H128" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="D129" t="s">
-        <v>480</v>
+        <v>458</v>
       </c>
       <c r="E129" t="s">
-        <v>481</v>
+        <v>459</v>
       </c>
       <c r="F129" t="s">
-        <v>54</v>
+        <v>252</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="H129" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>69</v>
+        <v>56</v>
       </c>
       <c r="D130" t="s">
-        <v>480</v>
+        <v>458</v>
       </c>
       <c r="E130" t="s">
-        <v>481</v>
+        <v>459</v>
       </c>
       <c r="F130" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="H130" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="D131" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E131" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F131" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="H131" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="D132" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E132" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F132" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="H132" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="D133" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E133" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F133" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="H133" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="D134" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E134" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F134" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="H134" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="D135" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E135" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F135" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="H135" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="D136" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E136" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F136" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="H136" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>48</v>
+        <v>85</v>
       </c>
       <c r="D137" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E137" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F137" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H137" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="D138" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E138" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F138" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="H138" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="D139" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E139" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F139" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="H139" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="D140" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E140" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F140" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="H140" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>108</v>
+        <v>40</v>
       </c>
       <c r="D141" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E141" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F141" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>14</v>
+        <v>535</v>
       </c>
       <c r="H141" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>112</v>
+        <v>44</v>
       </c>
       <c r="D142" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E142" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F142" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="H142" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>116</v>
+        <v>48</v>
       </c>
       <c r="D143" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E143" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F143" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="H143" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>120</v>
+        <v>52</v>
       </c>
       <c r="D144" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E144" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F144" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="H144" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>124</v>
+        <v>56</v>
       </c>
       <c r="D145" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E145" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F145" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="H145" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>128</v>
+        <v>60</v>
       </c>
       <c r="D146" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E146" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F146" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="H146" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>132</v>
+        <v>117</v>
       </c>
       <c r="D147" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E147" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F147" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>547</v>
+        <v>14</v>
       </c>
       <c r="H147" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>136</v>
+        <v>121</v>
       </c>
       <c r="D148" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E148" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F148" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="H148" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>140</v>
+        <v>125</v>
       </c>
       <c r="D149" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E149" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F149" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="H149" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="D150" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E150" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F150" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="H150" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>148</v>
+        <v>133</v>
       </c>
       <c r="D151" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E151" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F151" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="H151" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>152</v>
+        <v>137</v>
       </c>
       <c r="D152" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E152" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F152" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="H152" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>156</v>
+        <v>141</v>
       </c>
       <c r="D153" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E153" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F153" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="H153" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>161</v>
+        <v>145</v>
       </c>
       <c r="D154" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E154" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F154" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="H154" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>165</v>
+        <v>149</v>
       </c>
       <c r="D155" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E155" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F155" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="H155" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>169</v>
+        <v>153</v>
       </c>
       <c r="D156" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E156" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F156" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="H156" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>173</v>
+        <v>157</v>
       </c>
       <c r="D157" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E157" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F157" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="H157" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>177</v>
+        <v>161</v>
       </c>
       <c r="D158" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E158" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F158" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="H158" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>181</v>
+        <v>165</v>
       </c>
       <c r="D159" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E159" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F159" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="H159" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>185</v>
+        <v>170</v>
       </c>
       <c r="D160" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E160" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F160" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="H160" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="D161" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E161" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F161" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="H161" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>194</v>
+        <v>178</v>
       </c>
       <c r="D162" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E162" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F162" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="H162" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>198</v>
+        <v>182</v>
       </c>
       <c r="D163" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E163" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F163" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="H163" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>202</v>
+        <v>186</v>
       </c>
       <c r="D164" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E164" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F164" t="s">
-        <v>598</v>
+        <v>77</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>14</v>
+        <v>603</v>
       </c>
       <c r="H164" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>206</v>
+        <v>190</v>
       </c>
       <c r="D165" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E165" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F165" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="H165" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>210</v>
+        <v>194</v>
       </c>
       <c r="D166" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E166" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F166" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="H166" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>214</v>
+        <v>199</v>
       </c>
       <c r="D167" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E167" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F167" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="H167" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>218</v>
+        <v>203</v>
       </c>
       <c r="D168" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E168" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F168" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="H168" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>222</v>
+        <v>207</v>
       </c>
       <c r="D169" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E169" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F169" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="H169" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>226</v>
+        <v>211</v>
       </c>
       <c r="D170" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E170" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F170" t="s">
-        <v>84</v>
+        <v>414</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>616</v>
+        <v>14</v>
       </c>
       <c r="H170" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>230</v>
+        <v>215</v>
       </c>
       <c r="D171" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E171" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F171" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="H171" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>234</v>
+        <v>219</v>
       </c>
       <c r="D172" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E172" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F172" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="H172" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>238</v>
+        <v>223</v>
       </c>
       <c r="D173" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E173" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F173" t="s">
-        <v>58</v>
+        <v>96</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="H173" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>242</v>
+        <v>227</v>
       </c>
       <c r="D174" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E174" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F174" t="s">
-        <v>58</v>
+        <v>96</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="H174" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>247</v>
+        <v>231</v>
       </c>
       <c r="D175" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E175" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F175" t="s">
-        <v>598</v>
+        <v>96</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="H175" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>251</v>
+        <v>235</v>
       </c>
       <c r="D176" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E176" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F176" t="s">
-        <v>598</v>
+        <v>96</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="H176" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>255</v>
+        <v>239</v>
       </c>
       <c r="D177" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E177" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F177" t="s">
-        <v>58</v>
+        <v>96</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="H177" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>259</v>
+        <v>243</v>
       </c>
       <c r="D178" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E178" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F178" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="H178" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>263</v>
+        <v>247</v>
       </c>
       <c r="D179" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E179" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F179" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="H179" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="D180" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E180" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F180" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="H180" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>275</v>
+        <v>256</v>
       </c>
       <c r="D181" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E181" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F181" t="s">
-        <v>157</v>
+        <v>414</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="H181" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>279</v>
+        <v>260</v>
       </c>
       <c r="D182" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E182" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F182" t="s">
-        <v>157</v>
+        <v>414</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="H182" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>283</v>
+        <v>264</v>
       </c>
       <c r="D183" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E183" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F183" t="s">
-        <v>157</v>
+        <v>70</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="H183" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>287</v>
+        <v>268</v>
       </c>
       <c r="D184" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E184" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F184" t="s">
-        <v>157</v>
+        <v>70</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="H184" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>291</v>
+        <v>272</v>
       </c>
       <c r="D185" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E185" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F185" t="s">
-        <v>598</v>
+        <v>70</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="H185" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>295</v>
+        <v>276</v>
       </c>
       <c r="D186" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E186" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F186" t="s">
-        <v>391</v>
+        <v>70</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="H186" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>299</v>
+        <v>284</v>
       </c>
       <c r="D187" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E187" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F187" t="s">
-        <v>391</v>
+        <v>166</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="H187" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>303</v>
+        <v>288</v>
       </c>
       <c r="D188" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E188" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F188" t="s">
-        <v>391</v>
+        <v>166</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="H188" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>307</v>
+        <v>292</v>
       </c>
       <c r="D189" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E189" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F189" t="s">
-        <v>391</v>
+        <v>166</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="H189" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>311</v>
+        <v>296</v>
       </c>
       <c r="D190" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E190" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F190" t="s">
-        <v>391</v>
+        <v>166</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="H190" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>315</v>
+        <v>300</v>
       </c>
       <c r="D191" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E191" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F191" t="s">
-        <v>391</v>
+        <v>414</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="H191" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>319</v>
+        <v>304</v>
       </c>
       <c r="D192" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E192" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F192" t="s">
-        <v>243</v>
+        <v>401</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="H192" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>323</v>
+        <v>308</v>
       </c>
       <c r="D193" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E193" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F193" t="s">
-        <v>243</v>
+        <v>401</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="H193" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>327</v>
+        <v>312</v>
       </c>
       <c r="D194" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E194" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F194" t="s">
-        <v>65</v>
+        <v>401</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="H194" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>331</v>
+        <v>316</v>
       </c>
       <c r="D195" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E195" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F195" t="s">
-        <v>65</v>
+        <v>401</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="H195" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>335</v>
+        <v>320</v>
       </c>
       <c r="D196" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E196" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F196" t="s">
-        <v>186</v>
+        <v>401</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="H196" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>339</v>
+        <v>324</v>
       </c>
       <c r="D197" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E197" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F197" t="s">
-        <v>65</v>
+        <v>401</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="H197" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>343</v>
+        <v>328</v>
       </c>
       <c r="D198" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E198" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F198" t="s">
-        <v>65</v>
+        <v>252</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="H198" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>347</v>
+        <v>332</v>
       </c>
       <c r="D199" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E199" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F199" t="s">
-        <v>84</v>
+        <v>252</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="H199" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>351</v>
+        <v>336</v>
       </c>
       <c r="D200" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E200" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F200" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="H200" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>354</v>
+        <v>340</v>
       </c>
       <c r="D201" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E201" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F201" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="H201" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>358</v>
+        <v>344</v>
       </c>
       <c r="D202" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E202" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F202" t="s">
-        <v>84</v>
+        <v>195</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="H202" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>361</v>
+        <v>348</v>
       </c>
       <c r="D203" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E203" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F203" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="H203" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>365</v>
+        <v>352</v>
       </c>
       <c r="D204" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E204" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F204" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="H204" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>369</v>
+        <v>356</v>
       </c>
       <c r="D205" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E205" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F205" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="H205" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>373</v>
+        <v>360</v>
       </c>
       <c r="D206" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E206" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F206" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="H206" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>377</v>
+        <v>364</v>
       </c>
       <c r="D207" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E207" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F207" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="H207" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>381</v>
+        <v>368</v>
       </c>
       <c r="D208" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E208" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F208" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="H208" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>385</v>
+        <v>371</v>
       </c>
       <c r="D209" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E209" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F209" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="H209" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>390</v>
+        <v>375</v>
       </c>
       <c r="D210" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E210" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F210" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="H210" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>395</v>
+        <v>379</v>
       </c>
       <c r="D211" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E211" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F211" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="H211" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>742</v>
+        <v>383</v>
       </c>
       <c r="D212" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E212" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F212" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="H212" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>746</v>
+        <v>387</v>
       </c>
       <c r="D213" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E213" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F213" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="H213" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>750</v>
+        <v>391</v>
       </c>
       <c r="D214" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E214" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F214" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="H214" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>754</v>
+        <v>395</v>
       </c>
       <c r="D215" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E215" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F215" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>755</v>
       </c>
       <c r="H215" t="s">
         <v>756</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>757</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
+        <v>400</v>
+      </c>
+      <c r="D216" t="s">
+        <v>503</v>
+      </c>
+      <c r="E216" t="s">
+        <v>504</v>
+      </c>
+      <c r="F216" t="s">
+        <v>96</v>
+      </c>
+      <c r="G216" s="1" t="s">
         <v>758</v>
       </c>
-      <c r="D216" t="s">
-[...8 lines deleted...]
-      <c r="G216" s="1" t="s">
+      <c r="H216" t="s">
         <v>759</v>
-      </c>
-[...1 lines deleted...]
-        <v>760</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
+        <v>760</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>405</v>
+      </c>
+      <c r="D217" t="s">
+        <v>503</v>
+      </c>
+      <c r="E217" t="s">
+        <v>504</v>
+      </c>
+      <c r="F217" t="s">
+        <v>96</v>
+      </c>
+      <c r="G217" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="B217" t="s">
-[...2 lines deleted...]
-      <c r="C217" t="s">
+      <c r="H217" t="s">
         <v>762</v>
-      </c>
-[...13 lines deleted...]
-        <v>764</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
+        <v>763</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>409</v>
+      </c>
+      <c r="D218" t="s">
+        <v>503</v>
+      </c>
+      <c r="E218" t="s">
+        <v>504</v>
+      </c>
+      <c r="F218" t="s">
+        <v>77</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="H218" t="s">
         <v>765</v>
-      </c>
-[...19 lines deleted...]
-        <v>768</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>770</v>
+        <v>413</v>
       </c>
       <c r="D219" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E219" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F219" t="s">
-        <v>157</v>
+        <v>96</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>771</v>
+        <v>767</v>
       </c>
       <c r="H219" t="s">
-        <v>772</v>
+        <v>768</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>773</v>
+        <v>769</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>774</v>
+        <v>770</v>
       </c>
       <c r="D220" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E220" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F220" t="s">
-        <v>391</v>
+        <v>96</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="H220" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>777</v>
+        <v>773</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>778</v>
+        <v>774</v>
       </c>
       <c r="D221" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E221" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F221" t="s">
-        <v>157</v>
+        <v>96</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="H221" t="s">
-        <v>780</v>
+        <v>776</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>781</v>
+        <v>777</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>782</v>
+        <v>778</v>
       </c>
       <c r="D222" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E222" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F222" t="s">
-        <v>391</v>
+        <v>469</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>783</v>
+        <v>779</v>
       </c>
       <c r="H222" t="s">
-        <v>784</v>
+        <v>780</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>785</v>
+        <v>781</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>786</v>
+        <v>782</v>
       </c>
       <c r="D223" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E223" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F223" t="s">
-        <v>446</v>
+        <v>469</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="H223" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="D224" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E224" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F224" t="s">
-        <v>446</v>
+        <v>166</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="H224" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="D225" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E225" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F225" t="s">
-        <v>446</v>
+        <v>166</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>795</v>
+        <v>791</v>
       </c>
       <c r="H225" t="s">
-        <v>796</v>
+        <v>792</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="D226" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E226" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F226" t="s">
-        <v>446</v>
+        <v>401</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="H226" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="D227" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E227" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F227" t="s">
-        <v>446</v>
+        <v>166</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="H227" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
       <c r="D228" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E228" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F228" t="s">
-        <v>446</v>
+        <v>401</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>807</v>
+        <v>803</v>
       </c>
       <c r="H228" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="D229" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E229" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F229" t="s">
-        <v>446</v>
+        <v>469</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
       <c r="H229" t="s">
-        <v>812</v>
+        <v>808</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="D230" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E230" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F230" t="s">
-        <v>446</v>
+        <v>469</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>815</v>
+        <v>811</v>
       </c>
       <c r="H230" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="D231" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E231" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F231" t="s">
-        <v>446</v>
+        <v>469</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="H231" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>821</v>
+        <v>817</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
       <c r="D232" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E232" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F232" t="s">
-        <v>446</v>
+        <v>469</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
       <c r="H232" t="s">
-        <v>824</v>
+        <v>820</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>826</v>
+        <v>822</v>
       </c>
       <c r="D233" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E233" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F233" t="s">
-        <v>157</v>
+        <v>469</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>827</v>
+        <v>823</v>
       </c>
       <c r="H233" t="s">
-        <v>828</v>
+        <v>824</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>829</v>
+        <v>825</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
       <c r="D234" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E234" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F234" t="s">
-        <v>186</v>
+        <v>469</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>831</v>
+        <v>827</v>
       </c>
       <c r="H234" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>834</v>
+        <v>830</v>
       </c>
       <c r="D235" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E235" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F235" t="s">
-        <v>186</v>
+        <v>469</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
       <c r="H235" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>838</v>
+        <v>834</v>
       </c>
       <c r="D236" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E236" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F236" t="s">
-        <v>65</v>
+        <v>469</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>839</v>
+        <v>835</v>
       </c>
       <c r="H236" t="s">
-        <v>840</v>
+        <v>836</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>841</v>
+        <v>837</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>842</v>
+        <v>838</v>
       </c>
       <c r="D237" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E237" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F237" t="s">
-        <v>186</v>
+        <v>469</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>843</v>
+        <v>839</v>
       </c>
       <c r="H237" t="s">
-        <v>844</v>
+        <v>840</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>845</v>
+        <v>841</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>846</v>
+        <v>842</v>
       </c>
       <c r="D238" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E238" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F238" t="s">
-        <v>65</v>
+        <v>469</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>847</v>
+        <v>843</v>
       </c>
       <c r="H238" t="s">
-        <v>848</v>
+        <v>844</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="D239" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E239" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F239" t="s">
-        <v>65</v>
+        <v>166</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="H239" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="D240" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E240" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F240" t="s">
-        <v>157</v>
+        <v>195</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
       <c r="H240" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>857</v>
+        <v>853</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
       <c r="D241" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E241" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F241" t="s">
-        <v>65</v>
+        <v>195</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>859</v>
+        <v>855</v>
       </c>
       <c r="H241" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>861</v>
+        <v>857</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>862</v>
+        <v>858</v>
       </c>
       <c r="D242" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E242" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F242" t="s">
-        <v>157</v>
+        <v>77</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>863</v>
+        <v>859</v>
       </c>
       <c r="H242" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="D243" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E243" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F243" t="s">
-        <v>65</v>
+        <v>195</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="H243" t="s">
-        <v>868</v>
+        <v>864</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
       <c r="D244" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E244" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F244" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
       <c r="H244" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
       <c r="D245" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E245" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F245" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
       <c r="H245" t="s">
-        <v>876</v>
+        <v>872</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>877</v>
+        <v>873</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="D246" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E246" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F246" t="s">
-        <v>58</v>
+        <v>166</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="H246" t="s">
-        <v>880</v>
+        <v>876</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>881</v>
+        <v>877</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>882</v>
+        <v>878</v>
       </c>
       <c r="D247" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E247" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F247" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>883</v>
+        <v>879</v>
       </c>
       <c r="H247" t="s">
-        <v>884</v>
+        <v>880</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>885</v>
+        <v>881</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>886</v>
+        <v>882</v>
       </c>
       <c r="D248" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E248" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F248" t="s">
-        <v>54</v>
+        <v>166</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>887</v>
+        <v>883</v>
       </c>
       <c r="H248" t="s">
-        <v>888</v>
+        <v>884</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>889</v>
+        <v>885</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>890</v>
+        <v>886</v>
       </c>
       <c r="D249" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E249" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F249" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>891</v>
+        <v>887</v>
       </c>
       <c r="H249" t="s">
-        <v>892</v>
+        <v>888</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>893</v>
+        <v>889</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>894</v>
+        <v>890</v>
       </c>
       <c r="D250" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E250" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F250" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>895</v>
+        <v>891</v>
       </c>
       <c r="H250" t="s">
-        <v>896</v>
+        <v>892</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>897</v>
+        <v>893</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>898</v>
+        <v>894</v>
       </c>
       <c r="D251" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E251" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F251" t="s">
-        <v>157</v>
+        <v>77</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>899</v>
+        <v>895</v>
       </c>
       <c r="H251" t="s">
-        <v>900</v>
+        <v>896</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>901</v>
+        <v>897</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>902</v>
+        <v>898</v>
       </c>
       <c r="D252" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E252" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F252" t="s">
-        <v>157</v>
+        <v>70</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>903</v>
+        <v>899</v>
       </c>
       <c r="H252" t="s">
-        <v>904</v>
+        <v>900</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>905</v>
+        <v>901</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>906</v>
+        <v>902</v>
       </c>
       <c r="D253" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E253" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F253" t="s">
-        <v>598</v>
+        <v>66</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>907</v>
+        <v>903</v>
       </c>
       <c r="H253" t="s">
-        <v>908</v>
+        <v>904</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>909</v>
+        <v>905</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>910</v>
+        <v>906</v>
       </c>
       <c r="D254" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E254" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F254" t="s">
-        <v>598</v>
+        <v>66</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>911</v>
+        <v>907</v>
       </c>
       <c r="H254" t="s">
-        <v>912</v>
+        <v>908</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>913</v>
+        <v>909</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>914</v>
+        <v>910</v>
       </c>
       <c r="D255" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E255" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F255" t="s">
-        <v>598</v>
+        <v>96</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>915</v>
+        <v>911</v>
       </c>
       <c r="H255" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>917</v>
+        <v>913</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>918</v>
+        <v>914</v>
       </c>
       <c r="D256" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E256" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F256" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>919</v>
+        <v>915</v>
       </c>
       <c r="H256" t="s">
-        <v>920</v>
+        <v>916</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>921</v>
+        <v>917</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>922</v>
+        <v>918</v>
       </c>
       <c r="D257" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E257" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F257" t="s">
-        <v>65</v>
+        <v>166</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>923</v>
+        <v>919</v>
       </c>
       <c r="H257" t="s">
-        <v>924</v>
+        <v>920</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>925</v>
+        <v>921</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>926</v>
+        <v>922</v>
       </c>
       <c r="D258" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E258" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F258" t="s">
-        <v>65</v>
+        <v>166</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>927</v>
+        <v>923</v>
       </c>
       <c r="H258" t="s">
-        <v>928</v>
+        <v>924</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>929</v>
+        <v>925</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>930</v>
+        <v>926</v>
       </c>
       <c r="D259" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E259" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F259" t="s">
-        <v>65</v>
+        <v>414</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
       <c r="H259" t="s">
-        <v>932</v>
+        <v>928</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>933</v>
+        <v>929</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>934</v>
+        <v>930</v>
       </c>
       <c r="D260" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E260" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F260" t="s">
-        <v>391</v>
+        <v>414</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>935</v>
+        <v>931</v>
       </c>
       <c r="H260" t="s">
-        <v>936</v>
+        <v>932</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>938</v>
+        <v>934</v>
       </c>
       <c r="D261" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E261" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F261" t="s">
-        <v>391</v>
+        <v>414</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>939</v>
+        <v>935</v>
       </c>
       <c r="H261" t="s">
-        <v>940</v>
+        <v>936</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>941</v>
+        <v>937</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>942</v>
+        <v>938</v>
       </c>
       <c r="D262" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E262" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F262" t="s">
-        <v>391</v>
+        <v>77</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>943</v>
+        <v>939</v>
       </c>
       <c r="H262" t="s">
-        <v>944</v>
+        <v>940</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>945</v>
+        <v>941</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>946</v>
+        <v>942</v>
       </c>
       <c r="D263" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E263" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F263" t="s">
-        <v>391</v>
+        <v>77</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>947</v>
+        <v>943</v>
       </c>
       <c r="H263" t="s">
-        <v>948</v>
+        <v>944</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>949</v>
+        <v>945</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>950</v>
+        <v>946</v>
       </c>
       <c r="D264" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E264" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F264" t="s">
-        <v>598</v>
+        <v>77</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>951</v>
+        <v>947</v>
       </c>
       <c r="H264" t="s">
-        <v>952</v>
+        <v>948</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>953</v>
+        <v>949</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>954</v>
+        <v>950</v>
       </c>
       <c r="D265" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E265" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F265" t="s">
-        <v>598</v>
+        <v>77</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>955</v>
+        <v>951</v>
       </c>
       <c r="H265" t="s">
-        <v>956</v>
+        <v>952</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>957</v>
+        <v>953</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>958</v>
+        <v>954</v>
       </c>
       <c r="D266" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E266" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F266" t="s">
-        <v>243</v>
+        <v>401</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>959</v>
+        <v>955</v>
       </c>
       <c r="H266" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
       <c r="D267" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E267" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F267" t="s">
-        <v>65</v>
+        <v>401</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>963</v>
+        <v>959</v>
       </c>
       <c r="H267" t="s">
-        <v>964</v>
+        <v>960</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>965</v>
+        <v>961</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
       <c r="D268" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E268" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F268" t="s">
-        <v>65</v>
+        <v>401</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
       <c r="H268" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>969</v>
+        <v>965</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
       <c r="D269" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E269" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F269" t="s">
-        <v>65</v>
+        <v>401</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>971</v>
+        <v>967</v>
       </c>
       <c r="H269" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>973</v>
+        <v>969</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="D270" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E270" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F270" t="s">
-        <v>65</v>
+        <v>414</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>975</v>
+        <v>971</v>
       </c>
       <c r="H270" t="s">
-        <v>976</v>
+        <v>972</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>977</v>
+        <v>973</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
       <c r="D271" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E271" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F271" t="s">
-        <v>65</v>
+        <v>414</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>979</v>
+        <v>975</v>
       </c>
       <c r="H271" t="s">
-        <v>980</v>
+        <v>976</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>982</v>
+        <v>978</v>
       </c>
       <c r="D272" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E272" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F272" t="s">
-        <v>65</v>
+        <v>252</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>983</v>
+        <v>979</v>
       </c>
       <c r="H272" t="s">
-        <v>984</v>
+        <v>980</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>985</v>
+        <v>981</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>986</v>
+        <v>982</v>
       </c>
       <c r="D273" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E273" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F273" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>987</v>
+        <v>983</v>
       </c>
       <c r="H273" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
       <c r="D274" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E274" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F274" t="s">
-        <v>186</v>
+        <v>77</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>991</v>
+        <v>987</v>
       </c>
       <c r="H274" t="s">
-        <v>992</v>
+        <v>988</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>993</v>
+        <v>989</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>994</v>
+        <v>990</v>
       </c>
       <c r="D275" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E275" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F275" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>995</v>
+        <v>991</v>
       </c>
       <c r="H275" t="s">
-        <v>996</v>
+        <v>992</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>997</v>
+        <v>993</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>998</v>
+        <v>994</v>
       </c>
       <c r="D276" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E276" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F276" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>999</v>
+        <v>995</v>
       </c>
       <c r="H276" t="s">
-        <v>1000</v>
+        <v>996</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1001</v>
+        <v>997</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>1002</v>
+        <v>998</v>
       </c>
       <c r="D277" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E277" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F277" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1003</v>
+        <v>999</v>
       </c>
       <c r="H277" t="s">
-        <v>1004</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1005</v>
+        <v>1001</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>1006</v>
+        <v>1002</v>
       </c>
       <c r="D278" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E278" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F278" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1007</v>
+        <v>1003</v>
       </c>
       <c r="H278" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1009</v>
+        <v>1005</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>1010</v>
+        <v>1006</v>
       </c>
       <c r="D279" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E279" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F279" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1011</v>
+        <v>1007</v>
       </c>
       <c r="H279" t="s">
-        <v>1012</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1013</v>
+        <v>1009</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>1014</v>
+        <v>1010</v>
       </c>
       <c r="D280" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E280" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F280" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1015</v>
+        <v>1011</v>
       </c>
       <c r="H280" t="s">
-        <v>1016</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1017</v>
+        <v>1013</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>1018</v>
+        <v>1014</v>
       </c>
       <c r="D281" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E281" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F281" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1019</v>
+        <v>1015</v>
       </c>
       <c r="H281" t="s">
-        <v>1020</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1021</v>
+        <v>1017</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>1022</v>
+        <v>1018</v>
       </c>
       <c r="D282" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E282" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F282" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1023</v>
+        <v>1019</v>
       </c>
       <c r="H282" t="s">
-        <v>1024</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1025</v>
+        <v>1021</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>1026</v>
+        <v>1022</v>
       </c>
       <c r="D283" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E283" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F283" t="s">
-        <v>84</v>
+        <v>252</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1027</v>
+        <v>1023</v>
       </c>
       <c r="H283" t="s">
-        <v>1028</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1029</v>
+        <v>1025</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>1030</v>
+        <v>1026</v>
       </c>
       <c r="D284" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E284" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F284" t="s">
-        <v>84</v>
+        <v>252</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1031</v>
+        <v>1027</v>
       </c>
       <c r="H284" t="s">
-        <v>1032</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1033</v>
+        <v>1029</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>1034</v>
+        <v>1030</v>
       </c>
       <c r="D285" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E285" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F285" t="s">
-        <v>84</v>
+        <v>252</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1035</v>
+        <v>1031</v>
       </c>
       <c r="H285" t="s">
-        <v>1036</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1037</v>
+        <v>1033</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>1038</v>
+        <v>1034</v>
       </c>
       <c r="D286" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E286" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F286" t="s">
-        <v>84</v>
+        <v>252</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1039</v>
+        <v>1035</v>
       </c>
       <c r="H286" t="s">
-        <v>1040</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1041</v>
+        <v>1037</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1042</v>
+        <v>1038</v>
       </c>
       <c r="D287" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E287" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F287" t="s">
-        <v>84</v>
+        <v>252</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="H287" t="s">
-        <v>1044</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1045</v>
+        <v>1041</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>1046</v>
+        <v>1042</v>
       </c>
       <c r="D288" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E288" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F288" t="s">
-        <v>65</v>
+        <v>252</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1047</v>
+        <v>1043</v>
       </c>
       <c r="H288" t="s">
-        <v>1048</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1049</v>
+        <v>1045</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>1050</v>
+        <v>1046</v>
       </c>
       <c r="D289" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E289" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F289" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1051</v>
+        <v>1047</v>
       </c>
       <c r="H289" t="s">
-        <v>1052</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1053</v>
+        <v>1049</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1054</v>
+        <v>1050</v>
       </c>
       <c r="D290" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E290" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F290" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="H290" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1057</v>
+        <v>1053</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1058</v>
+        <v>1054</v>
       </c>
       <c r="D291" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E291" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F291" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1059</v>
+        <v>1055</v>
       </c>
       <c r="H291" t="s">
-        <v>1060</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1061</v>
+        <v>1057</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1062</v>
+        <v>1058</v>
       </c>
       <c r="D292" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E292" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F292" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1063</v>
+        <v>1059</v>
       </c>
       <c r="H292" t="s">
-        <v>1064</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1065</v>
+        <v>1061</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1066</v>
+        <v>1062</v>
       </c>
       <c r="D293" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E293" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F293" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1067</v>
+        <v>1063</v>
       </c>
       <c r="H293" t="s">
-        <v>1068</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1069</v>
+        <v>1065</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1070</v>
+        <v>1066</v>
       </c>
       <c r="D294" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E294" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F294" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1071</v>
+        <v>1067</v>
       </c>
       <c r="H294" t="s">
-        <v>1072</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1073</v>
+        <v>1069</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1074</v>
+        <v>1070</v>
       </c>
       <c r="D295" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E295" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F295" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1075</v>
+        <v>1071</v>
       </c>
       <c r="H295" t="s">
-        <v>1076</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1077</v>
+        <v>1073</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1078</v>
+        <v>1074</v>
       </c>
       <c r="D296" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E296" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F296" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1079</v>
+        <v>1075</v>
       </c>
       <c r="H296" t="s">
-        <v>1080</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1081</v>
+        <v>1077</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1082</v>
+        <v>1078</v>
       </c>
       <c r="D297" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E297" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F297" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1083</v>
+        <v>1079</v>
       </c>
       <c r="H297" t="s">
-        <v>1084</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1085</v>
+        <v>1081</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1086</v>
+        <v>1082</v>
       </c>
       <c r="D298" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E298" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F298" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1087</v>
+        <v>1083</v>
       </c>
       <c r="H298" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1089</v>
+        <v>1085</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1090</v>
+        <v>1086</v>
       </c>
       <c r="D299" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E299" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F299" t="s">
-        <v>186</v>
+        <v>77</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1091</v>
+        <v>1087</v>
       </c>
       <c r="H299" t="s">
-        <v>1092</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1093</v>
+        <v>1089</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1094</v>
+        <v>1090</v>
       </c>
       <c r="D300" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E300" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F300" t="s">
-        <v>186</v>
+        <v>77</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1095</v>
+        <v>1091</v>
       </c>
       <c r="H300" t="s">
-        <v>1096</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1097</v>
+        <v>1093</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1098</v>
+        <v>1094</v>
       </c>
       <c r="D301" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E301" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F301" t="s">
-        <v>186</v>
+        <v>77</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1099</v>
+        <v>1095</v>
       </c>
       <c r="H301" t="s">
-        <v>1100</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1101</v>
+        <v>1097</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1102</v>
+        <v>1098</v>
       </c>
       <c r="D302" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E302" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F302" t="s">
-        <v>446</v>
+        <v>70</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1103</v>
+        <v>1099</v>
       </c>
       <c r="H302" t="s">
-        <v>1104</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1105</v>
+        <v>1101</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1106</v>
+        <v>1102</v>
       </c>
       <c r="D303" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E303" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F303" t="s">
-        <v>446</v>
+        <v>70</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1107</v>
+        <v>1103</v>
       </c>
       <c r="H303" t="s">
-        <v>1108</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1109</v>
+        <v>1105</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1110</v>
+        <v>1106</v>
       </c>
       <c r="D304" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E304" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F304" t="s">
-        <v>446</v>
+        <v>77</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1111</v>
+        <v>1107</v>
       </c>
       <c r="H304" t="s">
-        <v>1112</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1113</v>
+        <v>1109</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1114</v>
+        <v>1110</v>
       </c>
       <c r="D305" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E305" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F305" t="s">
-        <v>446</v>
+        <v>195</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1115</v>
+        <v>1111</v>
       </c>
       <c r="H305" t="s">
-        <v>1116</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1117</v>
+        <v>1113</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1118</v>
+        <v>1114</v>
       </c>
       <c r="D306" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E306" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F306" t="s">
-        <v>446</v>
+        <v>195</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1119</v>
+        <v>1115</v>
       </c>
       <c r="H306" t="s">
-        <v>1120</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1121</v>
+        <v>1117</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1122</v>
+        <v>1118</v>
       </c>
       <c r="D307" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E307" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F307" t="s">
-        <v>446</v>
+        <v>195</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="H307" t="s">
-        <v>1124</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1125</v>
+        <v>1121</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1126</v>
+        <v>1122</v>
       </c>
       <c r="D308" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E308" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F308" t="s">
-        <v>446</v>
+        <v>469</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1127</v>
+        <v>1123</v>
       </c>
       <c r="H308" t="s">
-        <v>1128</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1129</v>
+        <v>1125</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1130</v>
+        <v>1126</v>
       </c>
       <c r="D309" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E309" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F309" t="s">
-        <v>446</v>
+        <v>469</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1131</v>
+        <v>1127</v>
       </c>
       <c r="H309" t="s">
-        <v>1132</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1133</v>
+        <v>1129</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1134</v>
+        <v>1130</v>
       </c>
       <c r="D310" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E310" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F310" t="s">
-        <v>58</v>
+        <v>469</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1135</v>
+        <v>1131</v>
       </c>
       <c r="H310" t="s">
-        <v>1136</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1137</v>
+        <v>1133</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1138</v>
+        <v>1134</v>
       </c>
       <c r="D311" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E311" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F311" t="s">
-        <v>598</v>
+        <v>469</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1139</v>
+        <v>1135</v>
       </c>
       <c r="H311" t="s">
-        <v>1140</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1141</v>
+        <v>1137</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1142</v>
+        <v>1138</v>
       </c>
       <c r="D312" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E312" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F312" t="s">
-        <v>58</v>
+        <v>469</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1143</v>
+        <v>1139</v>
       </c>
       <c r="H312" t="s">
-        <v>1144</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1145</v>
+        <v>1141</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1146</v>
+        <v>1142</v>
       </c>
       <c r="D313" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E313" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F313" t="s">
-        <v>58</v>
+        <v>469</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1147</v>
+        <v>1143</v>
       </c>
       <c r="H313" t="s">
-        <v>1148</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1149</v>
+        <v>1145</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1150</v>
+        <v>1146</v>
       </c>
       <c r="D314" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E314" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F314" t="s">
-        <v>391</v>
+        <v>469</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1151</v>
+        <v>1147</v>
       </c>
       <c r="H314" t="s">
-        <v>1152</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1153</v>
+        <v>1149</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1154</v>
+        <v>1150</v>
       </c>
       <c r="D315" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E315" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F315" t="s">
-        <v>391</v>
+        <v>469</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1155</v>
+        <v>1151</v>
       </c>
       <c r="H315" t="s">
-        <v>1156</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1157</v>
+        <v>1153</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1158</v>
+        <v>1154</v>
       </c>
       <c r="D316" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E316" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F316" t="s">
-        <v>598</v>
+        <v>70</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1159</v>
+        <v>1155</v>
       </c>
       <c r="H316" t="s">
-        <v>1160</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1161</v>
+        <v>1157</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1162</v>
+        <v>1158</v>
       </c>
       <c r="D317" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E317" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F317" t="s">
-        <v>598</v>
+        <v>414</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1163</v>
+        <v>1159</v>
       </c>
       <c r="H317" t="s">
-        <v>1164</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1165</v>
+        <v>1161</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1166</v>
+        <v>1162</v>
       </c>
       <c r="D318" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E318" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F318" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1167</v>
+        <v>1163</v>
       </c>
       <c r="H318" t="s">
-        <v>1168</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1169</v>
+        <v>1165</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1170</v>
+        <v>1166</v>
       </c>
       <c r="D319" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E319" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F319" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1171</v>
+        <v>1167</v>
       </c>
       <c r="H319" t="s">
-        <v>1172</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1174</v>
+        <v>1170</v>
       </c>
       <c r="D320" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E320" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F320" t="s">
-        <v>58</v>
+        <v>401</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1175</v>
+        <v>1171</v>
       </c>
       <c r="H320" t="s">
-        <v>1176</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1177</v>
+        <v>1173</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1178</v>
+        <v>1174</v>
       </c>
       <c r="D321" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E321" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F321" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1179</v>
+        <v>1175</v>
       </c>
       <c r="H321" t="s">
-        <v>1180</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1181</v>
+        <v>1177</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1182</v>
+        <v>1178</v>
       </c>
       <c r="D322" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E322" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F322" t="s">
-        <v>84</v>
+        <v>414</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1183</v>
+        <v>1179</v>
       </c>
       <c r="H322" t="s">
-        <v>1184</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1185</v>
+        <v>1181</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1186</v>
+        <v>1182</v>
       </c>
       <c r="D323" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E323" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F323" t="s">
-        <v>84</v>
+        <v>414</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1187</v>
+        <v>1183</v>
       </c>
       <c r="H323" t="s">
-        <v>1188</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1189</v>
+        <v>1185</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>1190</v>
+        <v>1186</v>
       </c>
       <c r="D324" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E324" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F324" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1191</v>
+        <v>1187</v>
       </c>
       <c r="H324" t="s">
-        <v>1192</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1193</v>
+        <v>1189</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>1194</v>
+        <v>1190</v>
       </c>
       <c r="D325" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E325" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F325" t="s">
-        <v>446</v>
+        <v>70</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="H325" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1198</v>
+        <v>1194</v>
       </c>
       <c r="D326" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E326" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F326" t="s">
-        <v>446</v>
+        <v>70</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1199</v>
+        <v>1195</v>
       </c>
       <c r="H326" t="s">
-        <v>1200</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1201</v>
+        <v>1197</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1202</v>
+        <v>1198</v>
       </c>
       <c r="D327" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E327" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F327" t="s">
-        <v>446</v>
+        <v>401</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1203</v>
+        <v>1199</v>
       </c>
       <c r="H327" t="s">
-        <v>1204</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1205</v>
+        <v>1201</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1206</v>
+        <v>1202</v>
       </c>
       <c r="D328" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E328" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F328" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1207</v>
+        <v>1203</v>
       </c>
       <c r="H328" t="s">
-        <v>1208</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1209</v>
+        <v>1205</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>1210</v>
+        <v>1206</v>
       </c>
       <c r="D329" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E329" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F329" t="s">
-        <v>1211</v>
+        <v>96</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1212</v>
+        <v>1207</v>
       </c>
       <c r="H329" t="s">
-        <v>1213</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1214</v>
+        <v>1209</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1215</v>
+        <v>1210</v>
       </c>
       <c r="D330" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E330" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F330" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1216</v>
+        <v>1211</v>
       </c>
       <c r="H330" t="s">
-        <v>1217</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1218</v>
+        <v>1213</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>1219</v>
+        <v>1214</v>
       </c>
       <c r="D331" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E331" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F331" t="s">
-        <v>58</v>
+        <v>469</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1220</v>
+        <v>1215</v>
       </c>
       <c r="H331" t="s">
-        <v>1221</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1222</v>
+        <v>1217</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1223</v>
+        <v>1218</v>
       </c>
       <c r="D332" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E332" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F332" t="s">
-        <v>65</v>
+        <v>469</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1224</v>
+        <v>1219</v>
       </c>
       <c r="H332" t="s">
-        <v>1225</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1226</v>
+        <v>1221</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>1227</v>
+        <v>1222</v>
       </c>
       <c r="D333" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E333" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F333" t="s">
-        <v>65</v>
+        <v>469</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1228</v>
+        <v>1223</v>
       </c>
       <c r="H333" t="s">
-        <v>1229</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1230</v>
+        <v>1225</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1231</v>
+        <v>1226</v>
       </c>
       <c r="D334" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E334" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F334" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1232</v>
+        <v>1227</v>
       </c>
       <c r="H334" t="s">
-        <v>1233</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1234</v>
+        <v>1229</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>1235</v>
+        <v>1230</v>
       </c>
       <c r="D335" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E335" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F335" t="s">
-        <v>65</v>
+        <v>1231</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1236</v>
+        <v>1232</v>
       </c>
       <c r="H335" t="s">
-        <v>1237</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1238</v>
+        <v>1234</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>1239</v>
+        <v>1235</v>
       </c>
       <c r="D336" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E336" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F336" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1240</v>
+        <v>1236</v>
       </c>
       <c r="H336" t="s">
-        <v>1241</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1242</v>
+        <v>1238</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>1243</v>
+        <v>1239</v>
       </c>
       <c r="D337" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E337" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F337" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1244</v>
+        <v>1240</v>
       </c>
       <c r="H337" t="s">
-        <v>1245</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1246</v>
+        <v>1242</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>1247</v>
+        <v>1243</v>
       </c>
       <c r="D338" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E338" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F338" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1248</v>
+        <v>1244</v>
       </c>
       <c r="H338" t="s">
-        <v>1249</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1250</v>
+        <v>1246</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>1251</v>
+        <v>1247</v>
       </c>
       <c r="D339" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E339" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F339" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1252</v>
+        <v>1248</v>
       </c>
       <c r="H339" t="s">
-        <v>1253</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1254</v>
+        <v>1250</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1255</v>
+        <v>1251</v>
       </c>
       <c r="D340" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E340" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F340" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>14</v>
+        <v>1252</v>
       </c>
       <c r="H340" t="s">
-        <v>1256</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D341" t="s">
+        <v>503</v>
+      </c>
+      <c r="E341" t="s">
+        <v>504</v>
+      </c>
+      <c r="F341" t="s">
+        <v>77</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="H341" t="s">
         <v>1257</v>
-      </c>
-[...19 lines deleted...]
-        <v>1259</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B342" t="s">
+        <v>9</v>
+      </c>
+      <c r="C342" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D342" t="s">
+        <v>503</v>
+      </c>
+      <c r="E342" t="s">
+        <v>504</v>
+      </c>
+      <c r="F342" t="s">
+        <v>77</v>
+      </c>
+      <c r="G342" s="1" t="s">
         <v>1260</v>
       </c>
-      <c r="B342" t="s">
-[...2 lines deleted...]
-      <c r="C342" t="s">
+      <c r="H342" t="s">
         <v>1261</v>
-      </c>
-[...13 lines deleted...]
-        <v>1263</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D343" t="s">
+        <v>503</v>
+      </c>
+      <c r="E343" t="s">
+        <v>504</v>
+      </c>
+      <c r="F343" t="s">
+        <v>77</v>
+      </c>
+      <c r="G343" s="1" t="s">
         <v>1264</v>
       </c>
-      <c r="B343" t="s">
-[...2 lines deleted...]
-      <c r="C343" t="s">
+      <c r="H343" t="s">
         <v>1265</v>
-      </c>
-[...13 lines deleted...]
-        <v>1267</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D344" t="s">
+        <v>503</v>
+      </c>
+      <c r="E344" t="s">
+        <v>504</v>
+      </c>
+      <c r="F344" t="s">
+        <v>77</v>
+      </c>
+      <c r="G344" s="1" t="s">
         <v>1268</v>
       </c>
-      <c r="B344" t="s">
-[...2 lines deleted...]
-      <c r="C344" t="s">
+      <c r="H344" t="s">
         <v>1269</v>
-      </c>
-[...13 lines deleted...]
-        <v>1271</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D345" t="s">
+        <v>503</v>
+      </c>
+      <c r="E345" t="s">
+        <v>504</v>
+      </c>
+      <c r="F345" t="s">
+        <v>77</v>
+      </c>
+      <c r="G345" s="1" t="s">
         <v>1272</v>
       </c>
-      <c r="B345" t="s">
-[...2 lines deleted...]
-      <c r="C345" t="s">
+      <c r="H345" t="s">
         <v>1273</v>
-      </c>
-[...13 lines deleted...]
-        <v>1275</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D346" t="s">
+        <v>503</v>
+      </c>
+      <c r="E346" t="s">
+        <v>504</v>
+      </c>
+      <c r="F346" t="s">
+        <v>252</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H346" t="s">
         <v>1276</v>
-      </c>
-[...19 lines deleted...]
-        <v>1279</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>1281</v>
+        <v>1278</v>
       </c>
       <c r="D347" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E347" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F347" t="s">
-        <v>446</v>
+        <v>252</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1282</v>
+        <v>14</v>
       </c>
       <c r="H347" t="s">
-        <v>1283</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1284</v>
+        <v>1280</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>1285</v>
+        <v>1281</v>
       </c>
       <c r="D348" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E348" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F348" t="s">
-        <v>446</v>
+        <v>77</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1286</v>
+        <v>1282</v>
       </c>
       <c r="H348" t="s">
-        <v>1287</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1288</v>
+        <v>1284</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1289</v>
+        <v>1285</v>
       </c>
       <c r="D349" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E349" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F349" t="s">
-        <v>446</v>
+        <v>77</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1290</v>
+        <v>1286</v>
       </c>
       <c r="H349" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>1293</v>
+        <v>1289</v>
       </c>
       <c r="D350" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E350" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F350" t="s">
-        <v>446</v>
+        <v>414</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>14</v>
+        <v>1290</v>
       </c>
       <c r="H350" t="s">
-        <v>1294</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D351" t="s">
+        <v>503</v>
+      </c>
+      <c r="E351" t="s">
+        <v>504</v>
+      </c>
+      <c r="F351" t="s">
+        <v>70</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="H351" t="s">
         <v>1295</v>
-      </c>
-[...19 lines deleted...]
-        <v>1298</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D352" t="s">
+        <v>503</v>
+      </c>
+      <c r="E352" t="s">
+        <v>504</v>
+      </c>
+      <c r="F352" t="s">
+        <v>414</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H352" t="s">
         <v>1299</v>
-      </c>
-[...19 lines deleted...]
-        <v>1302</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D353" t="s">
+        <v>503</v>
+      </c>
+      <c r="E353" t="s">
+        <v>504</v>
+      </c>
+      <c r="F353" t="s">
+        <v>469</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H353" t="s">
         <v>1303</v>
-      </c>
-[...19 lines deleted...]
-        <v>1305</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D354" t="s">
+        <v>503</v>
+      </c>
+      <c r="E354" t="s">
+        <v>504</v>
+      </c>
+      <c r="F354" t="s">
+        <v>469</v>
+      </c>
+      <c r="G354" s="1" t="s">
         <v>1306</v>
       </c>
-      <c r="B354" t="s">
-[...2 lines deleted...]
-      <c r="C354" t="s">
+      <c r="H354" t="s">
         <v>1307</v>
-      </c>
-[...13 lines deleted...]
-        <v>1275</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>1308</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
         <v>1309</v>
       </c>
       <c r="D355" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E355" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F355" t="s">
-        <v>391</v>
+        <v>469</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>14</v>
+        <v>1310</v>
       </c>
       <c r="H355" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="D356" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E356" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F356" t="s">
-        <v>391</v>
+        <v>469</v>
       </c>
       <c r="G356" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H356" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="D357" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E357" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F357" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>14</v>
+        <v>1317</v>
       </c>
       <c r="H357" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="D358" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E358" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F358" t="s">
-        <v>1211</v>
+        <v>401</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>14</v>
+        <v>1321</v>
       </c>
       <c r="H358" t="s">
-        <v>1319</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="D359" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E359" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F359" t="s">
-        <v>1211</v>
+        <v>401</v>
       </c>
       <c r="G359" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H359" t="s">
-        <v>1322</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
       <c r="D360" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E360" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F360" t="s">
-        <v>1211</v>
+        <v>70</v>
       </c>
       <c r="G360" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H360" t="s">
-        <v>1325</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="D361" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E361" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F361" t="s">
-        <v>446</v>
+        <v>401</v>
       </c>
       <c r="G361" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H361" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="D362" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E362" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F362" t="s">
-        <v>446</v>
+        <v>401</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1331</v>
+        <v>14</v>
       </c>
       <c r="H362" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="D363" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E363" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F363" t="s">
-        <v>54</v>
+        <v>401</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1335</v>
+        <v>14</v>
       </c>
       <c r="H363" t="s">
         <v>1336</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>1337</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
         <v>1338</v>
       </c>
       <c r="D364" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E364" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F364" t="s">
-        <v>54</v>
+        <v>1231</v>
       </c>
       <c r="G364" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H364" t="s">
         <v>1339</v>
-      </c>
-[...1 lines deleted...]
-        <v>1340</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="C365" t="s">
         <v>1341</v>
       </c>
-      <c r="B365" t="s">
-[...2 lines deleted...]
-      <c r="C365" t="s">
+      <c r="D365" t="s">
+        <v>503</v>
+      </c>
+      <c r="E365" t="s">
+        <v>504</v>
+      </c>
+      <c r="F365" t="s">
+        <v>1231</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H365" t="s">
         <v>1342</v>
-      </c>
-[...13 lines deleted...]
-        <v>1344</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D366" t="s">
+        <v>503</v>
+      </c>
+      <c r="E366" t="s">
+        <v>504</v>
+      </c>
+      <c r="F366" t="s">
+        <v>1231</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H366" t="s">
         <v>1345</v>
-      </c>
-[...19 lines deleted...]
-        <v>1348</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1349</v>
+        <v>1346</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="D367" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E367" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F367" t="s">
-        <v>54</v>
+        <v>469</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1351</v>
+        <v>14</v>
       </c>
       <c r="H367" t="s">
-        <v>1352</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1353</v>
+        <v>1349</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>1354</v>
+        <v>1350</v>
       </c>
       <c r="D368" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E368" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F368" t="s">
-        <v>58</v>
+        <v>469</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1355</v>
+        <v>1351</v>
       </c>
       <c r="H368" t="s">
-        <v>1356</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1357</v>
+        <v>1353</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1358</v>
+        <v>1354</v>
       </c>
       <c r="D369" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E369" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F369" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>14</v>
+        <v>1355</v>
       </c>
       <c r="H369" t="s">
-        <v>1359</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D370" t="s">
+        <v>503</v>
+      </c>
+      <c r="E370" t="s">
+        <v>504</v>
+      </c>
+      <c r="F370" t="s">
+        <v>66</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="H370" t="s">
         <v>1360</v>
-      </c>
-[...19 lines deleted...]
-        <v>1363</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D371" t="s">
+        <v>503</v>
+      </c>
+      <c r="E371" t="s">
+        <v>504</v>
+      </c>
+      <c r="F371" t="s">
+        <v>70</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="H371" t="s">
         <v>1364</v>
-      </c>
-[...19 lines deleted...]
-        <v>1367</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D372" t="s">
+        <v>503</v>
+      </c>
+      <c r="E372" t="s">
+        <v>504</v>
+      </c>
+      <c r="F372" t="s">
+        <v>70</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="H372" t="s">
         <v>1368</v>
-      </c>
-[...19 lines deleted...]
-        <v>1371</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D373" t="s">
+        <v>503</v>
+      </c>
+      <c r="E373" t="s">
+        <v>504</v>
+      </c>
+      <c r="F373" t="s">
+        <v>66</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="H373" t="s">
         <v>1372</v>
-      </c>
-[...19 lines deleted...]
-        <v>1375</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D374" t="s">
+        <v>503</v>
+      </c>
+      <c r="E374" t="s">
+        <v>504</v>
+      </c>
+      <c r="F374" t="s">
+        <v>70</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="H374" t="s">
         <v>1376</v>
-      </c>
-[...19 lines deleted...]
-        <v>1379</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1380</v>
+        <v>1377</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1381</v>
+        <v>1378</v>
       </c>
       <c r="D375" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E375" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F375" t="s">
-        <v>598</v>
+        <v>96</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1382</v>
+        <v>14</v>
       </c>
       <c r="H375" t="s">
-        <v>1383</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1384</v>
+        <v>1380</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>1385</v>
+        <v>1381</v>
       </c>
       <c r="D376" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E376" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F376" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1386</v>
+        <v>1382</v>
       </c>
       <c r="H376" t="s">
-        <v>1387</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1388</v>
+        <v>1384</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>1389</v>
+        <v>1385</v>
       </c>
       <c r="D377" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E377" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F377" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1390</v>
+        <v>1386</v>
       </c>
       <c r="H377" t="s">
-        <v>1391</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1392</v>
+        <v>1388</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>1393</v>
+        <v>1389</v>
       </c>
       <c r="D378" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E378" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F378" t="s">
-        <v>598</v>
+        <v>77</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1394</v>
+        <v>1390</v>
       </c>
       <c r="H378" t="s">
-        <v>1395</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1396</v>
+        <v>1392</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>1397</v>
+        <v>1393</v>
       </c>
       <c r="D379" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E379" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F379" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1398</v>
+        <v>1394</v>
       </c>
       <c r="H379" t="s">
-        <v>1399</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1400</v>
+        <v>1396</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>1401</v>
+        <v>1397</v>
       </c>
       <c r="D380" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E380" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F380" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1402</v>
+        <v>1398</v>
       </c>
       <c r="H380" t="s">
-        <v>1403</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1404</v>
+        <v>1400</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>1405</v>
+        <v>1401</v>
       </c>
       <c r="D381" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E381" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F381" t="s">
-        <v>84</v>
+        <v>414</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1406</v>
+        <v>1402</v>
       </c>
       <c r="H381" t="s">
-        <v>1407</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1408</v>
+        <v>1404</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>1409</v>
+        <v>1405</v>
       </c>
       <c r="D382" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E382" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F382" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1410</v>
+        <v>1406</v>
       </c>
       <c r="H382" t="s">
-        <v>1411</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1412</v>
+        <v>1408</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>1413</v>
+        <v>1409</v>
       </c>
       <c r="D383" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E383" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F383" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1414</v>
+        <v>1410</v>
       </c>
       <c r="H383" t="s">
-        <v>1415</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1416</v>
+        <v>1412</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>1417</v>
+        <v>1413</v>
       </c>
       <c r="D384" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E384" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F384" t="s">
-        <v>84</v>
+        <v>414</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>14</v>
+        <v>1414</v>
       </c>
       <c r="H384" t="s">
-        <v>1418</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B385" t="s">
+        <v>9</v>
+      </c>
+      <c r="C385" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D385" t="s">
+        <v>503</v>
+      </c>
+      <c r="E385" t="s">
+        <v>504</v>
+      </c>
+      <c r="F385" t="s">
+        <v>70</v>
+      </c>
+      <c r="G385" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H385" t="s">
         <v>1419</v>
-      </c>
-[...19 lines deleted...]
-        <v>1421</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B386" t="s">
+        <v>9</v>
+      </c>
+      <c r="C386" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D386" t="s">
+        <v>503</v>
+      </c>
+      <c r="E386" t="s">
+        <v>504</v>
+      </c>
+      <c r="F386" t="s">
+        <v>77</v>
+      </c>
+      <c r="G386" s="1" t="s">
         <v>1422</v>
       </c>
-      <c r="B386" t="s">
-[...2 lines deleted...]
-      <c r="C386" t="s">
+      <c r="H386" t="s">
         <v>1423</v>
-      </c>
-[...13 lines deleted...]
-        <v>1425</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B387" t="s">
+        <v>9</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D387" t="s">
+        <v>503</v>
+      </c>
+      <c r="E387" t="s">
+        <v>504</v>
+      </c>
+      <c r="F387" t="s">
+        <v>96</v>
+      </c>
+      <c r="G387" s="1" t="s">
         <v>1426</v>
       </c>
-      <c r="B387" t="s">
-[...2 lines deleted...]
-      <c r="C387" t="s">
+      <c r="H387" t="s">
         <v>1427</v>
-      </c>
-[...13 lines deleted...]
-        <v>1429</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B388" t="s">
+        <v>9</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D388" t="s">
+        <v>503</v>
+      </c>
+      <c r="E388" t="s">
+        <v>504</v>
+      </c>
+      <c r="F388" t="s">
+        <v>96</v>
+      </c>
+      <c r="G388" s="1" t="s">
         <v>1430</v>
       </c>
-      <c r="B388" t="s">
-[...2 lines deleted...]
-      <c r="C388" t="s">
+      <c r="H388" t="s">
         <v>1431</v>
-      </c>
-[...13 lines deleted...]
-        <v>1433</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B389" t="s">
+        <v>9</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1433</v>
+      </c>
+      <c r="D389" t="s">
+        <v>503</v>
+      </c>
+      <c r="E389" t="s">
+        <v>504</v>
+      </c>
+      <c r="F389" t="s">
+        <v>96</v>
+      </c>
+      <c r="G389" s="1" t="s">
         <v>1434</v>
       </c>
-      <c r="B389" t="s">
-[...2 lines deleted...]
-      <c r="C389" t="s">
+      <c r="H389" t="s">
         <v>1435</v>
-      </c>
-[...13 lines deleted...]
-        <v>1437</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1438</v>
+        <v>1436</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1439</v>
+        <v>1437</v>
       </c>
       <c r="D390" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E390" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F390" t="s">
-        <v>391</v>
+        <v>96</v>
       </c>
       <c r="G390" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H390" t="s">
-        <v>1440</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1441</v>
+        <v>1439</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1442</v>
+        <v>1440</v>
       </c>
       <c r="D391" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E391" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F391" t="s">
-        <v>391</v>
+        <v>96</v>
       </c>
       <c r="G391" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H391" t="s">
-        <v>1443</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B392" t="s">
+        <v>9</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D392" t="s">
+        <v>503</v>
+      </c>
+      <c r="E392" t="s">
+        <v>504</v>
+      </c>
+      <c r="F392" t="s">
+        <v>70</v>
+      </c>
+      <c r="G392" s="1" t="s">
         <v>1444</v>
       </c>
-      <c r="B392" t="s">
-[...2 lines deleted...]
-      <c r="C392" t="s">
+      <c r="H392" t="s">
         <v>1445</v>
-      </c>
-[...13 lines deleted...]
-        <v>1446</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B393" t="s">
+        <v>9</v>
+      </c>
+      <c r="C393" t="s">
         <v>1447</v>
       </c>
-      <c r="B393" t="s">
-[...2 lines deleted...]
-      <c r="C393" t="s">
+      <c r="D393" t="s">
+        <v>503</v>
+      </c>
+      <c r="E393" t="s">
+        <v>504</v>
+      </c>
+      <c r="F393" t="s">
+        <v>469</v>
+      </c>
+      <c r="G393" s="1" t="s">
         <v>1448</v>
-      </c>
-[...10 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H393" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>1450</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
         <v>1451</v>
       </c>
       <c r="D394" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E394" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F394" t="s">
-        <v>58</v>
+        <v>469</v>
       </c>
       <c r="G394" s="1" t="s">
         <v>1452</v>
       </c>
       <c r="H394" t="s">
         <v>1453</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>1454</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
         <v>1455</v>
       </c>
       <c r="D395" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E395" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F395" t="s">
-        <v>65</v>
+        <v>469</v>
       </c>
       <c r="G395" s="1" t="s">
         <v>1456</v>
       </c>
       <c r="H395" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>1458</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
         <v>1459</v>
       </c>
       <c r="D396" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E396" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F396" t="s">
-        <v>65</v>
+        <v>401</v>
       </c>
       <c r="G396" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H396" t="s">
         <v>1460</v>
-      </c>
-[...1 lines deleted...]
-        <v>1461</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
         <v>1462</v>
       </c>
-      <c r="B397" t="s">
-[...2 lines deleted...]
-      <c r="C397" t="s">
+      <c r="D397" t="s">
+        <v>503</v>
+      </c>
+      <c r="E397" t="s">
+        <v>504</v>
+      </c>
+      <c r="F397" t="s">
+        <v>401</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H397" t="s">
         <v>1463</v>
-      </c>
-[...13 lines deleted...]
-        <v>1465</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B398" t="s">
+        <v>9</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D398" t="s">
+        <v>503</v>
+      </c>
+      <c r="E398" t="s">
+        <v>504</v>
+      </c>
+      <c r="F398" t="s">
+        <v>401</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H398" t="s">
         <v>1466</v>
-      </c>
-[...19 lines deleted...]
-        <v>1469</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1470</v>
+        <v>1467</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>1471</v>
+        <v>1468</v>
       </c>
       <c r="D399" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E399" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F399" t="s">
-        <v>446</v>
+        <v>401</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1472</v>
+        <v>14</v>
       </c>
       <c r="H399" t="s">
-        <v>1473</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1474</v>
+        <v>1470</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1475</v>
+        <v>1471</v>
       </c>
       <c r="D400" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E400" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F400" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1476</v>
+        <v>1472</v>
       </c>
       <c r="H400" t="s">
-        <v>1477</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1478</v>
+        <v>1474</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1479</v>
+        <v>1475</v>
       </c>
       <c r="D401" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E401" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F401" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>14</v>
+        <v>1476</v>
       </c>
       <c r="H401" t="s">
-        <v>1480</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D402" t="s">
+        <v>503</v>
+      </c>
+      <c r="E402" t="s">
+        <v>504</v>
+      </c>
+      <c r="F402" t="s">
+        <v>77</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H402" t="s">
         <v>1481</v>
-      </c>
-[...19 lines deleted...]
-        <v>1484</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D403" t="s">
+        <v>503</v>
+      </c>
+      <c r="E403" t="s">
+        <v>504</v>
+      </c>
+      <c r="F403" t="s">
+        <v>77</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="H403" t="s">
         <v>1485</v>
-      </c>
-[...19 lines deleted...]
-        <v>1488</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B404" t="s">
+        <v>9</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D404" t="s">
+        <v>503</v>
+      </c>
+      <c r="E404" t="s">
+        <v>504</v>
+      </c>
+      <c r="F404" t="s">
+        <v>469</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="H404" t="s">
         <v>1489</v>
-      </c>
-[...19 lines deleted...]
-        <v>1492</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B405" t="s">
+        <v>9</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1491</v>
+      </c>
+      <c r="D405" t="s">
+        <v>503</v>
+      </c>
+      <c r="E405" t="s">
+        <v>504</v>
+      </c>
+      <c r="F405" t="s">
+        <v>469</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="H405" t="s">
         <v>1493</v>
-      </c>
-[...19 lines deleted...]
-        <v>1496</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B406" t="s">
+        <v>9</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D406" t="s">
+        <v>503</v>
+      </c>
+      <c r="E406" t="s">
+        <v>504</v>
+      </c>
+      <c r="F406" t="s">
+        <v>96</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="H406" t="s">
         <v>1497</v>
-      </c>
-[...19 lines deleted...]
-        <v>1500</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1501</v>
+        <v>1498</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>1502</v>
+        <v>1499</v>
       </c>
       <c r="D407" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E407" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F407" t="s">
-        <v>157</v>
+        <v>96</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1503</v>
+        <v>14</v>
       </c>
       <c r="H407" t="s">
-        <v>1504</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1505</v>
+        <v>1501</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>1506</v>
+        <v>1502</v>
       </c>
       <c r="D408" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E408" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F408" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1507</v>
+        <v>1503</v>
       </c>
       <c r="H408" t="s">
-        <v>1508</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1509</v>
+        <v>1505</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>1510</v>
+        <v>1506</v>
       </c>
       <c r="D409" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E409" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F409" t="s">
-        <v>65</v>
+        <v>252</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1511</v>
+        <v>1507</v>
       </c>
       <c r="H409" t="s">
-        <v>1512</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>1514</v>
+        <v>1510</v>
       </c>
       <c r="D410" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E410" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F410" t="s">
-        <v>157</v>
+        <v>252</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1515</v>
+        <v>1511</v>
       </c>
       <c r="H410" t="s">
-        <v>1516</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1517</v>
+        <v>1513</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>1518</v>
+        <v>1514</v>
       </c>
       <c r="D411" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E411" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F411" t="s">
-        <v>157</v>
+        <v>252</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1519</v>
+        <v>1515</v>
       </c>
       <c r="H411" t="s">
-        <v>1520</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1521</v>
+        <v>1517</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>1522</v>
+        <v>1518</v>
       </c>
       <c r="D412" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E412" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F412" t="s">
-        <v>157</v>
+        <v>252</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1523</v>
+        <v>1519</v>
       </c>
       <c r="H412" t="s">
-        <v>1524</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1525</v>
+        <v>1521</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>1526</v>
+        <v>1522</v>
       </c>
       <c r="D413" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E413" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F413" t="s">
-        <v>65</v>
+        <v>166</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1527</v>
+        <v>1523</v>
       </c>
       <c r="H413" t="s">
-        <v>1528</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1529</v>
+        <v>1525</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>1530</v>
+        <v>1526</v>
       </c>
       <c r="D414" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E414" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F414" t="s">
-        <v>157</v>
+        <v>77</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1531</v>
+        <v>1527</v>
       </c>
       <c r="H414" t="s">
-        <v>1532</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1533</v>
+        <v>1529</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>1534</v>
+        <v>1530</v>
       </c>
       <c r="D415" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E415" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F415" t="s">
-        <v>157</v>
+        <v>77</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1535</v>
+        <v>1531</v>
       </c>
       <c r="H415" t="s">
-        <v>1536</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1537</v>
+        <v>1533</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>1538</v>
+        <v>1534</v>
       </c>
       <c r="D416" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E416" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F416" t="s">
-        <v>65</v>
+        <v>166</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1539</v>
+        <v>1535</v>
       </c>
       <c r="H416" t="s">
-        <v>1540</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1541</v>
+        <v>1537</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>1542</v>
+        <v>1538</v>
       </c>
       <c r="D417" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E417" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F417" t="s">
-        <v>65</v>
+        <v>166</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1543</v>
+        <v>1539</v>
       </c>
       <c r="H417" t="s">
-        <v>1544</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1545</v>
+        <v>1541</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>1546</v>
+        <v>1542</v>
       </c>
       <c r="D418" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E418" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F418" t="s">
-        <v>65</v>
+        <v>166</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1547</v>
+        <v>1543</v>
       </c>
       <c r="H418" t="s">
-        <v>1548</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1549</v>
+        <v>1545</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>1550</v>
+        <v>1546</v>
       </c>
       <c r="D419" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E419" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F419" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1551</v>
+        <v>1547</v>
       </c>
       <c r="H419" t="s">
-        <v>1552</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1553</v>
+        <v>1549</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>1554</v>
+        <v>1550</v>
       </c>
       <c r="D420" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E420" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F420" t="s">
-        <v>84</v>
+        <v>166</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>14</v>
+        <v>1551</v>
       </c>
       <c r="H420" t="s">
-        <v>1555</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="C421" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D421" t="s">
+        <v>503</v>
+      </c>
+      <c r="E421" t="s">
+        <v>504</v>
+      </c>
+      <c r="F421" t="s">
+        <v>166</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="H421" t="s">
         <v>1556</v>
-      </c>
-[...19 lines deleted...]
-        <v>1558</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B422" t="s">
+        <v>9</v>
+      </c>
+      <c r="C422" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D422" t="s">
+        <v>503</v>
+      </c>
+      <c r="E422" t="s">
+        <v>504</v>
+      </c>
+      <c r="F422" t="s">
+        <v>77</v>
+      </c>
+      <c r="G422" s="1" t="s">
         <v>1559</v>
       </c>
-      <c r="B422" t="s">
-[...2 lines deleted...]
-      <c r="C422" t="s">
+      <c r="H422" t="s">
         <v>1560</v>
-      </c>
-[...13 lines deleted...]
-        <v>1562</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="C423" t="s">
+        <v>1562</v>
+      </c>
+      <c r="D423" t="s">
+        <v>503</v>
+      </c>
+      <c r="E423" t="s">
+        <v>504</v>
+      </c>
+      <c r="F423" t="s">
+        <v>77</v>
+      </c>
+      <c r="G423" s="1" t="s">
         <v>1563</v>
       </c>
-      <c r="B423" t="s">
-[...2 lines deleted...]
-      <c r="C423" t="s">
+      <c r="H423" t="s">
         <v>1564</v>
-      </c>
-[...13 lines deleted...]
-        <v>1566</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
+        <v>1566</v>
+      </c>
+      <c r="D424" t="s">
+        <v>503</v>
+      </c>
+      <c r="E424" t="s">
+        <v>504</v>
+      </c>
+      <c r="F424" t="s">
+        <v>77</v>
+      </c>
+      <c r="G424" s="1" t="s">
         <v>1567</v>
       </c>
-      <c r="B424" t="s">
-[...2 lines deleted...]
-      <c r="C424" t="s">
+      <c r="H424" t="s">
         <v>1568</v>
-      </c>
-[...13 lines deleted...]
-        <v>1570</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D425" t="s">
+        <v>503</v>
+      </c>
+      <c r="E425" t="s">
+        <v>504</v>
+      </c>
+      <c r="F425" t="s">
+        <v>77</v>
+      </c>
+      <c r="G425" s="1" t="s">
         <v>1571</v>
       </c>
-      <c r="B425" t="s">
-[...2 lines deleted...]
-      <c r="C425" t="s">
+      <c r="H425" t="s">
         <v>1572</v>
-      </c>
-[...13 lines deleted...]
-        <v>1574</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D426" t="s">
+        <v>503</v>
+      </c>
+      <c r="E426" t="s">
+        <v>504</v>
+      </c>
+      <c r="F426" t="s">
+        <v>96</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H426" t="s">
         <v>1575</v>
-      </c>
-[...19 lines deleted...]
-        <v>1578</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1579</v>
+        <v>1576</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>1580</v>
+        <v>1577</v>
       </c>
       <c r="D427" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E427" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F427" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1581</v>
+        <v>14</v>
       </c>
       <c r="H427" t="s">
-        <v>1582</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1583</v>
+        <v>1579</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>1584</v>
+        <v>1580</v>
       </c>
       <c r="D428" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E428" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F428" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1585</v>
+        <v>1581</v>
       </c>
       <c r="H428" t="s">
-        <v>1586</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1587</v>
+        <v>1583</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>1588</v>
+        <v>1584</v>
       </c>
       <c r="D429" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E429" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F429" t="s">
-        <v>186</v>
+        <v>414</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1589</v>
+        <v>1585</v>
       </c>
       <c r="H429" t="s">
-        <v>1590</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1591</v>
+        <v>1587</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>1592</v>
+        <v>1588</v>
       </c>
       <c r="D430" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E430" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F430" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1593</v>
+        <v>1589</v>
       </c>
       <c r="H430" t="s">
-        <v>1594</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1595</v>
+        <v>1591</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>1596</v>
+        <v>1592</v>
       </c>
       <c r="D431" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E431" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F431" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1597</v>
+        <v>1593</v>
       </c>
       <c r="H431" t="s">
-        <v>1598</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1599</v>
+        <v>1595</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>1600</v>
+        <v>1596</v>
       </c>
       <c r="D432" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E432" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F432" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1601</v>
+        <v>1597</v>
       </c>
       <c r="H432" t="s">
-        <v>1602</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1603</v>
+        <v>1599</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>1604</v>
+        <v>1600</v>
       </c>
       <c r="D433" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E433" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F433" t="s">
-        <v>186</v>
+        <v>77</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1605</v>
+        <v>1601</v>
       </c>
       <c r="H433" t="s">
-        <v>1606</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1607</v>
+        <v>1603</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>1608</v>
+        <v>1604</v>
       </c>
       <c r="D434" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E434" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F434" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>14</v>
+        <v>1605</v>
       </c>
       <c r="H434" t="s">
-        <v>1609</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
+        <v>1608</v>
+      </c>
+      <c r="D435" t="s">
+        <v>503</v>
+      </c>
+      <c r="E435" t="s">
+        <v>504</v>
+      </c>
+      <c r="F435" t="s">
+        <v>195</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="H435" t="s">
         <v>1610</v>
-      </c>
-[...19 lines deleted...]
-        <v>1612</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D436" t="s">
+        <v>503</v>
+      </c>
+      <c r="E436" t="s">
+        <v>504</v>
+      </c>
+      <c r="F436" t="s">
+        <v>77</v>
+      </c>
+      <c r="G436" s="1" t="s">
         <v>1613</v>
       </c>
-      <c r="B436" t="s">
-[...2 lines deleted...]
-      <c r="C436" t="s">
+      <c r="H436" t="s">
         <v>1614</v>
-      </c>
-[...13 lines deleted...]
-        <v>1615</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
         <v>1616</v>
       </c>
-      <c r="B437" t="s">
-[...2 lines deleted...]
-      <c r="C437" t="s">
+      <c r="D437" t="s">
+        <v>503</v>
+      </c>
+      <c r="E437" t="s">
+        <v>504</v>
+      </c>
+      <c r="F437" t="s">
+        <v>77</v>
+      </c>
+      <c r="G437" s="1" t="s">
         <v>1617</v>
-      </c>
-[...10 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H437" t="s">
         <v>1618</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
         <v>1619</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
         <v>1620</v>
       </c>
       <c r="D438" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E438" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F438" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>14</v>
+        <v>1621</v>
       </c>
       <c r="H438" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="D439" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E439" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F439" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>14</v>
+        <v>1625</v>
       </c>
       <c r="H439" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="D440" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E440" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F440" t="s">
-        <v>391</v>
+        <v>96</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1627</v>
+        <v>14</v>
       </c>
       <c r="H440" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="D441" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E441" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F441" t="s">
-        <v>157</v>
+        <v>252</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1631</v>
+        <v>14</v>
       </c>
       <c r="H441" t="s">
         <v>1632</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>1633</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
         <v>1634</v>
       </c>
       <c r="D442" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E442" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F442" t="s">
-        <v>391</v>
+        <v>252</v>
       </c>
       <c r="G442" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H442" t="s">
         <v>1635</v>
-      </c>
-[...1 lines deleted...]
-        <v>1636</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
         <v>1637</v>
       </c>
-      <c r="B443" t="s">
-[...2 lines deleted...]
-      <c r="C443" t="s">
+      <c r="D443" t="s">
+        <v>503</v>
+      </c>
+      <c r="E443" t="s">
+        <v>504</v>
+      </c>
+      <c r="F443" t="s">
+        <v>252</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H443" t="s">
         <v>1638</v>
-      </c>
-[...13 lines deleted...]
-        <v>1640</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D444" t="s">
+        <v>503</v>
+      </c>
+      <c r="E444" t="s">
+        <v>504</v>
+      </c>
+      <c r="F444" t="s">
+        <v>252</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H444" t="s">
         <v>1641</v>
-      </c>
-[...19 lines deleted...]
-        <v>1644</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1645</v>
+        <v>1642</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>1646</v>
+        <v>1643</v>
       </c>
       <c r="D445" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E445" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F445" t="s">
-        <v>157</v>
+        <v>252</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1647</v>
+        <v>14</v>
       </c>
       <c r="H445" t="s">
-        <v>1648</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1649</v>
+        <v>1645</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>1650</v>
+        <v>1646</v>
       </c>
       <c r="D446" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E446" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F446" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1651</v>
+        <v>1647</v>
       </c>
       <c r="H446" t="s">
-        <v>1652</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1653</v>
+        <v>1649</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>1654</v>
+        <v>1650</v>
       </c>
       <c r="D447" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E447" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F447" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1655</v>
+        <v>1651</v>
       </c>
       <c r="H447" t="s">
-        <v>1656</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1657</v>
+        <v>1653</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>1658</v>
+        <v>1654</v>
       </c>
       <c r="D448" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E448" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F448" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1659</v>
+        <v>1655</v>
       </c>
       <c r="H448" t="s">
-        <v>1660</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1661</v>
+        <v>1657</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>1662</v>
+        <v>1658</v>
       </c>
       <c r="D449" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E449" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F449" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1663</v>
+        <v>1659</v>
       </c>
       <c r="H449" t="s">
-        <v>1664</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1665</v>
+        <v>1661</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>1666</v>
+        <v>1662</v>
       </c>
       <c r="D450" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E450" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F450" t="s">
-        <v>58</v>
+        <v>401</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1667</v>
+        <v>1663</v>
       </c>
       <c r="H450" t="s">
-        <v>1668</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1669</v>
+        <v>1665</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>1670</v>
+        <v>1666</v>
       </c>
       <c r="D451" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E451" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F451" t="s">
-        <v>58</v>
+        <v>166</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1671</v>
+        <v>1667</v>
       </c>
       <c r="H451" t="s">
-        <v>1672</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1673</v>
+        <v>1669</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>1674</v>
+        <v>1670</v>
       </c>
       <c r="D452" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E452" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F452" t="s">
-        <v>58</v>
+        <v>401</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1675</v>
+        <v>1671</v>
       </c>
       <c r="H452" t="s">
         <v>1672</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D453" t="s">
+        <v>503</v>
+      </c>
+      <c r="E453" t="s">
+        <v>504</v>
+      </c>
+      <c r="F453" t="s">
+        <v>166</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="H453" t="s">
         <v>1676</v>
-      </c>
-[...19 lines deleted...]
-        <v>1672</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D454" t="s">
+        <v>503</v>
+      </c>
+      <c r="E454" t="s">
+        <v>504</v>
+      </c>
+      <c r="F454" t="s">
+        <v>401</v>
+      </c>
+      <c r="G454" s="1" t="s">
         <v>1679</v>
       </c>
-      <c r="B454" t="s">
-[...2 lines deleted...]
-      <c r="C454" t="s">
+      <c r="H454" t="s">
         <v>1680</v>
-      </c>
-[...13 lines deleted...]
-        <v>1672</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
         <v>1682</v>
       </c>
-      <c r="B455" t="s">
-[...2 lines deleted...]
-      <c r="C455" t="s">
+      <c r="D455" t="s">
+        <v>503</v>
+      </c>
+      <c r="E455" t="s">
+        <v>504</v>
+      </c>
+      <c r="F455" t="s">
+        <v>401</v>
+      </c>
+      <c r="G455" s="1" t="s">
         <v>1683</v>
       </c>
-      <c r="D455" t="s">
-[...8 lines deleted...]
-      <c r="G455" s="1" t="s">
+      <c r="H455" t="s">
         <v>1684</v>
-      </c>
-[...1 lines deleted...]
-        <v>1685</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
         <v>1686</v>
       </c>
-      <c r="B456" t="s">
-[...2 lines deleted...]
-      <c r="C456" t="s">
+      <c r="D456" t="s">
+        <v>503</v>
+      </c>
+      <c r="E456" t="s">
+        <v>504</v>
+      </c>
+      <c r="F456" t="s">
+        <v>70</v>
+      </c>
+      <c r="G456" s="1" t="s">
         <v>1687</v>
       </c>
-      <c r="D456" t="s">
-[...8 lines deleted...]
-      <c r="G456" s="1" t="s">
+      <c r="H456" t="s">
         <v>1688</v>
-      </c>
-[...1 lines deleted...]
-        <v>1689</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
         <v>1690</v>
       </c>
-      <c r="B457" t="s">
-[...2 lines deleted...]
-      <c r="C457" t="s">
+      <c r="D457" t="s">
+        <v>503</v>
+      </c>
+      <c r="E457" t="s">
+        <v>504</v>
+      </c>
+      <c r="F457" t="s">
+        <v>70</v>
+      </c>
+      <c r="G457" s="1" t="s">
         <v>1691</v>
       </c>
-      <c r="D457" t="s">
-[...8 lines deleted...]
-      <c r="G457" s="1" t="s">
+      <c r="H457" t="s">
         <v>1692</v>
-      </c>
-[...1 lines deleted...]
-        <v>1693</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
         <v>1694</v>
       </c>
-      <c r="B458" t="s">
-[...2 lines deleted...]
-      <c r="C458" t="s">
+      <c r="D458" t="s">
+        <v>503</v>
+      </c>
+      <c r="E458" t="s">
+        <v>504</v>
+      </c>
+      <c r="F458" t="s">
+        <v>70</v>
+      </c>
+      <c r="G458" s="1" t="s">
         <v>1695</v>
       </c>
-      <c r="D458" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H458" t="s">
-        <v>1696</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
         <v>1697</v>
       </c>
-      <c r="B459" t="s">
-[...2 lines deleted...]
-      <c r="C459" t="s">
+      <c r="D459" t="s">
+        <v>503</v>
+      </c>
+      <c r="E459" t="s">
+        <v>504</v>
+      </c>
+      <c r="F459" t="s">
+        <v>70</v>
+      </c>
+      <c r="G459" s="1" t="s">
         <v>1698</v>
       </c>
-      <c r="D459" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H459" t="s">
-        <v>1699</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
         <v>1700</v>
       </c>
-      <c r="B460" t="s">
-[...2 lines deleted...]
-      <c r="C460" t="s">
+      <c r="D460" t="s">
+        <v>503</v>
+      </c>
+      <c r="E460" t="s">
+        <v>504</v>
+      </c>
+      <c r="F460" t="s">
+        <v>70</v>
+      </c>
+      <c r="G460" s="1" t="s">
         <v>1701</v>
       </c>
-      <c r="D460" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H460" t="s">
-        <v>1703</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D461" t="s">
+        <v>503</v>
+      </c>
+      <c r="E461" t="s">
+        <v>504</v>
+      </c>
+      <c r="F461" t="s">
+        <v>70</v>
+      </c>
+      <c r="G461" s="1" t="s">
         <v>1704</v>
       </c>
-      <c r="B461" t="s">
-[...2 lines deleted...]
-      <c r="C461" t="s">
+      <c r="H461" t="s">
         <v>1705</v>
-      </c>
-[...13 lines deleted...]
-        <v>1707</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D462" t="s">
+        <v>503</v>
+      </c>
+      <c r="E462" t="s">
+        <v>504</v>
+      </c>
+      <c r="F462" t="s">
+        <v>469</v>
+      </c>
+      <c r="G462" s="1" t="s">
         <v>1708</v>
       </c>
-      <c r="B462" t="s">
-[...2 lines deleted...]
-      <c r="C462" t="s">
+      <c r="H462" t="s">
         <v>1709</v>
-      </c>
-[...13 lines deleted...]
-        <v>1711</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>1711</v>
+      </c>
+      <c r="D463" t="s">
+        <v>503</v>
+      </c>
+      <c r="E463" t="s">
+        <v>504</v>
+      </c>
+      <c r="F463" t="s">
+        <v>70</v>
+      </c>
+      <c r="G463" s="1" t="s">
         <v>1712</v>
       </c>
-      <c r="B463" t="s">
-[...2 lines deleted...]
-      <c r="C463" t="s">
+      <c r="H463" t="s">
         <v>1713</v>
-      </c>
-[...13 lines deleted...]
-        <v>1715</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>1715</v>
+      </c>
+      <c r="D464" t="s">
+        <v>503</v>
+      </c>
+      <c r="E464" t="s">
+        <v>504</v>
+      </c>
+      <c r="F464" t="s">
+        <v>96</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H464" t="s">
         <v>1716</v>
-      </c>
-[...19 lines deleted...]
-        <v>1719</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1720</v>
+        <v>1717</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>1721</v>
+        <v>1718</v>
       </c>
       <c r="D465" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E465" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F465" t="s">
-        <v>58</v>
+        <v>96</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1722</v>
+        <v>14</v>
       </c>
       <c r="H465" t="s">
-        <v>1723</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1724</v>
+        <v>1720</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>1725</v>
+        <v>1721</v>
       </c>
       <c r="D466" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E466" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F466" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1726</v>
+        <v>1722</v>
       </c>
       <c r="H466" t="s">
-        <v>1727</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1728</v>
+        <v>1724</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>1729</v>
+        <v>1725</v>
       </c>
       <c r="D467" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E467" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F467" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1730</v>
+        <v>1726</v>
       </c>
       <c r="H467" t="s">
-        <v>1731</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1732</v>
+        <v>1728</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>1733</v>
+        <v>1729</v>
       </c>
       <c r="D468" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E468" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F468" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1734</v>
+        <v>1730</v>
       </c>
       <c r="H468" t="s">
-        <v>1735</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1736</v>
+        <v>1732</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>1737</v>
+        <v>1733</v>
       </c>
       <c r="D469" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E469" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F469" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1738</v>
+        <v>1734</v>
       </c>
       <c r="H469" t="s">
-        <v>1739</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1740</v>
+        <v>1736</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>1741</v>
+        <v>1737</v>
       </c>
       <c r="D470" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E470" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F470" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1742</v>
+        <v>1738</v>
       </c>
       <c r="H470" t="s">
-        <v>1743</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1744</v>
+        <v>1740</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>1745</v>
+        <v>1741</v>
       </c>
       <c r="D471" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E471" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F471" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>14</v>
+        <v>1742</v>
       </c>
       <c r="H471" t="s">
-        <v>1746</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>1745</v>
+      </c>
+      <c r="D472" t="s">
+        <v>503</v>
+      </c>
+      <c r="E472" t="s">
+        <v>504</v>
+      </c>
+      <c r="F472" t="s">
+        <v>70</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1746</v>
+      </c>
+      <c r="H472" t="s">
         <v>1747</v>
-      </c>
-[...19 lines deleted...]
-        <v>1536</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D473" t="s">
+        <v>503</v>
+      </c>
+      <c r="E473" t="s">
+        <v>504</v>
+      </c>
+      <c r="F473" t="s">
+        <v>77</v>
+      </c>
+      <c r="G473" s="1" t="s">
         <v>1750</v>
       </c>
-      <c r="B473" t="s">
-[...2 lines deleted...]
-      <c r="C473" t="s">
+      <c r="H473" t="s">
         <v>1751</v>
-      </c>
-[...13 lines deleted...]
-        <v>1753</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D474" t="s">
+        <v>503</v>
+      </c>
+      <c r="E474" t="s">
+        <v>504</v>
+      </c>
+      <c r="F474" t="s">
+        <v>77</v>
+      </c>
+      <c r="G474" s="1" t="s">
         <v>1754</v>
       </c>
-      <c r="B474" t="s">
-[...2 lines deleted...]
-      <c r="C474" t="s">
+      <c r="H474" t="s">
         <v>1755</v>
-      </c>
-[...13 lines deleted...]
-        <v>1757</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>1757</v>
+      </c>
+      <c r="D475" t="s">
+        <v>503</v>
+      </c>
+      <c r="E475" t="s">
+        <v>504</v>
+      </c>
+      <c r="F475" t="s">
+        <v>70</v>
+      </c>
+      <c r="G475" s="1" t="s">
         <v>1758</v>
       </c>
-      <c r="B475" t="s">
-[...2 lines deleted...]
-      <c r="C475" t="s">
+      <c r="H475" t="s">
         <v>1759</v>
-      </c>
-[...13 lines deleted...]
-        <v>1761</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>1761</v>
+      </c>
+      <c r="D476" t="s">
+        <v>503</v>
+      </c>
+      <c r="E476" t="s">
+        <v>504</v>
+      </c>
+      <c r="F476" t="s">
+        <v>77</v>
+      </c>
+      <c r="G476" s="1" t="s">
         <v>1762</v>
       </c>
-      <c r="B476" t="s">
-[...2 lines deleted...]
-      <c r="C476" t="s">
+      <c r="H476" t="s">
         <v>1763</v>
-      </c>
-[...13 lines deleted...]
-        <v>1765</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>1765</v>
+      </c>
+      <c r="D477" t="s">
+        <v>503</v>
+      </c>
+      <c r="E477" t="s">
+        <v>504</v>
+      </c>
+      <c r="F477" t="s">
+        <v>96</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H477" t="s">
         <v>1766</v>
-      </c>
-[...19 lines deleted...]
-        <v>1769</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1770</v>
+        <v>1767</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>1771</v>
+        <v>1768</v>
       </c>
       <c r="D478" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E478" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F478" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1772</v>
+        <v>1769</v>
       </c>
       <c r="H478" t="s">
-        <v>1773</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1774</v>
+        <v>1770</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>1775</v>
+        <v>1771</v>
       </c>
       <c r="D479" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E479" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F479" t="s">
-        <v>391</v>
+        <v>252</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1776</v>
+        <v>1772</v>
       </c>
       <c r="H479" t="s">
-        <v>1777</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1778</v>
+        <v>1774</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>1779</v>
+        <v>1775</v>
       </c>
       <c r="D480" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E480" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F480" t="s">
-        <v>391</v>
+        <v>252</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1780</v>
+        <v>1776</v>
       </c>
       <c r="H480" t="s">
-        <v>1781</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1782</v>
+        <v>1778</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>1783</v>
+        <v>1779</v>
       </c>
       <c r="D481" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E481" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F481" t="s">
-        <v>391</v>
+        <v>252</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1784</v>
+        <v>1780</v>
       </c>
       <c r="H481" t="s">
-        <v>1785</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1786</v>
+        <v>1782</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>1787</v>
+        <v>1783</v>
       </c>
       <c r="D482" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E482" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F482" t="s">
-        <v>243</v>
+        <v>401</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1788</v>
+        <v>1784</v>
       </c>
       <c r="H482" t="s">
-        <v>1789</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1790</v>
+        <v>1786</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>1791</v>
+        <v>1787</v>
       </c>
       <c r="D483" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E483" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F483" t="s">
-        <v>186</v>
+        <v>401</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1792</v>
+        <v>1788</v>
       </c>
       <c r="H483" t="s">
-        <v>1793</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1794</v>
+        <v>1790</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>1795</v>
+        <v>1791</v>
       </c>
       <c r="D484" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E484" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F484" t="s">
-        <v>65</v>
+        <v>166</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1796</v>
+        <v>1792</v>
       </c>
       <c r="H484" t="s">
-        <v>701</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
+        <v>1794</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>1795</v>
+      </c>
+      <c r="D485" t="s">
+        <v>503</v>
+      </c>
+      <c r="E485" t="s">
+        <v>504</v>
+      </c>
+      <c r="F485" t="s">
+        <v>401</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H485" t="s">
         <v>1797</v>
-      </c>
-[...19 lines deleted...]
-        <v>1800</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D486" t="s">
+        <v>503</v>
+      </c>
+      <c r="E486" t="s">
+        <v>504</v>
+      </c>
+      <c r="F486" t="s">
+        <v>401</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="H486" t="s">
         <v>1801</v>
-      </c>
-[...19 lines deleted...]
-        <v>1804</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>1803</v>
+      </c>
+      <c r="D487" t="s">
+        <v>503</v>
+      </c>
+      <c r="E487" t="s">
+        <v>504</v>
+      </c>
+      <c r="F487" t="s">
+        <v>401</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1804</v>
+      </c>
+      <c r="H487" t="s">
         <v>1805</v>
-      </c>
-[...19 lines deleted...]
-        <v>1808</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>1807</v>
+      </c>
+      <c r="D488" t="s">
+        <v>503</v>
+      </c>
+      <c r="E488" t="s">
+        <v>504</v>
+      </c>
+      <c r="F488" t="s">
+        <v>252</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="H488" t="s">
         <v>1809</v>
-      </c>
-[...19 lines deleted...]
-        <v>1812</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D489" t="s">
+        <v>503</v>
+      </c>
+      <c r="E489" t="s">
+        <v>504</v>
+      </c>
+      <c r="F489" t="s">
+        <v>195</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1812</v>
+      </c>
+      <c r="H489" t="s">
         <v>1813</v>
-      </c>
-[...19 lines deleted...]
-        <v>1816</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1817</v>
+        <v>1814</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>1818</v>
+        <v>1815</v>
       </c>
       <c r="D490" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E490" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F490" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1819</v>
+        <v>1816</v>
       </c>
       <c r="H490" t="s">
-        <v>1820</v>
+        <v>723</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1821</v>
+        <v>1817</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>1822</v>
+        <v>1818</v>
       </c>
       <c r="D491" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E491" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F491" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1823</v>
+        <v>1819</v>
       </c>
       <c r="H491" t="s">
-        <v>1824</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1825</v>
+        <v>1821</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>1826</v>
+        <v>1822</v>
       </c>
       <c r="D492" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E492" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F492" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1827</v>
+        <v>1823</v>
       </c>
       <c r="H492" t="s">
-        <v>1828</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1829</v>
+        <v>1825</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>1830</v>
+        <v>1826</v>
       </c>
       <c r="D493" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E493" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F493" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1831</v>
+        <v>1827</v>
       </c>
       <c r="H493" t="s">
-        <v>1832</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1833</v>
+        <v>1829</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>1834</v>
+        <v>1830</v>
       </c>
       <c r="D494" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E494" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F494" t="s">
-        <v>65</v>
+        <v>166</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1835</v>
+        <v>1831</v>
       </c>
       <c r="H494" t="s">
-        <v>1836</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1837</v>
+        <v>1833</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>1838</v>
+        <v>1834</v>
       </c>
       <c r="D495" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E495" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F495" t="s">
-        <v>65</v>
+        <v>252</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1839</v>
+        <v>1835</v>
       </c>
       <c r="H495" t="s">
-        <v>1840</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1841</v>
+        <v>1837</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>1842</v>
+        <v>1838</v>
       </c>
       <c r="D496" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E496" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F496" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1843</v>
+        <v>1839</v>
       </c>
       <c r="H496" t="s">
-        <v>1844</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1845</v>
+        <v>1841</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>1846</v>
+        <v>1842</v>
       </c>
       <c r="D497" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E497" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F497" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1847</v>
+        <v>1843</v>
       </c>
       <c r="H497" t="s">
-        <v>1848</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1849</v>
+        <v>1845</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>1850</v>
+        <v>1846</v>
       </c>
       <c r="D498" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E498" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F498" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1851</v>
+        <v>1847</v>
       </c>
       <c r="H498" t="s">
-        <v>1852</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1853</v>
+        <v>1849</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>1854</v>
+        <v>1850</v>
       </c>
       <c r="D499" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E499" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F499" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1855</v>
+        <v>1851</v>
       </c>
       <c r="H499" t="s">
-        <v>1856</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1857</v>
+        <v>1853</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>1858</v>
+        <v>1854</v>
       </c>
       <c r="D500" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E500" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F500" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1859</v>
+        <v>1855</v>
       </c>
       <c r="H500" t="s">
-        <v>1860</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1861</v>
+        <v>1857</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>1862</v>
+        <v>1858</v>
       </c>
       <c r="D501" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E501" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F501" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1863</v>
+        <v>1859</v>
       </c>
       <c r="H501" t="s">
-        <v>1864</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1865</v>
+        <v>1861</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>1866</v>
+        <v>1862</v>
       </c>
       <c r="D502" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E502" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F502" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1867</v>
+        <v>1863</v>
       </c>
       <c r="H502" t="s">
         <v>1864</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B503" t="s">
+        <v>9</v>
+      </c>
+      <c r="C503" t="s">
+        <v>1866</v>
+      </c>
+      <c r="D503" t="s">
+        <v>503</v>
+      </c>
+      <c r="E503" t="s">
+        <v>504</v>
+      </c>
+      <c r="F503" t="s">
+        <v>77</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="H503" t="s">
         <v>1868</v>
-      </c>
-[...19 lines deleted...]
-        <v>1871</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
+        <v>1869</v>
+      </c>
+      <c r="B504" t="s">
+        <v>9</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1870</v>
+      </c>
+      <c r="D504" t="s">
+        <v>503</v>
+      </c>
+      <c r="E504" t="s">
+        <v>504</v>
+      </c>
+      <c r="F504" t="s">
+        <v>77</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>1871</v>
+      </c>
+      <c r="H504" t="s">
         <v>1872</v>
-      </c>
-[...19 lines deleted...]
-        <v>1875</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B505" t="s">
+        <v>9</v>
+      </c>
+      <c r="C505" t="s">
+        <v>1874</v>
+      </c>
+      <c r="D505" t="s">
+        <v>503</v>
+      </c>
+      <c r="E505" t="s">
+        <v>504</v>
+      </c>
+      <c r="F505" t="s">
+        <v>77</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>1875</v>
+      </c>
+      <c r="H505" t="s">
         <v>1876</v>
-      </c>
-[...19 lines deleted...]
-        <v>1879</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B506" t="s">
+        <v>9</v>
+      </c>
+      <c r="C506" t="s">
+        <v>1878</v>
+      </c>
+      <c r="D506" t="s">
+        <v>503</v>
+      </c>
+      <c r="E506" t="s">
+        <v>504</v>
+      </c>
+      <c r="F506" t="s">
+        <v>77</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>1879</v>
+      </c>
+      <c r="H506" t="s">
         <v>1880</v>
-      </c>
-[...19 lines deleted...]
-        <v>1883</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B507" t="s">
+        <v>9</v>
+      </c>
+      <c r="C507" t="s">
+        <v>1882</v>
+      </c>
+      <c r="D507" t="s">
+        <v>503</v>
+      </c>
+      <c r="E507" t="s">
+        <v>504</v>
+      </c>
+      <c r="F507" t="s">
+        <v>77</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="H507" t="s">
         <v>1884</v>
-      </c>
-[...19 lines deleted...]
-        <v>1887</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1888</v>
+        <v>1885</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>1889</v>
+        <v>1886</v>
       </c>
       <c r="D508" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E508" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F508" t="s">
-        <v>391</v>
+        <v>77</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1890</v>
+        <v>1887</v>
       </c>
       <c r="H508" t="s">
-        <v>1891</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1892</v>
+        <v>1888</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>1893</v>
+        <v>1889</v>
       </c>
       <c r="D509" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E509" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F509" t="s">
-        <v>391</v>
+        <v>77</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1894</v>
+        <v>1890</v>
       </c>
       <c r="H509" t="s">
-        <v>1895</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1896</v>
+        <v>1892</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>1897</v>
+        <v>1893</v>
       </c>
       <c r="D510" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E510" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F510" t="s">
-        <v>446</v>
+        <v>401</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1898</v>
+        <v>1894</v>
       </c>
       <c r="H510" t="s">
-        <v>1899</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1900</v>
+        <v>1896</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>1901</v>
+        <v>1897</v>
       </c>
       <c r="D511" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E511" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F511" t="s">
-        <v>446</v>
+        <v>401</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1902</v>
+        <v>1898</v>
       </c>
       <c r="H511" t="s">
-        <v>1903</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1904</v>
+        <v>1900</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>1905</v>
+        <v>1901</v>
       </c>
       <c r="D512" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E512" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F512" t="s">
-        <v>446</v>
+        <v>401</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1906</v>
+        <v>1902</v>
       </c>
       <c r="H512" t="s">
-        <v>1907</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1908</v>
+        <v>1904</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>1909</v>
+        <v>1905</v>
       </c>
       <c r="D513" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E513" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F513" t="s">
-        <v>58</v>
+        <v>401</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1910</v>
+        <v>1906</v>
       </c>
       <c r="H513" t="s">
-        <v>1911</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1912</v>
+        <v>1908</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>1913</v>
+        <v>1909</v>
       </c>
       <c r="D514" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E514" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F514" t="s">
-        <v>84</v>
+        <v>401</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1914</v>
+        <v>1910</v>
       </c>
       <c r="H514" t="s">
-        <v>1915</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1916</v>
+        <v>1912</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>1917</v>
+        <v>1913</v>
       </c>
       <c r="D515" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E515" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F515" t="s">
-        <v>1918</v>
+        <v>401</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1919</v>
+        <v>1914</v>
       </c>
       <c r="H515" t="s">
-        <v>1920</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1921</v>
+        <v>1916</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>1922</v>
+        <v>1917</v>
       </c>
       <c r="D516" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E516" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F516" t="s">
-        <v>65</v>
+        <v>469</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1923</v>
+        <v>1918</v>
       </c>
       <c r="H516" t="s">
-        <v>1924</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1925</v>
+        <v>1920</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>1926</v>
+        <v>1921</v>
       </c>
       <c r="D517" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E517" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F517" t="s">
-        <v>84</v>
+        <v>469</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1927</v>
+        <v>1922</v>
       </c>
       <c r="H517" t="s">
-        <v>1928</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1929</v>
+        <v>1924</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>1930</v>
+        <v>1925</v>
       </c>
       <c r="D518" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E518" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F518" t="s">
-        <v>65</v>
+        <v>469</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1931</v>
+        <v>1926</v>
       </c>
       <c r="H518" t="s">
-        <v>1932</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1933</v>
+        <v>1928</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>1934</v>
+        <v>1929</v>
       </c>
       <c r="D519" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E519" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F519" t="s">
-        <v>598</v>
+        <v>70</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1935</v>
+        <v>1930</v>
       </c>
       <c r="H519" t="s">
-        <v>1936</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1937</v>
+        <v>1932</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>1938</v>
+        <v>1933</v>
       </c>
       <c r="D520" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E520" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F520" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1939</v>
+        <v>1934</v>
       </c>
       <c r="H520" t="s">
-        <v>1940</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1941</v>
+        <v>1936</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>1942</v>
+        <v>1937</v>
       </c>
       <c r="D521" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E521" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F521" t="s">
-        <v>84</v>
+        <v>1938</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1943</v>
+        <v>1939</v>
       </c>
       <c r="H521" t="s">
-        <v>1944</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1945</v>
+        <v>1941</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>1946</v>
+        <v>1942</v>
       </c>
       <c r="D522" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E522" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F522" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1947</v>
+        <v>1943</v>
       </c>
       <c r="H522" t="s">
-        <v>1948</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1949</v>
+        <v>1945</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>1950</v>
+        <v>1946</v>
       </c>
       <c r="D523" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E523" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F523" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1951</v>
+        <v>1947</v>
       </c>
       <c r="H523" t="s">
-        <v>1952</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1953</v>
+        <v>1949</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>1954</v>
+        <v>1950</v>
       </c>
       <c r="D524" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E524" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F524" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1955</v>
+        <v>1951</v>
       </c>
       <c r="H524" t="s">
-        <v>1956</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1957</v>
+        <v>1953</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>1958</v>
+        <v>1954</v>
       </c>
       <c r="D525" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E525" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F525" t="s">
-        <v>54</v>
+        <v>414</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1959</v>
+        <v>1955</v>
       </c>
       <c r="H525" t="s">
-        <v>1960</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1961</v>
+        <v>1957</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>1962</v>
+        <v>1958</v>
       </c>
       <c r="D526" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E526" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F526" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1963</v>
+        <v>1959</v>
       </c>
       <c r="H526" t="s">
-        <v>1964</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>1965</v>
+        <v>1961</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>1966</v>
+        <v>1962</v>
       </c>
       <c r="D527" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E527" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F527" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1967</v>
+        <v>1963</v>
       </c>
       <c r="H527" t="s">
-        <v>1968</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>1969</v>
+        <v>1965</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>1970</v>
+        <v>1966</v>
       </c>
       <c r="D528" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E528" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F528" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1971</v>
+        <v>1967</v>
       </c>
       <c r="H528" t="s">
         <v>1968</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
+        <v>1969</v>
+      </c>
+      <c r="B529" t="s">
+        <v>9</v>
+      </c>
+      <c r="C529" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D529" t="s">
+        <v>503</v>
+      </c>
+      <c r="E529" t="s">
+        <v>504</v>
+      </c>
+      <c r="F529" t="s">
+        <v>96</v>
+      </c>
+      <c r="G529" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="H529" t="s">
         <v>1972</v>
-      </c>
-[...19 lines deleted...]
-        <v>1975</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B530" t="s">
+        <v>9</v>
+      </c>
+      <c r="C530" t="s">
+        <v>1974</v>
+      </c>
+      <c r="D530" t="s">
+        <v>503</v>
+      </c>
+      <c r="E530" t="s">
+        <v>504</v>
+      </c>
+      <c r="F530" t="s">
+        <v>66</v>
+      </c>
+      <c r="G530" s="1" t="s">
+        <v>1975</v>
+      </c>
+      <c r="H530" t="s">
         <v>1976</v>
-      </c>
-[...19 lines deleted...]
-        <v>1979</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
+        <v>1977</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>1978</v>
+      </c>
+      <c r="D531" t="s">
+        <v>503</v>
+      </c>
+      <c r="E531" t="s">
+        <v>504</v>
+      </c>
+      <c r="F531" t="s">
+        <v>66</v>
+      </c>
+      <c r="G531" s="1" t="s">
+        <v>1979</v>
+      </c>
+      <c r="H531" t="s">
         <v>1980</v>
-      </c>
-[...19 lines deleted...]
-        <v>1983</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
+        <v>1981</v>
+      </c>
+      <c r="B532" t="s">
+        <v>9</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D532" t="s">
+        <v>503</v>
+      </c>
+      <c r="E532" t="s">
+        <v>504</v>
+      </c>
+      <c r="F532" t="s">
+        <v>66</v>
+      </c>
+      <c r="G532" s="1" t="s">
+        <v>1983</v>
+      </c>
+      <c r="H532" t="s">
         <v>1984</v>
-      </c>
-[...19 lines deleted...]
-        <v>1987</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
+        <v>1985</v>
+      </c>
+      <c r="B533" t="s">
+        <v>9</v>
+      </c>
+      <c r="C533" t="s">
+        <v>1986</v>
+      </c>
+      <c r="D533" t="s">
+        <v>503</v>
+      </c>
+      <c r="E533" t="s">
+        <v>504</v>
+      </c>
+      <c r="F533" t="s">
+        <v>66</v>
+      </c>
+      <c r="G533" s="1" t="s">
+        <v>1987</v>
+      </c>
+      <c r="H533" t="s">
         <v>1988</v>
-      </c>
-[...19 lines deleted...]
-        <v>1991</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>1992</v>
+        <v>1989</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>1993</v>
+        <v>1990</v>
       </c>
       <c r="D534" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E534" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F534" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1994</v>
+        <v>1991</v>
       </c>
       <c r="H534" t="s">
-        <v>1995</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>1997</v>
+        <v>1993</v>
       </c>
       <c r="D535" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E535" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F535" t="s">
-        <v>157</v>
+        <v>66</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="H535" t="s">
-        <v>1999</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="D536" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E536" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F536" t="s">
-        <v>58</v>
+        <v>166</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="H536" t="s">
-        <v>2003</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="D537" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E537" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F537" t="s">
-        <v>54</v>
+        <v>166</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="H537" t="s">
-        <v>2007</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="D538" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E538" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F538" t="s">
-        <v>391</v>
+        <v>166</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="H538" t="s">
-        <v>2011</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="D539" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E539" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F539" t="s">
-        <v>54</v>
+        <v>401</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="H539" t="s">
-        <v>2015</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="D540" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E540" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F540" t="s">
-        <v>157</v>
+        <v>70</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="H540" t="s">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="D541" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E541" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F541" t="s">
-        <v>54</v>
+        <v>166</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="H541" t="s">
-        <v>2023</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="D542" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E542" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F542" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>2026</v>
+        <v>2022</v>
       </c>
       <c r="H542" t="s">
-        <v>2027</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>2028</v>
+        <v>2024</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>2029</v>
+        <v>2025</v>
       </c>
       <c r="D543" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E543" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F543" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>2030</v>
+        <v>2026</v>
       </c>
       <c r="H543" t="s">
-        <v>2031</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>2032</v>
+        <v>2028</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>2033</v>
+        <v>2029</v>
       </c>
       <c r="D544" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E544" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F544" t="s">
-        <v>58</v>
+        <v>401</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>2034</v>
+        <v>2030</v>
       </c>
       <c r="H544" t="s">
-        <v>2035</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>2036</v>
+        <v>2032</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>2037</v>
+        <v>2033</v>
       </c>
       <c r="D545" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E545" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F545" t="s">
-        <v>391</v>
+        <v>66</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>2038</v>
+        <v>2034</v>
       </c>
       <c r="H545" t="s">
-        <v>2039</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>2040</v>
+        <v>2036</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>2041</v>
+        <v>2037</v>
       </c>
       <c r="D546" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E546" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F546" t="s">
-        <v>65</v>
+        <v>166</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>2042</v>
+        <v>2038</v>
       </c>
       <c r="H546" t="s">
-        <v>2043</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>2044</v>
+        <v>2040</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>2045</v>
+        <v>2041</v>
       </c>
       <c r="D547" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E547" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F547" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>2046</v>
+        <v>2042</v>
       </c>
       <c r="H547" t="s">
-        <v>2047</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>2048</v>
+        <v>2044</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>2049</v>
+        <v>2045</v>
       </c>
       <c r="D548" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E548" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F548" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>2050</v>
+        <v>2046</v>
       </c>
       <c r="H548" t="s">
-        <v>2051</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>2052</v>
+        <v>2048</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>2053</v>
+        <v>2049</v>
       </c>
       <c r="D549" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E549" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F549" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>2054</v>
+        <v>2050</v>
       </c>
       <c r="H549" t="s">
-        <v>2055</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>2056</v>
+        <v>2052</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>2057</v>
+        <v>2053</v>
       </c>
       <c r="D550" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E550" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F550" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>2058</v>
+        <v>2054</v>
       </c>
       <c r="H550" t="s">
-        <v>2059</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>2060</v>
+        <v>2056</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>2061</v>
+        <v>2057</v>
       </c>
       <c r="D551" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E551" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F551" t="s">
-        <v>243</v>
+        <v>401</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>2062</v>
+        <v>2058</v>
       </c>
       <c r="H551" t="s">
-        <v>2063</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>2064</v>
+        <v>2060</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>2065</v>
+        <v>2061</v>
       </c>
       <c r="D552" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E552" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F552" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>2066</v>
+        <v>2062</v>
       </c>
       <c r="H552" t="s">
-        <v>2067</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>2068</v>
+        <v>2064</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>2069</v>
+        <v>2065</v>
       </c>
       <c r="D553" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E553" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F553" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>2070</v>
+        <v>2066</v>
       </c>
       <c r="H553" t="s">
-        <v>2071</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>2072</v>
+        <v>2068</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>2073</v>
+        <v>2069</v>
       </c>
       <c r="D554" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E554" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F554" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>2074</v>
+        <v>2070</v>
       </c>
       <c r="H554" t="s">
-        <v>2075</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>2076</v>
+        <v>2072</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>2077</v>
+        <v>2073</v>
       </c>
       <c r="D555" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E555" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F555" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>2078</v>
+        <v>2074</v>
       </c>
       <c r="H555" t="s">
-        <v>2079</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>2080</v>
+        <v>2076</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>2081</v>
+        <v>2077</v>
       </c>
       <c r="D556" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E556" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F556" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>2082</v>
+        <v>2078</v>
       </c>
       <c r="H556" t="s">
-        <v>2083</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>2084</v>
+        <v>2080</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>2085</v>
+        <v>2081</v>
       </c>
       <c r="D557" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E557" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F557" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>2086</v>
+        <v>2082</v>
       </c>
       <c r="H557" t="s">
-        <v>2087</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>2088</v>
+        <v>2084</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>2089</v>
+        <v>2085</v>
       </c>
       <c r="D558" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E558" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F558" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>2090</v>
+        <v>2086</v>
       </c>
       <c r="H558" t="s">
-        <v>2091</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>2092</v>
+        <v>2088</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>2093</v>
+        <v>2089</v>
       </c>
       <c r="D559" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E559" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F559" t="s">
-        <v>84</v>
+        <v>252</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>2094</v>
+        <v>2090</v>
       </c>
       <c r="H559" t="s">
-        <v>2095</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>2096</v>
+        <v>2092</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>2097</v>
+        <v>2093</v>
       </c>
       <c r="D560" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E560" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F560" t="s">
-        <v>186</v>
+        <v>252</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>2098</v>
+        <v>2094</v>
       </c>
       <c r="H560" t="s">
-        <v>2099</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>2100</v>
+        <v>2096</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>2101</v>
+        <v>2097</v>
       </c>
       <c r="D561" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E561" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F561" t="s">
-        <v>186</v>
+        <v>252</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>2102</v>
+        <v>2098</v>
       </c>
       <c r="H561" t="s">
-        <v>2103</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>2104</v>
+        <v>2100</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>2105</v>
+        <v>2101</v>
       </c>
       <c r="D562" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="E562" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="F562" t="s">
-        <v>186</v>
+        <v>252</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>2106</v>
+        <v>2102</v>
       </c>
       <c r="H562" t="s">
-        <v>2107</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>2108</v>
+        <v>2104</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>10</v>
+        <v>2105</v>
       </c>
       <c r="D563" t="s">
-        <v>2109</v>
+        <v>503</v>
       </c>
       <c r="E563" t="s">
-        <v>2110</v>
+        <v>504</v>
       </c>
       <c r="F563" t="s">
-        <v>84</v>
+        <v>252</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>2111</v>
+        <v>2106</v>
       </c>
       <c r="H563" t="s">
-        <v>2112</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>2113</v>
+        <v>2108</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>17</v>
+        <v>2109</v>
       </c>
       <c r="D564" t="s">
-        <v>2109</v>
+        <v>503</v>
       </c>
       <c r="E564" t="s">
+        <v>504</v>
+      </c>
+      <c r="F564" t="s">
+        <v>252</v>
+      </c>
+      <c r="G564" s="1" t="s">
         <v>2110</v>
       </c>
-      <c r="F564" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H564" t="s">
-        <v>2115</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>2116</v>
+        <v>2112</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>21</v>
+        <v>2113</v>
       </c>
       <c r="D565" t="s">
-        <v>2109</v>
+        <v>503</v>
       </c>
       <c r="E565" t="s">
-        <v>2110</v>
+        <v>504</v>
       </c>
       <c r="F565" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>14</v>
+        <v>2114</v>
       </c>
       <c r="H565" t="s">
-        <v>2117</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
+        <v>2116</v>
+      </c>
+      <c r="B566" t="s">
+        <v>9</v>
+      </c>
+      <c r="C566" t="s">
+        <v>2117</v>
+      </c>
+      <c r="D566" t="s">
+        <v>503</v>
+      </c>
+      <c r="E566" t="s">
+        <v>504</v>
+      </c>
+      <c r="F566" t="s">
+        <v>195</v>
+      </c>
+      <c r="G566" s="1" t="s">
         <v>2118</v>
-      </c>
-[...16 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H566" t="s">
         <v>2119</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
         <v>2120</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>28</v>
+        <v>2121</v>
       </c>
       <c r="D567" t="s">
-        <v>2109</v>
+        <v>503</v>
       </c>
       <c r="E567" t="s">
-        <v>2110</v>
+        <v>504</v>
       </c>
       <c r="F567" t="s">
-        <v>54</v>
+        <v>195</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>2121</v>
+        <v>2122</v>
       </c>
       <c r="H567" t="s">
-        <v>2122</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>69</v>
+        <v>2125</v>
       </c>
       <c r="D568" t="s">
-        <v>2109</v>
+        <v>503</v>
       </c>
       <c r="E568" t="s">
-        <v>2110</v>
+        <v>504</v>
       </c>
       <c r="F568" t="s">
-        <v>58</v>
+        <v>195</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>2124</v>
+        <v>2126</v>
       </c>
       <c r="H568" t="s">
-        <v>2125</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>2126</v>
+        <v>2128</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>73</v>
+        <v>2129</v>
       </c>
       <c r="D569" t="s">
-        <v>2109</v>
+        <v>503</v>
       </c>
       <c r="E569" t="s">
-        <v>2110</v>
+        <v>504</v>
       </c>
       <c r="F569" t="s">
-        <v>58</v>
+        <v>469</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>2127</v>
+        <v>2130</v>
       </c>
       <c r="H569" t="s">
-        <v>2128</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>2129</v>
+        <v>2132</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>77</v>
+        <v>2133</v>
       </c>
       <c r="D570" t="s">
-        <v>2109</v>
+        <v>503</v>
       </c>
       <c r="E570" t="s">
-        <v>2110</v>
+        <v>504</v>
       </c>
       <c r="F570" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>2130</v>
+        <v>2134</v>
       </c>
       <c r="H570" t="s">
-        <v>2131</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>2132</v>
+        <v>2136</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>32</v>
+        <v>2137</v>
       </c>
       <c r="D571" t="s">
-        <v>2109</v>
+        <v>503</v>
       </c>
       <c r="E571" t="s">
-        <v>2110</v>
+        <v>504</v>
       </c>
       <c r="F571" t="s">
-        <v>186</v>
+        <v>469</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>14</v>
+        <v>2138</v>
       </c>
       <c r="H571" t="s">
-        <v>2133</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>2134</v>
+        <v>2140</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>36</v>
+        <v>2141</v>
       </c>
       <c r="D572" t="s">
-        <v>2109</v>
+        <v>503</v>
       </c>
       <c r="E572" t="s">
-        <v>2110</v>
+        <v>504</v>
       </c>
       <c r="F572" t="s">
-        <v>65</v>
+        <v>469</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>2135</v>
+        <v>2142</v>
       </c>
       <c r="H572" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>40</v>
+        <v>2145</v>
       </c>
       <c r="D573" t="s">
-        <v>2109</v>
+        <v>503</v>
       </c>
       <c r="E573" t="s">
-        <v>2110</v>
+        <v>504</v>
       </c>
       <c r="F573" t="s">
-        <v>65</v>
+        <v>469</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>2138</v>
+        <v>2146</v>
       </c>
       <c r="H573" t="s">
-        <v>2139</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>2140</v>
+        <v>2148</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>44</v>
+        <v>2149</v>
       </c>
       <c r="D574" t="s">
-        <v>2109</v>
+        <v>503</v>
       </c>
       <c r="E574" t="s">
-        <v>2110</v>
+        <v>504</v>
       </c>
       <c r="F574" t="s">
-        <v>65</v>
+        <v>469</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>2141</v>
+        <v>2150</v>
       </c>
       <c r="H574" t="s">
-        <v>2142</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>2143</v>
+        <v>2152</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>48</v>
+        <v>2153</v>
       </c>
       <c r="D575" t="s">
-        <v>2109</v>
+        <v>503</v>
       </c>
       <c r="E575" t="s">
-        <v>2110</v>
+        <v>504</v>
       </c>
       <c r="F575" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>2144</v>
+        <v>2154</v>
       </c>
       <c r="H575" t="s">
-        <v>2145</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>2146</v>
+        <v>2156</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>17</v>
+        <v>2157</v>
       </c>
       <c r="D576" t="s">
-        <v>2147</v>
+        <v>503</v>
       </c>
       <c r="E576" t="s">
-        <v>2148</v>
+        <v>504</v>
       </c>
       <c r="F576" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>2149</v>
+        <v>2158</v>
       </c>
       <c r="H576" t="s">
-        <v>2150</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2151</v>
+        <v>2160</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>10</v>
+        <v>2161</v>
       </c>
       <c r="D577" t="s">
-        <v>2152</v>
+        <v>503</v>
       </c>
       <c r="E577" t="s">
-        <v>2153</v>
+        <v>504</v>
       </c>
       <c r="F577" t="s">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>2154</v>
+        <v>2162</v>
       </c>
       <c r="H577" t="s">
-        <v>2155</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2156</v>
+        <v>2164</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>17</v>
+        <v>2165</v>
       </c>
       <c r="D578" t="s">
-        <v>2152</v>
+        <v>503</v>
       </c>
       <c r="E578" t="s">
-        <v>2153</v>
+        <v>504</v>
       </c>
       <c r="F578" t="s">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>14</v>
+        <v>2166</v>
       </c>
       <c r="H578" t="s">
-        <v>2157</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>2158</v>
+        <v>2168</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>21</v>
+        <v>2169</v>
       </c>
       <c r="D579" t="s">
-        <v>2152</v>
+        <v>503</v>
       </c>
       <c r="E579" t="s">
-        <v>2153</v>
+        <v>504</v>
       </c>
       <c r="F579" t="s">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>2159</v>
+        <v>2170</v>
       </c>
       <c r="H579" t="s">
-        <v>2160</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>2161</v>
+        <v>2172</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>10</v>
+        <v>2173</v>
       </c>
       <c r="D580" t="s">
-        <v>2162</v>
+        <v>503</v>
       </c>
       <c r="E580" t="s">
-        <v>2163</v>
+        <v>504</v>
       </c>
       <c r="F580" t="s">
-        <v>431</v>
+        <v>96</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>14</v>
+        <v>2174</v>
       </c>
       <c r="H580" t="s">
-        <v>2164</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>2165</v>
+        <v>2176</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>17</v>
+        <v>2177</v>
       </c>
       <c r="D581" t="s">
-        <v>2162</v>
+        <v>503</v>
       </c>
       <c r="E581" t="s">
-        <v>2163</v>
+        <v>504</v>
       </c>
       <c r="F581" t="s">
-        <v>2166</v>
+        <v>166</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>14</v>
+        <v>2178</v>
       </c>
       <c r="H581" t="s">
-        <v>2167</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>2168</v>
+        <v>2180</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>21</v>
+        <v>2181</v>
       </c>
       <c r="D582" t="s">
-        <v>2162</v>
+        <v>503</v>
       </c>
       <c r="E582" t="s">
-        <v>2163</v>
+        <v>504</v>
       </c>
       <c r="F582" t="s">
-        <v>431</v>
+        <v>166</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>2169</v>
+        <v>2182</v>
       </c>
       <c r="H582" t="s">
-        <v>2170</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>2171</v>
+        <v>2184</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>24</v>
+        <v>2185</v>
       </c>
       <c r="D583" t="s">
-        <v>2162</v>
+        <v>503</v>
       </c>
       <c r="E583" t="s">
-        <v>2163</v>
+        <v>504</v>
       </c>
       <c r="F583" t="s">
-        <v>431</v>
+        <v>96</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>2172</v>
+        <v>2186</v>
       </c>
       <c r="H583" t="s">
-        <v>2173</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>2174</v>
+        <v>2188</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>28</v>
+        <v>2189</v>
       </c>
       <c r="D584" t="s">
-        <v>2162</v>
+        <v>503</v>
       </c>
       <c r="E584" t="s">
-        <v>2163</v>
+        <v>504</v>
       </c>
       <c r="F584" t="s">
-        <v>431</v>
+        <v>401</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>2175</v>
+        <v>2190</v>
       </c>
       <c r="H584" t="s">
-        <v>2176</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>2177</v>
+        <v>2192</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>69</v>
+        <v>2193</v>
       </c>
       <c r="D585" t="s">
-        <v>2162</v>
+        <v>503</v>
       </c>
       <c r="E585" t="s">
-        <v>2163</v>
+        <v>504</v>
       </c>
       <c r="F585" t="s">
-        <v>431</v>
+        <v>401</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>14</v>
+        <v>2194</v>
       </c>
       <c r="H585" t="s">
-        <v>2178</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>2179</v>
+        <v>2196</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>73</v>
+        <v>2197</v>
       </c>
       <c r="D586" t="s">
-        <v>2162</v>
+        <v>503</v>
       </c>
       <c r="E586" t="s">
-        <v>2163</v>
+        <v>504</v>
       </c>
       <c r="F586" t="s">
-        <v>431</v>
+        <v>401</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>14</v>
+        <v>2198</v>
       </c>
       <c r="H586" t="s">
-        <v>2180</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>2181</v>
+        <v>2200</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>77</v>
+        <v>2201</v>
       </c>
       <c r="D587" t="s">
-        <v>2162</v>
+        <v>503</v>
       </c>
       <c r="E587" t="s">
-        <v>2163</v>
+        <v>504</v>
       </c>
       <c r="F587" t="s">
-        <v>431</v>
+        <v>401</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>14</v>
+        <v>2202</v>
       </c>
       <c r="H587" t="s">
-        <v>2182</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>2183</v>
+        <v>2204</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>32</v>
+        <v>2205</v>
       </c>
       <c r="D588" t="s">
-        <v>2162</v>
+        <v>503</v>
       </c>
       <c r="E588" t="s">
-        <v>2163</v>
+        <v>504</v>
       </c>
       <c r="F588" t="s">
-        <v>431</v>
+        <v>401</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>14</v>
+        <v>2206</v>
       </c>
       <c r="H588" t="s">
-        <v>2184</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>2185</v>
+        <v>2208</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>36</v>
+        <v>2209</v>
       </c>
       <c r="D589" t="s">
-        <v>2162</v>
+        <v>503</v>
       </c>
       <c r="E589" t="s">
-        <v>2163</v>
+        <v>504</v>
       </c>
       <c r="F589" t="s">
-        <v>431</v>
+        <v>401</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>2186</v>
+        <v>2210</v>
       </c>
       <c r="H589" t="s">
-        <v>2187</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>2188</v>
+        <v>2212</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>17</v>
+        <v>2213</v>
       </c>
       <c r="D590" t="s">
-        <v>2189</v>
+        <v>503</v>
       </c>
       <c r="E590" t="s">
-        <v>2190</v>
+        <v>504</v>
       </c>
       <c r="F590" t="s">
-        <v>13</v>
+        <v>401</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>14</v>
+        <v>2214</v>
       </c>
       <c r="H590" t="s">
-        <v>2191</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>2192</v>
+        <v>2216</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>24</v>
+        <v>2217</v>
       </c>
       <c r="D591" t="s">
-        <v>2189</v>
+        <v>503</v>
       </c>
       <c r="E591" t="s">
-        <v>2190</v>
+        <v>504</v>
       </c>
       <c r="F591" t="s">
-        <v>13</v>
+        <v>401</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>2193</v>
+        <v>2218</v>
       </c>
       <c r="H591" t="s">
-        <v>2194</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>2195</v>
+        <v>2220</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>28</v>
+        <v>2221</v>
       </c>
       <c r="D592" t="s">
-        <v>2189</v>
+        <v>503</v>
       </c>
       <c r="E592" t="s">
-        <v>2190</v>
+        <v>504</v>
       </c>
       <c r="F592" t="s">
-        <v>13</v>
+        <v>401</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>2196</v>
+        <v>2222</v>
       </c>
       <c r="H592" t="s">
-        <v>2197</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2198</v>
+        <v>2224</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>32</v>
+        <v>2225</v>
       </c>
       <c r="D593" t="s">
-        <v>2189</v>
+        <v>503</v>
       </c>
       <c r="E593" t="s">
-        <v>2190</v>
+        <v>504</v>
       </c>
       <c r="F593" t="s">
-        <v>13</v>
+        <v>401</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>2199</v>
+        <v>2226</v>
       </c>
       <c r="H593" t="s">
-        <v>2200</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>2201</v>
+        <v>2228</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>36</v>
+        <v>2229</v>
       </c>
       <c r="D594" t="s">
-        <v>2189</v>
+        <v>503</v>
       </c>
       <c r="E594" t="s">
-        <v>2190</v>
+        <v>504</v>
       </c>
       <c r="F594" t="s">
-        <v>13</v>
+        <v>401</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>2202</v>
+        <v>2230</v>
       </c>
       <c r="H594" t="s">
-        <v>2203</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2204</v>
+        <v>2232</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>40</v>
+        <v>2233</v>
       </c>
       <c r="D595" t="s">
-        <v>2189</v>
+        <v>503</v>
       </c>
       <c r="E595" t="s">
-        <v>2190</v>
+        <v>504</v>
       </c>
       <c r="F595" t="s">
-        <v>13</v>
+        <v>401</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2205</v>
+        <v>2234</v>
       </c>
       <c r="H595" t="s">
-        <v>2206</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2207</v>
+        <v>2236</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>44</v>
+        <v>2237</v>
       </c>
       <c r="D596" t="s">
-        <v>2189</v>
+        <v>503</v>
       </c>
       <c r="E596" t="s">
-        <v>2190</v>
+        <v>504</v>
       </c>
       <c r="F596" t="s">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>14</v>
+        <v>2238</v>
       </c>
       <c r="H596" t="s">
-        <v>2208</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>2209</v>
+        <v>2240</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
+        <v>2241</v>
+      </c>
+      <c r="D597" t="s">
+        <v>503</v>
+      </c>
+      <c r="E597" t="s">
+        <v>504</v>
+      </c>
+      <c r="F597" t="s">
+        <v>77</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>2242</v>
+      </c>
+      <c r="H597" t="s">
+        <v>2243</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598" t="s">
+        <v>2244</v>
+      </c>
+      <c r="B598" t="s">
+        <v>9</v>
+      </c>
+      <c r="C598" t="s">
+        <v>2245</v>
+      </c>
+      <c r="D598" t="s">
+        <v>503</v>
+      </c>
+      <c r="E598" t="s">
+        <v>504</v>
+      </c>
+      <c r="F598" t="s">
+        <v>414</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>2246</v>
+      </c>
+      <c r="H598" t="s">
+        <v>2247</v>
+      </c>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599" t="s">
+        <v>2248</v>
+      </c>
+      <c r="B599" t="s">
+        <v>9</v>
+      </c>
+      <c r="C599" t="s">
+        <v>2249</v>
+      </c>
+      <c r="D599" t="s">
+        <v>503</v>
+      </c>
+      <c r="E599" t="s">
+        <v>504</v>
+      </c>
+      <c r="F599" t="s">
+        <v>77</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>2250</v>
+      </c>
+      <c r="H599" t="s">
+        <v>2251</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600" t="s">
+        <v>2252</v>
+      </c>
+      <c r="B600" t="s">
+        <v>9</v>
+      </c>
+      <c r="C600" t="s">
+        <v>2253</v>
+      </c>
+      <c r="D600" t="s">
+        <v>503</v>
+      </c>
+      <c r="E600" t="s">
+        <v>504</v>
+      </c>
+      <c r="F600" t="s">
+        <v>77</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>2254</v>
+      </c>
+      <c r="H600" t="s">
+        <v>2255</v>
+      </c>
+    </row>
+    <row r="601" spans="1:8">
+      <c r="A601" t="s">
+        <v>2256</v>
+      </c>
+      <c r="B601" t="s">
+        <v>9</v>
+      </c>
+      <c r="C601" t="s">
+        <v>2257</v>
+      </c>
+      <c r="D601" t="s">
+        <v>503</v>
+      </c>
+      <c r="E601" t="s">
+        <v>504</v>
+      </c>
+      <c r="F601" t="s">
+        <v>77</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>2258</v>
+      </c>
+      <c r="H601" t="s">
+        <v>2259</v>
+      </c>
+    </row>
+    <row r="602" spans="1:8">
+      <c r="A602" t="s">
+        <v>2260</v>
+      </c>
+      <c r="B602" t="s">
+        <v>9</v>
+      </c>
+      <c r="C602" t="s">
+        <v>2261</v>
+      </c>
+      <c r="D602" t="s">
+        <v>503</v>
+      </c>
+      <c r="E602" t="s">
+        <v>504</v>
+      </c>
+      <c r="F602" t="s">
+        <v>77</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>2262</v>
+      </c>
+      <c r="H602" t="s">
+        <v>2263</v>
+      </c>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" t="s">
+        <v>2264</v>
+      </c>
+      <c r="B603" t="s">
+        <v>9</v>
+      </c>
+      <c r="C603" t="s">
+        <v>2265</v>
+      </c>
+      <c r="D603" t="s">
+        <v>503</v>
+      </c>
+      <c r="E603" t="s">
+        <v>504</v>
+      </c>
+      <c r="F603" t="s">
+        <v>77</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>2266</v>
+      </c>
+      <c r="H603" t="s">
+        <v>2267</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" t="s">
+        <v>2268</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>2269</v>
+      </c>
+      <c r="D604" t="s">
+        <v>503</v>
+      </c>
+      <c r="E604" t="s">
+        <v>504</v>
+      </c>
+      <c r="F604" t="s">
+        <v>77</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>2270</v>
+      </c>
+      <c r="H604" t="s">
+        <v>2271</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>2273</v>
+      </c>
+      <c r="D605" t="s">
+        <v>503</v>
+      </c>
+      <c r="E605" t="s">
+        <v>504</v>
+      </c>
+      <c r="F605" t="s">
+        <v>469</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>2274</v>
+      </c>
+      <c r="H605" t="s">
+        <v>2275</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" t="s">
+        <v>2276</v>
+      </c>
+      <c r="B606" t="s">
+        <v>9</v>
+      </c>
+      <c r="C606" t="s">
+        <v>2277</v>
+      </c>
+      <c r="D606" t="s">
+        <v>503</v>
+      </c>
+      <c r="E606" t="s">
+        <v>504</v>
+      </c>
+      <c r="F606" t="s">
+        <v>401</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>2278</v>
+      </c>
+      <c r="H606" t="s">
+        <v>2279</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" t="s">
+        <v>2280</v>
+      </c>
+      <c r="B607" t="s">
+        <v>9</v>
+      </c>
+      <c r="C607" t="s">
+        <v>2281</v>
+      </c>
+      <c r="D607" t="s">
+        <v>503</v>
+      </c>
+      <c r="E607" t="s">
+        <v>504</v>
+      </c>
+      <c r="F607" t="s">
+        <v>401</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>2282</v>
+      </c>
+      <c r="H607" t="s">
+        <v>2283</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" t="s">
+        <v>2284</v>
+      </c>
+      <c r="B608" t="s">
+        <v>9</v>
+      </c>
+      <c r="C608" t="s">
+        <v>2285</v>
+      </c>
+      <c r="D608" t="s">
+        <v>503</v>
+      </c>
+      <c r="E608" t="s">
+        <v>504</v>
+      </c>
+      <c r="F608" t="s">
+        <v>469</v>
+      </c>
+      <c r="G608" s="1" t="s">
+        <v>2286</v>
+      </c>
+      <c r="H608" t="s">
+        <v>2287</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8">
+      <c r="A609" t="s">
+        <v>2288</v>
+      </c>
+      <c r="B609" t="s">
+        <v>9</v>
+      </c>
+      <c r="C609" t="s">
+        <v>2289</v>
+      </c>
+      <c r="D609" t="s">
+        <v>503</v>
+      </c>
+      <c r="E609" t="s">
+        <v>504</v>
+      </c>
+      <c r="F609" t="s">
+        <v>469</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>2290</v>
+      </c>
+      <c r="H609" t="s">
+        <v>2291</v>
+      </c>
+    </row>
+    <row r="610" spans="1:8">
+      <c r="A610" t="s">
+        <v>2292</v>
+      </c>
+      <c r="B610" t="s">
+        <v>9</v>
+      </c>
+      <c r="C610" t="s">
+        <v>2293</v>
+      </c>
+      <c r="D610" t="s">
+        <v>503</v>
+      </c>
+      <c r="E610" t="s">
+        <v>504</v>
+      </c>
+      <c r="F610" t="s">
+        <v>401</v>
+      </c>
+      <c r="G610" s="1" t="s">
+        <v>2294</v>
+      </c>
+      <c r="H610" t="s">
+        <v>2295</v>
+      </c>
+    </row>
+    <row r="611" spans="1:8">
+      <c r="A611" t="s">
+        <v>2296</v>
+      </c>
+      <c r="B611" t="s">
+        <v>9</v>
+      </c>
+      <c r="C611" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D611" t="s">
+        <v>503</v>
+      </c>
+      <c r="E611" t="s">
+        <v>504</v>
+      </c>
+      <c r="F611" t="s">
+        <v>401</v>
+      </c>
+      <c r="G611" s="1" t="s">
+        <v>2298</v>
+      </c>
+      <c r="H611" t="s">
+        <v>2299</v>
+      </c>
+    </row>
+    <row r="612" spans="1:8">
+      <c r="A612" t="s">
+        <v>2300</v>
+      </c>
+      <c r="B612" t="s">
+        <v>9</v>
+      </c>
+      <c r="C612" t="s">
+        <v>2301</v>
+      </c>
+      <c r="D612" t="s">
+        <v>503</v>
+      </c>
+      <c r="E612" t="s">
+        <v>504</v>
+      </c>
+      <c r="F612" t="s">
+        <v>401</v>
+      </c>
+      <c r="G612" s="1" t="s">
+        <v>2302</v>
+      </c>
+      <c r="H612" t="s">
+        <v>2303</v>
+      </c>
+    </row>
+    <row r="613" spans="1:8">
+      <c r="A613" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B613" t="s">
+        <v>9</v>
+      </c>
+      <c r="C613" t="s">
+        <v>2305</v>
+      </c>
+      <c r="D613" t="s">
+        <v>503</v>
+      </c>
+      <c r="E613" t="s">
+        <v>504</v>
+      </c>
+      <c r="F613" t="s">
+        <v>96</v>
+      </c>
+      <c r="G613" s="1" t="s">
+        <v>2306</v>
+      </c>
+      <c r="H613" t="s">
+        <v>2307</v>
+      </c>
+    </row>
+    <row r="614" spans="1:8">
+      <c r="A614" t="s">
+        <v>2308</v>
+      </c>
+      <c r="B614" t="s">
+        <v>9</v>
+      </c>
+      <c r="C614" t="s">
+        <v>2309</v>
+      </c>
+      <c r="D614" t="s">
+        <v>503</v>
+      </c>
+      <c r="E614" t="s">
+        <v>504</v>
+      </c>
+      <c r="F614" t="s">
+        <v>77</v>
+      </c>
+      <c r="G614" s="1" t="s">
+        <v>2310</v>
+      </c>
+      <c r="H614" t="s">
+        <v>2311</v>
+      </c>
+    </row>
+    <row r="615" spans="1:8">
+      <c r="A615" t="s">
+        <v>2312</v>
+      </c>
+      <c r="B615" t="s">
+        <v>9</v>
+      </c>
+      <c r="C615" t="s">
+        <v>2313</v>
+      </c>
+      <c r="D615" t="s">
+        <v>503</v>
+      </c>
+      <c r="E615" t="s">
+        <v>504</v>
+      </c>
+      <c r="F615" t="s">
+        <v>77</v>
+      </c>
+      <c r="G615" s="1" t="s">
+        <v>2314</v>
+      </c>
+      <c r="H615" t="s">
+        <v>2315</v>
+      </c>
+    </row>
+    <row r="616" spans="1:8">
+      <c r="A616" t="s">
+        <v>2316</v>
+      </c>
+      <c r="B616" t="s">
+        <v>9</v>
+      </c>
+      <c r="C616" t="s">
+        <v>2317</v>
+      </c>
+      <c r="D616" t="s">
+        <v>503</v>
+      </c>
+      <c r="E616" t="s">
+        <v>504</v>
+      </c>
+      <c r="F616" t="s">
+        <v>77</v>
+      </c>
+      <c r="G616" s="1" t="s">
+        <v>2318</v>
+      </c>
+      <c r="H616" t="s">
+        <v>2319</v>
+      </c>
+    </row>
+    <row r="617" spans="1:8">
+      <c r="A617" t="s">
+        <v>2320</v>
+      </c>
+      <c r="B617" t="s">
+        <v>9</v>
+      </c>
+      <c r="C617" t="s">
+        <v>2321</v>
+      </c>
+      <c r="D617" t="s">
+        <v>503</v>
+      </c>
+      <c r="E617" t="s">
+        <v>504</v>
+      </c>
+      <c r="F617" t="s">
+        <v>469</v>
+      </c>
+      <c r="G617" s="1" t="s">
+        <v>2322</v>
+      </c>
+      <c r="H617" t="s">
+        <v>2323</v>
+      </c>
+    </row>
+    <row r="618" spans="1:8">
+      <c r="A618" t="s">
+        <v>2324</v>
+      </c>
+      <c r="B618" t="s">
+        <v>9</v>
+      </c>
+      <c r="C618" t="s">
+        <v>2325</v>
+      </c>
+      <c r="D618" t="s">
+        <v>503</v>
+      </c>
+      <c r="E618" t="s">
+        <v>504</v>
+      </c>
+      <c r="F618" t="s">
+        <v>77</v>
+      </c>
+      <c r="G618" s="1" t="s">
+        <v>2326</v>
+      </c>
+      <c r="H618" t="s">
+        <v>2327</v>
+      </c>
+    </row>
+    <row r="619" spans="1:8">
+      <c r="A619" t="s">
+        <v>2328</v>
+      </c>
+      <c r="B619" t="s">
+        <v>9</v>
+      </c>
+      <c r="C619" t="s">
+        <v>2329</v>
+      </c>
+      <c r="D619" t="s">
+        <v>503</v>
+      </c>
+      <c r="E619" t="s">
+        <v>504</v>
+      </c>
+      <c r="F619" t="s">
+        <v>77</v>
+      </c>
+      <c r="G619" s="1" t="s">
+        <v>2330</v>
+      </c>
+      <c r="H619" t="s">
+        <v>2331</v>
+      </c>
+    </row>
+    <row r="620" spans="1:8">
+      <c r="A620" t="s">
+        <v>2332</v>
+      </c>
+      <c r="B620" t="s">
+        <v>9</v>
+      </c>
+      <c r="C620" t="s">
+        <v>2333</v>
+      </c>
+      <c r="D620" t="s">
+        <v>503</v>
+      </c>
+      <c r="E620" t="s">
+        <v>504</v>
+      </c>
+      <c r="F620" t="s">
+        <v>77</v>
+      </c>
+      <c r="G620" s="1" t="s">
+        <v>2334</v>
+      </c>
+      <c r="H620" t="s">
+        <v>2335</v>
+      </c>
+    </row>
+    <row r="621" spans="1:8">
+      <c r="A621" t="s">
+        <v>2336</v>
+      </c>
+      <c r="B621" t="s">
+        <v>9</v>
+      </c>
+      <c r="C621" t="s">
+        <v>2337</v>
+      </c>
+      <c r="D621" t="s">
+        <v>503</v>
+      </c>
+      <c r="E621" t="s">
+        <v>504</v>
+      </c>
+      <c r="F621" t="s">
+        <v>77</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>2338</v>
+      </c>
+      <c r="H621" t="s">
+        <v>2339</v>
+      </c>
+    </row>
+    <row r="622" spans="1:8">
+      <c r="A622" t="s">
+        <v>2340</v>
+      </c>
+      <c r="B622" t="s">
+        <v>9</v>
+      </c>
+      <c r="C622" t="s">
+        <v>2341</v>
+      </c>
+      <c r="D622" t="s">
+        <v>503</v>
+      </c>
+      <c r="E622" t="s">
+        <v>504</v>
+      </c>
+      <c r="F622" t="s">
+        <v>401</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>2342</v>
+      </c>
+      <c r="H622" t="s">
+        <v>2343</v>
+      </c>
+    </row>
+    <row r="623" spans="1:8">
+      <c r="A623" t="s">
+        <v>2344</v>
+      </c>
+      <c r="B623" t="s">
+        <v>9</v>
+      </c>
+      <c r="C623" t="s">
+        <v>2345</v>
+      </c>
+      <c r="D623" t="s">
+        <v>503</v>
+      </c>
+      <c r="E623" t="s">
+        <v>504</v>
+      </c>
+      <c r="F623" t="s">
+        <v>401</v>
+      </c>
+      <c r="G623" s="1" t="s">
+        <v>2346</v>
+      </c>
+      <c r="H623" t="s">
+        <v>2347</v>
+      </c>
+    </row>
+    <row r="624" spans="1:8">
+      <c r="A624" t="s">
+        <v>2348</v>
+      </c>
+      <c r="B624" t="s">
+        <v>9</v>
+      </c>
+      <c r="C624" t="s">
+        <v>2349</v>
+      </c>
+      <c r="D624" t="s">
+        <v>503</v>
+      </c>
+      <c r="E624" t="s">
+        <v>504</v>
+      </c>
+      <c r="F624" t="s">
+        <v>77</v>
+      </c>
+      <c r="G624" s="1" t="s">
+        <v>2350</v>
+      </c>
+      <c r="H624" t="s">
+        <v>2351</v>
+      </c>
+    </row>
+    <row r="625" spans="1:8">
+      <c r="A625" t="s">
+        <v>2352</v>
+      </c>
+      <c r="B625" t="s">
+        <v>9</v>
+      </c>
+      <c r="C625" t="s">
+        <v>2353</v>
+      </c>
+      <c r="D625" t="s">
+        <v>503</v>
+      </c>
+      <c r="E625" t="s">
+        <v>504</v>
+      </c>
+      <c r="F625" t="s">
+        <v>77</v>
+      </c>
+      <c r="G625" s="1" t="s">
+        <v>2354</v>
+      </c>
+      <c r="H625" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="626" spans="1:8">
+      <c r="A626" t="s">
+        <v>2356</v>
+      </c>
+      <c r="B626" t="s">
+        <v>9</v>
+      </c>
+      <c r="C626" t="s">
+        <v>2357</v>
+      </c>
+      <c r="D626" t="s">
+        <v>503</v>
+      </c>
+      <c r="E626" t="s">
+        <v>504</v>
+      </c>
+      <c r="F626" t="s">
+        <v>77</v>
+      </c>
+      <c r="G626" s="1" t="s">
+        <v>2358</v>
+      </c>
+      <c r="H626" t="s">
+        <v>2359</v>
+      </c>
+    </row>
+    <row r="627" spans="1:8">
+      <c r="A627" t="s">
+        <v>2360</v>
+      </c>
+      <c r="B627" t="s">
+        <v>9</v>
+      </c>
+      <c r="C627" t="s">
+        <v>2361</v>
+      </c>
+      <c r="D627" t="s">
+        <v>503</v>
+      </c>
+      <c r="E627" t="s">
+        <v>504</v>
+      </c>
+      <c r="F627" t="s">
+        <v>77</v>
+      </c>
+      <c r="G627" s="1" t="s">
+        <v>2362</v>
+      </c>
+      <c r="H627" t="s">
+        <v>2363</v>
+      </c>
+    </row>
+    <row r="628" spans="1:8">
+      <c r="A628" t="s">
+        <v>2364</v>
+      </c>
+      <c r="B628" t="s">
+        <v>9</v>
+      </c>
+      <c r="C628" t="s">
+        <v>2365</v>
+      </c>
+      <c r="D628" t="s">
+        <v>503</v>
+      </c>
+      <c r="E628" t="s">
+        <v>504</v>
+      </c>
+      <c r="F628" t="s">
+        <v>469</v>
+      </c>
+      <c r="G628" s="1" t="s">
+        <v>2366</v>
+      </c>
+      <c r="H628" t="s">
+        <v>2367</v>
+      </c>
+    </row>
+    <row r="629" spans="1:8">
+      <c r="A629" t="s">
+        <v>2368</v>
+      </c>
+      <c r="B629" t="s">
+        <v>9</v>
+      </c>
+      <c r="C629" t="s">
+        <v>2369</v>
+      </c>
+      <c r="D629" t="s">
+        <v>503</v>
+      </c>
+      <c r="E629" t="s">
+        <v>504</v>
+      </c>
+      <c r="F629" t="s">
+        <v>469</v>
+      </c>
+      <c r="G629" s="1" t="s">
+        <v>2370</v>
+      </c>
+      <c r="H629" t="s">
+        <v>2371</v>
+      </c>
+    </row>
+    <row r="630" spans="1:8">
+      <c r="A630" t="s">
+        <v>2372</v>
+      </c>
+      <c r="B630" t="s">
+        <v>9</v>
+      </c>
+      <c r="C630" t="s">
+        <v>2373</v>
+      </c>
+      <c r="D630" t="s">
+        <v>503</v>
+      </c>
+      <c r="E630" t="s">
+        <v>504</v>
+      </c>
+      <c r="F630" t="s">
+        <v>469</v>
+      </c>
+      <c r="G630" s="1" t="s">
+        <v>2374</v>
+      </c>
+      <c r="H630" t="s">
+        <v>2375</v>
+      </c>
+    </row>
+    <row r="631" spans="1:8">
+      <c r="A631" t="s">
+        <v>2376</v>
+      </c>
+      <c r="B631" t="s">
+        <v>9</v>
+      </c>
+      <c r="C631" t="s">
+        <v>2377</v>
+      </c>
+      <c r="D631" t="s">
+        <v>503</v>
+      </c>
+      <c r="E631" t="s">
+        <v>504</v>
+      </c>
+      <c r="F631" t="s">
+        <v>469</v>
+      </c>
+      <c r="G631" s="1" t="s">
+        <v>2378</v>
+      </c>
+      <c r="H631" t="s">
+        <v>2379</v>
+      </c>
+    </row>
+    <row r="632" spans="1:8">
+      <c r="A632" t="s">
+        <v>2380</v>
+      </c>
+      <c r="B632" t="s">
+        <v>9</v>
+      </c>
+      <c r="C632" t="s">
+        <v>2381</v>
+      </c>
+      <c r="D632" t="s">
+        <v>503</v>
+      </c>
+      <c r="E632" t="s">
+        <v>504</v>
+      </c>
+      <c r="F632" t="s">
+        <v>469</v>
+      </c>
+      <c r="G632" s="1" t="s">
+        <v>2382</v>
+      </c>
+      <c r="H632" t="s">
+        <v>2383</v>
+      </c>
+    </row>
+    <row r="633" spans="1:8">
+      <c r="A633" t="s">
+        <v>2384</v>
+      </c>
+      <c r="B633" t="s">
+        <v>9</v>
+      </c>
+      <c r="C633" t="s">
+        <v>2385</v>
+      </c>
+      <c r="D633" t="s">
+        <v>503</v>
+      </c>
+      <c r="E633" t="s">
+        <v>504</v>
+      </c>
+      <c r="F633" t="s">
+        <v>252</v>
+      </c>
+      <c r="G633" s="1" t="s">
+        <v>2386</v>
+      </c>
+      <c r="H633" t="s">
+        <v>2387</v>
+      </c>
+    </row>
+    <row r="634" spans="1:8">
+      <c r="A634" t="s">
+        <v>2388</v>
+      </c>
+      <c r="B634" t="s">
+        <v>9</v>
+      </c>
+      <c r="C634" t="s">
+        <v>2389</v>
+      </c>
+      <c r="D634" t="s">
+        <v>503</v>
+      </c>
+      <c r="E634" t="s">
+        <v>504</v>
+      </c>
+      <c r="F634" t="s">
+        <v>252</v>
+      </c>
+      <c r="G634" s="1" t="s">
+        <v>2390</v>
+      </c>
+      <c r="H634" t="s">
+        <v>2391</v>
+      </c>
+    </row>
+    <row r="635" spans="1:8">
+      <c r="A635" t="s">
+        <v>2392</v>
+      </c>
+      <c r="B635" t="s">
+        <v>9</v>
+      </c>
+      <c r="C635" t="s">
+        <v>2393</v>
+      </c>
+      <c r="D635" t="s">
+        <v>503</v>
+      </c>
+      <c r="E635" t="s">
+        <v>504</v>
+      </c>
+      <c r="F635" t="s">
+        <v>401</v>
+      </c>
+      <c r="G635" s="1" t="s">
+        <v>2394</v>
+      </c>
+      <c r="H635" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="636" spans="1:8">
+      <c r="A636" t="s">
+        <v>2396</v>
+      </c>
+      <c r="B636" t="s">
+        <v>9</v>
+      </c>
+      <c r="C636" t="s">
+        <v>2397</v>
+      </c>
+      <c r="D636" t="s">
+        <v>503</v>
+      </c>
+      <c r="E636" t="s">
+        <v>504</v>
+      </c>
+      <c r="F636" t="s">
+        <v>401</v>
+      </c>
+      <c r="G636" s="1" t="s">
+        <v>2398</v>
+      </c>
+      <c r="H636" t="s">
+        <v>2399</v>
+      </c>
+    </row>
+    <row r="637" spans="1:8">
+      <c r="A637" t="s">
+        <v>2400</v>
+      </c>
+      <c r="B637" t="s">
+        <v>9</v>
+      </c>
+      <c r="C637" t="s">
+        <v>2401</v>
+      </c>
+      <c r="D637" t="s">
+        <v>503</v>
+      </c>
+      <c r="E637" t="s">
+        <v>504</v>
+      </c>
+      <c r="F637" t="s">
+        <v>252</v>
+      </c>
+      <c r="G637" s="1" t="s">
+        <v>2402</v>
+      </c>
+      <c r="H637" t="s">
+        <v>2403</v>
+      </c>
+    </row>
+    <row r="638" spans="1:8">
+      <c r="A638" t="s">
+        <v>2404</v>
+      </c>
+      <c r="B638" t="s">
+        <v>9</v>
+      </c>
+      <c r="C638" t="s">
+        <v>2405</v>
+      </c>
+      <c r="D638" t="s">
+        <v>503</v>
+      </c>
+      <c r="E638" t="s">
+        <v>504</v>
+      </c>
+      <c r="F638" t="s">
+        <v>401</v>
+      </c>
+      <c r="G638" s="1" t="s">
+        <v>2406</v>
+      </c>
+      <c r="H638" t="s">
+        <v>2407</v>
+      </c>
+    </row>
+    <row r="639" spans="1:8">
+      <c r="A639" t="s">
+        <v>2408</v>
+      </c>
+      <c r="B639" t="s">
+        <v>9</v>
+      </c>
+      <c r="C639" t="s">
+        <v>2409</v>
+      </c>
+      <c r="D639" t="s">
+        <v>503</v>
+      </c>
+      <c r="E639" t="s">
+        <v>504</v>
+      </c>
+      <c r="F639" t="s">
+        <v>401</v>
+      </c>
+      <c r="G639" s="1" t="s">
+        <v>2410</v>
+      </c>
+      <c r="H639" t="s">
+        <v>2411</v>
+      </c>
+    </row>
+    <row r="640" spans="1:8">
+      <c r="A640" t="s">
+        <v>2412</v>
+      </c>
+      <c r="B640" t="s">
+        <v>9</v>
+      </c>
+      <c r="C640" t="s">
+        <v>2413</v>
+      </c>
+      <c r="D640" t="s">
+        <v>503</v>
+      </c>
+      <c r="E640" t="s">
+        <v>504</v>
+      </c>
+      <c r="F640" t="s">
+        <v>252</v>
+      </c>
+      <c r="G640" s="1" t="s">
+        <v>2414</v>
+      </c>
+      <c r="H640" t="s">
+        <v>2415</v>
+      </c>
+    </row>
+    <row r="641" spans="1:8">
+      <c r="A641" t="s">
+        <v>2416</v>
+      </c>
+      <c r="B641" t="s">
+        <v>9</v>
+      </c>
+      <c r="C641" t="s">
+        <v>2417</v>
+      </c>
+      <c r="D641" t="s">
+        <v>503</v>
+      </c>
+      <c r="E641" t="s">
+        <v>504</v>
+      </c>
+      <c r="F641" t="s">
+        <v>66</v>
+      </c>
+      <c r="G641" s="1" t="s">
+        <v>2418</v>
+      </c>
+      <c r="H641" t="s">
+        <v>2419</v>
+      </c>
+    </row>
+    <row r="642" spans="1:8">
+      <c r="A642" t="s">
+        <v>2420</v>
+      </c>
+      <c r="B642" t="s">
+        <v>9</v>
+      </c>
+      <c r="C642" t="s">
+        <v>2421</v>
+      </c>
+      <c r="D642" t="s">
+        <v>503</v>
+      </c>
+      <c r="E642" t="s">
+        <v>504</v>
+      </c>
+      <c r="F642" t="s">
+        <v>66</v>
+      </c>
+      <c r="G642" s="1" t="s">
+        <v>2422</v>
+      </c>
+      <c r="H642" t="s">
+        <v>2423</v>
+      </c>
+    </row>
+    <row r="643" spans="1:8">
+      <c r="A643" t="s">
+        <v>2424</v>
+      </c>
+      <c r="B643" t="s">
+        <v>9</v>
+      </c>
+      <c r="C643" t="s">
+        <v>2425</v>
+      </c>
+      <c r="D643" t="s">
+        <v>503</v>
+      </c>
+      <c r="E643" t="s">
+        <v>504</v>
+      </c>
+      <c r="F643" t="s">
+        <v>66</v>
+      </c>
+      <c r="G643" s="1" t="s">
+        <v>2426</v>
+      </c>
+      <c r="H643" t="s">
+        <v>2427</v>
+      </c>
+    </row>
+    <row r="644" spans="1:8">
+      <c r="A644" t="s">
+        <v>2428</v>
+      </c>
+      <c r="B644" t="s">
+        <v>9</v>
+      </c>
+      <c r="C644" t="s">
+        <v>2429</v>
+      </c>
+      <c r="D644" t="s">
+        <v>503</v>
+      </c>
+      <c r="E644" t="s">
+        <v>504</v>
+      </c>
+      <c r="F644" t="s">
+        <v>66</v>
+      </c>
+      <c r="G644" s="1" t="s">
+        <v>2430</v>
+      </c>
+      <c r="H644" t="s">
+        <v>2431</v>
+      </c>
+    </row>
+    <row r="645" spans="1:8">
+      <c r="A645" t="s">
+        <v>2432</v>
+      </c>
+      <c r="B645" t="s">
+        <v>9</v>
+      </c>
+      <c r="C645" t="s">
+        <v>2433</v>
+      </c>
+      <c r="D645" t="s">
+        <v>503</v>
+      </c>
+      <c r="E645" t="s">
+        <v>504</v>
+      </c>
+      <c r="F645" t="s">
+        <v>66</v>
+      </c>
+      <c r="G645" s="1" t="s">
+        <v>2434</v>
+      </c>
+      <c r="H645" t="s">
+        <v>2435</v>
+      </c>
+    </row>
+    <row r="646" spans="1:8">
+      <c r="A646" t="s">
+        <v>2436</v>
+      </c>
+      <c r="B646" t="s">
+        <v>9</v>
+      </c>
+      <c r="C646" t="s">
+        <v>2437</v>
+      </c>
+      <c r="D646" t="s">
+        <v>503</v>
+      </c>
+      <c r="E646" t="s">
+        <v>504</v>
+      </c>
+      <c r="F646" t="s">
+        <v>66</v>
+      </c>
+      <c r="G646" s="1" t="s">
+        <v>2438</v>
+      </c>
+      <c r="H646" t="s">
+        <v>2439</v>
+      </c>
+    </row>
+    <row r="647" spans="1:8">
+      <c r="A647" t="s">
+        <v>2440</v>
+      </c>
+      <c r="B647" t="s">
+        <v>9</v>
+      </c>
+      <c r="C647" t="s">
+        <v>2441</v>
+      </c>
+      <c r="D647" t="s">
+        <v>503</v>
+      </c>
+      <c r="E647" t="s">
+        <v>504</v>
+      </c>
+      <c r="F647" t="s">
+        <v>66</v>
+      </c>
+      <c r="G647" s="1" t="s">
+        <v>2442</v>
+      </c>
+      <c r="H647" t="s">
+        <v>2443</v>
+      </c>
+    </row>
+    <row r="648" spans="1:8">
+      <c r="A648" t="s">
+        <v>2444</v>
+      </c>
+      <c r="B648" t="s">
+        <v>9</v>
+      </c>
+      <c r="C648" t="s">
+        <v>2445</v>
+      </c>
+      <c r="D648" t="s">
+        <v>503</v>
+      </c>
+      <c r="E648" t="s">
+        <v>504</v>
+      </c>
+      <c r="F648" t="s">
+        <v>66</v>
+      </c>
+      <c r="G648" s="1" t="s">
+        <v>2446</v>
+      </c>
+      <c r="H648" t="s">
+        <v>2447</v>
+      </c>
+    </row>
+    <row r="649" spans="1:8">
+      <c r="A649" t="s">
+        <v>2448</v>
+      </c>
+      <c r="B649" t="s">
+        <v>9</v>
+      </c>
+      <c r="C649" t="s">
+        <v>2449</v>
+      </c>
+      <c r="D649" t="s">
+        <v>503</v>
+      </c>
+      <c r="E649" t="s">
+        <v>504</v>
+      </c>
+      <c r="F649" t="s">
+        <v>66</v>
+      </c>
+      <c r="G649" s="1" t="s">
+        <v>2450</v>
+      </c>
+      <c r="H649" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="650" spans="1:8">
+      <c r="A650" t="s">
+        <v>2452</v>
+      </c>
+      <c r="B650" t="s">
+        <v>9</v>
+      </c>
+      <c r="C650" t="s">
+        <v>2453</v>
+      </c>
+      <c r="D650" t="s">
+        <v>503</v>
+      </c>
+      <c r="E650" t="s">
+        <v>504</v>
+      </c>
+      <c r="F650" t="s">
+        <v>66</v>
+      </c>
+      <c r="G650" s="1" t="s">
+        <v>2454</v>
+      </c>
+      <c r="H650" t="s">
+        <v>2455</v>
+      </c>
+    </row>
+    <row r="651" spans="1:8">
+      <c r="A651" t="s">
+        <v>2456</v>
+      </c>
+      <c r="B651" t="s">
+        <v>9</v>
+      </c>
+      <c r="C651" t="s">
+        <v>2457</v>
+      </c>
+      <c r="D651" t="s">
+        <v>503</v>
+      </c>
+      <c r="E651" t="s">
+        <v>504</v>
+      </c>
+      <c r="F651" t="s">
+        <v>66</v>
+      </c>
+      <c r="G651" s="1" t="s">
+        <v>2458</v>
+      </c>
+      <c r="H651" t="s">
+        <v>2459</v>
+      </c>
+    </row>
+    <row r="652" spans="1:8">
+      <c r="A652" t="s">
+        <v>2460</v>
+      </c>
+      <c r="B652" t="s">
+        <v>9</v>
+      </c>
+      <c r="C652" t="s">
+        <v>2461</v>
+      </c>
+      <c r="D652" t="s">
+        <v>503</v>
+      </c>
+      <c r="E652" t="s">
+        <v>504</v>
+      </c>
+      <c r="F652" t="s">
+        <v>66</v>
+      </c>
+      <c r="G652" s="1" t="s">
+        <v>2462</v>
+      </c>
+      <c r="H652" t="s">
+        <v>2463</v>
+      </c>
+    </row>
+    <row r="653" spans="1:8">
+      <c r="A653" t="s">
+        <v>2464</v>
+      </c>
+      <c r="B653" t="s">
+        <v>9</v>
+      </c>
+      <c r="C653" t="s">
+        <v>2465</v>
+      </c>
+      <c r="D653" t="s">
+        <v>503</v>
+      </c>
+      <c r="E653" t="s">
+        <v>504</v>
+      </c>
+      <c r="F653" t="s">
+        <v>66</v>
+      </c>
+      <c r="G653" s="1" t="s">
+        <v>2466</v>
+      </c>
+      <c r="H653" t="s">
+        <v>2467</v>
+      </c>
+    </row>
+    <row r="654" spans="1:8">
+      <c r="A654" t="s">
+        <v>2468</v>
+      </c>
+      <c r="B654" t="s">
+        <v>9</v>
+      </c>
+      <c r="C654" t="s">
+        <v>2469</v>
+      </c>
+      <c r="D654" t="s">
+        <v>503</v>
+      </c>
+      <c r="E654" t="s">
+        <v>504</v>
+      </c>
+      <c r="F654" t="s">
+        <v>66</v>
+      </c>
+      <c r="G654" s="1" t="s">
+        <v>2470</v>
+      </c>
+      <c r="H654" t="s">
+        <v>2471</v>
+      </c>
+    </row>
+    <row r="655" spans="1:8">
+      <c r="A655" t="s">
+        <v>2472</v>
+      </c>
+      <c r="B655" t="s">
+        <v>9</v>
+      </c>
+      <c r="C655" t="s">
+        <v>2473</v>
+      </c>
+      <c r="D655" t="s">
+        <v>503</v>
+      </c>
+      <c r="E655" t="s">
+        <v>504</v>
+      </c>
+      <c r="F655" t="s">
+        <v>66</v>
+      </c>
+      <c r="G655" s="1" t="s">
+        <v>2474</v>
+      </c>
+      <c r="H655" t="s">
+        <v>2455</v>
+      </c>
+    </row>
+    <row r="656" spans="1:8">
+      <c r="A656" t="s">
+        <v>2475</v>
+      </c>
+      <c r="B656" t="s">
+        <v>9</v>
+      </c>
+      <c r="C656" t="s">
+        <v>2476</v>
+      </c>
+      <c r="D656" t="s">
+        <v>503</v>
+      </c>
+      <c r="E656" t="s">
+        <v>504</v>
+      </c>
+      <c r="F656" t="s">
+        <v>66</v>
+      </c>
+      <c r="G656" s="1" t="s">
+        <v>2477</v>
+      </c>
+      <c r="H656" t="s">
+        <v>2478</v>
+      </c>
+    </row>
+    <row r="657" spans="1:8">
+      <c r="A657" t="s">
+        <v>2479</v>
+      </c>
+      <c r="B657" t="s">
+        <v>9</v>
+      </c>
+      <c r="C657" t="s">
+        <v>2480</v>
+      </c>
+      <c r="D657" t="s">
+        <v>503</v>
+      </c>
+      <c r="E657" t="s">
+        <v>504</v>
+      </c>
+      <c r="F657" t="s">
+        <v>66</v>
+      </c>
+      <c r="G657" s="1" t="s">
+        <v>2481</v>
+      </c>
+      <c r="H657" t="s">
+        <v>2482</v>
+      </c>
+    </row>
+    <row r="658" spans="1:8">
+      <c r="A658" t="s">
+        <v>2483</v>
+      </c>
+      <c r="B658" t="s">
+        <v>9</v>
+      </c>
+      <c r="C658" t="s">
+        <v>2484</v>
+      </c>
+      <c r="D658" t="s">
+        <v>503</v>
+      </c>
+      <c r="E658" t="s">
+        <v>504</v>
+      </c>
+      <c r="F658" t="s">
+        <v>66</v>
+      </c>
+      <c r="G658" s="1" t="s">
+        <v>2485</v>
+      </c>
+      <c r="H658" t="s">
+        <v>2486</v>
+      </c>
+    </row>
+    <row r="659" spans="1:8">
+      <c r="A659" t="s">
+        <v>2487</v>
+      </c>
+      <c r="B659" t="s">
+        <v>9</v>
+      </c>
+      <c r="C659" t="s">
+        <v>2488</v>
+      </c>
+      <c r="D659" t="s">
+        <v>503</v>
+      </c>
+      <c r="E659" t="s">
+        <v>504</v>
+      </c>
+      <c r="F659" t="s">
+        <v>66</v>
+      </c>
+      <c r="G659" s="1" t="s">
+        <v>2489</v>
+      </c>
+      <c r="H659" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="660" spans="1:8">
+      <c r="A660" t="s">
+        <v>2491</v>
+      </c>
+      <c r="B660" t="s">
+        <v>9</v>
+      </c>
+      <c r="C660" t="s">
+        <v>2492</v>
+      </c>
+      <c r="D660" t="s">
+        <v>503</v>
+      </c>
+      <c r="E660" t="s">
+        <v>504</v>
+      </c>
+      <c r="F660" t="s">
+        <v>66</v>
+      </c>
+      <c r="G660" s="1" t="s">
+        <v>2493</v>
+      </c>
+      <c r="H660" t="s">
+        <v>2494</v>
+      </c>
+    </row>
+    <row r="661" spans="1:8">
+      <c r="A661" t="s">
+        <v>2495</v>
+      </c>
+      <c r="B661" t="s">
+        <v>9</v>
+      </c>
+      <c r="C661" t="s">
+        <v>2496</v>
+      </c>
+      <c r="D661" t="s">
+        <v>503</v>
+      </c>
+      <c r="E661" t="s">
+        <v>504</v>
+      </c>
+      <c r="F661" t="s">
+        <v>66</v>
+      </c>
+      <c r="G661" s="1" t="s">
+        <v>2497</v>
+      </c>
+      <c r="H661" t="s">
+        <v>2498</v>
+      </c>
+    </row>
+    <row r="662" spans="1:8">
+      <c r="A662" t="s">
+        <v>2499</v>
+      </c>
+      <c r="B662" t="s">
+        <v>9</v>
+      </c>
+      <c r="C662" t="s">
+        <v>2500</v>
+      </c>
+      <c r="D662" t="s">
+        <v>503</v>
+      </c>
+      <c r="E662" t="s">
+        <v>504</v>
+      </c>
+      <c r="F662" t="s">
+        <v>66</v>
+      </c>
+      <c r="G662" s="1" t="s">
+        <v>2501</v>
+      </c>
+      <c r="H662" t="s">
+        <v>2502</v>
+      </c>
+    </row>
+    <row r="663" spans="1:8">
+      <c r="A663" t="s">
+        <v>2503</v>
+      </c>
+      <c r="B663" t="s">
+        <v>9</v>
+      </c>
+      <c r="C663" t="s">
+        <v>2504</v>
+      </c>
+      <c r="D663" t="s">
+        <v>503</v>
+      </c>
+      <c r="E663" t="s">
+        <v>504</v>
+      </c>
+      <c r="F663" t="s">
+        <v>66</v>
+      </c>
+      <c r="G663" s="1" t="s">
+        <v>2505</v>
+      </c>
+      <c r="H663" t="s">
+        <v>2506</v>
+      </c>
+    </row>
+    <row r="664" spans="1:8">
+      <c r="A664" t="s">
+        <v>2507</v>
+      </c>
+      <c r="B664" t="s">
+        <v>9</v>
+      </c>
+      <c r="C664" t="s">
+        <v>2508</v>
+      </c>
+      <c r="D664" t="s">
+        <v>503</v>
+      </c>
+      <c r="E664" t="s">
+        <v>504</v>
+      </c>
+      <c r="F664" t="s">
+        <v>66</v>
+      </c>
+      <c r="G664" s="1" t="s">
+        <v>2509</v>
+      </c>
+      <c r="H664" t="s">
+        <v>2510</v>
+      </c>
+    </row>
+    <row r="665" spans="1:8">
+      <c r="A665" t="s">
+        <v>2511</v>
+      </c>
+      <c r="B665" t="s">
+        <v>9</v>
+      </c>
+      <c r="C665" t="s">
+        <v>2512</v>
+      </c>
+      <c r="D665" t="s">
+        <v>503</v>
+      </c>
+      <c r="E665" t="s">
+        <v>504</v>
+      </c>
+      <c r="F665" t="s">
+        <v>66</v>
+      </c>
+      <c r="G665" s="1" t="s">
+        <v>2513</v>
+      </c>
+      <c r="H665" t="s">
+        <v>2514</v>
+      </c>
+    </row>
+    <row r="666" spans="1:8">
+      <c r="A666" t="s">
+        <v>2515</v>
+      </c>
+      <c r="B666" t="s">
+        <v>9</v>
+      </c>
+      <c r="C666" t="s">
+        <v>2516</v>
+      </c>
+      <c r="D666" t="s">
+        <v>503</v>
+      </c>
+      <c r="E666" t="s">
+        <v>504</v>
+      </c>
+      <c r="F666" t="s">
+        <v>77</v>
+      </c>
+      <c r="G666" s="1" t="s">
+        <v>2517</v>
+      </c>
+      <c r="H666" t="s">
+        <v>2518</v>
+      </c>
+    </row>
+    <row r="667" spans="1:8">
+      <c r="A667" t="s">
+        <v>2519</v>
+      </c>
+      <c r="B667" t="s">
+        <v>9</v>
+      </c>
+      <c r="C667" t="s">
+        <v>10</v>
+      </c>
+      <c r="D667" t="s">
+        <v>2520</v>
+      </c>
+      <c r="E667" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F667" t="s">
+        <v>96</v>
+      </c>
+      <c r="G667" s="1" t="s">
+        <v>2522</v>
+      </c>
+      <c r="H667" t="s">
+        <v>2523</v>
+      </c>
+    </row>
+    <row r="668" spans="1:8">
+      <c r="A668" t="s">
+        <v>2524</v>
+      </c>
+      <c r="B668" t="s">
+        <v>9</v>
+      </c>
+      <c r="C668" t="s">
+        <v>17</v>
+      </c>
+      <c r="D668" t="s">
+        <v>2520</v>
+      </c>
+      <c r="E668" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F668" t="s">
+        <v>252</v>
+      </c>
+      <c r="G668" s="1" t="s">
+        <v>2525</v>
+      </c>
+      <c r="H668" t="s">
+        <v>2526</v>
+      </c>
+    </row>
+    <row r="669" spans="1:8">
+      <c r="A669" t="s">
+        <v>2527</v>
+      </c>
+      <c r="B669" t="s">
+        <v>9</v>
+      </c>
+      <c r="C669" t="s">
+        <v>21</v>
+      </c>
+      <c r="D669" t="s">
+        <v>2520</v>
+      </c>
+      <c r="E669" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F669" t="s">
+        <v>96</v>
+      </c>
+      <c r="G669" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H669" t="s">
+        <v>2528</v>
+      </c>
+    </row>
+    <row r="670" spans="1:8">
+      <c r="A670" t="s">
+        <v>2529</v>
+      </c>
+      <c r="B670" t="s">
+        <v>9</v>
+      </c>
+      <c r="C670" t="s">
+        <v>24</v>
+      </c>
+      <c r="D670" t="s">
+        <v>2520</v>
+      </c>
+      <c r="E670" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F670" t="s">
+        <v>96</v>
+      </c>
+      <c r="G670" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H670" t="s">
+        <v>2530</v>
+      </c>
+    </row>
+    <row r="671" spans="1:8">
+      <c r="A671" t="s">
+        <v>2531</v>
+      </c>
+      <c r="B671" t="s">
+        <v>9</v>
+      </c>
+      <c r="C671" t="s">
+        <v>28</v>
+      </c>
+      <c r="D671" t="s">
+        <v>2520</v>
+      </c>
+      <c r="E671" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F671" t="s">
+        <v>66</v>
+      </c>
+      <c r="G671" s="1" t="s">
+        <v>2532</v>
+      </c>
+      <c r="H671" t="s">
+        <v>2533</v>
+      </c>
+    </row>
+    <row r="672" spans="1:8">
+      <c r="A672" t="s">
+        <v>2534</v>
+      </c>
+      <c r="B672" t="s">
+        <v>9</v>
+      </c>
+      <c r="C672" t="s">
+        <v>81</v>
+      </c>
+      <c r="D672" t="s">
+        <v>2520</v>
+      </c>
+      <c r="E672" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F672" t="s">
+        <v>70</v>
+      </c>
+      <c r="G672" s="1" t="s">
+        <v>2535</v>
+      </c>
+      <c r="H672" t="s">
+        <v>2536</v>
+      </c>
+    </row>
+    <row r="673" spans="1:8">
+      <c r="A673" t="s">
+        <v>2537</v>
+      </c>
+      <c r="B673" t="s">
+        <v>9</v>
+      </c>
+      <c r="C673" t="s">
+        <v>85</v>
+      </c>
+      <c r="D673" t="s">
+        <v>2520</v>
+      </c>
+      <c r="E673" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F673" t="s">
+        <v>70</v>
+      </c>
+      <c r="G673" s="1" t="s">
+        <v>2538</v>
+      </c>
+      <c r="H673" t="s">
+        <v>2539</v>
+      </c>
+    </row>
+    <row r="674" spans="1:8">
+      <c r="A674" t="s">
+        <v>2540</v>
+      </c>
+      <c r="B674" t="s">
+        <v>9</v>
+      </c>
+      <c r="C674" t="s">
+        <v>89</v>
+      </c>
+      <c r="D674" t="s">
+        <v>2520</v>
+      </c>
+      <c r="E674" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F674" t="s">
+        <v>66</v>
+      </c>
+      <c r="G674" s="1" t="s">
+        <v>2541</v>
+      </c>
+      <c r="H674" t="s">
+        <v>2542</v>
+      </c>
+    </row>
+    <row r="675" spans="1:8">
+      <c r="A675" t="s">
+        <v>2543</v>
+      </c>
+      <c r="B675" t="s">
+        <v>9</v>
+      </c>
+      <c r="C675" t="s">
+        <v>32</v>
+      </c>
+      <c r="D675" t="s">
+        <v>2520</v>
+      </c>
+      <c r="E675" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F675" t="s">
+        <v>195</v>
+      </c>
+      <c r="G675" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H675" t="s">
+        <v>2544</v>
+      </c>
+    </row>
+    <row r="676" spans="1:8">
+      <c r="A676" t="s">
+        <v>2545</v>
+      </c>
+      <c r="B676" t="s">
+        <v>9</v>
+      </c>
+      <c r="C676" t="s">
+        <v>36</v>
+      </c>
+      <c r="D676" t="s">
+        <v>2520</v>
+      </c>
+      <c r="E676" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F676" t="s">
+        <v>77</v>
+      </c>
+      <c r="G676" s="1" t="s">
+        <v>2546</v>
+      </c>
+      <c r="H676" t="s">
+        <v>2547</v>
+      </c>
+    </row>
+    <row r="677" spans="1:8">
+      <c r="A677" t="s">
+        <v>2548</v>
+      </c>
+      <c r="B677" t="s">
+        <v>9</v>
+      </c>
+      <c r="C677" t="s">
+        <v>40</v>
+      </c>
+      <c r="D677" t="s">
+        <v>2520</v>
+      </c>
+      <c r="E677" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F677" t="s">
+        <v>77</v>
+      </c>
+      <c r="G677" s="1" t="s">
+        <v>2549</v>
+      </c>
+      <c r="H677" t="s">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="678" spans="1:8">
+      <c r="A678" t="s">
+        <v>2551</v>
+      </c>
+      <c r="B678" t="s">
+        <v>9</v>
+      </c>
+      <c r="C678" t="s">
+        <v>44</v>
+      </c>
+      <c r="D678" t="s">
+        <v>2520</v>
+      </c>
+      <c r="E678" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F678" t="s">
+        <v>77</v>
+      </c>
+      <c r="G678" s="1" t="s">
+        <v>2552</v>
+      </c>
+      <c r="H678" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="679" spans="1:8">
+      <c r="A679" t="s">
+        <v>2554</v>
+      </c>
+      <c r="B679" t="s">
+        <v>9</v>
+      </c>
+      <c r="C679" t="s">
         <v>48</v>
       </c>
-      <c r="D597" t="s">
-[...5 lines deleted...]
-      <c r="F597" t="s">
+      <c r="D679" t="s">
+        <v>2520</v>
+      </c>
+      <c r="E679" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F679" t="s">
+        <v>70</v>
+      </c>
+      <c r="G679" s="1" t="s">
+        <v>2555</v>
+      </c>
+      <c r="H679" t="s">
+        <v>2556</v>
+      </c>
+    </row>
+    <row r="680" spans="1:8">
+      <c r="A680" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B680" t="s">
+        <v>9</v>
+      </c>
+      <c r="C680" t="s">
+        <v>52</v>
+      </c>
+      <c r="D680" t="s">
+        <v>2520</v>
+      </c>
+      <c r="E680" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F680" t="s">
+        <v>96</v>
+      </c>
+      <c r="G680" s="1" t="s">
+        <v>2558</v>
+      </c>
+      <c r="H680" t="s">
+        <v>2559</v>
+      </c>
+    </row>
+    <row r="681" spans="1:8">
+      <c r="A681" t="s">
+        <v>2560</v>
+      </c>
+      <c r="B681" t="s">
+        <v>9</v>
+      </c>
+      <c r="C681" t="s">
+        <v>56</v>
+      </c>
+      <c r="D681" t="s">
+        <v>2520</v>
+      </c>
+      <c r="E681" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F681" t="s">
+        <v>252</v>
+      </c>
+      <c r="G681" s="1" t="s">
+        <v>2561</v>
+      </c>
+      <c r="H681" t="s">
+        <v>2562</v>
+      </c>
+    </row>
+    <row r="682" spans="1:8">
+      <c r="A682" t="s">
+        <v>2563</v>
+      </c>
+      <c r="B682" t="s">
+        <v>9</v>
+      </c>
+      <c r="C682" t="s">
+        <v>17</v>
+      </c>
+      <c r="D682" t="s">
+        <v>2564</v>
+      </c>
+      <c r="E682" t="s">
+        <v>2565</v>
+      </c>
+      <c r="F682" t="s">
+        <v>77</v>
+      </c>
+      <c r="G682" s="1" t="s">
+        <v>2566</v>
+      </c>
+      <c r="H682" t="s">
+        <v>2567</v>
+      </c>
+    </row>
+    <row r="683" spans="1:8">
+      <c r="A683" t="s">
+        <v>2568</v>
+      </c>
+      <c r="B683" t="s">
+        <v>9</v>
+      </c>
+      <c r="C683" t="s">
+        <v>10</v>
+      </c>
+      <c r="D683" t="s">
+        <v>2569</v>
+      </c>
+      <c r="E683" t="s">
+        <v>2570</v>
+      </c>
+      <c r="F683" t="s">
         <v>13</v>
       </c>
-      <c r="G597" s="1" t="s">
+      <c r="G683" s="1" t="s">
+        <v>2571</v>
+      </c>
+      <c r="H683" t="s">
+        <v>2572</v>
+      </c>
+    </row>
+    <row r="684" spans="1:8">
+      <c r="A684" t="s">
+        <v>2573</v>
+      </c>
+      <c r="B684" t="s">
+        <v>9</v>
+      </c>
+      <c r="C684" t="s">
+        <v>17</v>
+      </c>
+      <c r="D684" t="s">
+        <v>2569</v>
+      </c>
+      <c r="E684" t="s">
+        <v>2570</v>
+      </c>
+      <c r="F684" t="s">
+        <v>13</v>
+      </c>
+      <c r="G684" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="H597" t="s">
-        <v>2210</v>
+      <c r="H684" t="s">
+        <v>2574</v>
+      </c>
+    </row>
+    <row r="685" spans="1:8">
+      <c r="A685" t="s">
+        <v>2575</v>
+      </c>
+      <c r="B685" t="s">
+        <v>9</v>
+      </c>
+      <c r="C685" t="s">
+        <v>21</v>
+      </c>
+      <c r="D685" t="s">
+        <v>2569</v>
+      </c>
+      <c r="E685" t="s">
+        <v>2570</v>
+      </c>
+      <c r="F685" t="s">
+        <v>13</v>
+      </c>
+      <c r="G685" s="1" t="s">
+        <v>2576</v>
+      </c>
+      <c r="H685" t="s">
+        <v>2577</v>
+      </c>
+    </row>
+    <row r="686" spans="1:8">
+      <c r="A686" t="s">
+        <v>2578</v>
+      </c>
+      <c r="B686" t="s">
+        <v>9</v>
+      </c>
+      <c r="C686" t="s">
+        <v>10</v>
+      </c>
+      <c r="D686" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E686" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F686" t="s">
+        <v>454</v>
+      </c>
+      <c r="G686" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H686" t="s">
+        <v>2581</v>
+      </c>
+    </row>
+    <row r="687" spans="1:8">
+      <c r="A687" t="s">
+        <v>2582</v>
+      </c>
+      <c r="B687" t="s">
+        <v>9</v>
+      </c>
+      <c r="C687" t="s">
+        <v>17</v>
+      </c>
+      <c r="D687" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E687" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F687" t="s">
+        <v>2583</v>
+      </c>
+      <c r="G687" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H687" t="s">
+        <v>2584</v>
+      </c>
+    </row>
+    <row r="688" spans="1:8">
+      <c r="A688" t="s">
+        <v>2585</v>
+      </c>
+      <c r="B688" t="s">
+        <v>9</v>
+      </c>
+      <c r="C688" t="s">
+        <v>21</v>
+      </c>
+      <c r="D688" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E688" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F688" t="s">
+        <v>454</v>
+      </c>
+      <c r="G688" s="1" t="s">
+        <v>2586</v>
+      </c>
+      <c r="H688" t="s">
+        <v>2587</v>
+      </c>
+    </row>
+    <row r="689" spans="1:8">
+      <c r="A689" t="s">
+        <v>2588</v>
+      </c>
+      <c r="B689" t="s">
+        <v>9</v>
+      </c>
+      <c r="C689" t="s">
+        <v>24</v>
+      </c>
+      <c r="D689" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E689" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F689" t="s">
+        <v>454</v>
+      </c>
+      <c r="G689" s="1" t="s">
+        <v>2589</v>
+      </c>
+      <c r="H689" t="s">
+        <v>2590</v>
+      </c>
+    </row>
+    <row r="690" spans="1:8">
+      <c r="A690" t="s">
+        <v>2591</v>
+      </c>
+      <c r="B690" t="s">
+        <v>9</v>
+      </c>
+      <c r="C690" t="s">
+        <v>28</v>
+      </c>
+      <c r="D690" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E690" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F690" t="s">
+        <v>454</v>
+      </c>
+      <c r="G690" s="1" t="s">
+        <v>2592</v>
+      </c>
+      <c r="H690" t="s">
+        <v>2593</v>
+      </c>
+    </row>
+    <row r="691" spans="1:8">
+      <c r="A691" t="s">
+        <v>2594</v>
+      </c>
+      <c r="B691" t="s">
+        <v>9</v>
+      </c>
+      <c r="C691" t="s">
+        <v>81</v>
+      </c>
+      <c r="D691" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E691" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F691" t="s">
+        <v>454</v>
+      </c>
+      <c r="G691" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H691" t="s">
+        <v>2595</v>
+      </c>
+    </row>
+    <row r="692" spans="1:8">
+      <c r="A692" t="s">
+        <v>2596</v>
+      </c>
+      <c r="B692" t="s">
+        <v>9</v>
+      </c>
+      <c r="C692" t="s">
+        <v>85</v>
+      </c>
+      <c r="D692" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E692" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F692" t="s">
+        <v>454</v>
+      </c>
+      <c r="G692" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H692" t="s">
+        <v>2597</v>
+      </c>
+    </row>
+    <row r="693" spans="1:8">
+      <c r="A693" t="s">
+        <v>2598</v>
+      </c>
+      <c r="B693" t="s">
+        <v>9</v>
+      </c>
+      <c r="C693" t="s">
+        <v>89</v>
+      </c>
+      <c r="D693" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E693" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F693" t="s">
+        <v>454</v>
+      </c>
+      <c r="G693" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H693" t="s">
+        <v>2599</v>
+      </c>
+    </row>
+    <row r="694" spans="1:8">
+      <c r="A694" t="s">
+        <v>2600</v>
+      </c>
+      <c r="B694" t="s">
+        <v>9</v>
+      </c>
+      <c r="C694" t="s">
+        <v>32</v>
+      </c>
+      <c r="D694" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E694" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F694" t="s">
+        <v>454</v>
+      </c>
+      <c r="G694" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H694" t="s">
+        <v>2601</v>
+      </c>
+    </row>
+    <row r="695" spans="1:8">
+      <c r="A695" t="s">
+        <v>2602</v>
+      </c>
+      <c r="B695" t="s">
+        <v>9</v>
+      </c>
+      <c r="C695" t="s">
+        <v>36</v>
+      </c>
+      <c r="D695" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E695" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F695" t="s">
+        <v>454</v>
+      </c>
+      <c r="G695" s="1" t="s">
+        <v>2603</v>
+      </c>
+      <c r="H695" t="s">
+        <v>2604</v>
+      </c>
+    </row>
+    <row r="696" spans="1:8">
+      <c r="A696" t="s">
+        <v>2605</v>
+      </c>
+      <c r="B696" t="s">
+        <v>9</v>
+      </c>
+      <c r="C696" t="s">
+        <v>40</v>
+      </c>
+      <c r="D696" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E696" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F696" t="s">
+        <v>454</v>
+      </c>
+      <c r="G696" s="1" t="s">
+        <v>2606</v>
+      </c>
+      <c r="H696" t="s">
+        <v>2607</v>
+      </c>
+    </row>
+    <row r="697" spans="1:8">
+      <c r="A697" t="s">
+        <v>2608</v>
+      </c>
+      <c r="B697" t="s">
+        <v>9</v>
+      </c>
+      <c r="C697" t="s">
+        <v>44</v>
+      </c>
+      <c r="D697" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E697" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F697" t="s">
+        <v>444</v>
+      </c>
+      <c r="G697" s="1" t="s">
+        <v>2609</v>
+      </c>
+      <c r="H697" t="s">
+        <v>2610</v>
+      </c>
+    </row>
+    <row r="698" spans="1:8">
+      <c r="A698" t="s">
+        <v>2611</v>
+      </c>
+      <c r="B698" t="s">
+        <v>9</v>
+      </c>
+      <c r="C698" t="s">
+        <v>48</v>
+      </c>
+      <c r="D698" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E698" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F698" t="s">
+        <v>454</v>
+      </c>
+      <c r="G698" s="1" t="s">
+        <v>2612</v>
+      </c>
+      <c r="H698" t="s">
+        <v>2613</v>
+      </c>
+    </row>
+    <row r="699" spans="1:8">
+      <c r="A699" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B699" t="s">
+        <v>9</v>
+      </c>
+      <c r="C699" t="s">
+        <v>52</v>
+      </c>
+      <c r="D699" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E699" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F699" t="s">
+        <v>444</v>
+      </c>
+      <c r="G699" s="1" t="s">
+        <v>2615</v>
+      </c>
+      <c r="H699" t="s">
+        <v>2616</v>
+      </c>
+    </row>
+    <row r="700" spans="1:8">
+      <c r="A700" t="s">
+        <v>2617</v>
+      </c>
+      <c r="B700" t="s">
+        <v>9</v>
+      </c>
+      <c r="C700" t="s">
+        <v>56</v>
+      </c>
+      <c r="D700" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E700" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F700" t="s">
+        <v>454</v>
+      </c>
+      <c r="G700" s="1" t="s">
+        <v>2618</v>
+      </c>
+      <c r="H700" t="s">
+        <v>2619</v>
+      </c>
+    </row>
+    <row r="701" spans="1:8">
+      <c r="A701" t="s">
+        <v>2620</v>
+      </c>
+      <c r="B701" t="s">
+        <v>9</v>
+      </c>
+      <c r="C701" t="s">
+        <v>60</v>
+      </c>
+      <c r="D701" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E701" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F701" t="s">
+        <v>444</v>
+      </c>
+      <c r="G701" s="1" t="s">
+        <v>2621</v>
+      </c>
+      <c r="H701" t="s">
+        <v>2622</v>
+      </c>
+    </row>
+    <row r="702" spans="1:8">
+      <c r="A702" t="s">
+        <v>2623</v>
+      </c>
+      <c r="B702" t="s">
+        <v>9</v>
+      </c>
+      <c r="C702" t="s">
+        <v>117</v>
+      </c>
+      <c r="D702" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E702" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F702" t="s">
+        <v>454</v>
+      </c>
+      <c r="G702" s="1" t="s">
+        <v>2624</v>
+      </c>
+      <c r="H702" t="s">
+        <v>2625</v>
+      </c>
+    </row>
+    <row r="703" spans="1:8">
+      <c r="A703" t="s">
+        <v>2626</v>
+      </c>
+      <c r="B703" t="s">
+        <v>9</v>
+      </c>
+      <c r="C703" t="s">
+        <v>121</v>
+      </c>
+      <c r="D703" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E703" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F703" t="s">
+        <v>444</v>
+      </c>
+      <c r="G703" s="1" t="s">
+        <v>2627</v>
+      </c>
+      <c r="H703" t="s">
+        <v>2628</v>
+      </c>
+    </row>
+    <row r="704" spans="1:8">
+      <c r="A704" t="s">
+        <v>2629</v>
+      </c>
+      <c r="B704" t="s">
+        <v>9</v>
+      </c>
+      <c r="C704" t="s">
+        <v>125</v>
+      </c>
+      <c r="D704" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E704" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F704" t="s">
+        <v>454</v>
+      </c>
+      <c r="G704" s="1" t="s">
+        <v>2630</v>
+      </c>
+      <c r="H704" t="s">
+        <v>2631</v>
+      </c>
+    </row>
+    <row r="705" spans="1:8">
+      <c r="A705" t="s">
+        <v>2632</v>
+      </c>
+      <c r="B705" t="s">
+        <v>9</v>
+      </c>
+      <c r="C705" t="s">
+        <v>129</v>
+      </c>
+      <c r="D705" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E705" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F705" t="s">
+        <v>444</v>
+      </c>
+      <c r="G705" s="1" t="s">
+        <v>2633</v>
+      </c>
+      <c r="H705" t="s">
+        <v>2634</v>
+      </c>
+    </row>
+    <row r="706" spans="1:8">
+      <c r="A706" t="s">
+        <v>2635</v>
+      </c>
+      <c r="B706" t="s">
+        <v>9</v>
+      </c>
+      <c r="C706" t="s">
+        <v>133</v>
+      </c>
+      <c r="D706" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E706" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F706" t="s">
+        <v>454</v>
+      </c>
+      <c r="G706" s="1" t="s">
+        <v>2636</v>
+      </c>
+      <c r="H706" t="s">
+        <v>2637</v>
+      </c>
+    </row>
+    <row r="707" spans="1:8">
+      <c r="A707" t="s">
+        <v>2638</v>
+      </c>
+      <c r="B707" t="s">
+        <v>9</v>
+      </c>
+      <c r="C707" t="s">
+        <v>137</v>
+      </c>
+      <c r="D707" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E707" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F707" t="s">
+        <v>444</v>
+      </c>
+      <c r="G707" s="1" t="s">
+        <v>2639</v>
+      </c>
+      <c r="H707" t="s">
+        <v>2640</v>
+      </c>
+    </row>
+    <row r="708" spans="1:8">
+      <c r="A708" t="s">
+        <v>2641</v>
+      </c>
+      <c r="B708" t="s">
+        <v>9</v>
+      </c>
+      <c r="C708" t="s">
+        <v>145</v>
+      </c>
+      <c r="D708" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E708" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F708" t="s">
+        <v>454</v>
+      </c>
+      <c r="G708" s="1" t="s">
+        <v>2642</v>
+      </c>
+      <c r="H708" t="s">
+        <v>2643</v>
+      </c>
+    </row>
+    <row r="709" spans="1:8">
+      <c r="A709" t="s">
+        <v>2644</v>
+      </c>
+      <c r="B709" t="s">
+        <v>9</v>
+      </c>
+      <c r="C709" t="s">
+        <v>149</v>
+      </c>
+      <c r="D709" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E709" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F709" t="s">
+        <v>454</v>
+      </c>
+      <c r="G709" s="1" t="s">
+        <v>2645</v>
+      </c>
+      <c r="H709" t="s">
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="710" spans="1:8">
+      <c r="A710" t="s">
+        <v>2647</v>
+      </c>
+      <c r="B710" t="s">
+        <v>9</v>
+      </c>
+      <c r="C710" t="s">
+        <v>153</v>
+      </c>
+      <c r="D710" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E710" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F710" t="s">
+        <v>454</v>
+      </c>
+      <c r="G710" s="1" t="s">
+        <v>2648</v>
+      </c>
+      <c r="H710" t="s">
+        <v>2649</v>
+      </c>
+    </row>
+    <row r="711" spans="1:8">
+      <c r="A711" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B711" t="s">
+        <v>9</v>
+      </c>
+      <c r="C711" t="s">
+        <v>157</v>
+      </c>
+      <c r="D711" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E711" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F711" t="s">
+        <v>454</v>
+      </c>
+      <c r="G711" s="1" t="s">
+        <v>2651</v>
+      </c>
+      <c r="H711" t="s">
+        <v>2652</v>
+      </c>
+    </row>
+    <row r="712" spans="1:8">
+      <c r="A712" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B712" t="s">
+        <v>9</v>
+      </c>
+      <c r="C712" t="s">
+        <v>161</v>
+      </c>
+      <c r="D712" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E712" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F712" t="s">
+        <v>454</v>
+      </c>
+      <c r="G712" s="1" t="s">
+        <v>2654</v>
+      </c>
+      <c r="H712" t="s">
+        <v>2655</v>
+      </c>
+    </row>
+    <row r="713" spans="1:8">
+      <c r="A713" t="s">
+        <v>2656</v>
+      </c>
+      <c r="B713" t="s">
+        <v>9</v>
+      </c>
+      <c r="C713" t="s">
+        <v>165</v>
+      </c>
+      <c r="D713" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E713" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F713" t="s">
+        <v>444</v>
+      </c>
+      <c r="G713" s="1" t="s">
+        <v>2657</v>
+      </c>
+      <c r="H713" t="s">
+        <v>2658</v>
+      </c>
+    </row>
+    <row r="714" spans="1:8">
+      <c r="A714" t="s">
+        <v>2659</v>
+      </c>
+      <c r="B714" t="s">
+        <v>9</v>
+      </c>
+      <c r="C714" t="s">
+        <v>170</v>
+      </c>
+      <c r="D714" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E714" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F714" t="s">
+        <v>454</v>
+      </c>
+      <c r="G714" s="1" t="s">
+        <v>2660</v>
+      </c>
+      <c r="H714" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="715" spans="1:8">
+      <c r="A715" t="s">
+        <v>2662</v>
+      </c>
+      <c r="B715" t="s">
+        <v>9</v>
+      </c>
+      <c r="C715" t="s">
+        <v>174</v>
+      </c>
+      <c r="D715" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E715" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F715" t="s">
+        <v>444</v>
+      </c>
+      <c r="G715" s="1" t="s">
+        <v>2663</v>
+      </c>
+      <c r="H715" t="s">
+        <v>2664</v>
+      </c>
+    </row>
+    <row r="716" spans="1:8">
+      <c r="A716" t="s">
+        <v>2665</v>
+      </c>
+      <c r="B716" t="s">
+        <v>9</v>
+      </c>
+      <c r="C716" t="s">
+        <v>178</v>
+      </c>
+      <c r="D716" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E716" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F716" t="s">
+        <v>454</v>
+      </c>
+      <c r="G716" s="1" t="s">
+        <v>2666</v>
+      </c>
+      <c r="H716" t="s">
+        <v>2667</v>
+      </c>
+    </row>
+    <row r="717" spans="1:8">
+      <c r="A717" t="s">
+        <v>2668</v>
+      </c>
+      <c r="B717" t="s">
+        <v>9</v>
+      </c>
+      <c r="C717" t="s">
+        <v>182</v>
+      </c>
+      <c r="D717" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E717" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F717" t="s">
+        <v>444</v>
+      </c>
+      <c r="G717" s="1" t="s">
+        <v>2669</v>
+      </c>
+      <c r="H717" t="s">
+        <v>2670</v>
+      </c>
+    </row>
+    <row r="718" spans="1:8">
+      <c r="A718" t="s">
+        <v>2671</v>
+      </c>
+      <c r="B718" t="s">
+        <v>9</v>
+      </c>
+      <c r="C718" t="s">
+        <v>186</v>
+      </c>
+      <c r="D718" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E718" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F718" t="s">
+        <v>454</v>
+      </c>
+      <c r="G718" s="1" t="s">
+        <v>2672</v>
+      </c>
+      <c r="H718" t="s">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="719" spans="1:8">
+      <c r="A719" t="s">
+        <v>2674</v>
+      </c>
+      <c r="B719" t="s">
+        <v>9</v>
+      </c>
+      <c r="C719" t="s">
+        <v>190</v>
+      </c>
+      <c r="D719" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E719" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F719" t="s">
+        <v>444</v>
+      </c>
+      <c r="G719" s="1" t="s">
+        <v>2675</v>
+      </c>
+      <c r="H719" t="s">
+        <v>2676</v>
+      </c>
+    </row>
+    <row r="720" spans="1:8">
+      <c r="A720" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B720" t="s">
+        <v>9</v>
+      </c>
+      <c r="C720" t="s">
+        <v>194</v>
+      </c>
+      <c r="D720" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E720" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F720" t="s">
+        <v>454</v>
+      </c>
+      <c r="G720" s="1" t="s">
+        <v>2678</v>
+      </c>
+      <c r="H720" t="s">
+        <v>2679</v>
+      </c>
+    </row>
+    <row r="721" spans="1:8">
+      <c r="A721" t="s">
+        <v>2680</v>
+      </c>
+      <c r="B721" t="s">
+        <v>9</v>
+      </c>
+      <c r="C721" t="s">
+        <v>199</v>
+      </c>
+      <c r="D721" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E721" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F721" t="s">
+        <v>444</v>
+      </c>
+      <c r="G721" s="1" t="s">
+        <v>2681</v>
+      </c>
+      <c r="H721" t="s">
+        <v>2682</v>
+      </c>
+    </row>
+    <row r="722" spans="1:8">
+      <c r="A722" t="s">
+        <v>2683</v>
+      </c>
+      <c r="B722" t="s">
+        <v>9</v>
+      </c>
+      <c r="C722" t="s">
+        <v>203</v>
+      </c>
+      <c r="D722" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E722" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F722" t="s">
+        <v>454</v>
+      </c>
+      <c r="G722" s="1" t="s">
+        <v>2684</v>
+      </c>
+      <c r="H722" t="s">
+        <v>2685</v>
+      </c>
+    </row>
+    <row r="723" spans="1:8">
+      <c r="A723" t="s">
+        <v>2686</v>
+      </c>
+      <c r="B723" t="s">
+        <v>9</v>
+      </c>
+      <c r="C723" t="s">
+        <v>207</v>
+      </c>
+      <c r="D723" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E723" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F723" t="s">
+        <v>444</v>
+      </c>
+      <c r="G723" s="1" t="s">
+        <v>2687</v>
+      </c>
+      <c r="H723" t="s">
+        <v>2688</v>
+      </c>
+    </row>
+    <row r="724" spans="1:8">
+      <c r="A724" t="s">
+        <v>2689</v>
+      </c>
+      <c r="B724" t="s">
+        <v>9</v>
+      </c>
+      <c r="C724" t="s">
+        <v>211</v>
+      </c>
+      <c r="D724" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E724" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F724" t="s">
+        <v>454</v>
+      </c>
+      <c r="G724" s="1" t="s">
+        <v>2690</v>
+      </c>
+      <c r="H724" t="s">
+        <v>2691</v>
+      </c>
+    </row>
+    <row r="725" spans="1:8">
+      <c r="A725" t="s">
+        <v>2692</v>
+      </c>
+      <c r="B725" t="s">
+        <v>9</v>
+      </c>
+      <c r="C725" t="s">
+        <v>215</v>
+      </c>
+      <c r="D725" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E725" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F725" t="s">
+        <v>444</v>
+      </c>
+      <c r="G725" s="1" t="s">
+        <v>2693</v>
+      </c>
+      <c r="H725" t="s">
+        <v>2694</v>
+      </c>
+    </row>
+    <row r="726" spans="1:8">
+      <c r="A726" t="s">
+        <v>2695</v>
+      </c>
+      <c r="B726" t="s">
+        <v>9</v>
+      </c>
+      <c r="C726" t="s">
+        <v>219</v>
+      </c>
+      <c r="D726" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E726" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F726" t="s">
+        <v>454</v>
+      </c>
+      <c r="G726" s="1" t="s">
+        <v>2696</v>
+      </c>
+      <c r="H726" t="s">
+        <v>2697</v>
+      </c>
+    </row>
+    <row r="727" spans="1:8">
+      <c r="A727" t="s">
+        <v>2698</v>
+      </c>
+      <c r="B727" t="s">
+        <v>9</v>
+      </c>
+      <c r="C727" t="s">
+        <v>223</v>
+      </c>
+      <c r="D727" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E727" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F727" t="s">
+        <v>444</v>
+      </c>
+      <c r="G727" s="1" t="s">
+        <v>2699</v>
+      </c>
+      <c r="H727" t="s">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="728" spans="1:8">
+      <c r="A728" t="s">
+        <v>2701</v>
+      </c>
+      <c r="B728" t="s">
+        <v>9</v>
+      </c>
+      <c r="C728" t="s">
+        <v>227</v>
+      </c>
+      <c r="D728" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E728" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F728" t="s">
+        <v>454</v>
+      </c>
+      <c r="G728" s="1" t="s">
+        <v>2702</v>
+      </c>
+      <c r="H728" t="s">
+        <v>2703</v>
+      </c>
+    </row>
+    <row r="729" spans="1:8">
+      <c r="A729" t="s">
+        <v>2704</v>
+      </c>
+      <c r="B729" t="s">
+        <v>9</v>
+      </c>
+      <c r="C729" t="s">
+        <v>17</v>
+      </c>
+      <c r="D729" t="s">
+        <v>2705</v>
+      </c>
+      <c r="E729" t="s">
+        <v>2706</v>
+      </c>
+      <c r="F729" t="s">
+        <v>13</v>
+      </c>
+      <c r="G729" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H729" t="s">
+        <v>2707</v>
+      </c>
+    </row>
+    <row r="730" spans="1:8">
+      <c r="A730" t="s">
+        <v>2708</v>
+      </c>
+      <c r="B730" t="s">
+        <v>9</v>
+      </c>
+      <c r="C730" t="s">
+        <v>24</v>
+      </c>
+      <c r="D730" t="s">
+        <v>2705</v>
+      </c>
+      <c r="E730" t="s">
+        <v>2706</v>
+      </c>
+      <c r="F730" t="s">
+        <v>13</v>
+      </c>
+      <c r="G730" s="1" t="s">
+        <v>2709</v>
+      </c>
+      <c r="H730" t="s">
+        <v>2710</v>
+      </c>
+    </row>
+    <row r="731" spans="1:8">
+      <c r="A731" t="s">
+        <v>2711</v>
+      </c>
+      <c r="B731" t="s">
+        <v>9</v>
+      </c>
+      <c r="C731" t="s">
+        <v>28</v>
+      </c>
+      <c r="D731" t="s">
+        <v>2705</v>
+      </c>
+      <c r="E731" t="s">
+        <v>2706</v>
+      </c>
+      <c r="F731" t="s">
+        <v>13</v>
+      </c>
+      <c r="G731" s="1" t="s">
+        <v>2712</v>
+      </c>
+      <c r="H731" t="s">
+        <v>2713</v>
+      </c>
+    </row>
+    <row r="732" spans="1:8">
+      <c r="A732" t="s">
+        <v>2714</v>
+      </c>
+      <c r="B732" t="s">
+        <v>9</v>
+      </c>
+      <c r="C732" t="s">
+        <v>32</v>
+      </c>
+      <c r="D732" t="s">
+        <v>2705</v>
+      </c>
+      <c r="E732" t="s">
+        <v>2706</v>
+      </c>
+      <c r="F732" t="s">
+        <v>13</v>
+      </c>
+      <c r="G732" s="1" t="s">
+        <v>2715</v>
+      </c>
+      <c r="H732" t="s">
+        <v>2716</v>
+      </c>
+    </row>
+    <row r="733" spans="1:8">
+      <c r="A733" t="s">
+        <v>2717</v>
+      </c>
+      <c r="B733" t="s">
+        <v>9</v>
+      </c>
+      <c r="C733" t="s">
+        <v>36</v>
+      </c>
+      <c r="D733" t="s">
+        <v>2705</v>
+      </c>
+      <c r="E733" t="s">
+        <v>2706</v>
+      </c>
+      <c r="F733" t="s">
+        <v>13</v>
+      </c>
+      <c r="G733" s="1" t="s">
+        <v>2718</v>
+      </c>
+      <c r="H733" t="s">
+        <v>2719</v>
+      </c>
+    </row>
+    <row r="734" spans="1:8">
+      <c r="A734" t="s">
+        <v>2720</v>
+      </c>
+      <c r="B734" t="s">
+        <v>9</v>
+      </c>
+      <c r="C734" t="s">
+        <v>40</v>
+      </c>
+      <c r="D734" t="s">
+        <v>2705</v>
+      </c>
+      <c r="E734" t="s">
+        <v>2706</v>
+      </c>
+      <c r="F734" t="s">
+        <v>13</v>
+      </c>
+      <c r="G734" s="1" t="s">
+        <v>2721</v>
+      </c>
+      <c r="H734" t="s">
+        <v>2722</v>
+      </c>
+    </row>
+    <row r="735" spans="1:8">
+      <c r="A735" t="s">
+        <v>2723</v>
+      </c>
+      <c r="B735" t="s">
+        <v>9</v>
+      </c>
+      <c r="C735" t="s">
+        <v>44</v>
+      </c>
+      <c r="D735" t="s">
+        <v>2705</v>
+      </c>
+      <c r="E735" t="s">
+        <v>2706</v>
+      </c>
+      <c r="F735" t="s">
+        <v>13</v>
+      </c>
+      <c r="G735" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H735" t="s">
+        <v>2724</v>
+      </c>
+    </row>
+    <row r="736" spans="1:8">
+      <c r="A736" t="s">
+        <v>2725</v>
+      </c>
+      <c r="B736" t="s">
+        <v>9</v>
+      </c>
+      <c r="C736" t="s">
+        <v>48</v>
+      </c>
+      <c r="D736" t="s">
+        <v>2705</v>
+      </c>
+      <c r="E736" t="s">
+        <v>2706</v>
+      </c>
+      <c r="F736" t="s">
+        <v>13</v>
+      </c>
+      <c r="G736" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H736" t="s">
+        <v>2726</v>
+      </c>
+    </row>
+    <row r="737" spans="1:8">
+      <c r="A737" t="s">
+        <v>2727</v>
+      </c>
+      <c r="B737" t="s">
+        <v>9</v>
+      </c>
+      <c r="C737" t="s">
+        <v>52</v>
+      </c>
+      <c r="D737" t="s">
+        <v>2705</v>
+      </c>
+      <c r="E737" t="s">
+        <v>2706</v>
+      </c>
+      <c r="F737" t="s">
+        <v>13</v>
+      </c>
+      <c r="G737" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H737" t="s">
+        <v>2728</v>
+      </c>
+    </row>
+    <row r="738" spans="1:8">
+      <c r="A738" t="s">
+        <v>2729</v>
+      </c>
+      <c r="B738" t="s">
+        <v>9</v>
+      </c>
+      <c r="C738" t="s">
+        <v>56</v>
+      </c>
+      <c r="D738" t="s">
+        <v>2705</v>
+      </c>
+      <c r="E738" t="s">
+        <v>2706</v>
+      </c>
+      <c r="F738" t="s">
+        <v>13</v>
+      </c>
+      <c r="G738" s="1" t="s">
+        <v>2730</v>
+      </c>
+      <c r="H738" t="s">
+        <v>2731</v>
+      </c>
+    </row>
+    <row r="739" spans="1:8">
+      <c r="A739" t="s">
+        <v>2732</v>
+      </c>
+      <c r="B739" t="s">
+        <v>9</v>
+      </c>
+      <c r="C739" t="s">
+        <v>60</v>
+      </c>
+      <c r="D739" t="s">
+        <v>2705</v>
+      </c>
+      <c r="E739" t="s">
+        <v>2706</v>
+      </c>
+      <c r="F739" t="s">
+        <v>13</v>
+      </c>
+      <c r="G739" s="1" t="s">
+        <v>2733</v>
+      </c>
+      <c r="H739" t="s">
+        <v>2734</v>
+      </c>
+    </row>
+    <row r="740" spans="1:8">
+      <c r="A740" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B740" t="s">
+        <v>9</v>
+      </c>
+      <c r="C740" t="s">
+        <v>10</v>
+      </c>
+      <c r="D740" t="s">
+        <v>2736</v>
+      </c>
+      <c r="E740" t="s">
+        <v>2737</v>
+      </c>
+      <c r="F740" t="s">
+        <v>252</v>
+      </c>
+      <c r="G740" s="1" t="s">
+        <v>2738</v>
+      </c>
+      <c r="H740" t="s">
+        <v>2739</v>
+      </c>
+    </row>
+    <row r="741" spans="1:8">
+      <c r="A741" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B741" t="s">
+        <v>9</v>
+      </c>
+      <c r="C741" t="s">
+        <v>17</v>
+      </c>
+      <c r="D741" t="s">
+        <v>2736</v>
+      </c>
+      <c r="E741" t="s">
+        <v>2737</v>
+      </c>
+      <c r="F741" t="s">
+        <v>96</v>
+      </c>
+      <c r="G741" s="1" t="s">
+        <v>2741</v>
+      </c>
+      <c r="H741" t="s">
+        <v>2742</v>
+      </c>
+    </row>
+    <row r="742" spans="1:8">
+      <c r="A742" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B742" t="s">
+        <v>9</v>
+      </c>
+      <c r="C742" t="s">
+        <v>21</v>
+      </c>
+      <c r="D742" t="s">
+        <v>2736</v>
+      </c>
+      <c r="E742" t="s">
+        <v>2737</v>
+      </c>
+      <c r="F742" t="s">
+        <v>77</v>
+      </c>
+      <c r="G742" s="1" t="s">
+        <v>2744</v>
+      </c>
+      <c r="H742" t="s">
+        <v>2745</v>
+      </c>
+    </row>
+    <row r="743" spans="1:8">
+      <c r="A743" t="s">
+        <v>2746</v>
+      </c>
+      <c r="B743" t="s">
+        <v>9</v>
+      </c>
+      <c r="C743" t="s">
+        <v>24</v>
+      </c>
+      <c r="D743" t="s">
+        <v>2736</v>
+      </c>
+      <c r="E743" t="s">
+        <v>2737</v>
+      </c>
+      <c r="F743" t="s">
+        <v>195</v>
+      </c>
+      <c r="G743" s="1" t="s">
+        <v>2747</v>
+      </c>
+      <c r="H743" t="s">
+        <v>2748</v>
+      </c>
+    </row>
+    <row r="744" spans="1:8">
+      <c r="A744" t="s">
+        <v>2749</v>
+      </c>
+      <c r="B744" t="s">
+        <v>9</v>
+      </c>
+      <c r="C744" t="s">
+        <v>28</v>
+      </c>
+      <c r="D744" t="s">
+        <v>2736</v>
+      </c>
+      <c r="E744" t="s">
+        <v>2737</v>
+      </c>
+      <c r="F744" t="s">
+        <v>166</v>
+      </c>
+      <c r="G744" s="1" t="s">
+        <v>2750</v>
+      </c>
+      <c r="H744" t="s">
+        <v>2751</v>
+      </c>
+    </row>
+    <row r="745" spans="1:8">
+      <c r="A745" t="s">
+        <v>2752</v>
+      </c>
+      <c r="B745" t="s">
+        <v>9</v>
+      </c>
+      <c r="C745" t="s">
+        <v>81</v>
+      </c>
+      <c r="D745" t="s">
+        <v>2736</v>
+      </c>
+      <c r="E745" t="s">
+        <v>2737</v>
+      </c>
+      <c r="F745" t="s">
+        <v>469</v>
+      </c>
+      <c r="G745" s="1" t="s">
+        <v>2753</v>
+      </c>
+      <c r="H745" t="s">
+        <v>2754</v>
+      </c>
+    </row>
+    <row r="746" spans="1:8">
+      <c r="A746" t="s">
+        <v>2755</v>
+      </c>
+      <c r="B746" t="s">
+        <v>9</v>
+      </c>
+      <c r="C746" t="s">
+        <v>85</v>
+      </c>
+      <c r="D746" t="s">
+        <v>2736</v>
+      </c>
+      <c r="E746" t="s">
+        <v>2737</v>
+      </c>
+      <c r="F746" t="s">
+        <v>401</v>
+      </c>
+      <c r="G746" s="1" t="s">
+        <v>2756</v>
+      </c>
+      <c r="H746" t="s">
+        <v>2757</v>
+      </c>
+    </row>
+    <row r="747" spans="1:8">
+      <c r="A747" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B747" t="s">
+        <v>9</v>
+      </c>
+      <c r="C747" t="s">
+        <v>89</v>
+      </c>
+      <c r="D747" t="s">
+        <v>2736</v>
+      </c>
+      <c r="E747" t="s">
+        <v>2737</v>
+      </c>
+      <c r="F747" t="s">
+        <v>1231</v>
+      </c>
+      <c r="G747" s="1" t="s">
+        <v>2759</v>
+      </c>
+      <c r="H747" t="s">
+        <v>2760</v>
+      </c>
+    </row>
+    <row r="748" spans="1:8">
+      <c r="A748" t="s">
+        <v>2761</v>
+      </c>
+      <c r="B748" t="s">
+        <v>9</v>
+      </c>
+      <c r="C748" t="s">
+        <v>32</v>
+      </c>
+      <c r="D748" t="s">
+        <v>2736</v>
+      </c>
+      <c r="E748" t="s">
+        <v>2737</v>
+      </c>
+      <c r="F748" t="s">
+        <v>70</v>
+      </c>
+      <c r="G748" s="1" t="s">
+        <v>2762</v>
+      </c>
+      <c r="H748" t="s">
+        <v>2763</v>
+      </c>
+    </row>
+    <row r="749" spans="1:8">
+      <c r="A749" t="s">
+        <v>2764</v>
+      </c>
+      <c r="B749" t="s">
+        <v>9</v>
+      </c>
+      <c r="C749" t="s">
+        <v>36</v>
+      </c>
+      <c r="D749" t="s">
+        <v>2736</v>
+      </c>
+      <c r="E749" t="s">
+        <v>2737</v>
+      </c>
+      <c r="F749" t="s">
+        <v>414</v>
+      </c>
+      <c r="G749" s="1" t="s">
+        <v>2765</v>
+      </c>
+      <c r="H749" t="s">
+        <v>2766</v>
+      </c>
+    </row>
+    <row r="750" spans="1:8">
+      <c r="A750" t="s">
+        <v>2767</v>
+      </c>
+      <c r="B750" t="s">
+        <v>9</v>
+      </c>
+      <c r="C750" t="s">
+        <v>40</v>
+      </c>
+      <c r="D750" t="s">
+        <v>2736</v>
+      </c>
+      <c r="E750" t="s">
+        <v>2737</v>
+      </c>
+      <c r="F750" t="s">
+        <v>66</v>
+      </c>
+      <c r="G750" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H750" t="s">
+        <v>2768</v>
+      </c>
+    </row>
+    <row r="751" spans="1:8">
+      <c r="A751" t="s">
+        <v>2769</v>
+      </c>
+      <c r="B751" t="s">
+        <v>9</v>
+      </c>
+      <c r="C751" t="s">
+        <v>10</v>
+      </c>
+      <c r="D751" t="s">
+        <v>2770</v>
+      </c>
+      <c r="E751" t="s">
+        <v>2771</v>
+      </c>
+      <c r="F751" t="s">
+        <v>454</v>
+      </c>
+      <c r="G751" s="1" t="s">
+        <v>2772</v>
+      </c>
+      <c r="H751" t="s">
+        <v>2773</v>
+      </c>
+    </row>
+    <row r="752" spans="1:8">
+      <c r="A752" t="s">
+        <v>2774</v>
+      </c>
+      <c r="B752" t="s">
+        <v>9</v>
+      </c>
+      <c r="C752" t="s">
+        <v>17</v>
+      </c>
+      <c r="D752" t="s">
+        <v>2770</v>
+      </c>
+      <c r="E752" t="s">
+        <v>2771</v>
+      </c>
+      <c r="F752" t="s">
+        <v>444</v>
+      </c>
+      <c r="G752" s="1" t="s">
+        <v>2775</v>
+      </c>
+      <c r="H752" t="s">
+        <v>2776</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -23184,50 +29005,205 @@
     <hyperlink ref="G573" r:id="rId572"/>
     <hyperlink ref="G574" r:id="rId573"/>
     <hyperlink ref="G575" r:id="rId574"/>
     <hyperlink ref="G576" r:id="rId575"/>
     <hyperlink ref="G577" r:id="rId576"/>
     <hyperlink ref="G578" r:id="rId577"/>
     <hyperlink ref="G579" r:id="rId578"/>
     <hyperlink ref="G580" r:id="rId579"/>
     <hyperlink ref="G581" r:id="rId580"/>
     <hyperlink ref="G582" r:id="rId581"/>
     <hyperlink ref="G583" r:id="rId582"/>
     <hyperlink ref="G584" r:id="rId583"/>
     <hyperlink ref="G585" r:id="rId584"/>
     <hyperlink ref="G586" r:id="rId585"/>
     <hyperlink ref="G587" r:id="rId586"/>
     <hyperlink ref="G588" r:id="rId587"/>
     <hyperlink ref="G589" r:id="rId588"/>
     <hyperlink ref="G590" r:id="rId589"/>
     <hyperlink ref="G591" r:id="rId590"/>
     <hyperlink ref="G592" r:id="rId591"/>
     <hyperlink ref="G593" r:id="rId592"/>
     <hyperlink ref="G594" r:id="rId593"/>
     <hyperlink ref="G595" r:id="rId594"/>
     <hyperlink ref="G596" r:id="rId595"/>
     <hyperlink ref="G597" r:id="rId596"/>
+    <hyperlink ref="G598" r:id="rId597"/>
+    <hyperlink ref="G599" r:id="rId598"/>
+    <hyperlink ref="G600" r:id="rId599"/>
+    <hyperlink ref="G601" r:id="rId600"/>
+    <hyperlink ref="G602" r:id="rId601"/>
+    <hyperlink ref="G603" r:id="rId602"/>
+    <hyperlink ref="G604" r:id="rId603"/>
+    <hyperlink ref="G605" r:id="rId604"/>
+    <hyperlink ref="G606" r:id="rId605"/>
+    <hyperlink ref="G607" r:id="rId606"/>
+    <hyperlink ref="G608" r:id="rId607"/>
+    <hyperlink ref="G609" r:id="rId608"/>
+    <hyperlink ref="G610" r:id="rId609"/>
+    <hyperlink ref="G611" r:id="rId610"/>
+    <hyperlink ref="G612" r:id="rId611"/>
+    <hyperlink ref="G613" r:id="rId612"/>
+    <hyperlink ref="G614" r:id="rId613"/>
+    <hyperlink ref="G615" r:id="rId614"/>
+    <hyperlink ref="G616" r:id="rId615"/>
+    <hyperlink ref="G617" r:id="rId616"/>
+    <hyperlink ref="G618" r:id="rId617"/>
+    <hyperlink ref="G619" r:id="rId618"/>
+    <hyperlink ref="G620" r:id="rId619"/>
+    <hyperlink ref="G621" r:id="rId620"/>
+    <hyperlink ref="G622" r:id="rId621"/>
+    <hyperlink ref="G623" r:id="rId622"/>
+    <hyperlink ref="G624" r:id="rId623"/>
+    <hyperlink ref="G625" r:id="rId624"/>
+    <hyperlink ref="G626" r:id="rId625"/>
+    <hyperlink ref="G627" r:id="rId626"/>
+    <hyperlink ref="G628" r:id="rId627"/>
+    <hyperlink ref="G629" r:id="rId628"/>
+    <hyperlink ref="G630" r:id="rId629"/>
+    <hyperlink ref="G631" r:id="rId630"/>
+    <hyperlink ref="G632" r:id="rId631"/>
+    <hyperlink ref="G633" r:id="rId632"/>
+    <hyperlink ref="G634" r:id="rId633"/>
+    <hyperlink ref="G635" r:id="rId634"/>
+    <hyperlink ref="G636" r:id="rId635"/>
+    <hyperlink ref="G637" r:id="rId636"/>
+    <hyperlink ref="G638" r:id="rId637"/>
+    <hyperlink ref="G639" r:id="rId638"/>
+    <hyperlink ref="G640" r:id="rId639"/>
+    <hyperlink ref="G641" r:id="rId640"/>
+    <hyperlink ref="G642" r:id="rId641"/>
+    <hyperlink ref="G643" r:id="rId642"/>
+    <hyperlink ref="G644" r:id="rId643"/>
+    <hyperlink ref="G645" r:id="rId644"/>
+    <hyperlink ref="G646" r:id="rId645"/>
+    <hyperlink ref="G647" r:id="rId646"/>
+    <hyperlink ref="G648" r:id="rId647"/>
+    <hyperlink ref="G649" r:id="rId648"/>
+    <hyperlink ref="G650" r:id="rId649"/>
+    <hyperlink ref="G651" r:id="rId650"/>
+    <hyperlink ref="G652" r:id="rId651"/>
+    <hyperlink ref="G653" r:id="rId652"/>
+    <hyperlink ref="G654" r:id="rId653"/>
+    <hyperlink ref="G655" r:id="rId654"/>
+    <hyperlink ref="G656" r:id="rId655"/>
+    <hyperlink ref="G657" r:id="rId656"/>
+    <hyperlink ref="G658" r:id="rId657"/>
+    <hyperlink ref="G659" r:id="rId658"/>
+    <hyperlink ref="G660" r:id="rId659"/>
+    <hyperlink ref="G661" r:id="rId660"/>
+    <hyperlink ref="G662" r:id="rId661"/>
+    <hyperlink ref="G663" r:id="rId662"/>
+    <hyperlink ref="G664" r:id="rId663"/>
+    <hyperlink ref="G665" r:id="rId664"/>
+    <hyperlink ref="G666" r:id="rId665"/>
+    <hyperlink ref="G667" r:id="rId666"/>
+    <hyperlink ref="G668" r:id="rId667"/>
+    <hyperlink ref="G669" r:id="rId668"/>
+    <hyperlink ref="G670" r:id="rId669"/>
+    <hyperlink ref="G671" r:id="rId670"/>
+    <hyperlink ref="G672" r:id="rId671"/>
+    <hyperlink ref="G673" r:id="rId672"/>
+    <hyperlink ref="G674" r:id="rId673"/>
+    <hyperlink ref="G675" r:id="rId674"/>
+    <hyperlink ref="G676" r:id="rId675"/>
+    <hyperlink ref="G677" r:id="rId676"/>
+    <hyperlink ref="G678" r:id="rId677"/>
+    <hyperlink ref="G679" r:id="rId678"/>
+    <hyperlink ref="G680" r:id="rId679"/>
+    <hyperlink ref="G681" r:id="rId680"/>
+    <hyperlink ref="G682" r:id="rId681"/>
+    <hyperlink ref="G683" r:id="rId682"/>
+    <hyperlink ref="G684" r:id="rId683"/>
+    <hyperlink ref="G685" r:id="rId684"/>
+    <hyperlink ref="G686" r:id="rId685"/>
+    <hyperlink ref="G687" r:id="rId686"/>
+    <hyperlink ref="G688" r:id="rId687"/>
+    <hyperlink ref="G689" r:id="rId688"/>
+    <hyperlink ref="G690" r:id="rId689"/>
+    <hyperlink ref="G691" r:id="rId690"/>
+    <hyperlink ref="G692" r:id="rId691"/>
+    <hyperlink ref="G693" r:id="rId692"/>
+    <hyperlink ref="G694" r:id="rId693"/>
+    <hyperlink ref="G695" r:id="rId694"/>
+    <hyperlink ref="G696" r:id="rId695"/>
+    <hyperlink ref="G697" r:id="rId696"/>
+    <hyperlink ref="G698" r:id="rId697"/>
+    <hyperlink ref="G699" r:id="rId698"/>
+    <hyperlink ref="G700" r:id="rId699"/>
+    <hyperlink ref="G701" r:id="rId700"/>
+    <hyperlink ref="G702" r:id="rId701"/>
+    <hyperlink ref="G703" r:id="rId702"/>
+    <hyperlink ref="G704" r:id="rId703"/>
+    <hyperlink ref="G705" r:id="rId704"/>
+    <hyperlink ref="G706" r:id="rId705"/>
+    <hyperlink ref="G707" r:id="rId706"/>
+    <hyperlink ref="G708" r:id="rId707"/>
+    <hyperlink ref="G709" r:id="rId708"/>
+    <hyperlink ref="G710" r:id="rId709"/>
+    <hyperlink ref="G711" r:id="rId710"/>
+    <hyperlink ref="G712" r:id="rId711"/>
+    <hyperlink ref="G713" r:id="rId712"/>
+    <hyperlink ref="G714" r:id="rId713"/>
+    <hyperlink ref="G715" r:id="rId714"/>
+    <hyperlink ref="G716" r:id="rId715"/>
+    <hyperlink ref="G717" r:id="rId716"/>
+    <hyperlink ref="G718" r:id="rId717"/>
+    <hyperlink ref="G719" r:id="rId718"/>
+    <hyperlink ref="G720" r:id="rId719"/>
+    <hyperlink ref="G721" r:id="rId720"/>
+    <hyperlink ref="G722" r:id="rId721"/>
+    <hyperlink ref="G723" r:id="rId722"/>
+    <hyperlink ref="G724" r:id="rId723"/>
+    <hyperlink ref="G725" r:id="rId724"/>
+    <hyperlink ref="G726" r:id="rId725"/>
+    <hyperlink ref="G727" r:id="rId726"/>
+    <hyperlink ref="G728" r:id="rId727"/>
+    <hyperlink ref="G729" r:id="rId728"/>
+    <hyperlink ref="G730" r:id="rId729"/>
+    <hyperlink ref="G731" r:id="rId730"/>
+    <hyperlink ref="G732" r:id="rId731"/>
+    <hyperlink ref="G733" r:id="rId732"/>
+    <hyperlink ref="G734" r:id="rId733"/>
+    <hyperlink ref="G735" r:id="rId734"/>
+    <hyperlink ref="G736" r:id="rId735"/>
+    <hyperlink ref="G737" r:id="rId736"/>
+    <hyperlink ref="G738" r:id="rId737"/>
+    <hyperlink ref="G739" r:id="rId738"/>
+    <hyperlink ref="G740" r:id="rId739"/>
+    <hyperlink ref="G741" r:id="rId740"/>
+    <hyperlink ref="G742" r:id="rId741"/>
+    <hyperlink ref="G743" r:id="rId742"/>
+    <hyperlink ref="G744" r:id="rId743"/>
+    <hyperlink ref="G745" r:id="rId744"/>
+    <hyperlink ref="G746" r:id="rId745"/>
+    <hyperlink ref="G747" r:id="rId746"/>
+    <hyperlink ref="G748" r:id="rId747"/>
+    <hyperlink ref="G749" r:id="rId748"/>
+    <hyperlink ref="G750" r:id="rId749"/>
+    <hyperlink ref="G751" r:id="rId750"/>
+    <hyperlink ref="G752" r:id="rId751"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>