--- v1 (2026-01-30)
+++ v2 (2026-03-17)
@@ -54,4013 +54,4013 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA EXECUTIVO</t>
   </si>
   <si>
     <t>PMPG</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RATIFICAÇÃO DO PROTOCOLO DE INTENÇÕES PARA A CONSTITUIÇÃO DO CONSÓRCIO NACIONAL DE CIDADES INTELIGENTES – CONCIT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1484/ple_02_2025_cartao_corporativo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1484/ple_02_2025_cartao_corporativo.pdf</t>
   </si>
   <si>
     <t>INSTITUI O REGIME DE ADIANTAMENTO POR MEIO DE CARTÃO CORPORATIVO ÀS UNIDADES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>CRIA A SECRETARIA MUNICIPAL DE PESCA E AQUICULTURA DO MUNICÍPIO DE PORTO GRANDE - SEPAQPG, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1576/projeto_de_lei_04_-_ciencia_em_movimento.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1576/projeto_de_lei_04_-_ciencia_em_movimento.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "CIÊNCIA EM MOVIMENTO" PROGRAMA MUNICIPAL DE INCENTIVO A INICIAÇÃO CIENTIFICA NA REDE PÚBLICA DE ENSINO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1579/pl_05_2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1579/pl_05_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO PARA ATENDER À NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERRESSE PÚBLICO, NOS TERMOS DO ART. 37 DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1643/projeto_de_lei_ordinaria_executivo_no_9_de_2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1643/projeto_de_lei_ordinaria_executivo_no_9_de_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONVALIDAÇÃO DE TÍTULOS DEFINITIVOS EMITIDOS PELA PREFEITURA MUNICIPAL DE PORTO GRANDE, REFERENTES A ÁREA DO LOTEAMENTO SÃO JOSÉ, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1645/projeto_de_lei_ordinaria_executivo_no_10_de_2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1645/projeto_de_lei_ordinaria_executivo_no_10_de_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRORROGAÇÃO DA VIGÊNCIA DO PLANO MUNICIPAL DE EDUCAÇÃO - PME DE PORTO GRANDE E DÁOUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1717/pl_13_turismo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1717/pl_13_turismo.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE TURISMO E O FUNDO MUNICIPAL DE TURISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1805/ldo_2026_pl_12_2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1805/ldo_2026_pl_12_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES (LDO) PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA ANUAL (LOA) PARA O EXERCÍCIO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1807/1_ppa-mesclado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1807/1_ppa-mesclado.pdf</t>
   </si>
   <si>
     <t>DIPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2026/2029 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1864/projeto_de_lei_no_014-2025-pmpg_loa_2025-2026_assinado_2_removed.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1864/projeto_de_lei_no_014-2025-pmpg_loa_2025-2026_assinado_2_removed.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PORTO GRANDE PARA O EXERCÍCIO DE 2026.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1873/projeto_de_lei_do_executivo_no015.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1873/projeto_de_lei_do_executivo_no015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº15/2025, DE 17 DE OUTUBRO DE 2025: DISPÕEM SOBRE A ESTRUTURA E O FUNCIONAMENTO DO CONSELHO TUTELAR DE PORTO GRANDE-AP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1917/plo_16.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1917/plo_16.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A INSTITUIR O INCENTIVO FINANCEIRO ADICIONAL (IFA) AOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AOS AGENTES DE COMBATE Às ENDEMIAS (ACE) DO MUNICÍPIO DE PORTO GRANDE-AP, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA LEGISLATIVO</t>
   </si>
   <si>
     <t>SALMON SANTANA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1265/pll_02_-_parlamento_jovem.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1265/pll_02_-_parlamento_jovem.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PARLAMENTO JOVEM NA CÂMARA  MUNICIPAL  DE PORTO  GRANDE, E PREVÊ UMA SESSÃO EXTRAORDINÁRIA POR ANO, COMPOSTO APENAS POR JOVENS COM A FINALIDADE DE DAR VOZ ATIVA A  FINALIDADE A JUNVENTUDE PORTOGRANDENSE.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>PROFESSOR NELSON</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1266/pll_03_-_jovem_profissional_s.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1266/pll_03_-_jovem_profissional_s.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICIPIO A INSTITUIR O PROJETO JOVEM PROFISSIONAL DE CAPACITAÇÃO. PARA JOVENS EM SITUAÇÃO DE VULNERABILIDADE SOCIAL, ESTABELECER PARCERIAS COM ENTIDADES DO SISTEMA "S" E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1267/pll_04_-_centro_ref._autismo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1267/pll_04_-_centro_ref._autismo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃODO CENTRO MUNICIPAL DE REFERÊNCIA DO AUTISMO E DA PESSOA COM DEFICIÊNCIA PARA POPULAÇÃO NO ÂMBITO DO MUNICÍPIODE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>TÁRCIO LEITE</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1274/projeto_tarcio_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1274/projeto_tarcio_2025_assinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ÔNIBUS UNIVERSITÁRIO PARA O TRANSLADO MACAPÁ - PORTO GRANDE</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1294/pl_01_tarcio_2025_2_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1294/pl_01_tarcio_2025_2_assinado.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA "JOVEM VEREADOR" NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1304/pll_07_-_abril_azul.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1304/pll_07_-_abril_azul.pdf</t>
   </si>
   <si>
     <t>INSTITUIR O MÊS "ABRIL AZUL", DEDICADO A CONSIENTIZAÇÃO SOBRE TRANSTORNO DO ASPECTRO DO AUTISTA-TEA, NO MUNICIPIO DE PORTO GRANDE E DA OUTRA  PRVIDENCIAS.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1315/pl_03_tarcio_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1315/pl_03_tarcio_2025_assinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECONHECIMENTRO DO RIO ARAGAURI NO MUNICIPIO DE PORTO GRANDE, SEU ENQUADRAMENTO COMO ENTE ESPECIALMENTE PROTEGIDO E DÁ OUTRTAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1318/pl_04_tarcio_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1318/pl_04_tarcio_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INSTITUI A DISTRIBUIÇÃO GRATUITA DE MATERIAS ESCOLARES BÁSICOS PARA ALUNOS DA REDE PÚBLICA MUNICIPAL DO ENSINO FUNDAMENTAL DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>CAROL MONTEIRO</t>
   </si>
   <si>
     <t>DISPOE SOBRE A ESTRUTURA E O FUNCIONAMENTO DO CONSELHO TUTELAR DE PORTO GRANDE E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1344/pl_05_tarcio_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1344/pl_05_tarcio_2025_assinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE CONCEITOS DE EDUCAÇÃO FINANCEIRA NA REDE MUNICIPAL DE ENSINO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1345/pl_06_tarcio_2025_2_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1345/pl_06_tarcio_2025_2_assinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A VEDAÇÃO DE HOMENAGENS A PESSOAS QUE TENHAM PRATICADO ATOS DE RACISMO.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1376/pl_07_ta_rcio_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1376/pl_07_ta_rcio_2025_assinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE INAUGURAÇÃO CERIMONIAL DE OBRAS PÚBLICAS MUNICIPAIS, PELO PODER EXECUTIVO, QUE SE ENCONTREM INCOMPLETAS OU QUE NÃO ESTEJAM EM CONDIÇÕES DE SEREM IMEDIATAMENTE UTILIZADAS PELA POPULAÇÃO.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1382/projeto_de_lei_2025_-_proibicao_de_assumir_cargos__crime_contra_crianca_e_adolescente.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1382/projeto_de_lei_2025_-_proibicao_de_assumir_cargos__crime_contra_crianca_e_adolescente.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nulidade da nomeação ou contratação, para determinados cargos  e empregos públicos, de pessoas  condenadas pela prática de crime contra  a dignidade sexual da criança e do adolescente  no âmbito do Município de Porto Grande e dá Outras Providências</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1383/projeto_de_lei_2025_-_cria_o_programa_musica_na_escola.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1383/projeto_de_lei_2025_-_cria_o_programa_musica_na_escola.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Música nas Escolas no Município de Porto Grande  e dá outras Providências.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1384/projeto_de_lei_2025_-_cria_apolitica_civica_para_a_juventude.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1384/projeto_de_lei_2025_-_cria_apolitica_civica_para_a_juventude.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Criar o Plano de Incentivo à Participação Cívica e Política da Juventude no Município de Porto Grande e dá outras providências</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1385/projeto_de_lei_2025_-_dignidade_menstrual.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1385/projeto_de_lei_2025_-_dignidade_menstrual.pdf</t>
   </si>
   <si>
     <t>Institui a política de conscientização sobre a dignidade menstrual e a distribuição gratuita de absorventes higiênicos nas escolas municipais de ensino público do Município  de Porto Grande e dá Outras Providências.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1386/projeto_de_lei_2025_-_institui_a_semana_ra_e_dos_fazedores_de_culturamunicipal_da_cultu.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1386/projeto_de_lei_2025_-_institui_a_semana_ra_e_dos_fazedores_de_culturamunicipal_da_cultu.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da Cultura e dos  Fazedores de Cultura nos dias 03 a 08 de  Novembro, no Município de Porto Grande e dá Outras Providências</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1388/projeto_de_lei_2025_-_autoriza_o_municipio_a_instituir_o_casamento_comunitario.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1388/projeto_de_lei_2025_-_autoriza_o_municipio_a_instituir_o_casamento_comunitario.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INSTITUIR O PROJETO “CASAMENTO CIVIL COMUNITÁRIO”, NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE E A CELEBRAÇÃO DE CONVÊNIOS E PARCERIAS PARA REALIZAÇÃO DOS CASAMENTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1390/projeto_de_lei_2025_-_cria_camara_mirim.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1390/projeto_de_lei_2025_-_cria_camara_mirim.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A CÂMARA MIRIM NO MUNICÍPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1392/projeto_de_lei_2025_-_banco_de_ideias_legislativas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1392/projeto_de_lei_2025_-_banco_de_ideias_legislativas.pdf</t>
   </si>
   <si>
     <t>Institui o Banco de Ideias Legislativas no Município de Porto Grande e dá Outras Providências.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1397/lei_2_salmon.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1397/lei_2_salmon.docx</t>
   </si>
   <si>
     <t>Institui a Campanha Permanente de formação de profissionais da educação no combate à violência contra a mulher e dá outras providências.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1398/projeto_de_lei__salmon.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1398/projeto_de_lei__salmon.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de medidas de informação e proteção à gestante e à parturiente contra a violência obstétrica no Município de PORTO GRANDE - AP</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1399/copia_de_projeto_corrida_chamativa.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1399/copia_de_projeto_corrida_chamativa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Corrida Contra a Violência_x000D_
 à Mulher no município de Porto Grande.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1400/projeto_de_lei_violencia_contra_mulher.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1400/projeto_de_lei_violencia_contra_mulher.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DIRETRIZES PARA A POLÍTICA MUNICIPAL DE ENFRENTAMENTO À VIOLÊNCIA CONTRA MULHERES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1401/lei_3_salmon_santana.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1401/lei_3_salmon_santana.docx</t>
   </si>
   <si>
     <t>INSTITUI A RESERVA DE 5% (CINCO PORCENTO) DAS UNIDADES RESIDENCIAIS,_x000D_
 CONSTANTES​ DOS​ PROGRAMAS HABITACIONAIS DO MUNICÍPIO DE PORTO GRANDE, ÀS MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA E FAMILIAR QUE NÃO POSSUEM MORADIA PRÓPRIA.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1402/lei_4_salmon_santana.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1402/lei_4_salmon_santana.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE_x000D_
 DA MANUTENÇÃO DE, AO MENOS, UM EXEMPLAR DA LEI MARIA DA PENHA EM ESCOLAS, BIBLIOTECAS PÚBLICAS E UNIDADES DE SAÚDE.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1405/corrida_da_mulher.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1405/corrida_da_mulher.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário oficial de eventos do Município dePorto Grande a Corrida do dia internacional da Mulher, denominada “ MULHERES EM MOVIMENTO ” a ser realizada anualmente na semana que coincidir com a data do dia 08 de março.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>REGIANE SILVA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1420/novo_denominacao_semiterio_pl_regiane_1.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1420/novo_denominacao_semiterio_pl_regiane_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO CEMITÉRIO DA COLÔNIA AGRÍCOLA DO MATAPI   E DA PROVIDENCIA".  _x000D_
 Fica denominado de “Cemitério Municipal Eufrazio da Silva” o atual Cemitério Municipal, localizado na área Rural do Município Denominado Cemitério, Situado no ferro.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1454/modelo_cmpg_salmon_2025_1.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1454/modelo_cmpg_salmon_2025_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PREFERÊNCIA AO COMÉRCIO LOCAL NAS COMPRAS E CONTRATAÇÕES PELO PODER EXECUTIVO NO COMÉRCIO LOCAL</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1457/oportunidade_de_emprego.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1457/oportunidade_de_emprego.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal ‘Parceria pelo Emprego’ para incentivo à contratação de mão de obra local por empresas e prestadores de serviço no Município de _x000D_
 Porto Grande, sem ônus ao poder público.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1463/pl_corrida_da_mulher_gab_pres_carol_monteiro.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1463/pl_corrida_da_mulher_gab_pres_carol_monteiro.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE PORTO GRANDE A “CORRIDA DA MULHER” EM HOMENAGEM AO MÊS DA MULHER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1466/projeto_de_lei_empreendedorismo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1466/projeto_de_lei_empreendedorismo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PREFERÊNCIA AO COMÉRCIO LOCAL NAS COMPRAS E CONTRATAÇÕES PELO PODER EXECUTIVO NO COMÉRCIO LOCAL.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1470/projeto_de_lei_2025_-_inclui_o_mes_de_abril_no_calendario_oficial_de_eventos_do_municipio.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1470/projeto_de_lei_2025_-_inclui_o_mes_de_abril_no_calendario_oficial_de_eventos_do_municipio.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial de Datas e  de Eventos do Município de Porto Grande  o Dia da Conscientização do Autismo e Determina o Mês de Abril como Mês Azul de Conscientização do Transtorno do Espectro Autista (TEA) e a Iluminação Azul nos  Prédios Públicos e dá Outras Providencias</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1471/projeto_de_lei_2025_-_institui_o_protocolo_azul_-_autismo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1471/projeto_de_lei_2025_-_institui_o_protocolo_azul_-_autismo.pdf</t>
   </si>
   <si>
     <t>Institui o "Protocolo Azul" no âmbito do Município de Porto Grande, para identificação, encaminhamento e acompanhamento de crianças e adultos com Transtorno do Espectro Autista (TEA), e dá outras providências.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>ENFERMEIRA ELIZA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1472/pl_36_2025_gab_vera_eliza_gama.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1472/pl_36_2025_gab_vera_eliza_gama.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO DOS ARTESÃOS DE PORTO GRANDE-AAPOG,GARANTINDO ACESSO E RECONHECIMENTO AOS ARTESÃOS DE PORTO GRANDE,E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1485/pl_-_fogos_de_artificio.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1485/pl_-_fogos_de_artificio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROÍBIÇÃO DO MANUSEIO, A UTILIZAÇÃO, A QUEIMA E A SOLTURA DE FOGOS DE ESTAMPIDOS E DE ARTIFÍCIOS COM ESTAMPIDO E, ASSIM COMO DE QUAISQUER ARTEFATOS PIROTÉCNICOS DE EFEITO SONORO RUIDOSO NO MUNICÍPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1511/pl_38_2025_gab_vera_carol_feira_de_ciencias.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1511/pl_38_2025_gab_vera_carol_feira_de_ciencias.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS E NO CALENDÁRIO LETIVO DAS REDE MUNICIPAL DO MUNICÍPIO DE PORTO GRANDE-AP, À “FEIRA DE INICIAÇÃO CIENTIFICA, INOVAÇÃO E TECNOLOGIA DO MUNICÍPIO DE PORTO GRANDE – FEICITPG” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1520/projeto_de_lei_2025_-_cria_a_semana_e_o_festival_do_agronegocio_em__porto_grande.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1520/projeto_de_lei_2025_-_cria_a_semana_e_o_festival_do_agronegocio_em__porto_grande.pdf</t>
   </si>
   <si>
     <t>Institui a Semana do Agronegócio, Cria o Festival do Agronegócio e Inclui no Calendário Oficial de Eventos do Município de Porto Grande.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1524/inclusao_e_acessibilidade.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1524/inclusao_e_acessibilidade.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Inclusão e Acessibilidade para Pessoas com Deficiência e dá outras providências.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1525/carteirinha_do_deficiente.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1525/carteirinha_do_deficiente.pdf</t>
   </si>
   <si>
     <t>Institui a Carteira Municipal da Pessoa com Deficiência no âmbito do Município de PORTO GRANDE, e dá outras providências.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1526/projeto_de_lei_2025_-_cria_o_festival_do_milho__no_municipio_de_porto_grande.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1526/projeto_de_lei_2025_-_cria_o_festival_do_milho__no_municipio_de_porto_grande.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Criar o FESTIVAL DO MILHO, e Inclui no Calendário Oficial de Eventos do Município de Porto Grande e dá Outras Providências.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1527/pl_dispoe_sobre_a_politica__municipal_para_o__desenvolvimento_e_expansao_da_apicultura_e_meloponicultura.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1527/pl_dispoe_sobre_a_politica__municipal_para_o__desenvolvimento_e_expansao_da_apicultura_e_meloponicultura.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI  - Dispõe sobre a Política Municipal para o Desenvolvimento e Expansão da Apicultura e Meliponicultura e Institui o Programa Municipal de Incentivo à Apicultura e Meliponicultura no Município de Porto Grande e da Outras Providências.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1528/capacitacao_continua.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1528/capacitacao_continua.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a capacitação continuada de professores da rede pública municipal para o atendimento de alunos com deficiência e Transtorno do Espectro Autista (TEA), e dá outras providências.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1529/disk_denuncia_bullying.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1529/disk_denuncia_bullying.pdf</t>
   </si>
   <si>
     <t>Institui o Disque-Denúncia Municipal de Combate ao Bullying no Município de Porto Grande, com foco na proteção de pessoas com deficiência, e determina sua divulgação em escolas e repartições públicas.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1539/pl_dispoe_sobre_a_politica__municipal_para_o__desenvolvimento_e_expansao_da_apicultura_e_meloponicultura.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1539/pl_dispoe_sobre_a_politica__municipal_para_o__desenvolvimento_e_expansao_da_apicultura_e_meloponicultura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal para o Desenvolvimento e Expansão da Apicultura e Meliponicultura e Institui o Programa Municipal de Incentivo à Apicultura e Meliponicultura no Município de Porto Grande e da Outras Providências.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1542/projeto_de_lei_2025_-_cria_o_cordao_girassol_no_municipio_de_porto_grande.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1542/projeto_de_lei_2025_-_cria_o_cordao_girassol_no_municipio_de_porto_grande.pdf</t>
   </si>
   <si>
     <t>Institui o uso do "Cordão de Girassol" como instrumento auxiliar de orientação para identificação de pessoas com deficiências ocultas e raras que não são perceptíveis no Município de Porto Grande e dá Outras Providências.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1544/projeto_de_lei_2025_-_institui_o_programa_de_capacitacao__sobre_o_tea_para_professores.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1544/projeto_de_lei_2025_-_institui_o_programa_de_capacitacao__sobre_o_tea_para_professores.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa de Capacitação sobre o Transtorno do Espectro Autista (TEA) para professores das escolas da rede Pública e Privada do município de Porto Grande e dá Outras Providências.”</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1570/projeto_de_lei_agressores_de_animais.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1570/projeto_de_lei_agressores_de_animais.pdf</t>
   </si>
   <si>
     <t>“Projeto de lei contra agressores de animais. Estabelece penalidades administrativas para maus-tratos e agressões contra animais no Município de Porto Grande, e dá outras providências.”</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>SUELI SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1607/pl_abacaxi_revisado1_page-0001.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1607/pl_abacaxi_revisado1_page-0001.pdf</t>
   </si>
   <si>
     <t>RECONHECE O FESTIVAL DO ABACAXI COMO PATRIMÔNIO CULTURAL DO MUNICÍPIO DE PORTO GRANDE/AP, ESTABELECE MEDIDAS DE SALVAGUARDA E DISPÕE SOBRE A INSERÇÃO DA DATA COMEMORATIVA NO CALENDÁRIO ESCOLAR DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1611/projeto_de_lei_2025_-_terapia_domiciliar_para_autistas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1611/projeto_de_lei_2025_-_terapia_domiciliar_para_autistas.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A CRIAR O PROGRAMA DE TERAPIA DOMICILIAR PARA CRIANÇAS E ADOLESCENTES COM AUTISMO NO MUNICÍPIO DE PORTO GRANDE E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1615/pl_08_tarcio_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1615/pl_08_tarcio_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE PREVENÇÃO AO ABANDONO E EVASÃO ESCOLAR NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1609/pl_09_tarcio._2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1609/pl_09_tarcio._2025_assinado.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE ENFRETAMENTO À VIOLÊNCIA POLÍTICA DE GÊNERO E RAÇA.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1628/pl_10_tarcio_20255b15d_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1628/pl_10_tarcio_20255b15d_assinado.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DENOMINADO "IPTU VERDE", DE INCENTIVO E DESCONTO NO IMPOSTO PREDIAL E TERRITORIAL URBANO NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1658/projeto_de_lei_2025_-_dia_do_quadrilheiro.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1658/projeto_de_lei_2025_-_dia_do_quadrilheiro.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI - FICA INSTITUÍDO NO CALENDÁRIO DE EVENTOS CULTURAIS DE EVENTOS DO MUNICÍPIO O “DIA MUNICIPAL DO QUADRILHEIRO A SER COMEMORADO NO DIA 27 DE JUNHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_infraestrutura_mais_perto.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_infraestrutura_mais_perto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da Secretaria Municipal de Infraestrutura de Porto Grande disponibilizar número oficial de atendimento para recebimento de demandas da população relativas à infraestrutura urbana e rural, e dá outras providências.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1691/projeto_vasconcelos_salmo_08.12.25.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1691/projeto_vasconcelos_salmo_08.12.25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Centro Especializado em Reabilitação do município de Porto Grande com o nome de Everaldo da Silva Vasconcelos e dá outras providências.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1696/projeto_animal_sem_fome.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1696/projeto_animal_sem_fome.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de comedouros e bebedouros para animais em espaços públicos no município de Porto Grande, e dá outras providências.”</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1697/projeto_pedrao.salmo_08.12.2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1697/projeto_pedrao.salmo_08.12.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Feira Municipal de Porto Grande com o nome de Pedro Manoel dos Santos e dá outras providências.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1698/projeto_atila.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1698/projeto_atila.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Academia Municipal de Saúde do município de Porto Grande e dá outras providências.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1699/projeto_obra_justificada.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1699/projeto_obra_justificada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de afixação de placas informativas em obras públicas paralisadas ou em atraso no município de Porto Grande e dá outras providências.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1701/projeto_animal_sem_fome.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1701/projeto_animal_sem_fome.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a instalação de comedouros e bebedouros para animais em espaços públicos no município de Porto Grande, e dá outras providências.”</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1703/festival_do_abacaxi_gospel.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1703/festival_do_abacaxi_gospel.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão obrigatória de um Dia Gospel na programação oficial do Festival do Abacaxi, no município de Porto Grande, e dá outras providências.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1704/marcha_para_jesus_patrimonio_cultural.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1704/marcha_para_jesus_patrimonio_cultural.pdf</t>
   </si>
   <si>
     <t>Declara a Marcha para Jesus como Patrimônio Cultural de Natureza Imaterial do Município de Porto Grande e dá outras providências</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1705/projeto_barreto._salmo_08.12.2025.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1705/projeto_barreto._salmo_08.12.2025.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do bairro conhecido como Área 6 Rural, no município de Porto Grande, e dá outras providências.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1709/projeto_claudenor_salmon_08.12.2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1709/projeto_claudenor_salmon_08.12.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA PRAÇA LOCALIZADA NO BAIRRO NOVA ESPERANÇA, NO MUNICÍPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS..</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1711/projeto_eivis_cardoso_moraes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1711/projeto_eivis_cardoso_moraes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Balneário Municipal do município de Porto Grande e dá outras providências.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1694/projeto_grau_2025_revisado_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1694/projeto_grau_2025_revisado_assinado.pdf</t>
   </si>
   <si>
     <t>Reconhece o "grau de bicicleta" como prática Esportiva no Município de Porto _x000D_
 Grande e dá outras providências.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_antonio._salmo_08.12.2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_antonio._salmo_08.12.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da comunidade conhecida como 112, no município de Porto Grande, e dá outras providências.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1724/projeto_de_lei_2025_-_colocao_de_antena_anti_linha_cortante_em_motocicletas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1724/projeto_de_lei_2025_-_colocao_de_antena_anti_linha_cortante_em_motocicletas.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INSTITUI NO MUNICÍPIO DE PORTO GRANDE A OBRIGATORIEDADE DE INSTALAÇÃO DE ANTENA ANTI-LINHA CORTANTE, NAS MOTOCICLETAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_de_lei_2025_-_proibe__a_circulacao_de_caes_das_racas_pitbull_e_rottwiler_em_locais_publicos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_de_lei_2025_-_proibe__a_circulacao_de_caes_das_racas_pitbull_e_rottwiler_em_locais_publicos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do uso da focinheira e estabelece regras de segurança para a condução responsável de cães de grande porte e/ou de raças consideradas perigosas no Município de Porto Grande e dá Outras Providencias.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1741/projeto_de_acuidade_visual_01_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1741/projeto_de_acuidade_visual_01_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização do teste de acuidade visual durante a alfabetização conforme especificação._x000D_
 O presente projeto de Lei defende o exame de acuidade visual para determinar se o aluno pode enxergar os detalhes de um símbolo a certa distância. Existem diferentes tipos de teste da acuidade visual, a maioria dos quais é bem simples de ser realizada</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1742/projeto_de_lei_2025_-_grau_-_monobras_de_motos_e_bicicletas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1742/projeto_de_lei_2025_-_grau_-_monobras_de_motos_e_bicicletas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento do Wheeling, popularmente conhecido no Brasil principalmente como “Grau”, e demais manobras com o uso de motocicletas e bike, como prática Esportiva e Cultural no âmbito do Município de Porto Grande e dá outras providências.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1743/projeto_reconhecimento_da_profissao_de_trancista_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1743/projeto_reconhecimento_da_profissao_de_trancista_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre e o exercício e reconhecimento da profissão de trancistas no município de Porto grande.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1756/pl_-_dispoe_sobre_a_criacao_do_programa_municipal_mulher_protegida_informacao_e_acolhimento.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1756/pl_-_dispoe_sobre_a_criacao_do_programa_municipal_mulher_protegida_informacao_e_acolhimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Programa Municipal Mulher Protegida : Informação e Acolhimento no Município de Porto Grande e da Outras Providências.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1755/pl_programa_cacamba_social.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1755/pl_programa_cacamba_social.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Porto Grande o  Programa Caçamba Social e dá Outras Providências.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1757/deno_cemit_antonio_ceara_do_coco.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1757/deno_cemit_antonio_ceara_do_coco.docx</t>
   </si>
   <si>
     <t>DISPOE SOBRE A DENOMINAÇAO DO CEMITERIO DA PAZ, QUE SEJA MODIFICADO O NOME PARA ANTONIO RAIMUNDO BARBOSA, E DA OUTRAS PROVIDENCIA.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1760/pl_11_tarcio_2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1760/pl_11_tarcio_2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DO CICLISTA E INCLUI O PASSEIO CICLÍSTICO NO CALÉNDÁRIO OFICIAL DO MUNICIPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL – SIM E OS PROCEDIMENTOS PARA ACESSO AO SERVIÇO DE INSPEÇÃO SANITÁRIA DE ESTABELECIMENTOS QUE PRODUZAM BEBIDAS E ALIMENTOS PARA COMERCIALIZAÇÃO DE ORIGEM ANIMAL E VEGETAL NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1776/modelo_pl_12_tarcio_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1776/modelo_pl_12_tarcio_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DA JUVENTUDE NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1779/projeto_de_lei_2025_-_reconhece_as_atividades_off-road_como_pratica_esportiva_e_manifestacao_cultural.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1779/projeto_de_lei_2025_-_reconhece_as_atividades_off-road_como_pratica_esportiva_e_manifestacao_cultural.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A CRIAR O CIRCUITO E RECONHECE AS ATIVIDADES OFF-ROAD COMO PRÁTICA ESPORTIVA E MANIFESTAÇÃO CULTURAL NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1791/projeto_de_lei_2025_-_institui_o_programa_municipal_de_abrigos_nos_pontos_de_espera_do_transporte_escolar_no_municipio_de_porto_grande_da_outras_providencias..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1791/projeto_de_lei_2025_-_institui_o_programa_municipal_de_abrigos_nos_pontos_de_espera_do_transporte_escolar_no_municipio_de_porto_grande_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE ABRIGOS NOS PONTOS DE ESPERA DO TRANSPORTE ESCOLAR NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1795/projeto_de_lei_2025_-__dispoe_sobre_a_instalacao_de_equipamentos_contra_incendio.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1795/projeto_de_lei_2025_-__dispoe_sobre_a_instalacao_de_equipamentos_contra_incendio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE EQUIPAMENTOS CONTRA INCÊNDIO NOS PRÉDIOS PÚBLICOS  E ESCOLAS DE ENSINO DA REDE PUBLICA MUNICIPAL</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1796/pl_material_revisado.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1796/pl_material_revisado.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DESCARTE DE MATERIAIS PERFUROCORTANTES POR PACIENTES E ESTABELECIMENTOS QUE UTILIZAM TAIS MATERIAIS NO MUNICÍPIO DE PORTO GRANDE-AP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1817/projeto_de_lei_setembro_amarelo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1817/projeto_de_lei_setembro_amarelo.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA DE VALORIZAÇÃO DA VIDA DENOMINADA "SETEMBRO AMARELO" E O DIA MUNICIPAL DE PREVEN-ÇÃO AO SUICIDIO NO CALENDÁRIO OFICIAL DO MUNICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>ENFERMEIRA ELIZA, REGIANE SILVA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1823/regiane_e_eliza_25.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1823/regiane_e_eliza_25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRIORIDADE DE ATENDIMENTO ÀS PESSOAS ACOMETIDAS DE FIBROMIALGIA NOS ESTABELECIMENTOS PÚBLICOS E PRIVADOS DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>GURI DO MATAPI</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1824/pl_arena_reinaldo_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1824/pl_arena_reinaldo_assinado.pdf</t>
   </si>
   <si>
     <t>DENOMINA “ARENA REINALDO MAGALHÃES” A ARENA DE GRAMA SINTÉTICA LOCALIZADA NA LINHA A, COLÔNIA AGRÍCOLA DO MATAPI, NO MUNICÍPIO DE PORTO GRANDE-AP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1834/projeto_de_lei_2025_-_dispoe_sobre_a_obrigatoriedade_da_implantacao_de_ciclovias_e_ciclofaixas_em_projetos_de_construcao_de_novas_avenidas_e_ruas_bem_como_na_reforma_e_requalificacao_da.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1834/projeto_de_lei_2025_-_dispoe_sobre_a_obrigatoriedade_da_implantacao_de_ciclovias_e_ciclofaixas_em_projetos_de_construcao_de_novas_avenidas_e_ruas_bem_como_na_reforma_e_requalificacao_da.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI - DISPÕE SOBRE A OBRIGATORIEDADE DE IMPLANTAÇÃO DE CICLOVIAS E CICLOFAIXAS EM PROJETOS DE CONSTRUÇÃO DE NOVAS AVENIDAS E RUAS, BEM COMO NA REFORMA E REQUALIFICAÇÃO DAS JÁ EXISTENTES, NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE /AP  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1903/pl_13_tarcio_2025_assinado2_08.12.2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1903/pl_13_tarcio_2025_assinado2_08.12.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DA ESCOLA MUNICIPAL DO VILA NOVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>CONJAKI</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1916/pl_ifa.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1916/pl_ifa.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INSTITUIR O INCENTIVO FINANCEIRO ADICIONAL (IFA) AOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AOS AGENTES DE COMBATE ÀS ENDEMIAS (ACE) DO MUNICÍPIO DE PORTO GRANDE-AP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1316/resolucao_01.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1316/resolucao_01.pdf</t>
   </si>
   <si>
     <t>CRIA O TOUR LEGISLATIVO NA CÂMARA MUNICIPAL DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1317/resolucao_02_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1317/resolucao_02_assinado.pdf</t>
   </si>
   <si>
     <t>CRIA A "MEDALHA JOVEM UNIVERSITÁRIO'', NO ÂMBITO DA CÂMARA MUNICIPAL DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1422/resolucao_no_03.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1422/resolucao_no_03.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO 21/2024 QUE TRATA DO QUADRO DE CARGOS EM COMISSÃO DA CÂMARA MUNICIPAL DE PORTO GRANDE E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>MESA DIRETORA CMPG</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1517/pr_04_2025_corporativo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1517/pr_04_2025_corporativo.pdf</t>
   </si>
   <si>
     <t>INSTITUI O USO DE CARTÃO CORPORATIVO NO ÂMBITO DA CÂMARA MUNICIPAL DE PORTO GRANDE/AP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1739/projeto_de_resolucao_dia_do_evangelico.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1739/projeto_de_resolucao_dia_do_evangelico.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito da Câmara Municipal de Porto Grande, a realização de Sessão Solene anual em homenagem ao Dia do Evangélico, e dá outras providências.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1740/projeto_de_resolucao_painel.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1740/projeto_de_resolucao_painel.pdf</t>
   </si>
   <si>
     <t>Cria, no âmbito da Câmara Municipal de_x000D_
 Porto Grande, o Painel de_x000D_
 Acompanhamento da Execução das Leis_x000D_
 Municipais e dá outras providências.”</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1976/resolucao_7.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1976/resolucao_7.pdf</t>
   </si>
   <si>
     <t>RESOLUÇÃO QUE ALTERA DISPOSITIVOS DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>COF - COMISSÃO DE ORÇAMENTOS E FINANÇAS</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAPROVAÇÃO DAS CONTAS DE GOVERNO DO MUNICÍPIO DE PORTO GRANDE, REFERENTES AO EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAPROVAÇÃO DAS CONTAS DE GOVERNO DO MUNICÍPIO DE PORTO GRANDE, REFERENTES AO EXERCÍCIO FINANCEIRO DE 2019</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO DO MUNICÍPIO DE PORTO GRANDE A CELEBRAR CONVÊNIO COM INSTITUIÇÕES BANCÁRIAS PARA FINS DE EMPRÉSTIMOS CONSIGNADOS PELOS SERVIDORES DA CÂMARA MUNICIPAL, E DÁ OUTRAS DAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1518/pdl_04_2025_consignado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1518/pdl_04_2025_consignado.pdf</t>
   </si>
   <si>
     <t>ALTERA O §1º DO ART. 3º DO DECRETO LEGISLATIVO Nº 03/2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>CLJRF - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1714/projeto_decreto_legislativo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1714/projeto_decreto_legislativo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DA MENSAGEM DE VETO Nº 001/2025, DE 18 DE JUNHO DE 2025, REFERENTE AO PROJETO DE LEI Nº 26/2023.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1406/requerimento_tarcio_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1406/requerimento_tarcio_2025_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A RETIRADA DA GRATIFICAÇÃO DOS PROFESSORES DO ATENDIMENTO EDUCACIONAL ESPECIALIZADO REFERENTE AOS MESES DE JANEIRO E FEVEREIRO DE 2025.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1493/requerimento_002_-_elielson_moraes__-_desmembramento_secretaria_esporte_e_cultura.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1493/requerimento_002_-_elielson_moraes__-_desmembramento_secretaria_esporte_e_cultura.pdf</t>
   </si>
   <si>
     <t>REQUER, O DESMEMBRAMENTO  DA SECRETARIA MUNICIPAL DE ESPORTE LAZER E CULTURA NO ÂMBITO DA ADMINISTRAÇAO DIRETA DA PREFEITURA MUNICIPAL DE PORTO GRANDE</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1496/requerimento_003_-_elielson_moraes__-_desmembramento_secretaria_agricultura_e_pesca.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1496/requerimento_003_-_elielson_moraes__-_desmembramento_secretaria_agricultura_e_pesca.pdf</t>
   </si>
   <si>
     <t>REQUER, O DESMEMBRAMENTO  DA SECRETARIA MUNICIPAL DE AGRICULTURA E PESCA NO ÂMBITO DA ADMINISTRAÇÃO DIRETA DA PREFEITURA MUNICIPAL DE PORTO GRANDE</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>JUNIOR COLARES</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1512/req_04_2025_gab_ver_jr_colares_cartao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1512/req_04_2025_gab_ver_jr_colares_cartao.pdf</t>
   </si>
   <si>
     <t>REQUER A SENHORA ANNE CAROLINE MONTEIRO PEREIRA – PRESIDENTE DA CÂMARA MUNICIPAL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS. REQUERO, NOS TERMOS REGIMENTAIS, A TRAMITAÇÃO EM REGIME DE URGÊNCIA ESPECIAL, COM DISPENSA DE PARECER DAS COMISSÕES PERMANENTES, DO PROJETO DE RESOLUÇÃO Nº 004/2025 – CMPG, QUE INSTITUI O USO DE CARTÃO CORPORATIVO NO ÂMBITO DA CÂMARA MUNICIPAL DE PORTO GRANDE/AP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1513/req_05_2025_gab_ver_jr_colares_40_consignado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1513/req_05_2025_gab_ver_jr_colares_40_consignado.pdf</t>
   </si>
   <si>
     <t>REQUER, NOS TERMOS REGIMENTAIS, A TRAMITAÇÃO EM REGIME DE URGÊNCIA ESPECIAL, COM DISPENSA DE PARECER DAS COMISSÕES PERMANENTES, DO PROJETO DE DECRETO LEGISLATIVO Nº 04/2025, QUE ALTERA O §1º DO ART. 3º DO DECRETO LEGISLATIVO Nº 03/2025, PARA DISPOR SOBRE O LIMITE DE 40% DA REMUNERAÇÃO PARA CONSIGNAÇÃO EM FOLHA.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1567/req_fundo_cultura.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1567/req_fundo_cultura.pdf</t>
   </si>
   <si>
     <t>REQUER À SENHORA ANNE CAROLINE MONTEIRO PEREIRA – PRESIDENTE DA CÂMARA MUNICIPAL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, NOS TERMOS REGIMENTAIS, A TRAMITAÇÃO EM REGIME DE URGÊNCIA ESPECIAL, COM DISPENSA DE PARECER DAS COMISSÕES PERMANENTES, DO PROJETO DE LEI ORDINÁRIA LEGISLATIVO Nº 26/2023, QUE INSTITUI O SISTEMA MUNICIPAL DE CULTURA DE PORTO GRANDE, CRIA O FUNDO MUNICIPAL DE CULTURA E O CONSELHO MUNICIPAL DE POLÍTICA CULTURAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1637/requerimento_regiane_01_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1637/requerimento_regiane_01_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A PREFEITURA NOTIFIQUE A EMPRESA SANTOS E SANTOS RESPONSAVEL PELA OBRA DE DRENAGEM PROFUNDA LOCALIZADA ENTRE A AVENIDA TANCREDO NEVES E A RUA BELA VISTA, NO BAIRRO AEROPORTO, PARA QUE A MESMA COLOQUE AS TAMPAS DAS BOCA DE LOBO QUE VEM CAUSANDO TRANSTONO AOS MORADORES DAQUELE BAIRRO.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1661/req_vera_eliza_gama_instituto_abraca-me_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1661/req_vera_eliza_gama_instituto_abraca-me_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER A ESTA CASA DE  LEI,O TEMPO DE DEZ MINUTOS NA PLENÁRIA PARA A PRESIDENTE DO INSTITUTO ABRAÇA-ME ERICA CARLA,APRESENTAR O INSTITUTO .</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1680/req-paginas-3.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1680/req-paginas-3.pdf</t>
   </si>
   <si>
     <t>REQUER À EXCELENTÍSSIMA SENHORA ANNE CAROLINE MONTEIRO PEREIRA – PRESIDENTE DA CÂMARA MUNICIPAL DE PORTO GRANDE, CONCESSÃO DE 20 (VINTE) MINUTOS NA SESSÃO ORDINÁRIA PARA USO DA PALAVRA PELA COORDENADORA DO ABRIGO FÁTIMA DINIZ, INSTITUIÇÃO QUE PRESTA ACOLHIMENTO A MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>REQUER À EXCELENTÍSSIMA SENHORA ANNE CAROLINE MONTEIRO PEREIRA – PRESIDENTE DA CÂMARA MUNICIPAL DE PORTO GRANDE, QUE AUTORIZE O DESARQUIVAMENTO DO PROJETO DE LEI LEGISLATIVO Nº 028/2024, DE AUTORIA DESTA VEREADORA, APRESENTADO EM 22 DE JULHO DE 2024, QUE DISPÕE SOBRE A DENOMINAÇÃO DO POSTO DE SAÚDE DA COMUNIDADE DO KM 117, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>REQUER À EXCELENTÍSSIMA SENHORA ANNE CAROLINE MONTEIRO PEREIRA – PRESIDENTE DA CÂMARA MUNICIPAL DE PORTO GRANDE, A TRANSFERÊNCIA DA REALIZAÇÃO DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL NO DIA 12 DE AGOSTO DE 2025, ÀS 9HS, NAS DEPENDÊNCIAS DA ESCOLA ESTADUAL ELIAS TRAJANO.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>REQUER À EXCELENTÍSSIMA SENHORA ANNE CAROLINE MONTEIRO PEREIRA – PRESIDENTE DA CÂMARA MUNICIPAL DE PORTO GRANDE, QUE OFICIE A SENHORA CARLA MORAES – SECRETÁRIA MUNICIPAL DE ASSISTÊNCIA SOCIAL, SOLICITANDO, NO PRAZO LEGAL, O ENVIO DE RELATÓRIO CONTENDO OS NOMES DOS BENEFICIÁRIOS, NÚMERO DO CADÚNICO E COMPROVAÇÃO DE RESIDÊNCIA DOS CONTEMPLADOS COM TERRENOS LOCALIZADOS NO BAIRRO SÃO JOSÉ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1686/requerimento_hopital_regional_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1686/requerimento_hopital_regional_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER à Excelentíssima SENHORA PRESIDENTE DA CÂMARA MUNICIPAL DE PORTO GRANDE, VEREADORA CAROL MONTEIRO, QUE AUTORIZE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS:_x000D_
 O USO DA TRIBUNA DA CÂMARA MUNICIPAL PELA PRESIDENTE DA FUNDAÇÃO FUNDESA, SRA. GISELA CEZIMBRA, O TEMPO DE 20 MINUTOS COM A FINALIDADE DE EXPLANAR SOBRE OS ATENDIMENTOS NO HOSPITAL REGIONAL NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1767/req_sueli_conselho_tutelar.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1767/req_sueli_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>REQUER À SENHORA MARCELE TETE DOS SANTOS, PRESIDENTE DO CONSELHO TUTELAR DE PORTO GRANDE, QUE SEJA CRIADA UMA ESCALA DE PLANTÃO DE CONSELHEIROS TUTELARES PARA ATENDIMENTO DURANTE EVENTOS PÚBLICOS MUNICIPAIS. SOLICITA-SE AINDA QUE, A CADA 15 (QUINZE) DIAS, SEJA ENVIADO A ESTA CÂMARA MUNICIPAL UM RELATÓRIO COM OS NOMES E CONTATOS DOS CONSELHEIROS ESCALADOS PARA OS PLANTÕES PREVISTOS NO REFERIDO PERÍODO.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1841/requerimento_02_tarcio_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1841/requerimento_02_tarcio_2025_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER À EXCELENTÍSSIMA SENHORA ANNE CAROLINE MONTEIRO PEREIRA – PRESIDENTE DA CÂMARA MUNICIPAL DE PORTO GRANDE, A TRANSFERÊNCIA DA REALIZAÇÃO DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL NO DIA 7 DE OUTUBRO DE 2025, ÀS 9HS, PARA COMUNIDADE DO KM 138.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1251/ind_n01_salmon.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1251/ind_n01_salmon.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENADOR AO SENHOR DAVI ALCOLUMBREAO QUAL SOLICITA UMA EMENDA IMPOSITIVA PARA CONSTRUÇÃO DA QUADRA POLIESPORTIVA DA ESCOLA ESTADUAL ELIAS TRAJANO.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1252/ind_n02_salmon.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1252/ind_n02_salmon.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON DA SILVA MORAES, A RETIRADA DE ENTULHOS NA AVENIDA QUINZE DE NOVEMBRO, NO BAIRRO DO AEROPORTO.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1253/ind_n03_salmon.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1253/ind_n03_salmon.pdf</t>
   </si>
   <si>
     <t>INDICAR AO PREFEITO ELIELSON DA SILVA MORAES, A LIMPEZA DA RUA NOVA BRASÍLIA, NO BAIRRO DO AEROPORTO.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1254/ind_n04_salmon.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1254/ind_n04_salmon.pdf</t>
   </si>
   <si>
     <t>INDICAR AO PREFEITO A ILUMINAÇÃO DA RUA 13 DE SETEMBRO EM ESPECIFICO O TRECHO PROXIMO AO CONSELHO TUTELAR QUE LIGA AO BAIRRO DO MANOEL CORTEZ</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1255/ind_n05_salmon.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1255/ind_n05_salmon.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO AS INTALAÇÕES DE LIXEIRAS PUBLICAS NA PRAÇA DO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1256/ind_n06_salmon.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1256/ind_n06_salmon.pdf</t>
   </si>
   <si>
     <t>INDICA, UMA EMENDA FEDERAL PARA EXECUÇÃO DE UM CENTRO MUNICIPAL DA JUVENTUDE NO MUNICIPIO.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1257/ind_n07_salmon.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1257/ind_n07_salmon.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO A REPARAÇÃO DOS BURACOS CHEIOS DE LAMA, NIVELAMENTO E LIMPEZA DO MATO DA RUA MARIA RAMOS ATAIDE, ULTILIZANDO OS MAQUINARIOS DA PREFEITURA.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1258/ind_n08_salmon.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1258/ind_n08_salmon.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO A CONSTRUÇÃO E EXECUÇÃODE UMA ESCOLA DE MÚSICA NO MUNICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1259/ind_n09_salmon.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1259/ind_n09_salmon.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO A ELABORAÇÃO DE CRONOGRAMA DO MAQUINARIO AGRICOLA NA COLONIA AGRICOLA DO MATAPI.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1260/ind_n10_salmon.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1260/ind_n10_salmon.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO A LIMPEZA E NIVELAMENTEDA RUA ANTONIODA SILVA SANTOS, NO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1261/ind_n11_salmon.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1261/ind_n11_salmon.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO A CONSTRUÇÃO DO CENTRO DA JUNVENTUDE NO MUNICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1262/ind_n12_salmon.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1262/ind_n12_salmon.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO A MANUTENÇÃO DO RAMAL DO ASSENTAMENTO DA NOVA COLINA.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1263/ind_n13_salmon.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1263/ind_n13_salmon.pdf</t>
   </si>
   <si>
     <t>INDICA PREFEITO ELIELSON A CRIAÇÃO DE CURSINHO PREPARATÓRIO PERMENENTE ATRAVES DA SECRETARIA DE EDUCAÇÃO, PARA O ENEM E CONCURSO PÚLBLICO.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1268/ind_n14_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1268/ind_n14_carol.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON A REALIZAÇÃO DE UM AMPLO SERVIÇO DE ILUMINAÇÃO PÚBLICA NOS BAIRROS E COMUNIDADES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1269/ind_n15_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1269/ind_n15_carol.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON A RECUPERAÇÃO DAS ESTRADAS DA COLÔNIA AGRÍCOLA DO MATAPI, LINHA H.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1270/ind_n16_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1270/ind_n16_carol.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENADOR DAVI ALCOLUMBRE POSSA ALOCAR UMA EMENDA PARLAMENTAR PARA CONSTRUÇÃO DE UMA PISCINA OLÍMPICA NA SEDE DOS BOMBEIROS NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR AOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AOS AGENTES DE COMBATE ÀS ENDEMIAS  (ACE) O INCENTIVO FINANCEIRO ADICIONAL - IFA E OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1272/ind_2025_clecio_manoel_jacinto.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1272/ind_2025_clecio_manoel_jacinto.pdf</t>
   </si>
   <si>
     <t>INDICA AO MINISTRO DA INTEGRAÇÃO WALDEZ GÓES QUE SEJA FEITO UM ESTUDO PARA IMPLATAÇÃO DE UMA BALSA PARA ATENDER O ASSENTAMENTO DO MANOEL JACINTO COM A FINALIDADE QUE SE INTEGRE AQUELA REGIÃO AO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1273/ind_n19_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1273/ind_n19_carol.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON  DE PORTO GRANDE, A DISPONIBILIZAÇÃO DE UMA RETROESCAVADEIRACOM CONOGRAMA PARA A COLÔNIA AGRÍCOLA DO MATAPI, COM INÍCIO NA LINHA A.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1275/indicacao_07_tarcio_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1275/indicacao_07_tarcio_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR SENADOR DA REPÚBLICA RANDOLFE RODRIGUES,_x000D_
 A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE IMPLEMENTAR EM PORTO GRANDE, A_x000D_
 CAIXA ECONÔMICA FEDERAL.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1276/indicacao_03_tarcio_leite_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1276/indicacao_03_tarcio_leite_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR SENADOR DA REPÚBLICA RANDOLFE RODRIGUES,_x000D_
 A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE IMPLEMENTAR EM PORTO_x000D_
 GRANDE, UM CURSINHO GRATUITO PREPARATÓRIO PARA O ENEM.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1277/indicacao_01_tarcio_leite_2025.pdf_1_assinado_1.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1277/indicacao_01_tarcio_leite_2025.pdf_1_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR SENADOR DA REPÚBLICA RANDOLFE RODRIGUES,_x000D_
 A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE VIABILIZAR A CONSTRUÇÃO DE_x000D_
 UM CAMPUS UNIVERSITÁRIO DA UNIVERSIDADE FEDERAL DO AMAPÁ (UNIFAP) EM PORTO_x000D_
 GRANDE.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1278/indicacao_04_tarcio_leite_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1278/indicacao_04_tarcio_leite_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DEPUTADO FEDERAL DORINALDO MALAFAIA,_x000D_
 A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE IMPLEMENTAR, EM PORTO_x000D_
 GRANDE, A CASA DA MULHER BRASILEIRA.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1279/indicacao_02_tarcio_leite_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1279/indicacao_02_tarcio_leite_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR SENADOR DA REPÚBLICA RANDOLFE RODRIGUES,_x000D_
 A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE CONSTRUIR A CASA DO AÇAÍ NA_x000D_
 COLÔNIA AGRÍCOLA DO MATAPI.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1280/indicacao_05_tarcio_leite_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1280/indicacao_05_tarcio_leite_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DEPUTADO FEDERAL DORINALDO MALAFAIA,_x000D_
 A SOLICITAÇÃO DE EMENDA PARLAMENTAR PARA CONSTRUÇÃO DA CASA DA JUVENTUDE.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1281/indicacao_06_tarcio_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1281/indicacao_06_tarcio_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DEPUTADO FEDERAL DORINALDO MALAFAIA,_x000D_
 A  SOLICITAÇÃO DE EMENDA PARLAMENTAR PARA REFORMA DA ESCOLA ESTADUAL MARIA_x000D_
 CRISTINA BOTELHO RODRIGUES.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1282/ind_n27_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1282/ind_n27_carol.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTISSIMO SENHOR WALDEZ GOES-MINISTRO DA INTEGRAÇÃO E DO DESENVOLVIMENTO REGIONAL DO BRASIL, QUE SEJA FEITO UM ESTUDO PARA IMPLANTAÇÃO DE UMA BALSA PARA ATENDER O ASSENTAMENTO DO MANOEL JACINTO COM A FINALIDADE QUE SE INTEGRE AQUELA REGIÃO AO NOSSO MUNICIPIO.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1283/ind_n28_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1283/ind_n28_carol.pdf</t>
   </si>
   <si>
     <t>INDICA-AO EXELENTISSIMO SENHOR CLECIO LUIZ- GOVERNADO DO ESTADO DO AMAPA,QUE SEJA FEITO UM ESTUDO PARA IMPLANTAÇÃO DE UMA BALSA PARA ATENDER O ASSENTAMENTO DO MANOEL JACINTO COM A FINALIDADEQUE SE INTEGRE AQUELA REGIÃO AO NOSSO MUNICIPIO.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1284/ind_n29_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1284/ind_n29_carol.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON DE PORTO GRANDE, QUE SEJA REALIZADO UM ESTUDO TÉCNICO E DETALHADO PARA AVALIAR A VIABILIDADE DA CRIAÇÃO  DE UMA UNIDADE ESCOLAR NA VILA ACAPU, LOCALIZADA NA PERIMETRAL NORTE, KM 108.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1285/ind_n30_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1285/ind_n30_carol.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON DE PORTO GRANDE, INDICA A CONSTRUÇÃO DE UM POÇO ARTESIANO NA VILA ACAPU LOCALIZADA NA PERIMETRAL NORTE, KM 108.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1286/indicaa_a_o_nao_08_assinado_1.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1286/indicaa_a_o_nao_08_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE EDUCAÇÃO, CLEIDISOM RIBEIRO ALVES, QUE PROVIDENCIEM A MANUTENÇÃO DO TELHADO DA ESCOLA MUNICIPAL ADÃO FERREIRA.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1287/indicaa_a_o_nao_10_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1287/indicaa_a_o_nao_10_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE MEIO AMBIENTE, CRISTOVÃO NASCIMENTO DE CARVALHO, QUE PROVIDENCIEM A IMPLANTAÇÃO DE LIXEIRAS NA PRAÇA DO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1288/indicaa_a_o_nao_09_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1288/indicaa_a_o_nao_09_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO DE ESPORTE, LAZER, E CULTURA, ELIVELTON MEIRELES ARANHA, QUE PROVIDENCIEM A IMPLANTAÇÃO DE UMA ACADEMIA AO AR LIVRE NA PRAÇA DO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1289/indicaa_a_o_nao_11_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1289/indicaa_a_o_nao_11_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR, PRESIDENTE DO CONGRESSO NACIONAL, SENADOR DA REPÚBLICA DAVI ALCOLUMBRE, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE VIABILIZAR A CONSTRUÇÃO DE UMA BIBLIOTECA MUNICIPAL EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1290/indicaa_a_o_nac2ba_14_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1290/indicaa_a_o_nac2ba_14_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ANTÔNIO WALDEZ GÓES, MINISTRO DA INTEGRAÇÃO NACIONAL E DESENVOLVIMENTO REGIONAL, KITS COMPLETO PARA BATEDORES DE AÇAÍ PARA O ASSENTAMENTO NOVA CANAÃ.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1291/indicaa_a_o_nac2ba_15_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1291/indicaa_a_o_nac2ba_15_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ANTÔNIO WALDEZ GÓES, MINISTRO DA INTEGRAÇÃO NACIONAL E DESENVOLVIMENTO REGIONAL, A CONSTRUÇÃO DE UMA CASA DA FARINHA NO ASSENTAMENTO MANOEL JACINTO.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1292/indicaa_a_o_nao_12_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1292/indicaa_a_o_nao_12_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR, PRESIDENTE DO CONGRESSO NACIONAL, SENADOR DA REPÚBLICA DAVI ALCOLUMBRE, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE VIABILIZAR A CONSTRUÇÃO DE UMA ESCOLA MUNICIPAL NO ASSENTAMENTO DO NOVA CANAÃ.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1293/indicaa_a_o_nac2ba_13_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1293/indicaa_a_o_nac2ba_13_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ANTÔNIO WALDEZ GÓES, MINISTRO DA INTEGRAÇÃO NACIONAL E DESENVOLVIMENTO REGIONAL, KITS COMPLETO PARA BATEDORES DE AÇAÍ PARA CALÔNIA AGRICOLA DO MATAPI.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1295/indicacao_no_16_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1295/indicacao_no_16_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR, PRESIDENTE DO CONGRESSO NACIONAL, SENADOR DA REPÚBLICA DAVI ALCOLUMBRE, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE ADIQUIRIR UM ÔNIBUS PARA O INSTITUTO FEDERAL DO AMAPÁ CAMPUS PORTO GRANDE.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON MORAES, QUE POSSA FAZER RECONHECIMENTO  DA EFETIVAÇÃO DOS AGENTES COMUNITARIO DE SAUDE E AGENTES DE COMBATE A ENDENIAS DO PROCESSO SELETIVO PULBLICO 001/2021-SEMSA/PMPG.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1297/indicacao_nc2ba_18_esp_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1297/indicacao_nc2ba_18_esp_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO DE ESPORTE, LAZER, E CULTURA, ELIVELTON MEIRELES ARANHA, QUE PROVIDENCIEM A IMPLANTAÇÃO DE UMA ACADEMIA AO AR LIVRE NA PRAÇA DO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_nc2ba_17_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_nc2ba_17_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A MANUTENÇÃO E LIMPEZA DA RUA SANTA RITA DE CÁSSIA NO BAIRRO DO AEROPORTO.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1299/ind_n43_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1299/ind_n43_carol.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE SEJA REALIZADA A REFORMA DA UNIDADE BÁSICA DE SAÚDE CENTRO I E II, TENDO EM VISTA AS PÉSSIMAS CONDIÇÕES DE FUNCIONAMENTO DESSA UNIDADE, NECESSITANTO URGENTEMENTE DA MELHORIAS ESTRUTURAIS.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1300/ind_n44_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1300/ind_n44_carol.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE SEJA REALIZADA A MANUTENÇÃO DA ESCOLA DO MUNGUBA, PARA REPAROS NA ESTRUTURA FISICA.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1301/ind_n45_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1301/ind_n45_carol.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE SEJA REALIZADO UM ESTUDO PARA A CONSTRUÇÃO DE UMA ESCOLA MUNICIPAL NO ASSENTAMENTO NOVA CANAÃ.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1302/ind_n46_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1302/ind_n46_carol.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE SEJA REALIZADA A MANUTENÇÃO, LIMPEZA E ROÇAGEM DO 7º BATALHÃO ARAGUARI SEDIADO NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1303/ind_n47_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1303/ind_n47_carol.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE SEJA IMPLEMENTADAS POLÍTICAS PÚBLICAS VOLTADAS AO AUTISMO.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1305/ind_n48_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1305/ind_n48_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA AO DEPUTADO FEDERAL DORINALDO MALAFAIA,QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVES DE EMENDA PARLAMENTAR PARA AQUISIÇÃO DE UMA VAN ODONTOLOGICA PARA O MUNICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1306/ind_n49_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1306/ind_n49_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR DEPUTADO FEDERAL DORINALDO MALAFAIA, SOLICITA QUE SEEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO ATRAVES DA EMENDA PARLAMENTAR PARA AQUISIÇÃODE UM MAMOGRAFO DIGITAL VISANDO A MORDENIZAÇÃO DO SERVIÇO DE MAMOGRAFIA NO HOSPITAL MARIA LUCIA.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1307/ind_n50_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1307/ind_n50_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA AO DEPUTADO FEDERAL VINICIUS GURGEL, UMA EMENDA PARLAMENTAR PARA AQUISIÇÃO DE UM MICRO ONIBUS PARA ATENDER OS PROJETOS ESPORTIVOS SOCIAS E CULTURAIS DO MUNICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1308/ind_n51_jairison.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1308/ind_n51_jairison.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON MORAES-PREFEITO MUNICIPAL DE PORTO GRANDE PROJETO DE SINALIZAÇÃO COM PLACAS DE IDENDIFICAÇÃO DE RUAS,AVENIDAS E LOGRADOUROS PUBLICOS DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1309/ind_n52_jairison.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1309/ind_n52_jairison.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO ELIELSON MORAES,PROJETO DE CONSTRUÇÃO DE PORTICOS PARA IDENTIFICAÇÃO DAS COMUNIDADES RURAIS DO MUNICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1310/ind_n53_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1310/ind_n53_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA AO GOVERNADO DO ESTADO AMAPA CLECIO LUIS QUE SEJA REALIZADO A IMPLATAÇÃO DE UM POLO DE CENTRO DE EDUCAÇÃO PROFISSIONAL DE MUSICA WALKIRIA LIMA NO MINICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1311/ind_n54_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1311/ind_n54_nelson.pdf</t>
   </si>
   <si>
     <t>INDICAR A O GOVERNADO DO ESTADO DO AMAPA CLECIO LUIS , A IMPLANTAÇÃO DA DELEGACIA ESPECIALIZADA NO ATENDIMENTO A MULHER -DEAM NO MUNICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1312/ind_n55_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1312/ind_n55_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTISSIMO CLECIO LUIS GOVERNADO DO ESTADO DO AMAPA ,QUE SEJA REALIZADO COM URGENCIA A IMPLANTAÇÃO DE UM CENTRO DE HEMODIALISE NO HOSPITAL MARIA DE LUCIA NO MUNICIPIO DE PORTO GRANDE</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1313/ind_n56_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1313/ind_n56_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA AO GOVERNADO CLECIO LUIZ QUE SEJA REALIZADO, A IMPLANTAÇÃO DE UM POLO DA UNIVERSIDADE ESTADUAL DO AMAPA (UEAP) NO MUNICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1319/camara_indicacao_infra_rua_001_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1319/camara_indicacao_infra_rua_001_assinado.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR DANILO GONÇALVES A LIMPEZA E MANUTENÇÃO DA RUA JANSEN DA SILVA CASTELO BRANCO, BAIRRO AEROPORTO</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1320/camara_indicacao_infra_rua_12_de_outubro_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1320/camara_indicacao_infra_rua_12_de_outubro_assinado.pdf</t>
   </si>
   <si>
     <t>ESTA INDICAÇÃOE UM PEDIDO DE VARIOS MORADORES DESTA RUA, QUE SE FAÇA A  LIMPEZA E MANUTENÇÃO DA RUA 12 DE OUTUBRO, BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1321/camara_indicacao_infra_rua_do_linhao_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1321/camara_indicacao_infra_rua_do_linhao_assinado.pdf</t>
   </si>
   <si>
     <t>A PRESENTE INDICAÇÃO ATENDE A REVEINDICAÇÃO DE FAMILIAS QUE RESIDENTE NO LINHÃO,, POR ESTE MOTIVO SOLICITO A INSTALAÇÃO DE PONTOS DE ILUMINAÇÃO PUBLICA, NA RUA DO LINHÃO BAIRRO MANOEL CORTEZ .</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1322/camara_indicacao_academia_da_saude_._assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1322/camara_indicacao_academia_da_saude_._assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR  ELIELSON DA SILVA MORAES - PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO A SECRETÁRIA DE ESPORTE, LAZER, E CULTURA, ATRAVÉS DO SECRETARIO ELIVELTON MEIRELES ARANHA, A IMPLANTAÇÃO DE ATIVIDADES AO AR LIVRE NAS PRAÇAS DOS BAIRROS, NOVA ESPERANÇA, AEROPORTO, MANOEL CORTEZ E CENTRO.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1323/ind_n62_jairisom.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1323/ind_n62_jairisom.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIEALSON MORAES SEJA REALIZADA A LIMPEZA DAS ARVORES NO ACESSO ENTRE O BAIRRO DO MANOEL CORTEZ E NO BAIRRO MALVINAS,E A IMPLANTAÇÃO DE ILUMINAÇÃO PULBLICA NO TRECHO INFORMADO.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1324/ind_n63_francinaldo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1324/ind_n63_francinaldo.pdf</t>
   </si>
   <si>
     <t>INDICA  AO GOVERNADO DO ESTADO DO AMAPA, SENHOR CLECIO LUIS ,COM COPIAS AO SECRETARIO DE TRANSPORTE: MARCOS ALBERTO DE SOUZA, A INSTALAÇÃO DE SINALIZAÇÃO VERTICAL E HORIZONTAL (DEMARCAÇÃO E  PALACAS) NOS TRECHOS ASFALTADOS DA RUAS DO MUNICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1325/ind_n64_francinaldo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1325/ind_n64_francinaldo.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON MORAES, A REALIZAÇÃO DE REPAROS PALIATIVOS NA LINHA H E EM PONTOS CRITICOS DA COLONIA AGRICOLA DO MATAPI.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1326/ind_n65_francinaldo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1326/ind_n65_francinaldo.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON MORAES, A DISPONIBILIZAÇÃO DE UMA RETROESCAVADEIRA DE ESTEIRA PARA CONSTRUÇÃO  DE CISTERNAS E TANQUES  DE PEIXE PARA OS AGRICUTORES DA REGIÃO DO MATAPI.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1327/ind_n66_francinaldo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1327/ind_n66_francinaldo.pdf</t>
   </si>
   <si>
     <t>INDICA A EQUATORIAL ENERGIA DO AMAPA, A SUBSTITUIÇÃO DAS CRUZETAS DOS POSTES DE ENERGIA NA COLONIA AGRICOLA DO MATAPI.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1328/ind_n67_francinaldo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1328/ind_n67_francinaldo.pdf</t>
   </si>
   <si>
     <t>INDICA AO GOVERNADO DO ESTADO DO AMAPA CLECIO LUIS, A MANUTENÇÃO DAS VICINAS DO MATAPI, ESPECIALMENTE NAS LINHAS A, C, B, H e G.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1329/ind_n68_francinaldo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1329/ind_n68_francinaldo.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO ELIELSON MORAES, E AO SECRETARIO DE SAUDE JEFERSON RONEY, A MONTAGEM DE UMA CADEIRA DE  ODONTOLOGIA QUE SE ENCONTRA NA UBS DO MATAPI.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1330/ind_n69_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1330/ind_n69_sueli.pdf</t>
   </si>
   <si>
     <t>INDICA  EXCELENTISSIMA  ANNE CAROLINE  MONTEIRO, PRESIDENTE DA CAMARA MUNICIPAL DE PORTO GRANDE , QUE SEJA IMPLANTADA A RESOLUÇÃO QUE DISPOE SOBRE A CRIAÇÃO DA PROCURADORIA DA MULHER NO AMBITO DA CAMARA MUNICIPAL DE PORTO GRANDE E DE OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1331/ind_n70__sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1331/ind_n70__sueli.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO ELIELSON, QUE SEJA REALIZADA A LIMPEZA E DRENAGEM NAS RUAS  PAULO RONALDO TEIXEIRA E 13 DE SETEMBRO, BEM COMO DAS AVENIDAS ARLINDO SANTOS DA SILVA E MIS. FATIMA DINIZ.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_nc2ba_19_iluminacao_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_nc2ba_19_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA NA COMUNIDADE DO MONTE TABOR.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1334/indicacao_nc2ba_22_agua_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1334/indicacao_nc2ba_22_agua_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A AMPLIAÇÃO DO SISTEMA DE ÁGUAS NO GARIMPO DO VILA NOVA.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1335/cria_o_centro_de_imagens_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1335/cria_o_centro_de_imagens_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO DO MUNICIPIO DE PORTO GRANDE, Sr. ELIELSON DA SILVA MORAES,A CRIAÇÃO DO CENTRO MUNICIPAL DE IMAGENS,PARA ATENDER AS DEMANDA DE EXAMES ORIUNDAS DAS UBS DESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_nc2ba_20_iluminacao_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_nc2ba_20_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO NO BAIRRO PALMEIRAS.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_nc2ba_21_iluminacao_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_nc2ba_21_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA NO DISTRITO DO CUPIXI.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1338/ind_carol_asfalto_matapi_pg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1338/ind_carol_asfalto_matapi_pg.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON MORAES, PREFEITO DE PORTO GRANDE, QUE SEJA REALIZADA A PAVIMENTAÇÃO ASFÁLTICA DAS VIAS PRINCIPAIS DA COMUNIDADE DO MATAPI.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1339/ind_2025_rocagem_da_esc_km_138.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1339/ind_2025_rocagem_da_esc_km_138.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL ELIELSON MORAES, QUE SEJA REALIZADA A ROÇAGEM NA ESCOLA DO KM 138, VISANDO GARANTIR UM AMBIENTE ADEQUADO E SEGURO PARA O INÍCIO DAS AULAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1340/ind_2025_manutencao_recre_esc_matapi.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1340/ind_2025_manutencao_recre_esc_matapi.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DE PORTO GRANDE, A MANUTENÇÃO DA ÁREA DE RECREAÇÃO DA ESCOLA DA LINHA C DO MATAPI, VISANDO GARANTIR UM ESPAÇO ADEQUADO E SEGURO PARA OS ALUNOS.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1341/ind_2025_forro_esc_munguba.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1341/ind_2025_forro_esc_munguba.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DE PORTO GRANDE, A REALIZAÇÃO DE MELHORIAS NAS SALAS DE AULA DA ESCOLA DO MUNGUBA, VISANDO GARANTIR UM AMBIENTE ADEQUADO E PROPÍCIO AO APRENDIZADO.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_nc2ba_25_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_nc2ba_25_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM, A PAVIMENTAÇÃO NA RUA ALAMEDA 3, NO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1343/ind_2025_reforma_ubs_matapi.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1343/ind_2025_reforma_ubs_matapi.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DE PORTO GRANDE, A REFORMA DA UNIDADE BÁSICA DE SAÚDE DO DISTRITO DO CUPIXI, VISANDO MELHORAR A ESTRUTURA E O ATENDIMENTO À POPULAÇÃO DA COMUNIDADE.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1346/indicacao_nc2ba_23_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1346/indicacao_nc2ba_23_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM, DE FORMA URGENTE, A MANUTENÇÃO, INSTAURAÇÃO DE SISTEMA DE DRENAGEM DE ÁGUA E MANILHAS NA RUA ALAMEDA 5, NO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1347/ind_2025_rocagem_da_esc_matapi.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1347/ind_2025_rocagem_da_esc_matapi.pdf</t>
   </si>
   <si>
     <t>NDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DE PORTO GRANDE, A REALIZAÇÃO DE ROÇAGEM NA ESCOLA DA LINHA C DO MATAPI, VISANDO GARANTIR UM AMBIENTE ADEQUADO E SEGURO PARA O RETORNO DAS AULAS.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1348/ind_2025_fossa_esc_ubs_munguba.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1348/ind_2025_fossa_esc_ubs_munguba.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DE PORTO GRANDE, A SECAGEM DA FOSSA DA ESCOLA E POSTO DE SAÚDE DO MUNGUBA, VISANDO GARANTIR A SAÚDE E O BEM-ESTAR DA COMUNIDADE.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1349/ind_2025_asfalto_cupix_frente.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1349/ind_2025_asfalto_cupix_frente.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DE PORTO GRANDE, A PAVIMENTAÇÃO DA PARTE PRINCIPAL DA RODOVIA PERIMETRAL NORTE, QUE PASSA EM FRENTE AO DISTRITO DO CUPIXI E COMUNIDADES LOCAIS.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1350/ind_2025_odonto_cupuxi_e_munguba.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1350/ind_2025_odonto_cupuxi_e_munguba.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DE PORTO GRANDE, A AMPLIAÇÃO DE VAGAS PARA MARCAÇÕES DE CONSULTAS ODONTOLÓGICAS NO CUPIXI E MUNGUBA, VISANDO ATENDER À DEMANDA DA POPULAÇÃO LOCAL.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1351/ind_2025_waldez.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1351/ind_2025_waldez.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR WALDEZ GÓES, MINISTRO DA INTEGRAÇÃO E DO DESENVOLVIMENTO REGIONAL, POR MEIO DA CODEVASF, A DOAÇÃO DE 30 (TRINTA) ROÇADEIRAS PARA AUXILIAR OS AGRICULTORES DO MUNICÍPIO DE PORTO GRANDE EM ATIVIDADES DE ROÇAGEM, BEM COMO A DOAÇÃO DE 01 (UM) CAMINHÃO VARREDOR PARA AUXILIAR NA LIMPEZA E CONSERVAÇÃO DE RUAS E AVENIDAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1352/ind_2025_ilum_ponte_brasil_tropical.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1352/ind_2025_ilum_ponte_brasil_tropical.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DE PORTO GRANDE, A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA PONTE QUE DÁ ACESSO AO BAIRRO DO BRASIL TROPICAL, VISANDO GARANTIR A SEGURANÇA DA POPULAÇÃO, ESPECIALMENTE DOS ESTUDANTES QUE RETORNARAM ÀS AULAS NO PERÍODO DA NOITE.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_nc2ba_24_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_nc2ba_24_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A INSTAURAÇÃO DE UMA LOMBADA E SINALIZAÇÃO NA RUA SOLDADO MIGUEL BARROS DA SILVA FIILHO, NO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1354/ind_2025_poco_caiera.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1354/ind_2025_poco_caiera.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DE PORTO GRANDE, A PERFURAÇÃO DE UM POÇO ARTESIANO PARA A COMUNIDADE DO CAIERA, VISANDO GARANTIR O ACESSO À ÁGUA DE QUALIDADE PARA OS MORADORES.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1355/ind_2025_esc_amapari.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1355/ind_2025_esc_amapari.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DE PORTO GRANDE, A REALIZAÇÃO DE ESTUDOS PARA A IMPLANTAÇÃO DE UMA ESCOLA MUNICIPAL NO RIO AMAPARI, VISANDO ATENDER À DEMANDA EDUCACIONAL DA REGIÃO.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1356/ind_2025_rocagem_posto_munguba.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1356/ind_2025_rocagem_posto_munguba.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DE PORTO GRANDE, A REALIZAÇÃO DE ROÇAGEM NO POSTO DE SAÚDE DO MUNGUBA, VISANDO GARANTIR UM AMBIENTE ADEQUADO E SEGURO PARA A COMUNIDADE.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1357/ind_2025_bueiro_km_117.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1357/ind_2025_bueiro_km_117.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DO MUNICÍPIO DE PORTO GRANDE-AP, QUE SEJAM REALIZADAS LIMPEZA, DESOBSTRUÇÃO E MANUTENÇÃO DE BUEIROS NO RAMAL DO KM 117, CAMPO VERDE.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1358/ind_2025_ilum_rua_cemiterio.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1358/ind_2025_ilum_rua_cemiterio.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DO MUNICÍPIO DE PORTO GRANDE-AP, QUE SEJA REALIZADA A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DA RUA JOSÉ DA SILVA PARANHOS, PRÓXIMO AO CEMITÉRIO.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1359/linha_c_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1359/linha_c_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SECRETÁRIO DE INFRAESTRUTURA, SENHOR DANILO GONÇALVES NASCIMENTO, A MANUTENÇÃO E REPARO DO TELHADO, FORO E DA PARTE ELÉTRICA DA ASSOCIAÇÃO BENEFICENTE VIDA E ESPERANÇA, DA COLÔNIA AGRÍCOLA DO MATAPI LINHA C.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1360/alzira_escola_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1360/alzira_escola_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SECRETÁRIO DE INFRAESTRUTURA, SENHOR DANILO GONÇALVES NASCIMENTO, A MANUTENÇÃO E REPARO DO TELHADO, FORO (MANTAR) DA ESCOLA MUNICIPAL ALZIRA PEREIRA QUEIROZ E A CONSTRUÇÃO DE UMA MINI PASSARELA COM COBERTURA PARA O REFEITORIO, COLÔNIA AGRÍCOLA DO MATAPI LINHA A</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1361/ind_2025__linhao_aeroporto.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1361/ind_2025__linhao_aeroporto.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE ENVIE À SECRETARIA MUNICIPAL DE INFRAESTRUTURA A REALIZAÇÃO DE MANUTENÇÃO NA PASSAGEM DO BAIRRO MANOEL CORTEZ, QUE DÁ ACESSO À ÁREA ABAIXO DO LINHÃO DE ENERGIA.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1362/cras_indicacao_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1362/cras_indicacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SECRETÁRIO DE INFRAESTRUTURA, SENHOR DANILO GONÇALVES NASCIMENTO, A MANUTENÇÃO E REPARO DO TELHADO, FORO, ALÉM DA LIMPEZA DA ÁREA EXTERNA DO  CENTRO DE REFERÊNCIA DA ASSISTÊNCIA SOCIAL-CRAS.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1363/ind_2025__trator_equidade.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1363/ind_2025__trator_equidade.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DO MUNICÍPIO DE PORTO GRANDE, A DISPONIBILIZAÇÃO DE UM TRATOR DE ESTEIRA PARA ATENDER AS DEMANDAS DAS SEGUINTES LOCALIDADES: ASSENTAMENTO DO MUNGUBA, ASSENTAMENTO NOVA CANAÃ, ASSENTAMENTO MANOEL JACINTO, ASSENTAMENTO NOVA COLINA, CAMPO VERDE, PERIMETRAL NORTE E COLÔNIA AGRÍCOLA DO MATAPI, MEDIANTE A ELABORAÇÃO DE UM CRONOGRAMA DE ATENDIMENTO QUE CONTEMPLE CADA COMUNIDADE DE FORMA EQUITATIVA E ORGANIZADA.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1364/ind_2025_bueiro.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1364/ind_2025_bueiro.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DO MUNICÍPIO DE PORTO GRANDE-AP, QUE SEJAM REALIZADAS LIMPEZA, DESOBSTRUÇÃO DOS BUEIROS E MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NA RUA SANTA RITA DE CÁSSIA COM TANCREDO NEVES, NO BAIRRO AEROPORTO.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1365/ind_2025_campo_verde.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1365/ind_2025_campo_verde.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DO MUNICÍPIO DE PORTO GRANDE-AP, QUE SEJA DISPONIBILIZADO UM TRATOR PARA O PREPARO DE SOLO DE 02 (DOIS) HECTARES PARA 12 (DOZE) AGRICULTORES DO RAMAL DO KM 117, CAMPO VERDE.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1366/ind_2025_dengue_rio.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1366/ind_2025_dengue_rio.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DO MUNICÍPIO DE PORTO GRANDE-AP, QUE SEJAM REALIZADAS BORRIFAÇÕES PARA COMBATER OS MOSQUITOS TRANSMISSORES DA MALÁRIA E DA DENGUE NAS ÁREAS RIBEIRINHAS DO RIO ARAGUARI E DO RIO AMAPARI.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1367/ind_2025_feira_municipal_malvinas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1367/ind_2025_feira_municipal_malvinas.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DO MUNICÍPIO DE PORTO GRANDE-AP, QUE SEJAM REALIZADOS REPAROS, LIMPEZA DA FEIRA, MANUTENÇÃO DAS LUZES E LIBERAÇÃO DE BANHEIROS NA FEIRA DA SUBESTAÇÃO, LOCALIZADA NA AV. CALÇOENE, MALVINAS.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1368/ind_2025_feira_municipal_seguranca.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1368/ind_2025_feira_municipal_seguranca.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DO MUNICÍPIO DE PORTO GRANDE-AP, QUE SEJA DISPONIBILIZADO PESSOAL PARA A VIGILÂNCIA DA FEIRA DA SUBESTAÇÃO, LOCALIZADA NA AV. CALÇOENE, MALVINAS.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1369/ind_2025_feira_municipal.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1369/ind_2025_feira_municipal.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DO MUNICÍPIO DE PORTO GRANDE-AP, QUE SEJAM REALIZADOS REPAROS, LIMPEZA DA CAIXA DE GORDURA, MANUTENÇÃO DAS LUZES E A VERIFICAÇÃO DA FALTA DE ÁGUA NA FEIRA MUNICIPAL, LOCALIZADA NA AV. 8 DE AGOSTO, CENTRO.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1370/ind_2025_ilum_manoel_ribeiro.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1370/ind_2025_ilum_manoel_ribeiro.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DO MUNICÍPIO DE PORTO GRANDE-AP, QUE SEJA REALIZADA A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DA AVENIDA MANOEL RIBEIRO, NO CENTRO.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1371/ind_2025_limpeza_rua.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1371/ind_2025_limpeza_rua.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE-AP, QUE SEJAM REALIZADAS LIMPEZA E ROÇAGEM NA RUA TANCREDO NEVES COM SANTA RITA DE CÁSSIA, NO BAIRRO AEROPORTO.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1372/ind_2025_ponto_espera_escolar.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1372/ind_2025_ponto_espera_escolar.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE-AP, QUE SEJAM CONSTRUÍDAS 02 (DUAS) ESTRUTURAS COBERTAS NOS RAMAIS DO KM 135 DO RIO AMAPARI E DO KM 130 DA PERIMETRAL NORTE, PARA QUE OS ALUNOS POSSAM UTILIZAR COMO PONTO DE ESPERA PARA O TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1373/ind_2025_posto_pmap.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1373/ind_2025_posto_pmap.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR CLÉCIO LUIZ, GOVERNADOR DO ESTADO DO AMAPÁ, QUE SEJA IMPLANTADO UM POSTO FIXO DA POLÍCIA MILITAR NO DISTRITO DO CUPIXI, DISTANTE 57 KM DA BASE DA POLÍCIA MILITAR DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1374/castramovel_pg_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1374/castramovel_pg_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO DO MUNICÍPIO DE PORTO GRANDE QUE, INICIE ESTUDOS DE CRIAÇÃO DE PROJETO DE LEI QUE INSTITUA O SERVIÇO MÓVEL PARA CASTRAÇÃO DE ANIMAIS, “CASTRAMÓVEL”.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1375/exame_pccu_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1375/exame_pccu_assinado.pdf</t>
   </si>
   <si>
     <t>INDICO AO PREFEITO DE PORTO GRANDE, Sn ELIELSON DA SILVA MORAES A IMPLEMENTAÇÃO DE EXAMES DE PCCU NAS UBS DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1377/ind_amcel_informatia_28129_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1377/ind_amcel_informatia_28129_assinado.pdf</t>
   </si>
   <si>
     <t>INDICO AO GERENTE DA EMPRESA AMCEL ,QUE SEJA DISPONIBILIZADO UM CURSO DE INFORMÁTICA BÁSICA PARA ATENDER 50 JOVENS E ADULTOS DO MUNICIPIIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_nc2ba_26_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_nc2ba_26_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM, DE FORMA URGENTE, A MANUTENÇÃO, INSTAURAÇÃO DE SISTEMA DE DRENAGEM DE ÁGUA E LIMPEZA DA RUA DO LINHÃO.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1379/implantacao_triagem_neonatal_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1379/implantacao_triagem_neonatal_assinado.pdf</t>
   </si>
   <si>
     <t>INDICO AO PREFEITO Sn. ELIELSON DA SILVA MORAES , QUE ADOTE A IMPLANTAÇÃO DA TRIAGEM NEONATAL,NA REDE MUNICIPAL DE SAÚDE DESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_nc2ba_27_iluminacao_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_nc2ba_27_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA NA RUA DO LINHÃO.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1381/indicacao_nc2ba_28_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1381/indicacao_nc2ba_28_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A MANUTENÇÃO, INSTAURAÇÃO DE SISTEMA DE DRENAGEM DE ÁGUA E LIMPEZA DA RUA 13 DE OUTUBRO NO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1387/area_6_sinalizacao_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1387/area_6_sinalizacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SENHOR MAURICIO FLEXA LIMA, DIRETOR DO DEPARTAMENTO MUNICIPAL DE TRANSITO (DEMULTRAN), AS PROVIDÊNCIAS NECESSÁRIAS VISANDO A SINALIZAÇÃO DE TRÂNSITO, COMO: PINTURA DE FAIXAS DE PEDESTRES, DEMARCAÇÃO DE SOLO (PARE), PLACAS QUE INDIQUE CURVA FECHADA COM URGÊNCIA, NO BAIRRO NOVA ESPERANÇA, PRINCIPALMENTE   NA RUA 10 OU ALAMEDA 19 E NAS CURVAS FECHADAS.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_nc2ba_29_iluminacao_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_nc2ba_29_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA NA COMUNIDADE DO KM 142.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1391/camara_indicacao_sinalizacao_01_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1391/camara_indicacao_sinalizacao_01_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SENHOR MAURICIO FLEXA LIMA, DIRETOR DO DEPARTAMENTO MUNICIPAL DE TRANSITO ( DEMULTRAN) , VENHO SOLICITAR COM URGÊNCIA, A SINALIZAÇÃO DO CINTURÃO ASFÁLTICO NO BAIRRO MANOEL CORTEZ, PRINCIPALMENTE AS CURVAS FECHADAS DESTA ÁREA.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_nc2ba_30_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_nc2ba_30_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A PAVIMENTAÇÃO DA RUA NOVA BRASÍLIA NO BAIRRO DO AEROPORTO.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_013_-_prefeito_elielson_moraes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_013_-_prefeito_elielson_moraes.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado, junto ao setor competente, viabilizar estudos para que seja criado a "Semana de Capacitação da Juventude para o Primeiro Emprego" no município de Porto Grande, destinada a oferecer cursos e oficinas voltados ao ingresso dos jovens no mercado de trabalho, e dá outras providências.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1395/indicacao_nc2ba_31_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1395/indicacao_nc2ba_31_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A PAVIMENTAÇÃO DA RUA PASTOR ARI NO BAIRRO DO AEROPORTO.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_014_-_prefeito_elielson_moraes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_014_-_prefeito_elielson_moraes.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado,  junto ao setor competente, que seja viabilizado estudos para que seja criado o "Festival de Talentos Jovens de Porto Grande”, com o objetivo de promover anualmente a cultura e a diversidade da juventude local, através de apresentações artísticas e esportivas, e dá outras providências.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_onibus_lilas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_onibus_lilas.pdf</t>
   </si>
   <si>
     <t>Salmon dos Santos Silva Santana , Vereador, pertencente ao partido MDB, com assento nesta augusta Casa de Leis, na condição de legítimo representante do povo Portograndense, com base Art.105 , combinado com o Art.106.lX , do regimento interno, INDICAR_x000D_
 A Secretária de políticas públicas do Estado do Amapá Adriana Ramos, que no uso de suas atribuições legais ao qual indico especial em nome das mulheres Porto Grande que seja enviada a caravana lilás para atendimento no município.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_corrida_em_homenagem_ao_dia_internacional_da_mulher.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_corrida_em_homenagem_ao_dia_internacional_da_mulher.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo senhor Elielson da Silva Moraes – Prefeito do Município de Porto Grande. Ao qual indico que seja realizada a corrida do dia internacional da mulher, em homenagem a este dia, organizado pela coordenadoria municipal das mulheres. Que a corrida seja elaborado como proposta de chamar atenção da população de modo geral, para importância do tema, visando diminuir os índices de violência contra mulher._x000D_
 Alem da corrida indico que os participantes possam aproveitar uma programação especial incluindo Além da corrida, os participantes poderão aproveitar uma programação especial, incluindo, Sessão de alongamento, garantindo um preparo adequado antes da prova; Café da manhã especial para todos os participantes, Aula de zumba, trazendo energia e animação para encerrar o evento com muita alegria; Sorteios de brindes para os inscritos.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1415/ind_2025_ponte_linha_a_gov.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1415/ind_2025_ponte_linha_a_gov.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR CLÉCIO LUÍS, GOVERNADOR DO ESTADO DO AMAPÁ, E CÓPIAS AO SENHOR MARCOS ALBERTO DE SOUZA JUCÁ, SECRETÁRIO DE TRANSPORTE DO ESTADO DO AMAPÁ (SETRAP), A REFORMA URGENTE DA PONTE DA LINHA A DO MATAPI E A CONSTRUÇÃO DE UMA NOVA PONTE DE CONCRETO, PARA GARANTIR A SEGURANÇA E O TRÁFEGO NA REGIÃO.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1416/ind_2025_patrol_no_matapi.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1416/ind_2025_patrol_no_matapi.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, A UTILIZAÇÃO DE TRATORES DE ESTEIRA E PATROL PARA A MANUTENÇÃO DAS ESTRADAS E VICINAIS DO MATAPI, VISANDO GARANTIR A SEGURANÇA E A TRAFEGABILIDADE DAS VIAS.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_de_estudo_araguari_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_de_estudo_araguari_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SECRETARIO DE EDUCAÇÃO DO MUNICÍPIO DE PORTO GRANDE, SENHOR CLEIDISON RIBEIRO, QUE SEJA VIABILIZADO UM ESTUDO DO RETORNO DA ESCOLA DO RIO ARAGUARI.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_eluminacao_publica_area_6_rua_6_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_eluminacao_publica_area_6_rua_6_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo senhor Elielson da Silva Moraes – Prefeito Municipal, que seja viabilizado junto à Secretaria Municipal de infraestrutura, a manutenção das luminárias públicas (ILUMINAÇÃO PUBLICA) na Rua 6, BAIRRO Nova Esperança, solicito também a manutenção da rua e drenagem.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1410/006_2025_indicacao_ciclovia_calcadas_e_passarela.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1410/006_2025_indicacao_ciclovia_calcadas_e_passarela.pdf</t>
   </si>
   <si>
     <t>A vossa Excelência Senhor, DORINALDO MALAFAIA – Deputado Federal/AP, ao Departamento _x000D_
 Nacional de Infraestrutura de Transportes (DNIT) e aos demais órgãos competentes, a necessidade da _x000D_
 construção de uma ciclovia, calçada e passarela para pedestres na rodovia federal que atravessa o _x000D_
 município de Porto Grande – AP, visando atender a comunidade escolar do Instituto Federal do Amapá _x000D_
 (IFAP) e os pedestres em geral.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1409/008_2025_indicacao_redutores_de_velocidade.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1409/008_2025_indicacao_redutores_de_velocidade.pdf</t>
   </si>
   <si>
     <t>A vossa Excelência Senhor, ELIELSON DA SILVA MORAES - Prefeito Municipal _x000D_
 de Porto Grande, que no uso de suas atribuições legais, através dos quais. Possa: _x000D_
 realizar a implantação de sinalização viária e instalação de lombadas ou tacos _x000D_
 redutores de velocidade nas ruas de maior fluxo do município de Porto Grande – _x000D_
 AP, visando à prevenção de acidentes e à segurança de pedestres e condutores.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1411/007_2025_indicacao_pick_up_endemias.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1411/007_2025_indicacao_pick_up_endemias.pdf</t>
   </si>
   <si>
     <t>o, INDICAR. _x000D_
 A vossa Excelência Senhor, ELIELSON DA SILVA MORAES - Prefeito Municipal _x000D_
 de Porto Grande, que no uso de suas atribuições legais, através dos quais. Possa: _x000D_
 Realizar a aquisição de 02 (dois) veículos modelo Pick-up, para a Divisão de _x000D_
 Combate às Endemias do município de Porto Grande-AP.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1412/indicacao_nc2ba_32_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1412/indicacao_nc2ba_32_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A PAVIMENTAÇÃO DA RD. PORTO PLATON NO BRASIL TROPICAL.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_nc2ba_33_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_nc2ba_33_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A RECOMPOSIÇÃO DO FINAL DA AV. JANARI NUNES NO BAIRRO MALVINAS.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_no_34_infra.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_no_34_infra.docx</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A PAVIMENTAÇÃO DA AV. TANCREDO NEVES NO BAIRRO AEROPORTO.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_nc2ba_35_iluminacao_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_nc2ba_35_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO NA AV. TANCREDO NEVES NO BAIRRO AEROPORTO.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_no_137_de_2025_gab_ver_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_no_137_de_2025_gab_ver_guri.pdf</t>
   </si>
   <si>
     <t>INDICAR, AO SENHOR ELIELSON MORAES- PREFEITO DA PORTO GRANDE, NOTIFICAR ATRAVES DA SECRETARIA DE INFRAESTRUTURA QUE A EMPRESA BOA VISTA  RETOME  A OBRA DO CAMPO</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_no_138_de_2025_gab_ver_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_no_138_de_2025_gab_ver_guri.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON MORAES - PREFEITO DE PORTO GRANDE, QUE SEJA ALOCADO COTAS DE ULTRASSOM PARA AS PESSOAS DA ZONA RURAL DO MUNICIPIO.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_no_139_de_2025_gab_ver_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_no_139_de_2025_gab_ver_guri.pdf</t>
   </si>
   <si>
     <t>INDICAR. AO EXCELENTISSIMO SENHOR PREFEITO ELIELSON MORAES, PREFEITO DE PORTO GRANDE, QUE SEJA  DISPONIBILLIZADO  TRANSPORTE ESCOLAR PARA OS ALUNO DA PRE-ESCOLA AO 5 ANO DO BAIRRO MANOEL CORTES ATE A ESCOLA ADÃO.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_no_140_de_2025_gab_ver_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_no_140_de_2025_gab_ver_guri.pdf</t>
   </si>
   <si>
     <t>INDICAR AO PREFEITO ELIELSON MORAES , NOTIFICAR ATRAVES DA SECRETARIA DE INFRAESTRUTURA QUE A DM SERVIÇOS EIRELI FAÇA REPAROS NO COMPLEXO DA ARENA VIDA E ESPERANÇA.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1428/010_2025_indicacao_servicos_de_limpeza_rua_e_avenida_manoel_cortez.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1428/010_2025_indicacao_servicos_de_limpeza_rua_e_avenida_manoel_cortez.pdf</t>
   </si>
   <si>
     <t>A vossa Excelência Senhor, ELIELSON DA SILVA MORAES - Prefeito Municipal _x000D_
 de Porto Grande, que no uso de suas atribuições legais, através dos quais. Possa: realizar serviços de limpeza e serviço paliativo de raspagem com máquina motoniveladora, visando melhorar as condições de tráfego e a segurança dos  moradores da avenida Luciane Rodrigues de Macedo e rua Maria Aldenoura, no  bairro Manoel Cortez.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1429/009_2025_indicacao_tablets_equipes_esf_e_ace.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1429/009_2025_indicacao_tablets_equipes_esf_e_ace.pdf</t>
   </si>
   <si>
     <t>A vossa Excelência Senhor, ELIELSON DA SILVA MORAES - Prefeito Municipal de Porto Grande, que no uso de suas atribuições legais, através dos quais. Possa: realizar a Aquisição de Tablets para os Profissionais das equipes ESF e para os Agentes de Combate às Endemias (ACE)</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_no_143_de_2025_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_no_143_de_2025_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>INDICA À COMPANHIA DE ENERGIA CEA EQUATORIAL AMAPÁ, A DISPONIBILIZAÇÃO DE UM TRANFORMADOR DE ENERGIA ADEQUADO PARA O CENTRO COMUNITÁRIO KM 117 CAMPO VERDE.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_nc2ba_37_iluminacao_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_nc2ba_37_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA NO GARIMPO DO VILA NOVA.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_nc2ba_38_iluminacao_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_nc2ba_38_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA NO CAMPO VERDE.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1433/indicacao_nc2ba_39_rocagem_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1433/indicacao_nc2ba_39_rocagem_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A ROÇAGEM DAS VIAS PÚBLICAS DO KM 142.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_nc2ba_43_davi_agro_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_nc2ba_43_davi_agro_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR, PRESIDENTE DO CONGRESSO NACIONAL, SENADOR DA REPÚBLICA DAVI ALCOLUMBRE, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE ADQUIRIR UM TRATOR ESTEIRA PARA ATENDER AS COMUNIDADES DA ZONA RURAL.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1435/indicacao_nc2ba_40_davi_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1435/indicacao_nc2ba_40_davi_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR, PRESIDENTE DO CONGRESSO NACIONAL, SENADOR DA REPÚBLICA DAVI ALCOLUMBRE, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE ADQUIRIR UMA AMBULÂNCIA PARA ATENDER AS COMUNIDADES DO KM 138, 142 E COMUNIADES PRÓXIMAS.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1436/indicacao_nc2ba_44_davi_pol_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1436/indicacao_nc2ba_44_davi_pol_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR, PRESIDENTE DO CONGRESSO NACIONAL, SENADOR DA REPÚBLICA DAVI ALCOLUMBRE, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE CONSTRUIR UM PONTO DE APOIO DA POLÍCIA MILITAR NO DISTRITO DO CUPIXI.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1437/indicacao_nc2ba_41_malafaia_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1437/indicacao_nc2ba_41_malafaia_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR, DEPUTADO FEDERAL DORINALDO MALAFAIA, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE ADQUIRIR 3 CADEIRAS ODONTÓLOGICAS A PARA ATENDER AS COMUNIDADES DO KM 142, CUPIXI E VILA NOVA.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1438/tfd_porto_grande__281_29_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1438/tfd_porto_grande__281_29_assinado.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Prefeito Elielson Moraes, que encaminhe a esta casa legislativa, Projeto de Lei ,que institui TFD no Município de Porto Grande.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1439/indicacao_nc2ba_36_iluminacao_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1439/indicacao_nc2ba_36_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA NA COMUNIDADE DO KM 138.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1440/indica_ao_ministro_waldez_goes_a_construcao_de_uma_casa_de_farinha_completa_para_a_associacao_agepnefa_incluindo_todos_os_equip.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1440/indica_ao_ministro_waldez_goes_a_construcao_de_uma_casa_de_farinha_completa_para_a_associacao_agepnefa_incluindo_todos_os_equip.pdf</t>
   </si>
   <si>
     <t>INDICA AO MINISTRO WALDEZ GÓES, A CONSTRUÇÃO DE UMA CASA DE FARINHA COMPLETA PARA A ASSOCIAÇÃO AGEPNEFA, INCLUINDO TODOS OS EQUIPAMENTOS NECESSÁRIOS PARA O PROCESSAMENTO DA MANDIOCA.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1441/indica_ao_ministro_waldez_goes_a_dotacao_de_recursos_para_aquisicao_de_equipamentos_industriais_para_a_despolpadeira_comunitaria.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1441/indica_ao_ministro_waldez_goes_a_dotacao_de_recursos_para_aquisicao_de_equipamentos_industriais_para_a_despolpadeira_comunitaria.pdf</t>
   </si>
   <si>
     <t>INDICA AO MINISTRO WALDEZ GÓES, A DOTAÇÃO DE RECURSOS PARA AQUISIÇÃO DE EQUIPAMENTOS INDUSTRIAIS PARA A DESPOLPADEIRA COMUNITÁRIA DO KM 117 DA PERIMETRAL NORTE.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1442/indica_ao_dnitap_a_imediata_instalacao_de_redutor_de_velocidade_lombada_na_entrada_do_bairro_area_6_no_municipio_de_porto_gra.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1442/indica_ao_dnitap_a_imediata_instalacao_de_redutor_de_velocidade_lombada_na_entrada_do_bairro_area_6_no_municipio_de_porto_gra.pdf</t>
   </si>
   <si>
     <t>INDICA AO DNIT/AP, A IMEDIATA INSTALAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA ENTRADA DO BAIRRO ÁREA 6, NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1443/indica_ao_prefeito_municipal_elielson_moraes_a_contratacao_de_um_tecnico_em_enfermagem_para_acompanhamento_especializado_dos_pac.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1443/indica_ao_prefeito_municipal_elielson_moraes_a_contratacao_de_um_tecnico_em_enfermagem_para_acompanhamento_especializado_dos_pac.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL ELIELSON MORAES, A CONTRATAÇÃO DE UM TÉCNICO EM ENFERMAGEM PARA ACOMPANHAMENTO ESPECIALIZADO DOS PACIENTES QUE REALIZAM TRATAMENTO DE HEMODIÁLISE EM MACAPÁ.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1444/indica_ao_ministro_waldez_goes_a_construcao_de_uma_casa_de_farinha_completa_com_todos_os_equipamentos_necessarios_para_a_associa.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1444/indica_ao_ministro_waldez_goes_a_construcao_de_uma_casa_de_farinha_completa_com_todos_os_equipamentos_necessarios_para_a_associa.pdf</t>
   </si>
   <si>
     <t>INDICA AO MINISTRO WALDEZ GÓES, A CONSTRUÇÃO DE UMA CASA DE FARINHA COMPLETA COM TODOS OS EQUIPAMENTOS NECESSÁRIOS PARA A ASSOCIAÇÃO DA PERIMETRAL NORTE.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1445/indica_ao_ilustrissimo_senhor_acacio_favacho_deputado_federal_a_liberacao_de_recursos_para_construcao_de_uma_escola_de_ensino_f.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1445/indica_ao_ilustrissimo_senhor_acacio_favacho_deputado_federal_a_liberacao_de_recursos_para_construcao_de_uma_escola_de_ensino_f.pdf</t>
   </si>
   <si>
     <t>INDICA AO ILUSTRÍSSIMO SENHOR ACÁCIO FAVACHO, DEPUTADO FEDERAL, A LIBERAÇÃO DE RECURSOS PARA CONSTRUÇÃO DE UMA ESCOLA DE ENSINO FUNDAMENTAL I NO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1446/indica_ao_deputado_federal_josenildo_abrantes_a_doacao_de_duas_lanchas_escolares_para_o_transporte_seguro_de_criancas_ribeirinha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1446/indica_ao_deputado_federal_josenildo_abrantes_a_doacao_de_duas_lanchas_escolares_para_o_transporte_seguro_de_criancas_ribeirinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO DEPUTADO FEDERAL JOSENILDO ABRANTES, A DOAÇÃO DE DUAS LANCHAS ESCOLARES PARA O TRANSPORTE SEGURO DE CRIANÇAS RIBEIRINHAS QUE ESTUDAM NA REDE PÚBLICA DE ENSINO ÀS MARGENS DO RIO ARAGUARI.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_no_160_de_2025_gab_ver_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_no_160_de_2025_gab_ver_carol.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL ELIELSON MORAES, A DESTINAÇÃO REGULAR DE MEDICAMENTOS BÁSICOS PARA O ASSENTAMENTO MUNGUBA, INCLUINDO ANALGÉSICOS, ANTI-HIPERTENSIVOS, ANTICONCEPCIONAIS E MEDICAMENTOS PALIATIVOS.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_no_161_de_2025_gab_ver_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_no_161_de_2025_gab_ver_carol.pdf</t>
   </si>
   <si>
     <t>INDICA AO DEPUTADO FEDERAL ACÁCIO FAVACHO, A DESTINAÇÃO DE EMENDA PARLAMENTAR PARA CONSTRUÇÃO DE QUADRA POLIESPORTIVA NA COMUNIDADE ESCOLAR DO ASSENTAMENTO DO MUNGUBA.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1449/indicacao_no_162_de_2025_gab_ver_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1449/indicacao_no_162_de_2025_gab_ver_carol.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL ELIELSON MORAES, A REFORMA URGENTE DA PONTE NO RAMAL PRINCIPAL E DO RAMAL DA ILHA, UTILIZADA PELO TRANSPORTE ESCOLAR DO ASSENTAMENTO DO MUNGUBA.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_no_163_de_2025_gab_ver_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_no_163_de_2025_gab_ver_carol.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL ELIELSON MORAES, A RECONSTRUÇÃO DA ESTRADA DA LINHA 1 DO ASSENTAMENTO DO MUNGUBA.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_no_164_de_2025_gab_ver_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_no_164_de_2025_gab_ver_carol.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL ELIELSON MORAES, A CONTRATAÇÃO DE UM FISIOTERAPEUTA E UM ODONTÓLOGO PARA ATENDIMENTO SEMANAL NA COMUNIDADE DO ASSENTAMENTO DO MUNGUBA.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_nc2ba_53_iluminacao_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_nc2ba_53_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE UMA LOMBADA NA VIA QUE FAZ A CONEXÃO ENTRE O BAIRRO COPALMA E NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_nc2ba_48_iluminacao_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_nc2ba_48_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA NA VIA QUE FAZ A CONEXÃO ENTRE O BAIRRO COPALMA E NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_nc2ba_51_malafaia_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_nc2ba_51_malafaia_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR, DEPUTADO FEDERAL DORINALDO MALAFAIA, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE CONSTRUIR UMA ACADEMIA AO AR LIVRE NO BALNEÁRIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1459/indicacao_nc2ba_49_espor_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1459/indicacao_nc2ba_49_espor_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES; COM CÓPIAS AO SENHOR SECRETÁRIO DE ESPORTE, LAZER, E CULTURA, ELIVELTON MEIRELES ARANHA; QUE PROVIDENCIEM A INSTAURAÇÃO DE DUAIS TRAVES DE FUTEBOL NO BALNEÁRIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1460/indicacao_nc2ba_50_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1460/indicacao_nc2ba_50_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO DE ESPORTE, LAZER, E CULTURA, ELIVELTON MEIRELES ARANHA, QUE PROVIDENCIEM A IMPLANTAÇÃO DE UMA ACADEMIA AO AR LIVRE NO BALNEÁRIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_no_45_rr_agro_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_no_45_rr_agro_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR SENADOR DA REPÚBLICA, RANDOLFE RODRIGUES, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE ADQUIRIR 50 MOTOCULTIVADORES PARA ATENDER AS COMUNIDADES DA ZONA RURAL.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_no_44_iluminacao_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_no_44_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA NA RUA SOLDADO MIGUEL BARROS DA SILVA FILHO NO BAIRRO NOVA ESPERANÇA, BEM COMO, NAS DEMAIS VIAS DO BAIRRO.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_nc2ba_52_malafaia_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_nc2ba_52_malafaia_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR, DEPUTADO FEDERAL DORINALDO MALAFAIA, A SOLICITAÇÃO DE EMENDA PARLAMENTAR PARA PAVIMENTAÇÃO ASFALTÍCA DO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_014_-_secreterio_de_saude.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_014_-_secreterio_de_saude.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciada a Carteira de Identificação do Autista, prevista de acordo com a Lei nº. 498/2021- PMPG, assim como trata no seu artigo 3º da referida lei Municipal.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_013_-_prefeito_elielson_moraes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_013_-_prefeito_elielson_moraes.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado, junto ao órgão competente ( Corpo de Bombeiro Militar ) um salva vidas também denominado guarda-vidas em nosso balneário em finais de semana e eventos de nosso município.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_no_46_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_no_46_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM URGENTE, A MANUTENÇÃO DA COBERTURA DO BUEIRO LOCALIZADO NA AVENIDA LOURENÇO FRAZÃO DE ARAÚJO.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_tendas_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_tendas_assinado.pdf</t>
   </si>
   <si>
     <t>INDICO AO PREFEITO ELIELSON DA SILVA MORAES,A VIABILIDADE DE INSTALAÇÃO DE TENDAS  NO BALNEÁRIO,PARA ATENDER ASSOCIAÇÃO DOS ARTESÃOS DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_iluminacao_publica_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_iluminacao_publica_assinado.pdf</t>
   </si>
   <si>
     <t>INDICO AO PREFEITO ELIELSON DA SILVA MORAES,PARA ADOTAR OS SERVIÇOS DE MANUNTENÇÃO PREVENTIVA E CORRETIVA DA REDE DE ILUMINAÇÃO PÚBLICA NA AVENIDA MANOEL RIBEIRO NO CENTRO.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_medicamentos_controlados_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_medicamentos_controlados_assinado.pdf</t>
   </si>
   <si>
     <t>INDICO AO PREFEITO ELIELSON DA SILVA MORAES,PARA ADOTAR JUNTO A REDE MUNICIPAL DE SAÚDE O ABASTECIMENTO DA CAF E UBS DE MEDICAMENTOS CONTROLADOS.PARA SEREM DISPENSADOS A PACIENTES PSIQUIATRICOS E NEUROLÓGICOS DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1476/ind_boeiro_brasil_tropical.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1476/ind_boeiro_brasil_tropical.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DO MUNICÍPIO DE PORTO GRANDE-AP, QUE SEJA REALIZADA A SEGUINTE AÇÃO: LIMPEZA DE BUEIRO – BAIRRO BRASIL TROPICAL.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1477/ind_travessar_23_vila_militar.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1477/ind_travessar_23_vila_militar.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DO MUNICÍPIO DE PORTO GRANDE-AP, QUE SEJA REALIZADA A SEGUINTE AÇÃO: SERVIÇO DE DRENAGEM COM PATROL – TRAVESSA 23 (VILA MILITAR).</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1478/ind_av_soldado_valdinei.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1478/ind_av_soldado_valdinei.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DO MUNICÍPIO DE PORTO GRANDE-AP, QUE SEJA REALIZADA A SEGUINTE AÇÃO: INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA – RUA SOLDADO MIGUEL.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1479/ind_av_sgt_oracildo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1479/ind_av_sgt_oracildo.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DO MUNICÍPIO DE PORTO GRANDE-AP, QUE SEJA REALIZADA A SEGUINTE AÇÃO: INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA – AVENIDA SARGENTO ORACILDO LOBATO.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1480/ind_rua_geovana_de_oliveira.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1480/ind_rua_geovana_de_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DO MUNICÍPIO DE PORTO GRANDE-AP, QUE SEJA REALIZADA A SEGUINTE AÇÃO: LIMPEZA, DESOBSTRUÇÃO E MANUTENÇÃO DE DRENAGEM E ILUMINAÇÃO PÚBLICA – RUA GEOVANA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1481/ind_esc_acre.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1481/ind_esc_acre.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DO MUNICÍPIO DE PORTO GRANDE-AP, QUE SEJA REALIZADA A SEGUINTE AÇÃO: MANUTENÇÃO DO TELHADO E CALHAS – ESCOLA MUNICIPAL ACRE.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1482/ind_av_soldado_valdinei.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1482/ind_av_soldado_valdinei.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DO MUNICÍPIO DE PORTO GRANDE-AP, QUE SEJA REALIZADA A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA – AVENIDA SOLDADO VALDINEI.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1483/ind_rua_getulio_vargas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1483/ind_rua_getulio_vargas.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO DO MUNICÍPIO DE PORTO GRANDE-AP, QUE SEJA REALIZADA A SEGUINTE AÇÃO: LIMPEZA DE CANAL – RUA GETÚLIO VARGAS.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_-_012_-_davi_alcolumbre_-_aquiscao_de_uma_casa_da_cultura_do_abacaxi.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_-_012_-_davi_alcolumbre_-_aquiscao_de_uma_casa_da_cultura_do_abacaxi.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor  DAVI ALCOLUMBRE, digníssimo SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, PELO ESTADO DO AMAPÁ,  através dos quais solicita que seja locada verba do orçamento da União, através de Emenda Parlamentar,  para a Construção da Casa da Cultura do Abacaxi no Município de Porto Grande.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1490/012_2025_indicacao_novo_cemiterio.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1490/012_2025_indicacao_novo_cemiterio.pdf</t>
   </si>
   <si>
     <t>A vossa Excelência Senhor, ELIELSON DA SILVA MORAES - Prefeito Municipal de Porto Grande, que no uso de suas atribuições legais, através dos quais. Possa: realizar a destinação de área apropriada para a implantação de um novo cemitério público na zona urbana do município de Porto Grande-AP.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_-_010_-_davi_alcolumbre_-_aquiscao_de_uma_agroindustria_de_beneficiamento_da__fruticultura_-_-_copia.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_-_010_-_davi_alcolumbre_-_aquiscao_de_uma_agroindustria_de_beneficiamento_da__fruticultura_-_-_copia.pdf</t>
   </si>
   <si>
     <t>, INDICA ao Excelentíssimo Senhor  DAVI ALCOLUMBRE, digníssimo SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, PELO ESTADO DO AMAPÁ,  que seja locada verba do orçamento da União, através de Emenda Parlamentar,  para a Construção e Aquisição de Equipamentos para uma Agroindústria de Processamento de Frutas em Sucos e Doces no Município de Porto Grande</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1492/indicacao_-_008_-_waldez_goes_-_aquiscao_de_um_trator_e_implementos_-_manoel_jacinto.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1492/indicacao_-_008_-_waldez_goes_-_aquiscao_de_um_trator_e_implementos_-_manoel_jacinto.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR WALDEZ GÓES, MINISTRO DA INTEGRAÇÃO E DO DESENVOLVIMENTO REGIONAL DO BRASIL - QUE SEJA VIABILIZADO JUNTO À CODEVASF, PARA A AQUISIÇÃO DE UM TRATOR , ASSIM COMO O IMPLEMENTOS AGRÍCOLAS DE PREPARO DE SOLO E DE PLANTIO, A SER DESTINADA À COMUNIDADE DO  ASSENTAMENTO MANOEL JACINTO, ZONA RURAL DO MUNICÍPIO DE PORTO GRANDE/AP.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1494/ind_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1494/ind_guri.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR DAVI ALCOLUMBRE, QUE SEJA DESTINADO UMA EMENDA PARLAMENTAR PARA A EFETIVAÇÃO DE 17 QUILOMENTROS DE PAVIMENTAÇÃO ASFALTICA NAS VIAS DA COLONIA AGRICOLA DO MATAPI, LOCALIZADA NO MUNICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1495/ind_192.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1495/ind_192.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON MORAES PREFEITO MUNICIPAL QUE SOLICITE AO SECRETARIO DE INFRAESTRUTURA A DISPONIBILIZAÇÃO DE UMA EQUIPE DE ROÇAGEM PARA A LIMPEZA DA AREA DOS PREDIOS PUBLICOS SITUADOS NA ZONA RURAL.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1497/011_2025_indicacao_iluminacao_publica.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1497/011_2025_indicacao_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>A vossa Excelência Senhor, ELIELSON DA SILVA MORAES - Prefeito Municipal  de Porto Grande, que no uso de suas atribuições legais, através dos quais. Possa: realizar a instalação e/ou manutenção da iluminação pública na Rua Tancredo Neves, localizada no bairro Aeroporto, bem como na Avenida Joaquim Frazão de Araújo, no bairro Palmeiras.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1498/013_2025_indicacao_festividades_religiosas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1498/013_2025_indicacao_festividades_religiosas.pdf</t>
   </si>
   <si>
     <t>A vossa Excelência Senhor, ELIELSON DA SILVA MORAES - Prefeito Municipal de Porto Grande, que no uso de suas atribuições legais, através dos quais. Possa: realizar a criação e implementação de políticas públicas de incentivo às festividades religiosas do município, respeitando a diversidade de crenças e promovendo a valorização das manifestações culturais e espirituais de cada segmento religioso.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_-_011-_waldez_goes_-_aquiscao_de_uma_plantadeira_de_abacaxi.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_-_011-_waldez_goes_-_aquiscao_de_uma_plantadeira_de_abacaxi.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor WALDEZ GÓES, digníssimo MINISTRO DA INTEGRAÇÃO E DO DESENVOLVIMENTO REGIONAL DO BRASIL, através dos quais solicita que seja viabilizado junto à CODEVASF, Aquisição de uma plantadeira  de mudas de abacaxi para beneficiar agricultores da agricultura familiar no Município de Porto Grande.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_-_009_-_waldez_goes_-_aquiscao_de_uma_agroindustria_de_beneficiamento_da__fruticultura_-_copia_-_copia.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_-_009_-_waldez_goes_-_aquiscao_de_uma_agroindustria_de_beneficiamento_da__fruticultura_-_copia_-_copia.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor WALDEZ GÓES, digníssimo MINISTRO DA INTEGRAÇÃO E DO DESENVOLVIMENTO REGIONAL DO BRASIL,  que seja viabilizado junto à CODEVASF, a Construção e Aquisição de Equipamentos para uma Agroindústria de Processamento de Frutas em Sucos e Doces no Município de Porto Grande.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1501/indicacao___-018_-_2025_-_governador_clesio_-__escola_maria_cristina_botelho.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1501/indicacao___-018_-_2025_-_governador_clesio_-__escola_maria_cristina_botelho.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo CLÉSIO LUÍS VILHENA VIEIRA, digníssimo GOVERNADOR DO ESTADO DO AMAPÁ,que seja realizado  com urgência a Reforma da Escola Estadual Maria Cristina Botelho Rodrigues no Município de Porto Grande.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1502/ind_198.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1502/ind_198.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON MORAES PREFEITO MUNICIPAL QUE ENCAMINHE A SECRETARIA DE SAÚDE A SOLICITAÇÃO PARA A REATIVAÇÃO DO PONTO DE APOIO DE SAUDE DA LINHA C.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1508/ind_200_2025_gab_ver_carol_bj.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1508/ind_200_2025_gab_ver_carol_bj.pdf</t>
   </si>
   <si>
     <t>INDICA A EMPRESA EQUATORIAL ENERGIA - AP, A INSTALAÇÃO DE POSTES DE ENERGIA ELETRICA NO BAIRRO SÃO JOSÉ, VISANDO GARANTIR O FORNECIMENTO REGULAR DE ENERGIA E MELHORAR A ILUMINAÇÃO PÚBLICA NO REFERIDO BAIRRO.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1509/ind_200_2025_gab_ver_carol_rocagem_e_manutencao_rua_l.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1509/ind_200_2025_gab_ver_carol_rocagem_e_manutencao_rua_l.pdf</t>
   </si>
   <si>
     <t>INDICA SENHOR DANILO GONÇALVES, SECRETARIO MUNICIPAL, A REALIZAÇÃO DOS SERVIÇOS DE ROÇAGEM E MANUTENÇÃO DA RUA DO LINHÃO, LOCALIZADA NO MUNICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1510/ind_2025_ramal_galho_page-0001.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1510/ind_2025_ramal_galho_page-0001.pdf</t>
   </si>
   <si>
     <t>INDICA SENHOR DANILO GONÇALVES, SECRETARIO MUNICIPAL, A REALIZAÇÃO URGENTE DE SERVIÇOS DE MANUTENÇÃO NO RAMAL DO ASSENTAMENTO MUNGUNBA, INCLUINDO LIMPEZA GERAL, ROÇAGEM DO MATO E PODA DE ÁRVORES.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1514/ind_2025_linha_b.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1514/ind_2025_linha_b.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON MORAES, PREFEITO MUNICIPAL, QUE SEJA REALIZADA A MANUTENÇÃO DO RAMAL LINHA B DO MATAPI.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1515/ind_2025_av_8_agosto.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1515/ind_2025_av_8_agosto.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON MORAES, PREFEITO MUNICIPAL, QUE SEJA REALIZADA A MANUTENÇÃO DA ILUMINAÇÃO PUBLICA DA AVENIDA 8 DE AGOSTO.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1516/ind_2025_km_141_equatorial.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1516/ind_2025_km_141_equatorial.pdf</t>
   </si>
   <si>
     <t>INDICA A EMPRESA CEA EQUATORIAL, QUE SEJA REALIZADA MANUTENÇÃO URGENTE DA FIAÇÃO ELÉTRICA NO RAMAL DO KM 141.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1521/indicacao_nc2ba_54_iluminacao_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1521/indicacao_nc2ba_54_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA NO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>PEDRO JORDÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1522/ind_gab_ver_pedro_jordao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1522/ind_gab_ver_pedro_jordao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXELENTISSIMO SENHOR DAVI ALCOLUMBRE,A DESTINAÇÃO DE EMENDA PARALAMENTAR PARA CONSTRUÇÃO DE UMA ESCOLA DE ENSINO FUNDAMENTAL NO BAIRRO DO MANOEL CORTEZ,MUNICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1523/indicacao_nc2ba_58_saude_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1523/indicacao_nc2ba_58_saude_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A AQUISIÇÃO DE MEDICAMENTOS DE SAÚDE BÁSICO PARA A UBS DO VILA NOVA.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_020_-_carlos_eduardo_instituto_leo_moura.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_020_-_carlos_eduardo_instituto_leo_moura.pdf</t>
   </si>
   <si>
     <t>INDICA ao Ilustríssimo Senhor CARLOS EDUARDO MARTINS VERAS, digníssimo Diretor de Projetos do Instituto Léo Moura , Que o Projeto Passaporte Para Vitória, do Instituto Léo Moura ( Escolinha de Futebol) seja estendido até as comunidades rurais do Cupixi e Matapi em nosso Município.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_nc2ba_60_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_nc2ba_60_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM, A MANUTENÇÃO DO RAMAL PRINCIPAL DO VILA NOVA.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_nc2ba_57_saude5d_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_nc2ba_57_saude5d_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A LOCAÇÃO OU CONTRATAÇÃO DE UM(A) ENFERMEIRO(A) PARA ATENDER A COMUNIDADE DO VILA NOVA.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_nc2ba_61_saude_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_nc2ba_61_saude_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE SAÚDE, JEFFERSON RONEY OLIVEIRA DA SILVA, QUE PROVIDENCIE O AUMENTO DA FREQUÊNCIA DE ATENDIMENTO, ALTERANDO A ESCALA DE ATENDIMENTO MÉDICO DE UM A CADA 30 DIAS PARA UM A CADA 15 DIAS.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1534/indicacao_nc2ba_62_malafaia_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1534/indicacao_nc2ba_62_malafaia_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR, DEPUTADO FEDERAL DORINALDO MALAFAIA, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE CONSTRUIR, NO BAIRRO DO MANOEL CORTEZ, UMA ESCOLA MUNICIPAL.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_nc2ba_63_randolfe_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_nc2ba_63_randolfe_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR SENADOR DA REPÚBLICA, RANDOLFE RODRIGUES, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE CONSTRUIR UMA ESCOLA DE ENSINO MÉDIO NO BAIRRO NOVA ESPERANÇA EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_nc2ba_64_josenildo_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_nc2ba_64_josenildo_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DEPUTADO FEDERAL, JOSENILDO ABRANTES, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE ADQUIRIR UM ÔNIBUS PARA O PROGRAMA ÔNIBUS UNIVERSITÁRIO EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_nc2ba_65_josenildo_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_nc2ba_65_josenildo_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHORA DEPUTADA FEDERAL, GORETH SOUZA, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE ADQUIRIR UM ÔNIBUS PARA O PROGRAMA ÔNIBUS UNIVERSITÁRIO EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_nc2ba_66_waldez_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_nc2ba_66_waldez_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ANTÔNIO WALDEZ GÓES, MINISTRO DA INTEGRAÇÃO NACIONAL E DESENVOLVIMENTO REGIONAL, A ARTICULAÇÃO, JUNTO AO MINISTÉRIO DA EDUCAÇÃO, PARA IMPLANTAR EM PORTO GRANDE, UM CAMPUS UNIVERSITÁRIO DA UNIVERSIDADE FEDERAL DO AMAPÁ.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>INDICA A SENHORA MARCELE TETE DOS SANTOS, PRESIDENTE DOS CONSELHEIROS TUTELAR DE PORTO GRANDE, A CRIAÇÃO DE ESCALA DE PLANTÃO PARA CONSELHEIROS TUTELARES DURANTE EVENTOS PULBLICOS MUNICIPAIS,ESPECIALMENTE NAS FESTIVIDADES OFICIAIS.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>INDICA AO EXELENTISSIMO SENHOR WALDEZ GOES ,MINISTRO DE ESTADO, EM CONJUNTO COM A CODESVAVP, A DISPONIBILIZAÇÃO DE 1 VEICULO 4X4 E UMA LANCHA PARA EQUIPAR A SECRETARIAMUNICIPAL DE DEFESA CIVIL DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao_nc2ba_59_saude_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao_nc2ba_59_saude_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A AQUISIÇÃO DE MEDICAMENTOS BÁSICOS PARA A UBS DO VILA NOVA.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1545/indicacao_nc2ba_55_rocagem_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1545/indicacao_nc2ba_55_rocagem_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor Prefeito Municipal, Elielson da Silva Moraes, que PROVIDENCIE A ROÇAGEM DAS VIAS _x000D_
 PÚBLICAS DO LINHÃO.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1546/014_2025_indicacao_ifa.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1546/014_2025_indicacao_ifa.pdf</t>
   </si>
   <si>
     <t>A vossa Excelência Senhor, ELIELSON DA SILVA MORAES - Prefeito Municipal de Porto Grande, que no uso de suas atribuições legais, através dos quais. Possa: Realizar a criação de Projeto de Lei, com objetivo de conceder Incentivo Financeiro Adicional (IFA), aos Agentes Comunitários de Saúde (ACS) e aos Agentes de Combate às Endemias (ACE), do município de Porto Grande-AP, como forma de reconhecimento e valorização destes profissionais que exercem papel fundamental na promoção da saúde e na prevenção de doenças em nossa comunidade.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_021_-_prefeito_elielson_moraes_-_iluminacao_sao_jorge.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_021_-_prefeito_elielson_moraes_-_iluminacao_sao_jorge.pdf</t>
   </si>
   <si>
     <t>Que seja realizado a implantação de iluminação pública na Rua São Jorge, no trecho entre a BR  bairro da Copalma e o bairro Nova Esperança</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1548/015_2025_indicacao_aee_pagamento_professores.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1548/015_2025_indicacao_aee_pagamento_professores.pdf</t>
   </si>
   <si>
     <t>A vossa Excelência Senhor, ELIELSON DA SILVA MORAES - Prefeito Municipal de Porto Grande, que no uso de suas atribuições legais, através dos quais. Possa: Realizar a adoção de medidas para o pagamento do reajuste salarial aos professores, e demais profissionais da educação, que atuam no Atendimento Educacional Especializado – AEE, no município de Porto Grande-AP.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1550/ccf13052025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1550/ccf13052025.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON MORAES QUE SEJA REALIZADA A REESTRUTURAÇÃO DO PONTO DE APOIO AOS RIBEIRINHOS NO BAIRRO BRASIL TROPICAL.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1551/ccf13052025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1551/ccf13052025.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON MORAES QUE SEJA REALIZADO O PAGAMENTO DA GRATIFICAÇÃO DOS PROFESSORES DO ATENDIMENTO EDUCACIONAL ESPECIALIZADO (AEE) DA REDE MUNICIPAL DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1552/ccf13052025_0002.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1552/ccf13052025_0002.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON MORAES QUE SEJA REALIZADA A REFORMA E MANUTENÇÃO NA UBS DO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON MORAES QUE SEJA REALIZADA A REESTRUTURAÇÃO DA UBS DO BAIRRO DO AEROPORTO.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1554/ccf13052025_0003.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1554/ccf13052025_0003.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENADOR RANDOLFE RODRIGUES, QUE SEJA VIABILIZADO RECURSOS PARA AQUISIÇÃO DE UM TRATOR DE RODA PARA O ASSENTAMENTO DO MUNGUBA.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1555/ccf13052025_0004.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1555/ccf13052025_0004.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENADOR RANDOLFE RODRIGUES QUE SEJA VIABILIZADO RECURSOS PARA AQUISIÇÃO DE UM TRATOR DE RODA PARA O ASSENTAMENTO MANOEL JACINTO.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>INDICA AO SENADOR RANDOLFE RODRIGUES QUE SEJA VIABILIZADO RECURSOS PARA AQUISIÇÃO DE UM TRATOR E RODA COM TODOS OS IMPLEMENTOS AGRÍCOLAS PARA O ASSENTAMENTO NOVA CANAÃ.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>233</t>
   </si>
@@ -4106,874 +4106,874 @@
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor Randolfe Rodrigues, Senador da República, que seja destinada emenda parlamentar para a aquisição de insumos agrícolas, como calcário e adubos químicos, destinados aos produtores rurais do município de Porto Grande-AP.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON MORAES, PREFEITO DE PORTO GRANDE, QUE SEJA REALIZADA A SEGUINTE AÇÃO: CONTRATAÇÃO DE PROFISSIONAIS PARA O CENTRO DE REABILITAÇÃO DA ÁREA 6.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1566/ind_240_jr_colares.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1566/ind_240_jr_colares.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON MORAES, PREFEITO DE PORTO GRANDE, QUE SEJA REALIZADA A SEGUINTE AÇÃO: MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NA RUA MARANHÃO COM A RUA 8 DE AGOSTO – BAIRRO DAS PALMEIRAS.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_pipa.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_pipa.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar ao Excelentíssimo Senhor Prefeito Municipal de Porto Grande, Elielson Moraes, que seja providenciado um espaço público exclusivo e seguro para a prática de soltar pipas, voltado especialmente aos jovens e adolescentes do município.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_iluminacao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_iluminacao.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar ao Excelentíssimo Senhor Prefeito Municipal de Porto Grande, Elielson Moraes, que seja providenciada a instalação de iluminação pública no bairro Brasil Tropical, neste município.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_-_023_-acacio_favacho__-_emenda_construcao__da_casa_da_cultura_do_abacaxi.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_-_023_-acacio_favacho__-_emenda_construcao__da_casa_da_cultura_do_abacaxi.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO - CONSTRUÇÃO DE CASA DA CULTURA DO ABACAXI NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_-_024_-acacio_favacho__-_pocos_artesianos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_-_024_-acacio_favacho__-_pocos_artesianos.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO - PERFURAÇÃO DE POÇOS ARTESIANOS COMUNITÁRIOS PARA ATENDER AS COMUNIDADES RURAIS DA AGRICULTURA FAMILIAR</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_antena_de_protecao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_antena_de_protecao.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar ao Excelentíssimo Senhor Prefeito Municipal de Porto Grande, Elielson Moraes, que providencie, distribuição de antenas de proteção para motociclistas e ciclistas, como medida preventiva contra acidentes causados por linhas com cerol ou linha chilena.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_-_025_-_davi_alcolumbre_-_programa_luz_para_todos_-_manoel_jacinto.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_-_025_-_davi_alcolumbre_-_programa_luz_para_todos_-_manoel_jacinto.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO - IMPLEMENTAÇÃO DA CONTINUIDADE DO PROGRAMA LUZ PARA TODOS NO ASSENTAMENTO MANOEL JACINTO</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>INDICA À EMPRESA CEA EQUATORIAL ENERGIA A INSTALAÇÃO DE 400 SISTEMAS DE GERAÇÃO DE ENERGIA SOLAR FOTOVOLTAICA NO MUNICÍPIO DE PORTO GRANDE, COM O OBJETIVO DE ATENDER FAMÍLIAS RESIDENTES EM COMUNIDADES RURAIS, RIBEIRINHAS E ASSENTAMENTOS.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_rua_soldado_miguel.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_rua_soldado_miguel.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar ao Excelentíssimo Senhor Prefeito Municipal de Porto Grande, Elielson Moraes, que seja providenciado, com urgência, o serviço de restauração da iluminação pública na Rua Soldado Miguel, localizada no bairro Nova Esperança.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1583/indicacao_nc2ba_70_rocagem._escola_docx_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1583/indicacao_nc2ba_70_rocagem._escola_docx_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A ROÇAGEM NA ESCOLA MUNICIPAL DO MATAPI NA LINHA B.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1584/indicacao_nc2ba_71_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1584/indicacao_nc2ba_71_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A PAVIMENTAÇÃO DA AVENIDA DOIS NO BAIRRO DO AEROPORTO.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_nc2ba_72_cea_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_nc2ba_72_cea_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO PRESIDENTE DO GRUPO CEA EQUATORIAL DO AMAPÁ, AUGUSTO DANTAS, QUE PROVIDENCIE A RETIRADA DE FIOS EM DESUSO DAS VIAS URBANAS DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_026_-_prefeito_elielson_moraes_-manutencao_da_linha_h.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_026_-_prefeito_elielson_moraes_-manutencao_da_linha_h.pdf</t>
   </si>
   <si>
     <t>Que seja realizado a manutenção da  Linha H da Colônia Agrícola do Matapi, em função que a Estrada se encontra em péssimas condições.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1587/020_2025_indicacao_pick_up_voadeira_e_motor.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1587/020_2025_indicacao_pick_up_voadeira_e_motor.pdf</t>
   </si>
   <si>
     <t>A vossa Excelência Senhor, LUCAS BARRETO – Senador da República/AP, que no uso de suas atribuições legais, através dos quais. Possa: Realizar a destinação de recursos via emenda parlamentar, para aquisição de 03 (três) Veículos Modelo Pick-up, 02 (duas) Voadeiras e dois 02 (dois) Motores de popa 30hp, para a Estratégia Saúde da Família – ESF, Vigilância Sanitária e Divisão de Combate às _x000D_
 Endemias, do Município de Porto Grande-AP.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1588/indicacao_nc2ba_67_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1588/indicacao_nc2ba_67_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A PAVIMENTAÇÃO E INSTAURAÇÃO DE SISTEMA DE DRENAGEM DA RUA NOVA JERUSALÉM NO BAIRRO DO AEROPORTO.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_nc2ba_68_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_nc2ba_68_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A PAVIMENTAÇÃO COM INSTAURAÇÃO DE SISTEMA DE DRENAGEM DA RUA 13 DE MAIO NO BAIRRO DO AEROPORTO.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1590/021_2025_indicacao_codigo_sanitario.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1590/021_2025_indicacao_codigo_sanitario.pdf</t>
   </si>
   <si>
     <t>A vossa Excelência Senhor, ELIELSON DA SILVA MORAES - Prefeito Municipal de Porto Grande, que no uso de suas atribuições legais, através dos quais. Possa: Realizar estudos para a criação de Projeto de Lei, com objetivo de elaboração e implementação do Código Sanitário Municipal, visando garantir normas claras e eficazes para a proteção da saúde pública e o bem-estar da população.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_-_027_-luis_carlos__-_secretario_estadual_das_cidades.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_-_027_-luis_carlos__-_secretario_estadual_das_cidades.pdf</t>
   </si>
   <si>
     <t>QUE ENCAMINHE PARA CONHECIMENTO E ACOMPANHAMENTO TODOS OS  CONVÊNIOS FIRMADOS DESDE 2023 ATÉ A PRESENTE DATA  DE LIMPEZA PÚBLICA E COMBUSTÍVEL PARA O MUNICÍPIO DE PORTO GRANDE</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1592/indicacao_nc2ba_69_infra_escola_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1592/indicacao_nc2ba_69_infra_escola_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE EDUCAÇÃO, CLEIDISOM RIBEIRO ALVES, QUE PROVIDENCIEM A MANUTENÇÃO NA JANELA E A INSTAURAUÇÃO DE UMA MURETA NA ESCOLA MUNICIPAL DO MATAPI LINHA B.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1593/ind_259_-_indicacao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1593/ind_259_-_indicacao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL ELIELSON MORAES, A CONSTRUÇÃO DE UMA ESCOLA MUNICIPAL E UMA QUADRA POLIESPORTIVA NO ASSENTAMENTO DO CANAÃ.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1594/ind_260_-_indicacao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1594/ind_260_-_indicacao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL ELIELSON MORAES, A REALIZAÇÃO DE OBRAS DE DRENAGEM E PAVIMENTAÇÃO NA RUA PADRE LUIZ DAVID, NO TRECHO QUE DÁ ACESSO AO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1595/ind_261_-_indicacao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1595/ind_261_-_indicacao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL ELIELSON MORAES, A IMPLATAÇÃO DE UM CENTRO DE ATENDIMENTO ESPECIALIZADO PARA PESSOAS COM TRANSTORNO DO ESPECTO AUTISTA (TEA) - CENTRO MUNDO AZUL.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>INDICA AO DEPUTADO FEDERAL ACÁCIO FAVACHO, A DESTINAÇÃO DE RECURSOS PARA A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA EM COMUNIDADE RURAL DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>INDICA AO SENADOR DAVI ALCOLUMBRE, A IMPLATAÇÃO DO CENTRO TECNOLÓGICO - SAMAÚMA TECH NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_027_-_cristovao_-_meio_ambiente.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_027_-_cristovao_-_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a Revitalização do Horto Municipal do Município de Porto Grande.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1600/ind_266_-_indicacao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1600/ind_266_-_indicacao.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR DANILO GONÇALVES, SECRETARIO MUNICIPAL DE INFRAESTRUTURA, QUE SEJA REALIZADA LIMPEZA E MANUTENÇÃO DA PRAÇA DO ABACAXI.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1601/ind_267_-_indicacao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1601/ind_267_-_indicacao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL ELIELSON MORAES, QUE SEJA ELABORADO E PUBLICADO DECRETO MUNICIPAL PARA A INTERDIÇÃO DA RUA DO BALNEÁRIO AO TRÁFEGO DE VEÍCULOS DE PASSEIO DURANTE OS FINAIS DE SEMANA.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1602/ind_268_-_indicacao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1602/ind_268_-_indicacao.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR DANILO GONÇALVES, SECRETARIO MUNICIPAL DE INFRAESTRUTURA, QUE SEJA REALIZADA A COLOCAÇÃO OU ISOLAMENTO DE TAMPAS EM BUEIROS ABERTO LOCALIZADOS NA RUA MARANHÃO E NA AV. MÁRIO CRUZ, NO BAIRRO DAS PALMEIRAS.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>INDICA AO GOVERNADOR CLECIO LUIS, A SOLICITAÇÃO DA INSTALAÇÃO DE COBERTURA NA QUADRA POLIESPORTIVA DA ESCOLA ESTADUAL MATAPI II, LOCALIZADA NA COLÔNIA AGRICOLA DO MATAPI, LINHA "A".</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>INDICA AO GOVERNADOR CLECIO LUIS, A SOLICITAÇÃO DA REFORMA DA ESCOLA ESTADUAL MATAPI II, LOCALIZADA NA COLÔNIA AGRICOLA DO MATAPI, LINHA "A".</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>INDICA AO MINISTRO WALDEZ GOES, A DOAÇÃO DE UMA PLANTADEIRA DE ABACAXI E MACAXEIRA PARA AS ASSOCIAÇÕES (AMAEM, ASPA-PG e APPIG).</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>INDICA AO MINISTRO WALDEZ GOES, A DOAÇÃO DE DOIS MICRO TRATOR DE RODA COM TODOS OS IMPLEMENTOS AGRICOLAS PARA AS ASSOCIAÇÕES (AMAEM, ASPA-PG, APPIG e ASOAMP).</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1610/indicacao_029_-_prefeito_elielson_moraes_-equipe_multidisciplinar_autistas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1610/indicacao_029_-_prefeito_elielson_moraes_-equipe_multidisciplinar_autistas.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONTRATADO UMA EQUIPE MULTIDISCIPLINAR PARA ATENDER CRIANÇAS E ADOLESCENTES COM TEA NO CAPS DO MUNICÍPIO DE PORTO GRANDE</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_nc2ba_73_rocagem._escola_docx_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_nc2ba_73_rocagem._escola_docx_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A ROÇAGEM PERIÓDICA DO ESPAÇO DA PRAÇA E DO CENTRO COMUNITÁRIO DA LINHA C DO MATAPI.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_nc2ba_74_sec._juiventude_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_nc2ba_74_sec._juiventude_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A CRIAÇÃO DA SECRETARIA MUNICIPAL DE JUVENTUDE.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_nc2ba_75_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_nc2ba_75_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A PAVIMENTAÇÃO DA VIA PRINCIPAL DO MONTE TABOR.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1616/quadra_esc_maranhao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1616/quadra_esc_maranhao.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON MORAES, PREFEITO MUNICIPAL, QUE SEJA VIABILIZADA A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NA ESCOLA MUNICIPAL MARANHÃO DO MATAPI, SITUADA NA COMUNIDADE.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1617/reparo_escola_maranhao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1617/reparo_escola_maranhao.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON MORAES, PREFEITO MUNICIPAL, QUE SEJAM PROVIDENCIADOS OS SEGUINTES REPAROS ESTRUTURAIS NA ESCOLA MUNICIPAL MARANHÃO DO MATAPI: REPARO NO SISTEMA DE ABASTECIMENTO DE ÁGUA DO POÇO, TROCA DA JANELA QUEBRADA E A CONSTRUÇÃO DE UMA MURETA DE PROTEÇÃO NA ÁREA DO REFEITÓRIO.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1620/ind_279_2025_gab_vera_carol_monteiro.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1620/ind_279_2025_gab_vera_carol_monteiro.pdf</t>
   </si>
   <si>
     <t>INDICA, AO PREFEITO MUNICIPAL DE PORTO GRANDE, ELIELSON DA SILVA MORAES, A DEMARCAÇÃO DOS PONTOS TURISTICOS DO MUNICIPIO DE PORTO GRANDE E A DIVULÇAÇÃO DESTA INFORMAÇÕES NO SITE E NAS REDES SOCIAIS.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>INDICAÇÃO SOLICITA A ILUMINAÇÃO PULBLICA NA REFERIDA VIA SUPRACITADA QUE FOI APRESENTADA POR POR UMA MORADORA DA VILA MILITAR, QUE RELATOU AS DIFICULDADES ENFRENTADAS PELA COMUNIDADE DEVIDO A FALTA DE ILUMINAÇÃO PULBLICA NA VILA MILITAR , LOCALIZADA NA ALAMEDA 3, NO BAIRRO NOVA ESPERANÇA AREA 6.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1622/ind_281_2025_gab_vera_carol_monteiro.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1622/ind_281_2025_gab_vera_carol_monteiro.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR MARCELLO VIEIRA LINHARES, SUPERITENDENTE REGIONAL DO DNIT NO ESTADO DO AMAPA, A INSTALAÇÃO DE ILUMINAÇÃO PULBLICA E SINALIZAÇÃO VERTICAL AO LONGO DO TRECHO DA BR-210,NO BAIRRO NOVA ESPERANÇA NA AREA 6.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1623/ind_282_2025_gab_vera_sueli_souza.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1623/ind_282_2025_gab_vera_sueli_souza.pdf</t>
   </si>
   <si>
     <t>INDICA, AO SENHOR MINISTRO WALDEZ GOES, A DESTINAÇÃO DE UMA PLANTADEIRA DE ABACAIXI PARA A ASSOCIAÇÃO AGPNEFA, SITUADA NO MUNICIPIO DE PORTO GRANDE-AP.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1624/ind_283_2025_gab_vera_sueli_souza.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1624/ind_283_2025_gab_vera_sueli_souza.pdf</t>
   </si>
   <si>
     <t>INDICA, AO SENHOR MINISTRO WALDEZ GOES, QUE VIABILIZE, ATRAVES DA CODESVASF, A DOAÇÃO DE UM TRATOR DE RODAS PARA A ASSOCIAÇÃO AGPNEFA, LOCALIZADA NA COMUNIDADE CAMPO VERDE, MUNICIPIO DE PORTO GRANDE-AP.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1625/ind_284_2025_gab_vera_sueli_souza.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1625/ind_284_2025_gab_vera_sueli_souza.pdf</t>
   </si>
   <si>
     <t>INDICA, AO SENHOR MINISTRO WALDEZ GOES, QUE VIABILIZE, ATRAVES DA CODESVASF, A DOAÇÃO DE UM MICROTRATOR DE RODAS PARA A ASSOCIAÇÃO DA LINHA B, DO MATAPI, MUNICIPIO DE PORTO GRANDE-AP.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1626/ind_285_2025_gab_vera_sueli_souza.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1626/ind_285_2025_gab_vera_sueli_souza.pdf</t>
   </si>
   <si>
     <t>INDICA, AO SENHOR CRISTOVÃO NASCIMENTO DE CARVALHO, SECRETARIO MUNICIPAL DO MEIO AMBIENTE , QUE REALIZE FISCALIZAÇÕES NAS OFICINAS E GARAGENS DE EMPRESAS NO MUNICIPIO DE PORTO GRANDE , COM OBJETIVO DE COMBATER O DESCARTE IRREGULAR DE OLEO DIRETAMENTE NO SOLO.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1629/indicacao_invasao_do_aeroporto._assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1629/indicacao_invasao_do_aeroporto._assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SECRETÁRIO DE INFRAESTRUTURA, SENHOR DANILO GONÇALVES NASCIMENTO, A LIMPEZA E MANUTENÇÃO DA RUA PRINCESA DAYANE BAIRRO AEROPORTO POR TRÁS DA ESCOLA DÃO FERREIRA E AS DEMAIS RUAS E AVENIDAS DA INVAÇÃO DO AEROPORTO.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1630/indicacao_nc2ba_81_rocagem._docx_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1630/indicacao_nc2ba_81_rocagem._docx_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A DEVIDA MANUTENÇÃO DO FORRO DA UBS DO MUNGUBA.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1631/indicacao_nc2ba_77_rocagem._docx_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1631/indicacao_nc2ba_77_rocagem._docx_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A ROÇAGEM NO ENTORNO DO SISTEMA DE ABASTECIMENTO DE ÁGUA DO MUNGUBA.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1632/indicacao_travessa_24_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1632/indicacao_travessa_24_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo senhor Elielson da Silva Moraes – Prefeito Municipal, que seja viabilizado junto à Secretaria Municipal de infraestrutura, a limpeza e manutenção da travessa 24, Bairro; Nova Esperança</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_rua_01_bairro_nova_esperanca.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_rua_01_bairro_nova_esperanca.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo senhor Elielson da Silva Moraes – Prefeito Municipal, que seja viabilizado junto à Secretaria Municipal de infraestrutura, para providencia a LIMPEZA, MANUTENÇÃO E DA RUA 01, BAIRRO NOVA ESPERANÇA</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_av_janary_nunes_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_av_janary_nunes_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SECRETÁRIO DE INFRAESTRUTURA, SENHOR DANILO GONÇALVES NASCIMENTO, A MANUTENÇÃO E REPARO DA CAIXA DE DRENAGEM PROFUNDA DA RUA JANARY NUNES, PRÓXIMO DO RIO ARAGUARI, ALÉM DA LIMPEZA DA AVENIDA.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1635/indicacao_nc2ba_79_rocagem._docx_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1635/indicacao_nc2ba_79_rocagem._docx_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE, EM REGIME DE URGÊNCIA, A ROÇAGEM DA RUA 13 DE OUTUBRO NO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1636/indicacao_rua_03_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1636/indicacao_rua_03_assinado.pdf</t>
   </si>
   <si>
     <t>, INDICAR ao Excelentíssimo senhor Elielson da Silva Moraes – Prefeito Municipal, que seja viabilizado junto à Secretaria Municipal de infraestrutura, para providencia a LIMPEZA E MANUTENÇÃO DA RUA 03, BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_maria_luiza_manoel_cortez_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_maria_luiza_manoel_cortez_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SECRETÁRIO DE INFRAESTRUTURA, SENHOR DANILO GONÇALVES NASCIMENTO, A LIMPEZA E TERRAPLANAGEM DA RUA; MARIA LUIZA FERREIRA BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1639/indicacao_nc2ba_80_randolfe_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1639/indicacao_nc2ba_80_randolfe_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR SENADOR DA REPÚBLICA, RANDOLFE RODRIGUES, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE CONSTRUIR A COBERTURA DO ESTÁDIO MUNICIPAL CHARLES BRITO EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_76_adao_ferreira_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_76_adao_ferreira_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE EDUCAÇÃO, CLEIDISOM RIBEIRO ALVES, QUE PROVIDENCIEM MELHORIAS NA ESTRUTURA DA ESCOLA MUNICIPAL ADÃO FERREIRA DE SOUSA, INCLUINDO: INSTALAÇÃO DE GRADES NA SALA MAKER, CLIMATIZAÇÃO DO REFEITÓRIO E DA COZINHA, IMPLANTAÇÃO DE UM SISTEMA ADEQUADO DE ESCOAMENTO DE ÁGUAS PLUVIAIS, APLICAÇÃO DE PISO APROPRIADO PARA CRIANÇAS E REALIZAÇÃO DE PLANTIO DE ÁRVORES NO ENTORNO DA ESCOLA.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1641/indicacao_77_centro_wilson_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1641/indicacao_77_centro_wilson_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE EDUCAÇÃO, CLEIDISOM RIBEIRO ALVES, QUE PROVIDENCIEM MELHORIAS NA ESTRUTURA DO CENTRO DE EDUCAÇÃO INFANTIL PROFESSOR WILSON FERREIRA, INCLUINDO: A CRIAÇÃO DE UM REFEITÓRIO ADEQUADO E SEPARADO DA COZINHA, A CONSTRUÇÃO DE UM ESPAÇO APROPRIADO PARA RECREAÇÃO INFANTIL, REESTRUTURAÇÃO DO TELHADO E A CONSTRUÇÃO DE UM BANHEIRO EXCLUSIVO PARA OS FUNCIONÁRIOS DA ESCOLA.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1642/indicacao_nc2ba_82_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1642/indicacao_nc2ba_82_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A MANUTENÇÃO PERÍODICA DA VIA PRINCIPAL DO ASSENTAMENTO DO MUNGUBA.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON MORAES A REALIZAÇÃO DE SERVIÇOS DE MANUTENÇÃO E LIMPEZA NAS LINHAS E RAMAIS DA VILA MUNGUBA DE FORA, ZONA RURAL DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON MORAES A REABERTURA DO POSTO DE SAÚDE DA VILA MUNGUBA DE FORA, LOCALIZADA NA ZONA RURAL DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_nc2ba_91_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_nc2ba_91_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A AQUISIÇÃO DE: 03 CENTRAIS DE 9000BTU, 03 CENTRAIS DE 12000BTU, 01 CENTRAL DE 18000BTU, 01 SMARTPHONE E 02 NOTEBOOKS DELL PARA A CASA DE ACOLHIMENTO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1654/022_2025_indicacao_servicos_de_limpeza_bairro_manoel_cortez.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1654/022_2025_indicacao_servicos_de_limpeza_bairro_manoel_cortez.pdf</t>
   </si>
   <si>
     <t>A vossa Excelência Senhor, ELIELSON DA SILVA MORAES - Prefeito Municipal de Porto Grande, que no uso de suas atribuições legais, através dos quais. Possa: realizar serviços de limpeza e serviço paliativo de raspagem com máquina motoniveladora, visando melhorar as condições de tráfego e a segurança dos moradores da avenida Luiz Marques Cunha, rua Jansem da Silva Castelo Branco, rua 12 de outubro, rua 15 de novembro no bairro Manoel Cortez.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1655/indicacao_nc2ba_87_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1655/indicacao_nc2ba_87_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A MANUTENÇÃO, INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA NA RUA JOSÉ DA SILVA PARANHOS, NA ENTRADA DO BAIRRO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_nc2ba_90_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_nc2ba_90_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A AQUISIÇÃO DE COMPUTADORES PARA A VIGILÂNCIA SANITÁRIA.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_nc2ba_86_saude_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_nc2ba_86_saude_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR GOVERNADOR CLÉCIO LUIS, COM CÓPIAS AO SENHOR RORINALDO GONÇALVES, DIRETOR-PRESIDENTE DO DETRAN AMAPÁ, A IMPLANTAÇÃO DE UMA FAIXA DE PEDESTRES ELEVADA, NA RODOVIA PERIMETRAL NORTE, NA ENTRADA DO BAIRRO NOVA ESPERANAÇA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_nc2ba_89_malafaia_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_nc2ba_89_malafaia_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR, DEPUTADO FEDERAL DORINALDO MALAFAIA, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM INTUITO DE ADQUIRIR UMA PICK-UP PARA A VIGILÂNCIA SANITÁRIA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1660/indicacao_nc2ba_85_saude_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1660/indicacao_nc2ba_85_saude_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR GOVERNADOR CLÉCIO LUIS, QUE SEJA REALIZADO UM ESTUDO TÉCNICO E DE VIABILIDADE, SOBRE A INCLUSÃO DE ATENÇÃO PSICOLOGICA NAS ESCOLAS ESTADUAIS, PARA ALUNOS E PROFISSIONAIS NO MUNICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1662/ind_vera_eliza_gama_limpeza_cemiterio_matapi_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1662/ind_vera_eliza_gama_limpeza_cemiterio_matapi_assinado.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Elielson da silva Moraes, A limpeza, iluminação e manutenção do cemitério do Mapati.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1663/indicacao_nc2ba_88_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1663/indicacao_nc2ba_88_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A NOTIFICAÇÃO A PROPRIETÁRIOS DE TERRENOS BALDIOS NA ZONA URBANA DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1664/indicacao_nc2ba_84_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1664/indicacao_nc2ba_84_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A INSTAURAÇÃO DE SINALIZAÇÃO NA RUA ANTÔNIO DA SILVA SANTOS COM A AVENIDA SANTA IZABEL NO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1665/indicacao_nc2ba_83_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1665/indicacao_nc2ba_83_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A MANUTENÇÃO, INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA E ROÇAGEM DA VIA LOCALIZADA NO BAIRRO MANOEL CORTEZ PRÓXIMA A TRAVESSA MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1666/ind_vera_eliza_gama_cedido_ou_doado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1666/ind_vera_eliza_gama_cedido_ou_doado.pdf</t>
   </si>
   <si>
     <t>INDICO AO PREFEITO ELIELSON DA SILVA MORAES,QUE SEJA DOADO OU CEDIDO UM TERRENO NESTE MUNICÍPIO,PARA A INSTALÇÃO DO INSTITURO ABRAÇA-ME NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES A ADIÇÃO DE UMA CARRADA DE AREIA NO PARQUINHO INFANTIL LOCALIZADO NA ORLA MUNICIPAL DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL ELIELSON MORAES, QUE SEJAM REALIZADOS SERVIÇOS DE ILUMINAÇÃO PÚBLICA E MANUTENÇÃO NA RUA JOSÉ AIRTON NASCIMENTO, NO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
@@ -4995,3543 +4995,3543 @@
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>INDICA À SENHORA PRESIDENTE DA CÂMARA, VEREADORA CAROL, A REALIZAÇÃO DE UMA SESSÃO ITINERANTE NO KM 117 – CAMPO VERDE, NO CENTRO COMUNITÁRIO DA COMUNIDADE.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL ELIELSON MORAES, QUE SEJA SEJAM CONSTRUÍDAS CALÇADAS COM ACESSIBILIDADE NOS CEMITÉRIOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1673/indicac__casa_da_farinha_28129_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1673/indicac__casa_da_farinha_28129_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO  SENHOR WALDEZ GÓES, MINISTRO DA INTEGRAÇÃO E DESENVOLVIMENTO REGIONAL DO BRASIL, A SOLICITAÇÃO DE DOAÇÃO DE UMA CASA DE FARINHA MECANIZADA PARA AS ASSOCIAÇÕES: AMAEM (ASSOCIAÇÃO DE MULHERES AGRICULTORAS E EMPREENDEDORAS DO MATAPI), APPIG (ASSOCIAÇÃO DOS PRODUTORES PICO DO GADELHA), APRAM (ASSOCIAÇÃO DOS PRODUTORES RURAIS DO ASSENTAMENTO DO MUNGUBA) E APRAAF (ASSOCIAÇÃO DOS PRODUTORES E AGROEXTRATIVISTAS DE ASSENTAMENTO E ÁREAS FUNDIÁRIAS).</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1674/indicacao_centro_comunitario_assinado_1.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1674/indicacao_centro_comunitario_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SECRETÁRIO DE INFRAESTRUTURA, SENHOR DANILO GONÇALVES NASCIMENTO, A LIMPEZA, ROÇAGEM E MANUTENÇÃO DOS BANHEIROS DO CENTRO COMUNITÁRIO, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_3-_deputado_estadual_rodolfo_28129_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_3-_deputado_estadual_rodolfo_28129_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR RODOLFO VALE, DEPUTADO ESTADUAL DO AMAPÁ, A VIABILIZAÇÃO DE RECURSOS, POR MEIO DE EMENDA IMPOSITIVA, PARA A AQUISIÇÃO DE UM TRATOR DE RODAS COM TODOS OS IMPLEMENTOS AGRÍCOLAS, DESTINADO À APRAM (ASSOCIAÇÃO DOS PRODUTORES RURAIS DO ASSENTAMENTO DO MUNGUBA), APRAAF (ASSOCIAÇÃO DOS PRODUTORES E AGROEXTRATIVISTAS DE ASSENTAMENTO E ÁREAS FUNDIÁRIAS) E ASOAMP (ASSOCIAÇÃO DE MULHERES TRABALHADORAS FAMILIARES DO MUNICÍPIO DE PORTO GRANDE/AP).</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_2-deputado_estadual_rodolfo_vale_28129_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_2-deputado_estadual_rodolfo_vale_28129_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR RODOLFO VALE, DEPUTADO ESTADUAL DO AMAPÁ, A VIABILIZAÇÃO DE RECURSOS, POR MEIO DE EMENDA IMPOSITIVA, PARA A COMPRA DE INSUMOS AGRÍCOLAS DESTINADOS ÀS ASSOCIAÇÕES DE AGRICULTORES DO MUNICÍPIO DE PORTO GRANDE/AP.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1677/indicac__tv_e_cadeiras_atualizado_28129_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1677/indicac__tv_e_cadeiras_atualizado_28129_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, A DISPONIBILIZAÇÃO DE TELEVISÕES E CADEIRAS AOS PACIENTES EM TODAS AS UNIDADES BÁSICAS DE SAÚDE DA SEDE E DA ZONA RURAL DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_cemiterio_da_paz_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_cemiterio_da_paz_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SECRETÁRIO DE INFRAESTRUTURA, SENHOR DANILO GONÇALVES NASCIMENTO, LIMPEZA, ROÇAGEM E MANUTENÇÃO DAS LÂMPADAS DO CEMITÉRIO DO PAZ</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1679/indicac__iluminacao_28129_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1679/indicac__iluminacao_28129_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, A SOLICITAÇÃO PARA QUE SEJA INSTALADA ILUMINAÇÃO PÚBLICA NAS REPARTIÇÕES PÚBLICAS DE TODA A ZONA RURAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1685/indicacao_fibramialgia_estudo_00_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1685/indicacao_fibramialgia_estudo_00_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO A SECRETÁRIA DE SAÚDE ATRAVES DO SECRETARIO JESSERSON RONEY; SOLICITO O ESTUDO PARA IMPLANTAÇÃO DE POLÍTICAS PÚBLICAS VOLTADAS A PACIENTES DIAGNOSTICADOS COM FIBROMIALGIA. (A criação do Núcleo de Atenção à Pessoa com Fibromialgia (NAPFI)</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao-reparos_no_compressor_da_cadeira_odontologica_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao-reparos_no_compressor_da_cadeira_odontologica_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR JEFFERSON RONEY - SECRETÁRIO DE SAÚDE DO MUNICÍPIO DE PORTO GRANDE, SOLICITAR, A MANUTENÇÃO E OS DEVIDOS REPAROS NO COMPRESSOR DA CADEIRA ODONTOLÓGICA, TENDO EM VISTA QUE O DEFEITO NO EQUIPAMENTO ESTÁ PREJUDICANDO A REALIZAÇÃO DOS ATENDIMENTOS NA UNIDADE BÁSICA DE SAÚDE (UBS) MANOEL SOARES PEREIRA, LOCALIZADA NA COLÔNIA AGRÍCOLA DO MATAPI, LINHA “A”.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1688/indicacao_reparos_nas_centrais_de_ar-condicionado_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1688/indicacao_reparos_nas_centrais_de_ar-condicionado_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR JEFFERSON RONEY - SECRETÁRIO DE SAÚDE DO MUNICÍPIO DE PORTO GRANDE, SOLICITAR, A MANUTENÇÃO E OS DEVIDOS REPAROS NAS CENTRAIS DE AR-CONDICIONADO, TENDO EM VISTA QUE O MAU FUNCIONAMENTO DOS EQUIPAMENTOS ESTÁ COMPROMETENDO O CONFORTO E A QUALIDADE DOS ATENDIMENTOS REALIZADOS NA UNIDADE BÁSICA DE SAÚDE (UBS) MANOEL SOARES PEREIRA, LOCALIZADA NA COLÔNIA AGRÍCOLA DO MATAPI, LINHA “A”.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1702/indicacao_029_-_prefeito_elielson_moraes_-combustivel_para_agricultores.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1702/indicacao_029_-_prefeito_elielson_moraes_-combustivel_para_agricultores.pdf</t>
   </si>
   <si>
     <t>QUE SEJA DISPONIBILIZADO DE ACORDO COM A LEI nº LEI Nº 505/2021 DE 20 DE DEZEMBRO DE 2021, TOTAL ISENÇÃO DE ESTRUTURA ( COMBUSTIVEL) PARA OS SERVIÇOS EM PROPRIEDADE RURAIS DE AGRICULTORES DA AGRICULTURA FAMILIAR</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1706/indicacao_-_035_-vinicius_gurgel__-_aquisicao_de_combustivel.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1706/indicacao_-_035_-vinicius_gurgel__-_aquisicao_de_combustivel.pdf</t>
   </si>
   <si>
     <t>COMPRA DE COMBUSTÍVEL PARA ATENDER O PROGRAMA PATRULHA AGRÍCOLA MECANIZADA DO MUNICÍPIO DE PORTO GRANDE-AP</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_-_034_-_davi_alcolumbre_-_aquiscao_de_combustivel.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_-_034_-_davi_alcolumbre_-_aquiscao_de_combustivel.pdf</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1708/indicacao_-_033_-_randolfe_rodrigues__combustivel_patrulha_mecanizada.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1708/indicacao_-_033_-_randolfe_rodrigues__combustivel_patrulha_mecanizada.pdf</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1710/indicacao_-_032_-_waldez_goes_-_combustivel_patrulha_mecanizada.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1710/indicacao_-_032_-_waldez_goes_-_combustivel_patrulha_mecanizada.pdf</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1712/indicacao_-_031-acacio_favacho.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1712/indicacao_-_031-acacio_favacho.pdf</t>
   </si>
   <si>
     <t>INDICA AO DEPUTADO FEDERAL ACÁCIO FAVACHO, QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR PARA COMPRA DE COMBUSTÍVEL PARA ATENDER O PROGRAMA PATRULHA AGRÍCOLA MECANIZADA DO MUNICÍPIO DE PORTO GRANDE-AP, PARA ATENDER OS SERVIÇOS EM PROPRIEDADE RURAIS DE AGRICULTORES DA AGRICULTURA FAMILIAR NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1713/ind_1x_12_de_julho.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1713/ind_1x_12_de_julho.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON MORAES, PREFEITO DE PORTO GRANDE – AP, QUE DISPONIBILIZE MAQUINÁRIO AGRÍCOLA PARA O PREPARO DE ATÉ 2 HECTARES DE TERRA POR AGRICULTOR FAMILIAR.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1719/indicacao___-016_-_2025_-_governador_clesio_-__cnh_social.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1719/indicacao___-016_-_2025_-_governador_clesio_-__cnh_social.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Governador CLÉSIO LUÍS   solicita  especial atenção para que seja realizado  a Implantação do Programa Habilita Amapá no Município de Porto Grande.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL ELIELSON MORAES, A IMPLANTAÇÃO DE ACADEMIA AO AR LIVRE NA PRAÇA DO DISTRITO DO CUPIXI, INCLUINDO INSTALAÇÃO DE APARELHOS DE GINÁSTICA POPULAR E PISO ANTIDERRAPANTE.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL ELIELSON MORAES, COM CÓPIA AO SECRETÁRIO DANILO GONÇALVES NASCIMENTO, A REALIZAÇÃO DE SERVIÇOS DE RECUPERAÇÃO E DRENAGEM DA LADEIRA DAS TRÊS MARIAS, NO PIAÇACA, CONSTATADA EM VISITA DE 31 DE JULHO COMO INTRAFEGÁVEL PARA VEÍCULOS LEVES E PESADOS.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1722/indicacao_-_015_-vinicius_gurgel__-_emenda_cobertura_da_arquibancada_do_estadio_municipali.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1722/indicacao_-_015_-vinicius_gurgel__-_emenda_cobertura_da_arquibancada_do_estadio_municipali.pdf</t>
   </si>
   <si>
     <t>INDICA ao Deputado Federal VINÍCIUS GURGEL, solicita que seja locada verba do orçamento da União, através de Emenda Parlamentar para a CONSTRUÇÃO DE COBERTURA DAS ARQUIBANCADAS DO ESTÁDIO MUNICIPAL CHARLES BRITO.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_nc2ba_94_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_nc2ba_94_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA, EM REGIME DE URGÊNCIA, AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A REALIZAÇÃO DO CONCURSO PÚBLICO EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1726/indicacao_-_038_-_dorivaldo_malafaia_-_aquiscao_de_uma_creche.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1726/indicacao_-_038_-_dorivaldo_malafaia_-_aquiscao_de_uma_creche.pdf</t>
   </si>
   <si>
     <t>INDICA AO DEPUTADO FEDERAL DORINALDO MALAFAIA, AQUISIÇÃO DE UMA CRECHE NO MUNICÍPIO DE PORTO GRANDE</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1727/indicacao_037_-_governador_clesio_luis_-equipe_multidisciplinar_autistas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1727/indicacao_037_-_governador_clesio_luis_-equipe_multidisciplinar_autistas.pdf</t>
   </si>
   <si>
     <t>INDICA AO GOVERNADOR CLÉSIO LUÍS  CONTRATAÇÃO DE UMA EQUIPE MULTIDISCIPLINAR PARA ATENDER CRIANÇAS AUTISTAS CAPS.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1728/indicacao_nc2ba_93_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1728/indicacao_nc2ba_93_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA NAS DEMAIS VIAS DO BAIRRO PALMEIRAS.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1729/indicacao_-_039_-_randolfe_rodrigues__construao_do_ceo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1729/indicacao_-_039_-_randolfe_rodrigues__construao_do_ceo.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO  CONSTRUÇÃO DE UM CENTRO DE ESPECIALIDADES ODONTOLÓGICAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1730/indicacao_019_-_prefeito_elielson_moraes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1730/indicacao_019_-_prefeito_elielson_moraes.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON MORAES, QUE O PROJETO PASSAPORTE PARA O FUTURO DO INSTITUTO LÉO MOURA  SEJA ESTENDIDO ATÉ AS COMUNIDADES RURAIS DO CUPIXI E MATAPI EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1731/indicacao_nc2ba_96_guarda_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1731/indicacao_nc2ba_96_guarda_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA, EM REGIME DE URGÊNCIA, AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE UM ESTUDO COM O OBJETIVO DE INSTAURAR A GUARDA MUNICIPAL NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1733/indicacao_nc2ba_92_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1733/indicacao_nc2ba_92_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA EM TODA A PISTA DO AEROPORTO NO BAIRRO AEROPORTO.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao___-017_-_2025_-_robotica_nas_escolas..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao___-017_-_2025_-_robotica_nas_escolas..pdf</t>
   </si>
   <si>
     <t>, INDICA AO PREFEITO ELIELSON MORAES, QUE SEJA IMPLANTADO ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO  O CONTEÚDO DE NOÇÕES DE ROBÓTICA EDUCACIONAL COMO ATIVIDADE EXTRACURRICULAR NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_nc2ba_95_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_nc2ba_95_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A MANUTENÇÃO DOS BUEIROS DA RUA MARANHÃO DO BAIRRO PALMEIRAS.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL ELIELSON MORAES, QUE SEJA ESTUDADA A IMPLANTAÇÃO DE UMA CASA DE APOIO PARA PACIENTES E ACOMPANHANTES QUE NECESSITAM DE PERNOITE EM MACAPÁ PARA REALIZAÇÃO DE EXAMES MÉDICOS DE LONGA DURAÇÃO.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_maria_luiza_manoel_cortez_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_maria_luiza_manoel_cortez_assinado.pdf</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1746/ind_sueli_sala_lilas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1746/ind_sueli_sala_lilas.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR GOVERNADOR DO ESTADO DO AMAPÁ, CLÉCIO LUÍS, A IMPLANTAÇÃO DE UMA SALA LILÁS NAS DEPENDÊNCIAS DO 7º BATALHÃO DA POLÍCIA MILITAR, NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1747/ind_sueli_viatura_maria_da_penha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1747/ind_sueli_viatura_maria_da_penha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR GOVERNADOR DO ESTADO DO AMAPÁ, CLÉCIO LUÍS, A DESTINAÇÃO DE UMA VIATURA EXCLUSIVA PARA AÇÕES DA PATRULHA MARIA DA PENHA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1748/ind_sueli_del_mulher_pg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1748/ind_sueli_del_mulher_pg.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR GOVERNADOR DO ESTADO DO AMAPÁ, CLÉCIO LUÍS, A IMPLANTAÇÃO DE UMA DELEGACIA ESPECIALIZADA NO ATENDIMENTO À MULHER NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1749/indicacao_novo_-1_-_paliativo_nas_linhas_a2cb2cc2cg_e_h._assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1749/indicacao_novo_-1_-_paliativo_nas_linhas_a2cb2cc2cg_e_h._assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE ENCAMINHE À SECRETARIA DE INFRAESTRUTURA A SOLICITAÇÃO PARA A REALIZAÇÃO DE SERVIÇOS PALIATIVOS NAS LINHAS A, B, C, G E H, NA COLÔNIA AGRÍCOLA DO MATAPÍ.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_-_limpeza_do_portico_do_abacaxi_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_-_limpeza_do_portico_do_abacaxi_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE ENCAMINHE À SECRETARIA DE INFRAESTRUTURA A SOLICITAÇÃO PARA A LIMPEZA DO PÓRTICO DO ABACAXI, LOCALIZADO NA ENTRADA DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_tenda_trancistas_..._assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_tenda_trancistas_..._assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO A SECRETÁRIA DE CULTURA E A SECRETARIA DE INFRAESTRUTURA, que sejam instaladas tendas em todos os eventos da prefeitura, para as trancistas montarem seus espaços de trabalho além de divulgar seus trabalhos para os munícipes.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_1_-_retorno_do_setrap2c_para_realizacao_de_terraplanagem_colonia_agricola_do_matapi_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_1_-_retorno_do_setrap2c_para_realizacao_de_terraplanagem_colonia_agricola_do_matapi_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR CLÉCIO LUIS, GOVERNADOR DO ESTADO DO AMAPÁ, QUE ENCAMINHE À SECRETARIA DE TRANSPORTES – SETRAP, A SOLICITAÇÃO PARA O RETORNO DAS EQUIPES DE TERRAPLANAGEM E MANUTENÇÃO DAS VICINAIS E RAMAIS DA COLÔNIA DO MATAPI.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao-_limpeza_do_ramal_da_escola_estadual_matapi_i_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao-_limpeza_do_ramal_da_escola_estadual_matapi_i_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE ENCAMINHE À SECRETARIA DE INFRAESTRUTURA A SOLICITAÇÃO PARA A LIMPEZA DO RAMAL DE ACESSO À ESCOLA ESTADUAL MATAPI I, LOCALIZADO NA COLÔNIA AGRÍCOLA DO MATAPI, LINHA C.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao-_limpeza_do_terreno2c_proximo_ao_estabelecimento_nereu_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao-_limpeza_do_terreno2c_proximo_ao_estabelecimento_nereu_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE ENCAMINHE À SECRETARIA DE INFRAESTRUTURA A SOLICITAÇÃO PARA A LIMPEZA DO TERRENO ONDE FOI CONSTRUÍDA PARTE DE UMA ESCOLA MUNICIPAL, LOCALIZADA PRÓXIMO AO ESTABELECIMENTO DO SENHOR NEREU.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1758/ind_sueli_sec_mulher.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1758/ind_sueli_sec_mulher.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL ELIELSON MORAES, A CRIAÇÃO DA SECRETARIA MUNICIPAL DA MULHER, DESTINADA A FORMULAR, COORDENAR E IMPLEMENTAR POLÍTICAS VOLTADAS À PROMOÇÃO DOS DIREITOS, À PROTEÇÃO, AO FORTALECIMENTO DA CIDADANIA E AO ENFRETAMENTO DE TODAS AS FORMAS DE VIOLÊNCIA CONTRA AS MULHRES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1759/ind_eliza_sala_rosa.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1759/ind_eliza_sala_rosa.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL ELIELSON MORAES A IMPLATAÇÃO DA SALA ROSA NA UBS CENTRO 1 E 2 NO MUNICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1761/indicacao_nc2ba_98_iluminacao_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1761/indicacao_nc2ba_98_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1762/indicacao_nc2ba_99_iluminacao_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1762/indicacao_nc2ba_99_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA NO VILA NOVA.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1763/indicacao_nc2ba_100_malafaia.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1763/indicacao_nc2ba_100_malafaia.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR, DEPUTADO FEDERAL DORINALDO MALAFAIA, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE CONSTRUIR UMA ACADEMIA AO AR LIVRE NA PRAÇA DO CUPIXI DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1764/indicacao_106_tarcio_2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1764/indicacao_106_tarcio_2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A MANUTENÇÃO DO BANHEIRO E DAS FOSSAS DA PRAÇA DO CUPIXI.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_academia_ao_ar_livre_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_academia_ao_ar_livre_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO A SECRETÁRIA DE CULTURA. ESPORTE E LAZER JUNTO COM A SECRETARIA DE INFRAESTRUTURA, a manutenção e trocas dos aparelhos da academia ao ar livre da orla e a   instalação de uma no balneário, a implantação de academias ao ar livre em espaços públicos tem se mostrado eficaz na promoção da saúde e na melhoria da qualidade de vida da população</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1766/ind_sueli_vias_manoel_cortez.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1766/ind_sueli_vias_manoel_cortez.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO ELIELSON MORAES, A REALIZAÇÃO DE SERVIÇOS DE INSTALAÇÃO E MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NAS SEGUINTES VIAS DO BAIRRO MANOEL CORTEZ: RUA ARLINDO SANTOS DA SILVA (EM TODA SUA EXTENSÃO); RUA 13 DE OUTUBRO (EM TODA SUA EXTENSÃO); RUA JOSÉ AIRTON DO NASCIMENTO (EM TODA SUA EXTENSÃO) E  RUA ANTÔNIO DA SILVA SANTOS (PARCIALMENTE – CONFORME PERÍMETRO INDICADO NO MAPA EM ANEXO).</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1768/ind_carol_cons_cid_territorio.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1768/ind_carol_cons_cid_territorio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON MORAES, QUE PROMOVA A CRIAÇÃO DO CONSELHO DO TERRITÓRIO DA CIDADANIA E A CONVOCAÇÃO DA CONFERÊNCIA TERRITORIAL NO MUNICÍPIO DE PORTO GRANDE, COM A FINALIDADE DE ESTABELECER UM ESPAÇO INSTITUCIONAL DE PARTICIPAÇÃO SOCIAL E ARTICULAÇÃO INTERSETORIAL PARA PLANEJAMENTO, MONITORAMENTO E AVALIAÇÃO DE POLÍTICAS PÚBLICAS TERRITORIAIS.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1769/ind_carol_caf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1769/ind_carol_caf.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON MORAES, QUE A PREFEITURA MUNICIPAL DE PORTO GRANDE, QUE ATENDA COMO A EMISSÃO DO CAF (CADASTRO DE APTIDÃO AO PRONAF) PARA OS AGRICULTORES DO MUNICÍPIO, VISANDO À FORMALIZAÇÃO E AO ACESSO AOS PROGRAMAS PÚBLICOS DE APOIO À AGRICULTURA FAMILIAR.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1770/ind_carol_tratoritos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1770/ind_carol_tratoritos.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR DEPUTADO FEDERAL ANDRÉ ABDÓN QUE DESTINE AO MUNICÍPIO DE PORTO GRANDE-AP 50 (CINQUENTA) ROÇADEIRAS E 50 (CINQUENTA) TRATORES-COMPACTOS ("TRATORITOS"), PARA ATENDIMENTO DIRETO AOS AGRICULTORES FAMILIARES, ASSENTAMENTOS E COMUNIDADES RURAIS DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1771/ind_carol_cent_form_prof.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1771/ind_carol_cent_form_prof.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ACÁCIO FAVACHO, DEPUTADO FEDERAL PELO AMAPÁ, QUE ENVIDEM ESFORÇO JUNTO AO GOVERNO FEDERAL PARA VIABILIZAR RECURSOS DESTINADOS À CRIAÇÃO DE UM CENTRO DE FORMAÇÃO PROFISSIONAL NO MUNICÍPIO DE PORTO GRANDE, COM FOCO NA QUALIFICAÇÃO DA MÃO DE OBRA LOCAL.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1773/indicacao_nc2ba_102_edu_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1773/indicacao_nc2ba_102_edu_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A LOCAÇÃO OU CONTRATAÇÃO DE UM(A) PROFESSOR(A) AUXILIAR DO AEE PARA A ESCOLA DA LINHA C DO MATAPI.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1774/indicacao_108_tarcio_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1774/indicacao_108_tarcio_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A AQUISIÇÃO DO COLAR GIRASSOL PARA TODOS OS ESTUDANTES QUE NECESSITAM EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1775/indicacao_nc2ba_97_infra_2.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1775/indicacao_nc2ba_97_infra_2.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A MANUTENÇÃO DA RUA ALAMEDA 6 NO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1777/indicacao_104_tarcio_2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1777/indicacao_104_tarcio_2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A REFORMA E AMPLIAÇÃO DA ESCOLA MUNICIPAL ALZIRA PEREIRA QUEIROZ NO MATAPI.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1778/indicacao_101_tarcio_malafaia_reforma_2025_3.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1778/indicacao_101_tarcio_malafaia_reforma_2025_3.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR, ELIELSON DA SILVA MORAES, PREFEITO DE PORTO GRANDE, A REALIZAÇÃO DO PASSEIO CICLÍSTICO EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_105_tarcio_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_105_tarcio_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A AQUISIÇÃO DE MEDICAMENTOS DE SAÚDE BÁSICO PARA A UBS DO CUPIXI</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1781/indicacao_107_tarcio_2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1781/indicacao_107_tarcio_2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM O AUMENTO DA FREQUENCIA DA PASSAGEM DO CARRO PIPA NO DISTRITO DO CUPIXI.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1782/indicacao_103_tarcio_2025_3.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1782/indicacao_103_tarcio_2025_3.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A MANUTENÇÃO DA TRAVESSA 7 NO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1783/indicacao_103_tarcio_2025_3.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1783/indicacao_103_tarcio_2025_3.pdf</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1784/indicacao_109_tarcio_malafaia_reforma_2025_2_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1784/indicacao_109_tarcio_malafaia_reforma_2025_2_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA EM MATÉRIA DE URGÊNCIA AO EXCELENTÍSSIMO SENHOR DEPUTADO FEDERAL DORINALDO MALAFAIA, A SOLICITAÇÃO DE EMENDA PARLAMENTAR PARA REFORMA E AMPLIAÇÃO DA ESCOLA ESTADUAL FLORENÇA TORRES DO CUPIXI.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1785/indicacao-_governador2c_setrap_2c_que_seja_feita_terraplanagem_no_assentamneto_nova_canaa_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1785/indicacao-_governador2c_setrap_2c_que_seja_feita_terraplanagem_no_assentamneto_nova_canaa_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR CLÉCIO LUÍS, GOVERNADOR DO ESTADO DO AMAPÁ, QUE ENCAMINHE AO SECRETÁRIO DE ESTADO DE TRANSPORTES – SETRAP, SENHOR MARCOS ALBERTO DE SOUZA JUCÁ, O PEDIDO PARA QUE SEJA REALIZADA A TERRAPLANAGEM DAS VICINAIS E RAMAIS DO ASSENTAMENTO NOVA CANAÃ.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1786/indicacao-_senador_davi2c_trator_de_roda_para_o_apram_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1786/indicacao-_senador_davi2c_trator_de_roda_para_o_apram_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR DAVI ALCOLUMBRE, SENADOR DA REPÚBLICA, QUE ENCAMINHE, POR MEIO DE EMENDA PARLAMENTAR, A DESTINAÇÃO DE RECURSOS PARA A AQUISIÇÃO DE UM TRATOR DE RODAS COM SEUS IMPLEMENTOS AGRÍCOLAS DESTINADO À APRAM (ASSOCIAÇÃO DOS PRODUTORES RURAIS E DO ASSENTAMENTO MUNGUBA)</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1787/indicacao-_senandor_davi_alcolumbre2c_trator_de_rodas-munguba._assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1787/indicacao-_senandor_davi_alcolumbre2c_trator_de_rodas-munguba._assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR DAVI ALCOLUMBRE, SENADOR DA REPÚBLICA, QUE VIABILIZE, POR MEIO DE EMENDA PARLAMENTAR, A DESTINAÇÃO DE RECURSOS PARA A AQUISIÇÃO DE UM TRATOR DE RODAS COM SEUS IMPLEMENTOS AGRÍCOLAS DESTINADO AO ASSENTAMENTO MUNGUBA.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1788/indicacao_-_prefeito_elielson_-_iluminacao_publica_na_feira_do_agricultor_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1788/indicacao_-_prefeito_elielson_-_iluminacao_publica_na_feira_do_agricultor_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE ENCAMINHE AO SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA O PEDIDO PARA QUE SEJA REALIZADA A IMPLANTAÇÃO DE ILUMINAÇÃO PÚBLICA NA FEIRA DO AGRICULTOR DA SUBESTAÇÃO.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1789/indicacao-_governandor_2c_setrap2c_munbuba_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1789/indicacao-_governandor_2c_setrap2c_munbuba_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR CLÉCIO LUÍS, GOVERNADOR DO ESTADO DO AMAPÁ, QUE ENCAMINHE AO SECRETÁRIO DE ESTADO DE TRANSPORTES – SETRAP, SENHOR MARCOS ALBERTO DE SOUZA JUCÁ, O PEDIDO PARA QUE SEJA REALIZADA A TERRAPLANAGEM DAS VICINAIS E RAMAIS DO ASSENTAMENTO MUNGUBA.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1790/indicacao-_davi_alcolumbre2c_trator_de_rodas_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1790/indicacao-_davi_alcolumbre2c_trator_de_rodas_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR DAVI ALCOLUMBRE, SENADOR DA REPÚBLICA, QUE ENCAMINHE, POR MEIO DE EMENDA PARLAMENTAR, A DESTINAÇÃO DE RECURSOS PARA A AQUISIÇÃO DE UM TRATOR DE RODAS COM SEUS IMPLEMENTOS AGRÍCOLAS, DESTINADOS À ASSOCIAÇÃO ASOAMP (ASSOCIAÇÃO DE MULHERES TRABALHADORAS FAMILIARES DO MUNICÍPIO DE PORTO GRANDE).</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1792/ind_jr_colares_limpeza_de_canal.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1792/ind_jr_colares_limpeza_de_canal.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE – AP, A REALIZAÇÃO DE LIMPEZA NOS SEGUINTES CANAIS: CANAL DA RUA BELA VISTA E O CANAL DA RUA JOSÉ DA SILVA PARANHOS.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1793/ind_jr_colares_bueiros.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1793/ind_jr_colares_bueiros.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE – AP, QUE SEJA REALIZADA A MANUTENÇÃO E FECHAMENTO DE BUEIROS ABERTOS NA RUA MARANHÃO E NA RUA JOSÉ LINO DE SOUZA, AMBAS LOCALIZADAS NO BAIRRO DAS PALMEIRAS.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1794/ind_jr_colares_reforma_quadra.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1794/ind_jr_colares_reforma_quadra.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE – AP, QUE SEJA FEITO A REALIZAÇÃO DE UMA REFORMA NA QUADRA POLIESPORTIVA DA ESCOLA MUNICIPAL AMÉLIA.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao_040_-_prefeito_elielson_moraes_-_iluminacao___eterraplanagem_no_bairro_aeroporto.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao_040_-_prefeito_elielson_moraes_-_iluminacao___eterraplanagem_no_bairro_aeroporto.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ELIELSON MORAES QUE SEJA REALIZADO A IMPLANTAÇÃO DE ILUMINAÇÃO PUBLICA E TERRAPLANAGEM EM TODAS AS RUAS DO BAIRRO NOVO DO AEROPORTO ANTIGA FUNASA</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1798/ind_2025_setrap_munguba.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1798/ind_2025_setrap_munguba.docx</t>
   </si>
   <si>
     <t>INDICA AO SENHOR MARCOS ALBERTO DE SOUZA JUCÁ, SECRETARIA DE ESTADO DE TRANSPORTE – SETRAP. QUE PROMOVA, COM PRIORIDADE, A MANUTENÇÃO E OS SERVIÇOS NECESSÁRIOS NO ASSENTAMENTO DO MUNGUBA, ENGLOBANDO RECUPERAÇÃO DE VIAS INTERNAS, LIMPEZA, DRENAGEM E AÇÕES DE INFRAESTRUTURA BÁSICA QUE MELHOREM A MOBILIDADE E AS CONDIÇÕES DE VIDA DAS FAMÍLIAS ASSENTADAS.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>CAROL MONTEIRO, CONJAKI, ENFERMEIRA ELIZA, GURI DO MATAPI, JUNIOR COLARES, PEDRO JORDÃO, PROFESSOR NELSON, REGIANE SILVA, SALMON SANTANA, SUELI SOUZA, TÁRCIO LEITE</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1799/ind_2025_rurap_equipamentos.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1799/ind_2025_rurap_equipamentos.docx</t>
   </si>
   <si>
     <t>INDICA AO SENHOR JORGE RAFAEL BARBOSA ALMEIDA, DIRETOR-PRESIDENTE DO RURAP QUE SEJA AVALIADA A POSSIBILIDADE DE CESSÃO/TRANSFERÊNCIA AO PODER LEGISLATIVO MUNICIPAL DE BENS EM DESUSO OU INSERVÍVEIS PERTENCENTES AO REFERIDO PROGRAMA, EM ESPECIAL: 1 (UMA) EMBARCAÇÃO (VOADEIRA) COM CARRETA DE TRANSPORTE, 1 (UM) VEÍCULO DE APOIO E 1 (UM) MOTOR DE POPA 60HP, PARA USO INSTITUCIONAL DA CÂMARA MUNICIPAL DE PORTO GRANDE, VISANDO AMPLIAR A CAPACIDADE DE FISCALIZAÇÃO E ATENDIMENTO ÀS ÁREAS RURAIS E RIBEIRINHAS DO MUNICÍPIO. ESTA INDICAÇÃO SERÁ SUBSCRITA POR TODOS OS VEREADORES DESTA CASA.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_110_tarcio_mapa_2025_2_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_110_tarcio_mapa_2025_2_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE ESPORTE, LAZER E CULTURA, ROBERTO SARMENTO, QUE PROVIDENCIEM A ADOÇÃO E DIVULGAÇÃO DE UM MAPA TURÍSTICO ACESSÍVEL AOS VISITANTES DO 31º FESTIVAL DO ABACAXI DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1801/ind_2025_seed_escola_airton_sena.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1801/ind_2025_seed_escola_airton_sena.docx</t>
   </si>
   <si>
     <t>INDICA À SANDRA CASIMIRO, SECRETARIA DE ESTADO DA EDUCAÇÃO – SEED. QUE SEJA PROVIDENCIADA E EXECUTADA A INSTALAÇÃO DA PLACA DE IDENTIFICAÇÃO DA ESCOLA ESTADUAL ARTION SENA, LOCALIZADA NO ASSENTAMENTO DO MUNGUBA, NO MUNICÍPIO DE PORTO GRANDE/AP, NOS PADRÕES OFICIAIS DE SINALIZAÇÃO DAS ESCOLAS ESTADUAIS.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_111_tarcio_mascote_2025_2_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_111_tarcio_mascote_2025_2_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE ESPORTE, LAZER E CULTURA, ROBERTO SARMENTO, QUE FAÇA USO DO MASCOTE OFICIAL PARA O 31º FESTIVAL DO ABACAXI DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1803/023_2025_indicacao_servicos_de_limpeza_aeroporto_rua_nova_brasilia.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1803/023_2025_indicacao_servicos_de_limpeza_aeroporto_rua_nova_brasilia.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR, ELIELSON DA SILVA MORAES - PREFEITO MUNICIPAL, QUE REALIZE SERVIÇOS DE LIMPEZA E MANUTENÇÃO DAS RUAS E AVENIDAS DO BAIRRO AEROPORTO, TENDO COMO PONTO DE REFERÊNCIA A REGIÃO PRÓXIMA À CAIXA D’ÁGUA, COM INÍCIO PELA RUA NOVA BRASÍLIA.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1808/ind_2025_lombada_frente_prefeitura.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1808/ind_2025_lombada_frente_prefeitura.docx</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES QUE POSSA REALIZAR A INSTALAÇÃO DE LOMBADA ELEVADA EM FRENTE À ATUAL SEDE DA PREFEITURA MUNICIPAL, LOCALIZADA NA AVENIDA AMAPÁ, BAIRRO MALVINAS.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1809/ind_2025_lombada_estrada.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1809/ind_2025_lombada_estrada.docx</t>
   </si>
   <si>
     <t>INDICA AO SENHOR MARCELLO VIEIRA LINHARES, SUPERINTENDENTE REGIONAL DO DNIT NO ESTADO DO AMAPÁ, QUE SEJAM INSTALADAS FAIXAS ELEVADAS TRAVESSIAS NO PERÍMETRO DO BALNEÁRIO DA SEDE MUNICIPAL DE PORTO GRANDE, NA ENTRADA DO CUPIXI E NA VILA DA ENTRADA DO MUNGUBA NO 158 KM, POR MOTIVOS DE SEGURANÇA VIÁRIA.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1810/ind_2025_davi_asfalto.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1810/ind_2025_davi_asfalto.docx</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR SENADOR DAVI ALCOLUMBRE A VIABILIDADE DE ALOCAÇÃO DE EMENDA PARLAMENTAR ADEQUADA PARA A PAVIMENTAÇÃO ASFÁLTICA DO TRECHO QUE LIGA A SEDE DO MUNICÍPIO DE PORTO GRANDE AO MUNICÍPIO DE PEDRA BRANCA DO AMAPARI, EM VISTA DA NECESSIDADE DE MELHORIAS DE TRÁFEGO E DAS CONDIÇÕES DE VIDA DA POPULAÇÃO LOCAL.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1811/ind_2025_randolfe_asfalto.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1811/ind_2025_randolfe_asfalto.docx</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR SENADOR RANDOLFE RODRIGUES A VIABILIDADE DE ALOCAÇÃO DE EMENDA PARLAMENTAR ADEQUADA PARA A PAVIMENTAÇÃO ASFÁLTICA DO EIXO QUE LIGA A SEDE DO MUNICÍPIO DE PORTO GRANDE AO MUNICÍPIO DE PEDRA BRANCA DO AMAPARI, CONSIDERANDO A RELEVÂNCIA DA OBRA PARA A SEGURANÇA VIÁRIA E O DESENVOLVIMENTO REGIONAL.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao_bairro_sao_jose.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao_bairro_sao_jose.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor Elielson da Silva Moraes, Prefeito do Município de Porto_x000D_
 Grande, a realização de um amplo serviço de iluminação pública no Bairro São José</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao_iluminacao_aeroporto.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao_iluminacao_aeroporto.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor Elielson da Silva Moraes, Prefeito do Município de Porto_x000D_
 Grande, a implantação de iluminação pública nas ruas escuras do bairro Aeroporto.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_nova_colina.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_nova_colina.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor Elielson da Silva Moraes, Prefeito do_x000D_
 Município de Porto Grande, a melhoria do ramal na comunidade Nova Colina.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_limpeza_do_lago.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_limpeza_do_lago.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor Elielson da Silva Moraes, Prefeito do_x000D_
 Município de Porto Grande, a limpeza do lago entre o Balneário de Porto Grande e a_x000D_
 ponte do bairro Brasil Tropical.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1816/indicacao_limpeza_do_lago.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1816/indicacao_limpeza_do_lago.pdf</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1818/indicacao_trator.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1818/indicacao_trator.pdf</t>
   </si>
   <si>
     <t>INDICA à Excelentíssima Deputada Federal Aline Gurgel a destinação de_x000D_
 um trator para a Linha A do Matapi, no município de Porto Grande, a fim de atender_x000D_
 as necessidades dos agricultores locais.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1819/indicacao_trevao_uai.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1819/indicacao_trevao_uai.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SECRETÁRIO DE INFRAESTRUTURA, SENHOR DANILO GONÇALVES NASCIMENTO, QUE SEJA FEITA REVITALIZAÇÃO DO TREVÃO DA ENTRADA DO MUNICÍPIO DE PORTO GRANDE, PRÓXIMO AO RESTAURANTE UAI E DO POSTO DE COMBUSTÍVEL OIAPOQUE, QUE DAR ACESSO A MACAPÁ E OUTROS MUNICÍPIO.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1820/indicacao__equatorial_secretario_danilo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1820/indicacao__equatorial_secretario_danilo.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SECRETÁRIO DE INFRAESTRUTURA, SENHOR DANILO GONÇALVES NASCIMENTO, QUE SEJA FEITA INSTALAÇÃO DE NOVOS PADRÕES, A TROCA DAS FIAÇÕES FINAS POR UMA APROPRIADA E DOS DISJUNTORES, PARA QUE NÃO HAJA PERDE DAS CENTRAIS DE AR E OUTROS EQUIPAMENTOS DAS ESCOLAS: ESCOLA MUNICIPAL AMELIA, NO BAIRRO NOVA ESPERANÇA E ESCOLA MUNICIPAL ADÃO FERREIRA, BAIRRO AEROPORTO.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1821/indicacao__diabetes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1821/indicacao__diabetes.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO A SECRETÁRIA DE SAÚDE ATRAVES DO SECRETARIO JESSERSON RONEY; QUE ESTUDE A POSSIBILIDADE DE CRIAR E IMPLANTAR O CENTRO DE TRATAMENTO DO DIABETES-CTD NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1822/indicacao-_prefeito_elielson2cpaliativo_no_ramal_do_piasaca_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1822/indicacao-_prefeito_elielson2cpaliativo_no_ramal_do_piasaca_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE ENCAMINHE AO SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA O PEDIDO PARA QUE SEJA REALIZADO UM PALIATIVO NO RAMAL DO PIASACA, LOCALIZADO NA COLÔNIA DO MATAPI.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_-_041_-_randolfe_rodrigues__van_odontologica.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_-_041_-_randolfe_rodrigues__van_odontologica.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENADOR RANDOLFE RODRIGUES  AQUISIÇÃO DE UMA UNIDADE MÓVEL ODONTOLÓGICA PARA O MUNICÍPIO DE PORTO GRANDE</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao__equipe_de_limpeza.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao__equipe_de_limpeza.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SECRETÁRIO DE INFRAESTRUTURA, SENHOR DANILO GONÇALVES NASCIMENTO, QUE TENHA NA SECRETARIA DOIS FUNCIONÁRIOS FIXO, PARA CUIDAR DOS PRÉDIOS PÚBLICOS E DA ÁREA EXTERNA, REALIZANDO A LIMPEZA, ROÇAGEM, MANUTENÇÃO E REPAROS DOS MESMO DE ACORDO COM NECESSIDADE DE CADA EQUIPAMENTO (DOIS SEVERIONO).</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1827/indicacao_-_042_-_davi_alcolumbre_-_aquiscao_de_unidade_movel_odontologica.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1827/indicacao_-_042_-_davi_alcolumbre_-_aquiscao_de_unidade_movel_odontologica.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENADOR DAVI ALCOLUMBRE UMA UNIDADE MÓVEL ODONTOLÓGICA PARA O MUNICÍPIO DEPORTO GRANDE</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_alameda_1.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_alameda_1.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor Elielson da Silva Moraes, Prefeito do Município de Porto_x000D_
 Grande, a realização de um amplo serviço de iluminação pública na Alameda 1, Área 6_x000D_
 Rural.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1829/indicacao_-_deput_marcivania2c_aquisicao_de_um_onibus_para_amaem_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1829/indicacao_-_deput_marcivania2c_aquisicao_de_um_onibus_para_amaem_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA À EXCELENTÍSSIMA SENHORA MARCIVÂNIA FLEXA, DEPUTADA FEDERAL, QUE ALOQUE EMENDA PARLAMENTAR DESTINADA À AQUISIÇÃO DE UM ÔNIBUS PARA A AMAEM (Associação de Mulheres Agricultoras e Empreendedoras do Matapi).</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_bairro_manoel_cortez.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_bairro_manoel_cortez.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor Elielson da Silva Moraes, Prefeito do Município de Porto_x000D_
 Grande, a realização de um amplo serviço de iluminação pública no Bairro Manoel Cortez.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao__setembro_amarelo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao__setembro_amarelo.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO A SECRETÁRIA MUNICIPAL DE EDUCAÇÃO ATRAVÉS DA EQUIPE TÉCNICA DO SECRETÁRIO: CLEIDISON RIBEIRO QUE SEJAM REALIZADAS CAMPANHAS REFERENTES AO SETEMBRO AMARELO, COM OBJETIVO DE TRABALHAR A PREVENÇÃO DO SUICÍDIO NAS ESCOLAS DO MUNICÍPIO, INCLUINDO ALERTAS NAS SALAS DE AULA, E ASSIM LEVAR ESTAS INFORMAÇÃO TAMBÉM PARA A COMUNIDADE ESCOLAR (PAIS OU RESPONSÁVEL).</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_pista_de_atletismo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_pista_de_atletismo.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor Elielson da Silva Moraes, Prefeito do Município de Porto_x000D_
 Grande, a criação de uma pista de atletismo emborrachada.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1833/indicacao_construcao_de_uma_creche_no_bairro_nova_esperanca.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1833/indicacao_construcao_de_uma_creche_no_bairro_nova_esperanca.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor Elielson da Silva Moraes, Prefeito do_x000D_
 Município de Porto Grande, a construção de uma creche no bairro Nova Esperança</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao___-043_-_2025_-_sandra_casemiro__-_reforma_da_escola_maria_cristina_botelho.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao___-043_-_2025_-_sandra_casemiro__-_reforma_da_escola_maria_cristina_botelho.pdf</t>
   </si>
   <si>
     <t>INDICAR  A EXCELENTÍSSIMA  SENHORA SANDRA MARIA MARTINS CARDOSO CASIMIRO, SECRETÁRIA DE ESTADO DA EDUCAÇÃO QUE SEJA REALIZADO COM URGÊNCIA A REFORMA DA ESCOLA ESTADUAL MARIA CRISTINA BOTELHO RODRIGUES</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao___-044_-_2025_-__john_david_belique_covre__infraestrutura__-_reforma_da_escola_maria_cristina_botelho_-_copia.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao___-044_-_2025_-__john_david_belique_covre__infraestrutura__-_reforma_da_escola_maria_cristina_botelho_-_copia.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR JOHN DAVID BELIQUE COVRE,  SECRETÁRIO DE ESTADO DA INFRAESTRUTURA DO ESTADO DO AMAPÁ,  QUE SEJA REALIZADO A REFORMA GERAL DA ESCOLA ESTADUAL MARIA CRISTINA BOTELHO RODRIGUES</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1837/indicacao_davi_-_trator_de_roupa_para_apraaf_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1837/indicacao_davi_-_trator_de_roupa_para_apraaf_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE, SENADOR DA REPÚBLICA, QUE ENCAMINHE, POR MEIO DE EMENDA PARLAMENTAR, RECURSOS PARA A AQUISIÇÃO DE UM TRATOR DE RODAS COM SEUS IMPLEMENTOS AGRÍCOLAS, DESTINADOS À APRAAF (ASSOCIAÇÃO DOS PRODUTORES E AGROEXTRATIVISTAS DE ASSENTAMENTO E ÁREAS FUNDIÁRIAS).</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1839/indicacao_nc2ba_115_iluminacao_2_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1839/indicacao_nc2ba_115_iluminacao_2_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA NA AVENIDA MACARTENEY COSTA DA SILVA NO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1840/indicacao_nc2ba_113_iluminacao_2_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1840/indicacao_nc2ba_113_iluminacao_2_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA NA ALAMEDA 6 NO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1842/indicacao_nc2ba_111_iluminacao_143_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1842/indicacao_nc2ba_111_iluminacao_143_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO, QUE PROVIDENCIEM A MANUTENÇÃO DO BUEIRO DA VIA PRINCIPAL DO KM 142.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_nc2ba_112_iluminacao_2_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_nc2ba_112_iluminacao_2_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA NA VIA QUE LIGA O BAIRRO MANOEL CORTEZ COM O BAIRRO AEROPORTO.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1844/indicacao_nc2ba_114_iluminacao_2_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1844/indicacao_nc2ba_114_iluminacao_2_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A INSTAURAÇÃO DE ILUMINAÇÃO PÚBLICA NA TRAVESSA GUARACY NUNES NO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1845/indicacao_430.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1845/indicacao_430.pdf</t>
   </si>
   <si>
     <t>INDICA AO GOVERNADOR CLÉCIO LUÍS QUE SEJA FEITO O ATENDIMENTO DA CARRETA DELAS NO MUNICÍPIO DE PORTO GRANDE PARA GARANTIR AS MULHERES PORTOGRANDENSES O ACESSO A SERVIÇOS DE SAÚDE ESPECIALIZADO, COM O FOCO NA PREVENÇÃO E NO CUIDADO INTEGRAL.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1846/indicacao_431.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1846/indicacao_431.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTISSÍMO PREFEITO ELIELSON DA SILVA MORAES, A CONTRUÇÃO DE UMA CRECHE CORUJA PARA ATENDER FILHOS DE MÃES QUE ESTUDAM A NOITE QUE TEM COMO OBJETIVO OFERECER SUPORTE AS MÃES QUE BUSCAM FORMAÇÃO E QUALIFICAÇÃO PROFISSIONAL NO TURNO DA NOITE</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao_432.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao_432.pdf</t>
   </si>
   <si>
     <t>INDICA AO GOVERNADOR CLÉCIO LUÍS, A IMPLANTAÇÃO DE UMA SALA DE DESCANSO NA ESCOLA ESTADUAL ELIAS TRAJANO VISANDO OFERECER UM ESPAÇO ADEQUADO PARA OS ALLUNOS DO ENSINO INTEGRAL QUE PERMANECEM NA ESCOLA POR LONGOS PERÍODOS</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao_433.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao_433.pdf</t>
   </si>
   <si>
     <t>INDICA AO GOVERNADOR CLÉCIO LUÍS, A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NA ESCOLA ESTADUAL ELIAS TRAJANO, QUE SE FAZ NECESSÁRIA PARA GARANTIR AOS ESTUDANTES DA ESCOLA UM ESPAÇO APROPRIADO PARA ATIVIDADES FÍSICAS, CULTURAIS E ESPORTIVAS.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao_434.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao_434.pdf</t>
   </si>
   <si>
     <t>INDICA AO GOVERNADOR CLÉCIO LUÍS, A CONTRUÇÃO DE UMA QUADRA POLIESPORTIVA NA ESCOLA JOSÉ RIBAMAR TEIXEIRA VISANDO ATENDER AS NECESSIDADES DA ESCOLA POR UM ESPAÇO APROPRIADO PARA PRÁTICAS ESPORTIVAS E EVENTOS ESCOLARES.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao_435.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao_435.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO PREFEITO ELIELSON DA SILVA MORAES, A ATUALIZAÇÃO DO PLANO DIRETOR DO MUNICÍPIO DE PORTO GRANDE QUE SE ENCONTRA DEFASADO HÁ MAIS DE 12 ANOS.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao_436.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao_436.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO PREFEITO ELIELSON DA SILVA MORAES, A CONTRATAÇÃO DE CUIDADOR ESPECIALIZADO PARA ACOMPANHAR CRIANÇAS COM DEFICIÊNCIA QUE UTILIZAM O TRANSPORTE ESCOLAR TIPO CATRAIA VISANDO GARANTIR SEGURANÇA, DIGNIDADE E ATENDIMENTO ADEQUADO DAS COMUNIDADES RIBEIRINHAS.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao_437.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao_437.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR DANILO GOLÇALVES, SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, QUE SEJA PROVIDENCIADA A COLETA DE LIXO IMEDIATAMENTE APÓS A REALIZAÇÃO DE GRANDES EVENTOS NO MUNICÍPIO DE PORTO GRANDE VISANDO ASSEGURAR A LIMPEZA E CONSERVAÇÃO DOS ESPAÇOS PÚBLICOS.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1853/ind_2025_andre_escavadeira_e_rolo_compactador.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1853/ind_2025_andre_escavadeira_e_rolo_compactador.docx</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor Deputado Federal ANDRÉ ABDÓN que destine ao Município de Porto Grande-AP 1 (uma) escavadeira hidráulica e 1 (um) rolo compactador, para atendimento às demandas de infraestrutura, manutenção de vias e ações emergenciais no município.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1854/ind_limpeza_linha_g.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1854/ind_limpeza_linha_g.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor Elielson da Silva Moraes, Prefeito Municipal de Porto Grande, que determine à Secretaria competente a execução de serviços de limpeza e capina da Linha G da Colônia Agrícola do Matapi, atendendo aos pedidos dos moradores daquela comunidade.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1855/ind_ultrassonografia.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1855/ind_ultrassonografia.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor Elielson da Silva Moraes, Prefeito Municipal de Porto Grande, que seja autorizada a aquisição de uma máquina de ultrassonografia portátil para os Centros de Saúde 1 e 2 (UBS), substituindo o equipamento atualmente em uso, já obsoleto.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_ubs_wendel.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_ubs_wendel.docx</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor ELIELSON DA SILVA MORAES, Prefeito Municipal de Porto Grande, que viabilize a aquisição de sonda de ultrassonografia apropriada para o aparelho de ultrassom da Unidade Básica de Saúde Wendel Rodrigues.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_final_lnha_b.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_final_lnha_b.docx</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE – AP, A REALIZAÇÃO DE SERVIÇO PALIATIVO NO TRECHO FINAL DA LINHA B DO MATAPI.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_-_046_-_dorivaldo_malafaia_-_aquiscao_de_um_mamografo_digital.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_-_046_-_dorivaldo_malafaia_-_aquiscao_de_um_mamografo_digital.pdf</t>
   </si>
   <si>
     <t>INDICA AO DEPUTADO FEDERAL, DORINALDO MALAFAIA  AQUISIÇÃO DE UM MAMÓGRAFO DIGITAL PARA O MUNICÍPIO DE PORTO GRANDE</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_monte_castelo.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_monte_castelo.docx</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP QUE DETERMINE À SECRETARIA COMPETENTE A REALIZAÇÃO DE UM SERVIÇO PALIATIVO OU ASFALTAMENTO NO RAMAL DE ACESSO À COMUNIDADE MONTE CASTELO.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_faixa_de_pedestre_elevada_crecher_manoel_cortez.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_faixa_de_pedestre_elevada_crecher_manoel_cortez.docx</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP E AO DEMUTRAN QUE SEJA FEITO A INSTALAÇÃO DE FAIXA DE PEDESTRE ELEVADA (LOMBADA ELEVADA) EM FRENTE À CRECHE DO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1862/ind_cemiterio.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1862/ind_cemiterio.docx</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE – AP, A REALIZAÇÃO DE REVITALIZAÇÃO DO CEMITÉRIO DA PAZ.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1863/ind_km_121.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1863/ind_km_121.docx</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE – AP, A REALIZAÇÃO DE SERVIÇO PALIATIVO NO RAMAL DO KM 121.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1866/indicacao_nc2ba_116_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1866/indicacao_nc2ba_116_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A PAVIMENTAÇÃO DA RUA JOSÉ AIRTON DO NASCIMENTO OLIVEIRA NO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_nc2ba_117_sec._igualdade_racial_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_nc2ba_117_sec._igualdade_racial_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, QUE PROVIDENCIE A CRIAÇÃO DA SECRETARIA MUNICIPAL DE IGUALDADE RACIAL.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_nc2ba_118_fundesa_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_nc2ba_118_fundesa_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR GOVERNADOR CLÉCIO LUIS, COM CÓPIAS A SENHORA GISELA CEZIMBRA, PRESIDENTE DA FUNDAÇÃO DE SÁUDE DO AMAPÁ (FUNDESA), A CONTRATAÇÃO DE UM UROLOGISTA PARA IMPLEMENTAR O PROCEDIMENTO CIRÚRGICO DENOMINADO VASECTOMIA NO HOSPITAL REGIONAL DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_119_tarcio_central_do_enem_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_119_tarcio_central_do_enem_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO GOVERNADOR CLÉCIO LUIS, COM CÓPIAS A SENHORA SANDRA CASIMIRO, SECRETÁRIA ESTADUAL DE EDUCAÇÃO QUE SEJA IMPLEMENTADO A CENTRAL DO ENEM EM PORTO GRANDE EM 2026.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_nc2ba_120_castramovel_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_nc2ba_120_castramovel_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, A IMPLANTAÇÃO DO CASTRA MÓVEL EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1876/ind_2025_sinalizacao_das_ruas_do_municipio_de_porto_grande.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1876/ind_2025_sinalizacao_das_ruas_do_municipio_de_porto_grande.pdf</t>
   </si>
   <si>
     <t>INDICA ao Senhor Diretor do Departamento Estadual de Trânsito do Amapá Coronel EDVALDO MAFRA, que requeiro a sinalização horizontal e vertical das ruas e avenidas da cidade de Porto Grande, para garantir segurança e organização no trânsito, evitando acidentes e proporcionando um melhor fluxo de veículos e pedestres.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao__poda__aer_..docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao__poda__aer_..docx</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SECRETÁRIO DE MEIO AMBIENTE, SENHOR CRISTÓVÃO NASCIMENTO A PODAR DE SETE ARVORE DE EUCALIPTO E A RETIRADA DAS MESMAS, NO BAIRRO DO AEROPORTO, AVENIDA NICOLAU DOS SANTOS DOS ANJOS.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_trav_01_aer__limpeza.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_trav_01_aer__limpeza.docx</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO AO SECRETÁRIO DE INFRAESTRUTURA, SENHOR DANILO GONÇALVES NASCIMENTO, A LIMPEZA E MANUTENÇÃO DAS LUMINARIAS DA TRAVESSA 01 BAIRRO AEROPORTO.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_2025_sinalizacao_das_ruas_do_municipio_de_porto_grande.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_2025_sinalizacao_das_ruas_do_municipio_de_porto_grande.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR DIRETOR DO DEPARTAMENTO ESTADUAL DE TRÂNSITO DO AMAPÁ CORONEL EDVALDO MAFRA, QUE REQUEIRO A SINALIZAÇÃO HORIZONTAL E VERTICAL DAS RUAS E AVENIDAS DA CIDADE DE PORTO GRANDE, PARA GARANTIR SEGURANÇA E ORGANIZAÇÃO NO TRÂNSITO, EVITANDO ACIDENTES E PROPORCIONANDO UM MELHOR FLUXO DE VEÍCULOS E PEDESTRES.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1882/indicacao_-_deput_marcivania2c_aquisicao_de_um_onibus_para_amaem_28129_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1882/indicacao_-_deput_marcivania2c_aquisicao_de_um_onibus_para_amaem_28129_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA À SENHORA MARCIVÂNIA FLEXA, DEPUTADA FEDERAL, QUE ALOQUE, ATRAVÉS DE EMENDA PARLAMENTAR, RECURSOS DESTINADOS À AQUISIÇÃO DE UM ÔNIBUS PARA A AMAEM (ASSOCIAÇÃO DE MULHERES AGRICULTORAS E EMPREENDEDORAS DO MATAPI).</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1883/deputada_federal_-_marcivania2c_emenda_parlamentar_aspa-pg_._assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1883/deputada_federal_-_marcivania2c_emenda_parlamentar_aspa-pg_._assinado.pdf</t>
   </si>
   <si>
     <t>INDICA À SENHORA MARCIVANIA FLEXA, DEPUTADA FEDERAL, QUE SEJA VIABILIZADO, ATRAVÉS DE EMENDA PARLAMENTAR, O VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) DESTINADOS À ASPA-PG (ASSOCIAÇÃO DE PRODUTORES DE ABACAXI DE PORTO GRANDE), PARA A AQUISIÇÃO DE INSUMOS AGRÍCOLAS.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1884/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_amaem_assinado_1.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1884/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_amaem_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICA À SENHORA MARCIVÂNIA FLEXA, DEPUTADA FEDERAL, QUE SEJA VIABILIZADO, ATRAVÉS DE EMENDA PARLAMENTAR, O VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) DESTINADOS À AMAEM (ASSOCIAÇÃO DE MULHERES AGRICULTORAS E EMPREENDEDORAS DO MATAPI), PARA A AQUISIÇÃO DE INSUMOS AGRÍCOLAS.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1885/indicacao-_senador_davi2c_trator_de_roda_para_o_apram_assinado_2.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1885/indicacao-_senador_davi2c_trator_de_roda_para_o_apram_assinado_2.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR DAVI ALCOLUMBRE, SENADOR DA REPÚBLICA, QUE ENCAMINHE, POR MEIO DE EMENDA PARLAMENTAR, A DESTINAÇÃO DE RECURSOS PARA A AQUISIÇÃO DE UM TRATOR DE RODAS COM SEUS IMPLEMENTOS AGRÍCOLAS, DESTINADO À APRAM (ASSOCIAÇÃO DOS PRODUTORES RURAIS DO ASSENTAMENTO MUNGUBA).</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1886/davi_acomlubre_-_14_km_de_pavimentacao_colonia_agricola_do_matapi_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1886/davi_acomlubre_-_14_km_de_pavimentacao_colonia_agricola_do_matapi_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR DAVI ALCOLUMBRE, SENADOR DA REPÚBLICA, QUE, POR MEIO DE EMENDA PARLAMENTAR, SEJAM DESTINADOS RECURSOS PARA A EFETIVAÇÃO DE 14 QUILÔMETROS DE PAVIMENTAÇÃO ASFÁLTICA NAS VIAS DA COLÔNIA AGRÍCOLA DO MATAPI, LOCALIZADA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1887/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_asoamp_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1887/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_asoamp_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA À SENHORA MARCIVÂNIA FLEXA, DEPUTADA FEDERAL, QUE SEJA VIABILIZADO, ATRAVÉS DE EMENDA PARLAMENTAR, O VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) DESTINADOS À ASOAMP (ASSOCIAÇÃO DE MULHERES TRABALHADORAS FAMILIAR DO MUNICÍPIO DE PORTO GRANDE), PARA A AQUISIÇÃO DE INSUMOS AGRÍCOLAS.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1888/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_apram_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1888/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_apram_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA À SENHORA MARCIVÂNIA FLEXA, DEPUTADA FEDERAL, QUE SEJA VIABILIZADO, ATRAVÉS DE EMENDA PARLAMENTAR, O VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) DESTINADOS À APRAM (ASSOCIAÇÃO DOS PRODUTORES DO ASSENTAMENTO DO MUNGUBA), PARA A AQUISIÇÃO DE INSUMOS AGRÍCOLAS.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1889/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_apraaf_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1889/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_apraaf_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA À SENHORA MARCIVÂNIA FLEXA, DEPUTADA FEDERAL, QUE SEJA VIABILIZADO, ATRAVÉS DE EMENDA PARLAMENTAR, O VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) DESTINADOS À APRAAF (ASSOCIAÇÃO DOS PRODUTORES E AGROEXTRATIVISTAS DE ASSENTAMENTOS E ÁREAS FUNDIÁRIAS), PARA A AQUISIÇÃO DE INSUMOS AGRÍCOLAS.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_pref_eleilson2c_fornecimento_de_lanche_leve_para_as_ubs_na_zona_rural_._28129.docx_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_pref_eleilson2c_fornecimento_de_lanche_leve_para_as_ubs_na_zona_rural_._28129.docx_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE ENCAMINHE AO SECRETÁRIO MUNICIPAL DE SAÚDE A SOLICITAÇÃO PARA QUE SEJA OFERTADO UM LANCHE LEVE (CAFÉ COM BOLACHAS E MINGAU) A TODAS AS UNIDADES BÁSICAS DE SAÚDE (UBS) DA ZONA RURAL DO MUNICÍPIO DE PORTO GRANDE - AP.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1891/indicacao_prefeito_elielson2c_instalacao_do_parque_na_arena_linha_27a27_28129.docx_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1891/indicacao_prefeito_elielson2c_instalacao_do_parque_na_arena_linha_27a27_28129.docx_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE ENCAMINHE AO SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA A SOLICITAÇÃO PARA QUE SEJA MONTADO O PARQUE DE BRINQUEDOS NA ARENA, LOCALIZADA NA COLÔNIA AGRÍCOLA DO MATAPI, LINHA “A”.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1892/indicacao2c_deputada_marcivania2c_construcao_de_um_centro_comunitario_e_uma_academia_linha_2727a__28129.docx_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1892/indicacao2c_deputada_marcivania2c_construcao_de_um_centro_comunitario_e_uma_academia_linha_2727a__28129.docx_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA À SENHORA MARCIVÂNIA FLEXA, DEPUTADA FEDERAL, QUE ALOQUE RECURSOS, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO E UMA ACADEMIA NA ARENA, LOCALIZADA NA COLÔNIA AGRÍCOLA DO MATAPI, LINHA “A”.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1893/indicacao_davi_-_trator_de_roda_para_apraaf_assinado_1_1.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1893/indicacao_davi_-_trator_de_roda_para_apraaf_assinado_1_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR DAVI ALCOLUMBRE, SENADOR DA REPÚBLICA, QUE ENCAMINHE, POR MEIO DE EMENDA PARLAMENTAR, RECURSOS PARA A AQUISIÇÃO DE UM TRATOR DE RODAS COM SEUS IMPLEMENTOS AGRÍCOLAS, DESTINADOS À APRAAF (ASSOCIAÇÃO DOS PRODUTORES E AGROEXTRATIVISTAS DE ASSENTAMENTO E ÁREAS FUNDIÁRIAS).</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1894/indicacao_121_tarcio_malafaia_reforma_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1894/indicacao_121_tarcio_malafaia_reforma_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DEPUTADO FEDERAL DORINALDO MALAFAIA, A SOLICITAÇÃO DE EMENDA PARLAMENTAR PARA REFORMA E CONCLUSÃO DO CANAL DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1895/indicacao_122_tarcio_unifap_reitor.2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1895/indicacao_122_tarcio_unifap_reitor.2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PROF. DR. JÚLIO CÉSAR SÁ DE OLIVEIRA, REITOR DA UNIVERSIDADE FEDERAL DO AMAPÁ – UNIFAP MACAPÁ/AP, A SOLICITAÇÃO DE ESTUDOS PRÉVIOS, BEM COMO, DE UMA VISITA TÉCNICA NO TERRENO DA UNIFAP EM PORTO GRANDE PARA A INSTALAÇÃO DE UM CAMPUS UNIVERSITÁRIO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1896/024_2025_indicacao_sinalizacao_vias_pavimentadas_.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1896/024_2025_indicacao_sinalizacao_vias_pavimentadas_.pdf</t>
   </si>
   <si>
     <t>A vossa Excelência Senhor, ELIELSON DA SILVA MORAES - Prefeito Municipal de Porto Grande, que no uso de suas atribuições legais, através dos quais. Possa: elaborar e executar Projeto de Sinalização viária vertical e horizontal das Ruas e Avenidas que foram contempladas com pavimentação asfáltica nos bairros, Brasil Tropical, Manoel Cortez, Aeroporto, Nova Esperança (Área 06) no município de Porto Grande-AP.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_nc2ba_123_davi_pol_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_nc2ba_123_davi_pol_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR, PRESIDENTE DO CONGRESSO NACIONAL, SENADOR DA REPÚBLICA DAVI ALCOLUMBRE, A SOLICITAÇÃO DE EMENDA PARLAMENTAR NO VALOR DE R$ 2.500.000,00 (DOIS MILHÕES E MEIO) PARA A CONSTRUÇÃO DO CAMPUS DA UNIVERSIDADE FEDERAL DO AMAPÁ (UNIFAP) EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_125_tarcio_sec._juventude_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_125_tarcio_sec._juventude_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO GOVERNADOR CLÉCIO LUIS, COM CÓPIAS A SENHORA PRISCILA MAGNO, SECRETÁRIA ESTADUAL DE JUVENTUDE QUE SEJA REALIZADO O FESTIVAL DA JUVENTUDE EM PORTO GRANDE EM ABRIL DE 2026, ABRINDO O CALENDÁRIO CULTURAL DA SECRETÁRIA DE JUVENTUDE.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_nc2ba_128_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_nc2ba_128_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A INSTALAÇÃO DE PLAYGROUND ECOLÓGICO INFANTIL NO ESPAÇO DE LAZER DA PRAÇA WILSON RAIMUNDO.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_127_tarcio_sec._juventude_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_127_tarcio_sec._juventude_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO GOVERNADOR CLÉCIO LUIS, COM CÓPIAS A SENHORA PRISCILA MAGNO, SECRETÁRIA ESTADUAL DE JUVENTUDE QUE SEJA IMPLEMENTADO CURSOS DE QUALIFICAÇÃO PROFISSIONAL EM PORTO GRANDE, EM PARCERIA COM O SELO UNICEF, SEBRAE, SENAR E 1MIOPORTUNIDADES, ABRANGENDO AS SEGUINTES ÁREAS: MAQUIAGEM, EXCEL BÁSICO E AVANÇADO, OPERADOR DE COMPUTADOR, CURSO DE PRIMEIRO EMPREGO, CABELEIREIRO, SKINCARE E DESIGN DE SOBRANCELHAS.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1901/indicacao_126_tarcio_sec._juventude_2025_assinado_1.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1901/indicacao_126_tarcio_sec._juventude_2025_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO GOVERNADOR CLÉCIO LUIS, COM CÓPIAS A SENHORA PRISCILA MAGNO, SECRETÁRIA ESTADUAL DE JUVENTUDE QUE SEJA REALIZADO UMA PALESTRA SOBRE A IMPORTÂNCIA DOS GRÊMIOS ESTUDANTIS NA ESCOLA ESTADUAL MARIA CRISTINA E NO INSTITUTO FEDERAL DO AMAPÁ EM FEVEREIRO DE 2026 NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1902/indicacao_124_tarcio_sec._juventude_2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1902/indicacao_124_tarcio_sec._juventude_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO GOVERNADOR CLÉCIO LUIS, COM CÓPIAS A SENHORA PRISCILA MAGNO, SECRETÁRIA ESTADUAL DE JUVENTUDE QUE SEJA REALIZADO O NATAL SOLIDÁRIO DO PROGRAMA AMAPÁ JOVEM EM PORTO GRANDE NO ANO DE 2025.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1906/ind_caixa_dagua_do_bairro_aeroporto..docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1906/ind_caixa_dagua_do_bairro_aeroporto..docx</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP, QUE POSSA REALIZAR A LIMPEZA EXTERNA NO ENTORNO DA CAIXA D’ÁGUA DO BAIRRO AEROPORTO.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao2c_ministro_waldez-_poco_artesianos_com_sistema_de_energia_solar._assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao2c_ministro_waldez-_poco_artesianos_com_sistema_de_energia_solar._assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR WALDEZ GÓES, MINISTRO DA INTEGRAÇÃO E DESENVOLVIMENTO REGIONAL DO BRASIL, QUE SEJA VIABILIZADA, JUNTO AO MINISTÉRIO DA AGRICULTURA E PECUÁRIA, A PERFURAÇÃO DE POÇOS ARTESIANOS COM SISTEMA DE ENERGIA SOLAR DESTINADOS AOS AGRICULTORES DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1908/indicar_-_dep_marcivania2c_viabilizar_recursos_construcao_de_uma_escola_fundamental_i_e_ii_-_bairro_manoel_cortes_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1908/indicar_-_dep_marcivania2c_viabilizar_recursos_construcao_de_uma_escola_fundamental_i_e_ii_-_bairro_manoel_cortes_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR A SENHORA MARCIVÂNIA FLEXA, DEPUTADA FEDERAL, QUE SEJA VIABILIZADO, ATRAVÉS DE EMENDA PARLAMENTAR, RECURSOS DESTINADOS À CONSTRUÇÃO DE UMA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL I E II NO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1909/ind_ramal_do_km_121_bode_e_no_ramal_da_linha_b_do_matapi.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1909/ind_ramal_do_km_121_bode_e_no_ramal_da_linha_b_do_matapi.docx</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP, QUE POSSA REALIZAR A EXECUÇÃO DE SERVIÇO PALIATIVO DE MANUTENÇÃO VIÁRIA NO RAMAL DO KM 121 (BODE) E NO RAMAL DA LINHA B DO MATAPI, COMPREENDENDO, NO QUE COUBER, PARA RESTABELECER A TRAFEGABILIDADE E A SEGURANÇA DOS USUÁRIOS.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1910/ind_rua_gerino_porto.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1910/ind_rua_gerino_porto.docx</t>
   </si>
   <si>
     <t>INDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP, QUE POSSA REALIZAR A INSTALAÇÃO DE FAIXAS DE SINALIZAÇÃO NOS SEGUINTES CRUZAMENTOS:  RUA GERINO PORTO COM A AVENIDA JOAQUIM FRAZÃO DE ARAÚJO (PRÓXIMO AO COMERCIAL BRUNO); E RUA GERINO PORTO COM A AVENIDA MÁRIO CRUZ (PRÓXIMO À DISTRIBUIDORA NANDA).</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1911/indicar2c_gov_clecio_luis2c_junto_ao_sdr_-ap2c_viabilizar_22c5_ton_de_calcario_ao_pg_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1911/indicar2c_gov_clecio_luis2c_junto_ao_sdr_-ap2c_viabilizar_22c5_ton_de_calcario_ao_pg_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR CLÉCIO LUÍS, GOVERNADOR DO ESTADO DO AMAPÁ, QUE SEJA ENCAMINHADO À SECRETARIA DE DESENVOLVIMENTO RURAL (SDR/AP) A VIABILIZAÇÃO DA DOAÇÃO DE 2,5 TONELADAS (DUAS TONELADAS E MEIA) DE CALCÁRIO DESTINADAS AOS AGRICULTORES DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1912/indicar2c_ministro_waldez_-_medidas_compensatorias_aos_agricultores_do_porto_grande__assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1912/indicar2c_ministro_waldez_-_medidas_compensatorias_aos_agricultores_do_porto_grande__assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR WALDEZ GÓES, MINISTRO DA INTEGRAÇÃO E DESENVOLVIMENTO REGIONAL DO BRASIL, QUE SEJA VIABILIZADA, JUNTO AO MINISTÉRIO DA AGRICULTURA E PECUÁRIA, A IMPLEMENTAÇÃO DE MEDIDAS COMPENSATÓRIAS DESTINADAS AOS AGRICULTORES QUE CULTIVAM E FORAM AFETADOS PELA PRAGA “VASSOURA-DE-BRUXA” NAS PLANTAÇÕES DE MANDIOCA E MACAXEIRA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1913/indicar_2c_gov_clecio_luiz2c_junto_ao_sdr_-ap_trator_de_esteira_ao_pg_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1913/indicar_2c_gov_clecio_luiz2c_junto_ao_sdr_-ap_trator_de_esteira_ao_pg_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR CLÉCIO LUÍS, GOVERNADOR DO ESTADO DO AMAPÁ, QUE SEJA ENCAMINHADO À SECRETARIA DE DESENVOLVIMENTO RURAL (SDR/AP) A VIABILIZAÇÃO DOS SERVIÇOS DE TRATOR DE ESTEIRA, COM ÁREA DE ATENDIMENTO DE 1 HECTARE, DESTINADOS AOS AGRICULTORES DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1914/indcacao_ver_carol_dep._malafaia_2.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1914/indcacao_ver_carol_dep._malafaia_2.docx</t>
   </si>
   <si>
     <t>INDICA AO SENHOR DEPUTADO DORINALDO MALAFAIA A DESTINAÇÃO DE RECURSOS, VIA EMENDA PARLAMENTAR, PARA AQUISIÇÃO DE EQUIPAMENTOS PERMANENTES E MOBILIÁRIOS DESTINADOS À CÂMARA MUNICIPAL DE PORTO GRANDE/AP.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_nc2ba_130_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_nc2ba_130_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A TERRAPLANAGEM DO EIXO PRINCIPAL DO NOVA CANAÃ.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_nc2ba_131_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_nc2ba_131_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A MANUTENÇÃO DA 6º VICINAL DO NOVA CANAÃ.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_nc2ba_132_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_nc2ba_132_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A MANUTENÇÃO DA LADEIRA DA 5º VICINAL DO NOVA CANAÃ.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1929/ind_ramal_alagamento.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1929/ind_ramal_alagamento.docx</t>
   </si>
   <si>
     <t>NDICA AO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP, QUE DETERMINE À SECRETARIA COMPETENTE A REALIZAÇÃO DE SERVIÇOS DE DRENAGEM NA AVENIDA GOIÁS, LOCALIZADA NO BAIRRO MALVINAS.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1930/indicacao_nc2ba_129_infra_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1930/indicacao_nc2ba_129_infra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A INSTALAÇÃO DE ESCADAS NOS TRAPICHES DA ORLA DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1931/indicacao_nc2ba_134_malafaia.escolapol_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1931/indicacao_nc2ba_134_malafaia.escolapol_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR, DEPUTADO FEDERAL, DORINALDO MALAFAIA, A SOLICITAÇÃO DE EMENDA PARLAMENTAR PARA A CONSTRUÇÃO DE UMA ESCOLA DE ENSINO MÉDIO NO BAIRRO NOVA ESPERANÇA EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao_nc2ba_136_lucas_abrahao.unifap_pol_assinado_1.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao_nc2ba_136_lucas_abrahao.unifap_pol_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR, DEPUTADO FEDERAL, LUCAS ABRAHÃO, A SOLICITAÇÃO DE EMENDA PARLAMENTAR NO VALOR DE R$ 1.500.000,00 (UM MILHÃO E MEIO) PARA A CONSTRUÇÃO DO CAMPUS DA UNIVERSIDADE FEDERAL DO AMAPÁ (UNIFAP) EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao_nc2ba_135_marcivania.unifap_pol_assinado_2.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao_nc2ba_135_marcivania.unifap_pol_assinado_2.pdf</t>
   </si>
   <si>
     <t>INDICA A EXCELENTÍSSIMA SENHORA, DEPUTADA FEDERAL, MARCIVÂNIA FLEXA, A SOLICITAÇÃO DE EMENDA PARLAMENTAR NO VALOR DE R$ 1.000.000,00 (UM MILHÃO) PARA A CONSTRUÇÃO DO CAMPUS DA UNIVERSIDADE FEDERAL DO AMAPÁ (UNIFAP) EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_-_setrap2c_ponte_do_matapi_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_-_setrap2c_ponte_do_matapi_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR MARCOS ALBERTO DE SOUZA JUCA, SECRETÁRIO DE ESTADO DOS TRANSPORTES DO AMAPÁ – SETRAP, PARA QUE SEJA CONSTRUÍDA UMA NOVA PONTE, LOCALIZADA NA COLONIA AGRICOLA DO MATAPI - NA LINHA (PONTE DO MATAPI).</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao2cseed-_ee_sao_francisco_de_assis_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao2cseed-_ee_sao_francisco_de_assis_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO  SENHOR PAULO LEMOS, SECRETÁRIO DE ESTADO DA EDUCAÇÃO – SEED, QUE SEJA VIABILIZADA, COM URGÊNCIA, A INSTALAÇÃO DE CENTRAIS DE AR NA ESCOLA ESTADUAL SÃO FRANCISCO DE ASSIS, LOCALIZADA NA COLÔNIA AGRÍCOLA DO MATAPI, LINHA C.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_nc2ba_139_infra_assinado_1.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_nc2ba_139_infra_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, ELIELSON DA SILVA MORAES, COM CÓPIAS AO SENHOR SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, DANILO GONÇALVES NASCIMENTO QUE PROVIDENCIEM A INSTALAÇÃO DE SISTEMA DE DRENAGEM E PAVIMENTAÇÃO ASFÁLTICA NA PERIMETRAL NORTE NO BAIRRO COPALMA.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_nc2ba_138_malafaia.br_pol_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_nc2ba_138_malafaia.br_pol_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DEPUTADO FEDERAL, DORINALDO MALAFAIA, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE PAVIMENTAR A PERIMETRAL NORTE (BR-210) – TRECHO DE 50 KM.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao_nc2ba_137_davi.br_pol_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao_nc2ba_137_davi.br_pol_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PRESIDENTE DO CONGRESSO NACIONAL, DAVI ALCOLUMBRE, A SOLICITAÇÃO DE EMENDA PARLAMENTAR COM O INTUITO DE PAVIMENTAR A PERIMETRAL NORTE (BR-210) – TRECHO DE 50 KM.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao_nc2ba_133_malafaia.unifap_pol_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao_nc2ba_133_malafaia.unifap_pol_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR, DEPUTADO FEDERAL, DORINALDO MALAFAIA, A SOLICITAÇÃO DE EMENDA PARLAMENTAR NO VALOR DE R$ 1.500.000,00 (UM MILHÃO E MEIO) PARA A CONSTRUÇÃO DO CAMPUS DA UNIVERSIDADE FEDERAL DO AMAPÁ (UNIFAP) EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1946/ind_02_12_2025_munguba.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1946/ind_02_12_2025_munguba.docx</t>
   </si>
   <si>
     <t>NDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP, QUE DETERMINE À SECRETARIA COMPETENTE A REALIZAÇÃO DE MANUTENÇÃO E MELHORIA DO POÇO ARTESIANO DO ASSENTAMENTO MUNGUNBÁ.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1947/ind_02_12_2025_rua_pedro_texeira.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1947/ind_02_12_2025_rua_pedro_texeira.docx</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP, QUE DETERMINE À SECRETARIA COMPETENTE O FECHAMENTO E A MANUTENÇÃO DOS BUEIROS ABERTOS LOCALIZADOS NA RUA PEDRO TEIXEIRA E NA AVENIDA MAZAGÃO, NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1948/ind_02_12_2025_odontologica_da_ubs_manoel_pereira.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1948/ind_02_12_2025_odontologica_da_ubs_manoel_pereira.docx</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP, QUE DETERMINE À SECRETARIA DE SAÚDE A REPOSIÇÃO DO COMPRESSOR DA CADEIRA ODONTOLÓGICA DA UBS MANOEL PEREIRA, LOCALIZADA NA COMUNIDADE DO MATAPI.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1949/ind_02_12_2025placas_de_sinalizacao.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1949/ind_02_12_2025placas_de_sinalizacao.docx</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DA SILVA MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE - AP, QUE DETERMINE À SECRETARIA COMPETENTE A INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO NAS LOMBADAS EXISTENTES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1950/ind_02_12_2025placas_de_energia.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1950/ind_02_12_2025placas_de_energia.docx</t>
   </si>
   <si>
     <t>INDICA À EQUATORIAL ENERGIA AMAPÁ QUE REALIZE A MANUTENÇÃO DAS PLACAS SOLARES INSTALADAS NAS COMUNIDADES DO RIO ARAGUARI.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1956/2_ind_2025_instalacao_de_uma_academia_ao_ar_livre_na_praca_localizada_na_pista_do_aeroporto.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1956/2_ind_2025_instalacao_de_uma_academia_ao_ar_livre_na_praca_localizada_na_pista_do_aeroporto.docx</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR SENADOR DA REPÚBLICA DAVI ALCOLUMBRE, A DESTINAÇÃO DE RECURSOS, POR MEIO DE EMENDA PARLAMENTAR, PARA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA PRAÇA LOCALIZADA NA PISTA DO AEROPORTO, NO MUNICÍPIO DE PORTO GRANDE-AP.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1957/3_ind_2025_nstalacao_de_brinquedos_infantis_na_praca_wilson_conhecida_como_praca_da_subestacao.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1957/3_ind_2025_nstalacao_de_brinquedos_infantis_na_praca_wilson_conhecida_como_praca_da_subestacao.docx</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELIELSON DA SILVA MORAES, QUE SEJAM ALOCADOS RECURSOS PARA A INSTALAÇÃO DE BRINQUEDOS INFANTIS NA PRAÇA WILSON, CONHECIDA COMO PRAÇA DA SUBESTAÇÃO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao_ubs_wender_-_central_de_ar_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao_ubs_wender_-_central_de_ar_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DE MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE SEJA ENCAMINHADO AO SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA PARA QUE SEJA VIABILIZADA, COM URGÊNCIA, A MANUTENÇÃO DAS CENTRAIS DE AR INSTALADAS NA UBS WENDER RODRIGUES.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao_-_ubs_manoel_s_p_2c_cadeira_odontologica_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao_-_ubs_manoel_s_p_2c_cadeira_odontologica_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DE MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE SEJA ENCAMINHADO AO SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA PARA QUE SEJAM VIABILIZADOS, COM URGÊNCIA, OS REPAROS NECESSÁRIOS NA CADEIRA ODONTOLÓGICA DA UBS MANOEL SOARES PEREIRA.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1961/1_ind_2025_quadra_poliesportiva_na_escola_estadual_campo_verde.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1961/1_ind_2025_quadra_poliesportiva_na_escola_estadual_campo_verde.docx</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR GOVERNADOR DO ESTADO DO AMAPÁ, CLÉCIO LUÍS VILHENA VIEIRA, A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NA ESCOLA ESTADUAL CAMPO VERDE, LOCALIZADA NO MUNICÍPIO DE PORTO GRANDE-AP.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1962/indicacao_-_escola_municipal_alzira_de_queiroz2c_central_de_ar._assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1962/indicacao_-_escola_municipal_alzira_de_queiroz2c_central_de_ar._assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DE MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE SEJA ENCAMINHADO AO SECRETÁRIO MUNICIPAL DE EDUCAÇÃO PARA QUE SEJA VIABILIZADA, COM URGÊNCIA, A INSTALAÇÃO DE CENTRAIS DE AR NA ESCOLA MUNICIPAL ALZIRA DE QUEIROZ, LOCALIZADA NA COLÔNIA AGRÍCOLA DO MATAPI, LINHA A.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_ubs_wender_rodrigues_-_abastecimento_farmacia_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_ubs_wender_rodrigues_-_abastecimento_farmacia_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ELIELSON DE MORAES, PREFEITO MUNICIPAL DE PORTO GRANDE, QUE SEJA ENCAMINHADO AO SECRETÁRIO MUNICIPAL DE SAÚDE PARA QUE SEJA VIABILIZADO, COM URGÊNCIA, O DEVIDO ABASTECIMENTO DA FARMÁCIA DE MEDICAMENTOS DA UBS WENDER RODRIGUES.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1965/4_ind_2025_construcao_de_uma_escola_municipal_de_ensino_fundamental__anos_iniciais_e_finais_1o_ao_9o_ano__no_bairro_manoel_cortez.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1965/4_ind_2025_construcao_de_uma_escola_municipal_de_ensino_fundamental__anos_iniciais_e_finais_1o_ao_9o_ano__no_bairro_manoel_cortez.docx</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR SENADOR DA REPÚBLICA RANDOLFE RODRIGUES, A DESTINAÇÃO DE EMENDA PARLAMENTAR PARA A CONSTRUÇÃO DE UMA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL – ANOS INICIAIS E FINAIS (1º AO 9º ANO) – NO BAIRRO MANOEL CORTEZ, EM PORTO GRANDE-AP.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_emenda_para_rodoviaria.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_emenda_para_rodoviaria.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
 Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
 INDICA ao Excelentíssimo Senhor Deputado Federal Acácio Favacho que envie emenda_x000D_
 parlamentar destinada à construção de uma Rodoviária Municipal em Porto Grande</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_camera_360.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_camera_360.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
 Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
 INDICA ao Prefeito Elielson Moraes a criação de um Centro Municipal de Monitoramento_x000D_
 Integrado, com instalação de câmeras de segurança 360º em pontos estratégicos da cidade.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_aplicativo_municipal_de_servicos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_aplicativo_municipal_de_servicos.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
 Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
 INDICA ao Prefeito Municipal de Porto Grande, Senhor Elielson Moraes, a implantação de um_x000D_
 Aplicativo Municipal de Serviços, que reúna em uma única plataforma digital notificações_x000D_
 oficiais, acesso à saúde, educação, agendamentos, emissão de documentos,_x000D_
 acompanhamento de obras, boletos, denúncias e outros serviços públicos essenciais.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_totens.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_totens.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
 Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
 INDICA ao Prefeito Municipal de Porto Grande, Senhor Elielson Moraes, que sejam instalados_x000D_
 Totens de Autoatendimento em pontos estratégicos do município, como Prefeitura, Centro_x000D_
 da Cidade, UBSs, escolas e distritos.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao_ambulancia_4x4.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao_ambulancia_4x4.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
 Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
 INDICA ao Prefeito Municipal de Porto Grande a aquisição de ambulâncias 4x4 para_x000D_
 atendimento emergencial nas comunidades rurais e de difícil acesso.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1982/indicacao_programa_proteses.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1982/indicacao_programa_proteses.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, MDB, com base no Art. 89, III, c/c Art. 118_x000D_
 do Regimento Interno, INDICA a criação do Programa Municipal de Órteses e Próteses,_x000D_
 incluindo cadeiras de rodas, muletas, andadores e próteses ortopédicas.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1983/indicacao_adote_uma_praca.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1983/indicacao_adote_uma_praca.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
 Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
 INDICA ao Prefeito de Porto Grande a criação do Programa Municipal “Adote uma Praça”.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_pev.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_pev.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
 Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
 INDICA ao Prefeito Elielson Moraes a criação de Pontos de Entrega Voluntária (PEV) para_x000D_
 coleta de materiais recicláveis no município de Porto Grande.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_ambulancia.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_ambulancia.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
 Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
 INDICA ao Prefeito Elielson Moraes a aquisição de uma ambulância exclusiva para atender o_x000D_
 Distrito do Cupixi e comunidades próximas.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1986/mais_medicos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1986/mais_medicos.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao partido MDB, com_x000D_
 assento nesta Casa de Leis, na condição de legítimo representante do povo portograndense,_x000D_
 com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno, INDICA ao_x000D_
 Excelentíssimo Senhor Elielson Moraes – Prefeito Municipal de Porto Grande, que sejam_x000D_
 adotadas as providências necessárias para ampliação do atendimento médico e contratação_x000D_
 de mais profissionais de saúde para as unidades básicas do município.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1987/indicacao_saude_mental.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1987/indicacao_saude_mental.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador do MDB, amparado pelo Art. 89, III e Art._x000D_
 118 do Regimento Interno, INDICA a criação do Programa Municipal de Saúde Mental, com_x000D_
 psicólogos, assistentes sociais e psiquiatras.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1988/indicacao_lombada_e_semaforo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1988/indicacao_lombada_e_semaforo.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
 Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
 INDICA ao Senhor Prefeito Municipal de Porto Grande, Elielson Moraes, que adote as_x000D_
 providências necessárias junto aos órgãos competentes — especialmente DNIT para_x000D_
 instalação de lombada e semáforo na BR-210, nas proximidades da entrada do Bairro Área 6,_x000D_
 garantindo mais segurança aos moradores, com especial atenção às crianças que utilizam_x000D_
 diariamente a via para chegar à Escola Adão Ferreira.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1989/indicacao_bope.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1989/indicacao_bope.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, no uso de suas_x000D_
 atribuições regimentais e com base no Art. 89, III, combinado com o Art. 118 do Regimento_x000D_
 Interno, INDICA ao Excelentíssimo Senhor Governador do Estado do Amapá, Clécio Luís, que_x000D_
 seja criada uma Base do BOPE – Batalhão de Operações Policiais Especiais – no município de_x000D_
 Porto Grande.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1990/indicacao_construcao_de_um_refeitorio.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1990/indicacao_construcao_de_um_refeitorio.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
 Casa de Leis, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
 INDICA ao Senhor Prefeito Municipal, Elielson Moraes, que seja construído um refeitório na_x000D_
 Escola Wilson Ferreira, localizada no bairro Aeroporto.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1991/mais_medicos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1991/mais_medicos.pdf</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_drenagem_alameda_5.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_drenagem_alameda_5.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao partido MDB, com_x000D_
 assento nesta Casa de Leis, na condição de legítimo representante do povo Portograndense,_x000D_
 com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno, INDICA ao Senhor_x000D_
 Prefeito Municipal, Elielson Moraes, que seja realizado serviço de drenagem na Alameda 5,_x000D_
 no bairro Nova Esperança.</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1993/indicacao_farmacia_municipal.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1993/indicacao_farmacia_municipal.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
 Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
 INDICA ao Prefeito Elielson Moraes a criação de uma Farmácia Municipal 24h para atender_x000D_
 emergências noturnas e fins de semana</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1994/indicacao_rota_de_onibus.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1994/indicacao_rota_de_onibus.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
 Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
 INDICA ao Prefeito Elielson Moraes que crie as rotas de transporte público, incluindo micro-_x000D_
 ônibus para regiões de acesso distante, como Matapi, Cupixi e demais áreas rurais.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1995/indicacao_museu.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1995/indicacao_museu.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
 Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
 INDICA ao Prefeito Municipal de Porto Grande, Senhor Elielson Moraes, a implantação do_x000D_
 Museu Histórico de Porto Grande, destinado à preservação da memória, cultura e identidade_x000D_
 local.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1996/indicacao_onibus_circular.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1996/indicacao_onibus_circular.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
 Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
 INDICA ao Senhor Prefeito Municipal de Porto Grande, Elielson Moraes, que proceda aos_x000D_
 estudos e às providências necessárias para a implantação de um sistema de ônibus circular_x000D_
 dentro do município de Porto Grande, atendendo bairros, centro, zona comercial, unidades_x000D_
 de saúde, escolas, repartições públicas e principais vias urbanas</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_raimundo_costa_pereira.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_raimundo_costa_pereira.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
 Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
 INDICA ao Excelentíssimo Senhor Prefeito Municipal de Porto Grande, Elielson Moraes, que_x000D_
 determine a colocação de uma lombada de redução de velocidade na Rua Raimundo Costa_x000D_
 Pereira.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1998/indicacao_ciclovia_estruturada.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1998/indicacao_ciclovia_estruturada.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
 Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
 INDICA ao Senhor Prefeito Municipal de Porto Grande, Elielson Moraes, que proceda aos_x000D_
 estudos técnicos e às providências necessárias para a construção de uma ciclovia urbana_x000D_
 interligando os principais bairros ao Centro da cidade, incluindo iluminação pública,_x000D_
 sinalização adequada, pintura viária e pontos de descanso ao longo de toda a extensão.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1999/indicacao_feira_todo_dia.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1999/indicacao_feira_todo_dia.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao partido MDB, com_x000D_
 assento nesta Casa de Leis, na condição de legítimo representante do povo Portograndense,_x000D_
 com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno, INDICA ao Senhor_x000D_
 Prefeito Municipal de Porto Grande que sejam adotadas as medidas necessárias para que a_x000D_
 feira municipal seja realizada todos os dias da semana, e não somente aos sábados pela_x000D_
 manhã</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2000/indicacao_violencia_contra_mulher.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2000/indicacao_violencia_contra_mulher.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
 Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
 INDICA ao Senhor Prefeito Municipal de Porto Grande, Elielson Moraes, que proceda aos_x000D_
 estudos técnicos e às providências necessárias para a realização da Caminhada Municipal de_x000D_
 Conscientização e Enfrentamento à Violência Contra a Mulher, como ação oficial do município_x000D_
 em defesa da vida, da integridade e dos direitos das mulheres.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_fiacao_141.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_fiacao_141.pdf</t>
   </si>
   <si>
     <t>SALMON DOS SANTOS SILVA SANTANA, Vereador, pertencente ao MDB, com assento nesta_x000D_
 Casa Legislativa, com base no Art. 89, III, combinado com o Art. 118 do Regimento Interno,_x000D_
 INDICA ao Senhor Prefeito Municipal de Porto Grande, Elielson Moraes, que adote_x000D_
 providências urgentes junto à empresa Equatorial Energia, visando a revisão completa da_x000D_
 rede elétrica do Ramal 141, bem como a imediata manutenção e reparo da fiação caída, que_x000D_
 atualmente permanece energizada, gerando grave risco à população.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2003/indicacao_539-tarcio.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2003/indicacao_539-tarcio.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR ANTÔNIO WALDEZ GÓES, MINISTRO DA INTEGRAÇÃO NACIONAL E DESENVOLVIMENTO REGIONAL, QUE A BR-210 SEJA INCLUÍDA NO NOVO PROGRAMA DE ACELERAÇÃO DO CRESCIMENTO (PAC).</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1452/moc_01_2025_gab_vera_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1452/moc_01_2025_gab_vera_carol.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A GISELA CEZIMBRA TAVARES MORAES, PRESIDENTE DA FUNDESA (FUNDAÇÃO AMAPAENSE DE SAÚDE), PELA EXCELÊNCIA NA GESTÃO DO HOSPITAL REGIONAL DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1453/moc_02_2025_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1453/moc_02_2025_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS O PROJETO "CINEMA EM MOVIMENTO", IDEALIZADO E EXECUTADO PELO COLETIVO ELO AP, PELAS  INICIATIVAS CULTURAIS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS VISA RECONHECER PULBLICAMENTE O BRILHANTE DESEMPENHO DOS ESTUDANTES DE PORTO GRANDE QUE REPRESENTARAM O BRASIL NA GENYUS OLYMPIAD.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS ALUNOS-DANCADEIROS E DANÇADEIRAS DA ESCOLA ELIAS TRAJANO DE SOUZA QUE PARTICIPARAM DA EDIÇÃO DE 2025 DO VII CONCURSO ESTADUAL CANTANDO MARABAIXO NAS ESCOLAS.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1692/mocao_de_aplausos_0002.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1692/mocao_de_aplausos_0002.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao Senhor _x000D_
 Gersonildo Lemos de Almeida, pelos serviços prestados à Saúde Pública no município de Porto Grande desde novembro de 2007</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1693/moncao_de_aplausos_e_reconhecimento_-_gedian_oliveira__-_jungle_fight_138.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1693/moncao_de_aplausos_e_reconhecimento_-_gedian_oliveira__-_jungle_fight_138.pdf</t>
   </si>
   <si>
     <t>MONÇÃO DE APLAUSO E RECONHECIMENTO, AO JOVEM GEDIAN OLIVEIRA, LUTADOR FAIXA PRETA, PELA VITORIA NO EVENTO DE MMA NO DIA 12 DE JULHO EM SÃO PAULO, CHAMADO JUNGLE FIGHT.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1695/moncao_de_aplausos_e_reconhecimento_-_quadrilhas_juninas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1695/moncao_de_aplausos_e_reconhecimento_-_quadrilhas_juninas.pdf</t>
   </si>
   <si>
     <t>MONÇÃO DE APLAUSO E RECONHECIMENTO, AS QUADRILHAS EXPLODE CORAÇÃO E EXPLOSÃO JUNINA</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1700/mocao_de_aplausos_0001.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1700/mocao_de_aplausos_0001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS: Ao Senhor Ernanis Martel da Costa 3º Sargento da Polícia Militar do Estado do Amapá, em reconhecimento pelos_x000D_
 relevantes serviços prestados à segurança pública do Município de Porto Grande</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A GISELA CESIMBRA, PRESIDENTE DA FUNDAÇÃO DE SAÚDE AMAPAENSE, PELO COMPROMISSO, DEDICAÇÃO E ATUAÇÃO DESTACADA À FRENTE DA INSTITUIÇÃO, ESPECIALMENTE PELO ATENDIMENTO AO PEDIDO DE LIBERAÇÃO DE CAMPO DE ESTÁGIO NO HOSPITAL REGIONAL DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1736/mocao_02_tarcio._2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1736/mocao_02_tarcio._2025_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A DELEGAÇÃO DE PORTO GRANDE QUE PARTICIPOU DO 60ª CONGRESSO DA UNIÃO NACIONAL DOS ESTUDANTES (CONUNE) EM GOIÂNIA.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1737/mocao_01_tarcio._2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1737/mocao_01_tarcio._2025_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ATLETA GEDIAN ASSUNÇÃO DE OLIVEIRA PELA RELEVENTE VITÓRIA NO JINGLE FIGHT 138 QUE OCORREU EM SÃO PAULO.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1745/mocao_03_tarcio._2025_assinado_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1745/mocao_03_tarcio._2025_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A TODOS ALUNOS DA ESCOLA MARIA CRISTINA BOTELHO RODRIGUES PREMIADOS NA OLIMPÍADA BRASILEIRA DE MATEMÁTICA DAS ESCOLAS PÚBLICAS (OBMEP).</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1838/moncao_de_aplausos_e_reconhecimento_a_professores_diretores_e_coordenadores_da_participacao_da_feceap.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1838/moncao_de_aplausos_e_reconhecimento_a_professores_diretores_e_coordenadores_da_participacao_da_feceap.pdf</t>
   </si>
   <si>
     <t>DE APLAUSO E RECONHECIMENTO, A TODOS OS COORDENADORES, PROFESSORES E DIRETORES DAS ESCOLAS PARTICIPANTES DO MUNICÍPIO DE PORTO GRANDE NA  13ª EDIÇÃO DA FEIRA DE CIÊNCIAS E ENGENHARIA DO AMAPÁ (FECEAP)</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1945/mocao_de_aplauso_ao_atleta_bruno_moura.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1945/mocao_de_aplauso_ao_atleta_bruno_moura.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, AO ATLETA PORTOGRANDENSE BRUNO MOURA,  POR SUA BRILHANTE CONQUISTA DO TÍTULO DE CAMPEÃO BRASILEIRO DE WRESTLING E SEGUNDO LUGAR NO RANKING NACIONAL.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1964/mc_rosangela.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1964/mc_rosangela.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À SENHORA ROSÂNGELA CARDOSO, PELOS RELEVANTES SERVIÇOS PRESTADOS À VALORIZAÇÃO DA CULTURA, DA IDENTIDADE NEGRA E DA IMAGEM DO MUNICÍPIO DE PORTO GRANDE, EM RAZÃO DE SUA CONQUISTA DO TÍTULO DE MAIS BELA NEGRA DO ESTADO DO AMAPÁ.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA À LEI ORGÂNICA MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1725/pmlo._01_tarcio_leite_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1725/pmlo._01_tarcio_leite_assinado.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA A LEI ORGÂNICA DO MUNICÍPIO DE PORTO GRANDE QUE MODIFICA A REDAÇÃO DO ART. 65.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>RV</t>
   </si>
   <si>
     <t>RAZÕES DO VETO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1627/mensagem_de_veto.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1627/mensagem_de_veto.pdf</t>
   </si>
   <si>
     <t>VETO INTEGRAL AO PL 26/2023, QUE "INSTITUI O SISTEMA MUNICIPAL DE CULTURA DE PORTO GRANDE, CRIA O FUNDO MUNICIPAL DE CULTURA E O CONSELHO MUNICIPAL DE POLÍTICA CULTURA, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>VETO PARCIAL AO PROJETO DE LEI Nº 11/2025 que "Institui o Prêmio Cientista Júnior a ser conferido anualmente pela Câmara de Vereadores de Porto Grande, visando reconhecer e incentivar as pesquisas cientificas e tecnológicas desenvolvidas por alunos das escolas de educação infantil (4 e 5 anos), ensino fundamental e ensino médio do Município de porto Grande".</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1857/veto_002.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1857/veto_002.pdf</t>
   </si>
   <si>
     <t>Veto integral ao Projeto de Lei do Legislativo nº74/2025, de autoria da Vereadora Regiane Silva</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t>PARECER Comissão de Legislação, Justiça e Redação Final (CLJRF) AO PLO 2/2025 - PROJETO DE LEI ORDINÁRIA EXECUTIVO - Ementa: INSTITUI O REGIME DE ADIANTAMENTO POR MEIO DE CARTÃO CORPORATIVO ÀS UNIDADES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>COFI - Comissão de Orçamento e Finanças</t>
   </si>
   <si>
     <t>PARECER Comissão de Orçamento e Finanças (COFI) AO PLO 2/2025 - PROJETO DE LEI ORDINÁRIA EXECUTIVO - Ementa: INSTITUI O REGIME DE ADIANTAMENTO POR MEIO DE CARTÃO CORPORATIVO ÀS UNIDADES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1581/parecer_03_2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1581/parecer_03_2025.pdf</t>
   </si>
   <si>
     <t>PARECER Comissão de Legislação, Justiça e Redação Final (CLJRF) AO PLE 36/2025 - PROJETO DE LEI ORDINÁRIA LEGISLATIVO - Ementa: Ementa: _x000D_
 DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO DOS ARTESÃOS DE PORTO GRANDE-AAPOG,GARANTINDO ACESSO E RECONHECIMENTO AOS ARTESÃOS DE PORTO GRANDE,E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1582/parecer_04_2025_.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1582/parecer_04_2025_.pdf</t>
   </si>
   <si>
     <t>PARECER Comissão de Legislação, Justiça e Redação Final (CLJRF) AO PLE 47/2025 - PROJETO DE LEI ORDINÁRIA LEGISLATIVO - Ementa: Ementa: _x000D_
 Institui o uso do "Cordão de Girassol" como instrumento auxiliar de orientação para identificação de pessoas com deficiências ocultas e raras que não são perceptíveis no Município de Porto Grande e dá Outras Providências.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1608/par_cljrf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1608/par_cljrf.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, Assunto: Projeto de Lei nº 005/2025 – GAB/PMPG</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>PARACER AO PL 02/2025 GAB. VER. SALMON SANTANA</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>PARACER AO PL 029/2025 GAB. VERA. REGIANE SILVA</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>PARACER AO PL 32/2025 GAB. VERA. CAROL MONTEIRO</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL - CLJRF, Assunto: Projeto de Lei nº 09/2025 - Dispõe sobre a convalidação de Títulos Definitivos emitidos pela Prefeitura Municipal de Porto Grande, referentes à área do Loteamento São José, e dá outras providências.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1684/parecer_10_comissao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1684/parecer_10_comissao.pdf</t>
   </si>
   <si>
     <t>PARECER N° 10/2025, ASSUNTO:  VETO INTEGRAL AO PROJETO DE LEI N.º 26/2023.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1870/parecer_pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1870/parecer_pdf.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL - CLJRF, Assunto: Projeto de Lei nº 13/2025 - Institui o Plano Plurianual do Município de porto Grande para o quadriênio 2026-2029</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1871/parecer_comissao_orcamento.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1871/parecer_comissao_orcamento.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE ORÇAMENETO E FINANÇAS - Assunto: Projeto de Lei nº 013/2025 - INSTITUI O PLANO PLURIANUAL  DO MUNICÍPIO DE PORTO GRANDE PARA O QUADRIÊNIO 2026-2029</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1879/parecer_da_comissao_de_legislacao_e_justica-ldo_29.10.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1879/parecer_da_comissao_de_legislacao_e_justica-ldo_29.10.pdf</t>
   </si>
   <si>
     <t>PARECER Nº13 DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL - CLJRF, ASSUNTO: PROJETO DE LEI Nº 12/2025-PMPG-DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2026.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1880/parecer_comissao_de_orcamento_e_financas__014-_29.10.25.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1880/parecer_comissao_de_orcamento_e_financas__014-_29.10.25.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 14 DA COMISSÃO DE ORÇAMENTO E FINANÇAS-COF, ASSUNTO: PROJETO DE LEI Nº 12/2015-PMPG-DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2026.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1904/parecer_da_comissao_de_legislacao_e_justica-loa.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1904/parecer_da_comissao_de_legislacao_e_justica-loa.pdf</t>
   </si>
   <si>
     <t>PARECER nº 15/2025-PMPG, DA COMISSÃO -COF/CMPG, DA COMISSÃO DE LEGISLAÇÃO FINANÇAS E REDAÇÃO FINAL- DISPÕE SOBRE ALE LEI ORÇAMENTÁRIA ANUAL- LOA PARA O PERÍODO DE 2026-ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1905/parecer_da_comissao_de_orcamento_e_financas-loa.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1905/parecer_da_comissao_de_orcamento_e_financas-loa.pdf</t>
   </si>
   <si>
     <t>PARECER nº 16/2025-PMPG- DA COMISSÃO DE ORÇAMENTO E FINANÇAS-COF/CMPG, DISPÕE SOBRE A LEI ORÇAMENTÁRIA ANUAL- LOA PARA O PERÍODO DE 2026-ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1919/parecer_no17_cljrf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1919/parecer_no17_cljrf.pdf</t>
   </si>
   <si>
     <t>PARECER nº 17/2025 DA COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL-CLJRF/CMPG, ASSUNTO: DISPÕE SOBRE A POLÍTICA MUNICIPAL PARA O DESENVOLVIMENTO E EXPANSÃO DA APICULTURA E MELIPONICULTURA E INSTITUI O PROGRAMA MUNICIPAL DE INCENTIVO À APICULTURA E MELIPONICULTURA NO MUNICÍPIO DE PORTO GRANDE E DA OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1920/parecer_no18_cof.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1920/parecer_no18_cof.pdf</t>
   </si>
   <si>
     <t>PARECER nº 18/2025 DA COMISSÃO DE ORÇAMENTO E FINANÇAS/CMPG, ASSUNTO: DISPÕE SOBRE A POLÍTICA MUNICIPAL PARA O DESENVOLVIMENTO E EXPANSÃO DA APICULTURA E MELIPONICULTURA E INSTITUI O PROGRAMA MUNICIPAL DE INCENTIVO À APICULTURA E MELIPONICULTURA NO MUNICÍPIO DE PORTO GRANDE E DA OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1921/parecer_no_19_cljrf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1921/parecer_no_19_cljrf.pdf</t>
   </si>
   <si>
     <t>PARECER nº 19/2025 DA COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL-CLJRF/CMPG, ASSUNTO: PROJETO DE LEI nº 48/2025-DISPÕE SOBRE A INCLUSÃO DO SÍMBOLO MUNDIAL DE CONSCIENTIZAÇÃO DO TRANSTORNO DO ESPECTRO AUTISTA (TEA) NOS UNIFORMES DOS ESTUDANTES AUTISTAS DA REDE DE ENSINO DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1922/parecer_no_20_cof.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1922/parecer_no_20_cof.pdf</t>
   </si>
   <si>
     <t>PARECER nº 20/2025 DA COMISSÃO DE ORÇAMENTO E FINANÇAS-COF/CMPG, ASSUNTO: PROJETO DE LEI nº 48/2025-DISPÕE SOBRE A INCLUSÃO DO SÍMBOLO MUNDIAL DE CONSCIENTIZAÇÃO DO TRANSTORNO DO ESPECTRO AUTISTA (TEA) NOS UNIFORMES DOS ESTUDANTES AUTISTAS DA REDE DE ENSINO DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1923/parecer_no_21_cljrf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1923/parecer_no_21_cljrf.pdf</t>
   </si>
   <si>
     <t>PARECER nº 21/2025 DA COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL-CLJRF/CMPG, ASSUNTO: PROJETO DE LEI nº 72/2025-"DISPÕE SOBRE A REALIZAÇÃO DO TESTE DE ACUIDADE VISUAL DURANTE A ALFABETIZAÇÃO CONFORME ESPECIFICAÇÃO".</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1924/parecer_no_22_cof.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1924/parecer_no_22_cof.pdf</t>
   </si>
   <si>
     <t>PARECER nº 22/2025 DA COMISSÃO DE ORÇAMENTO E FINANÇAS-COF/CMPG, ASSUNTO: PROJETO DE LEI nº 72/2025-"DISPÕE SOBRE A REALIZAÇÃO DO TESTE DE ACUIDADE VISUAL DURANTE A ALFABETIZAÇÃO CONFORME ESPECIFICAÇÃO."</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1937/parecer_24_cljrf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1937/parecer_24_cljrf.pdf</t>
   </si>
   <si>
     <t>PARECER nº 24/2025 DA COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL-CLJRF, ASSUNTO: PROJETO DE LEI nº 52/2025-"Institui a Política Municipal de Prevenção ao Abandono e Evasão Escolar no Município de Porto Grande e dá outras providencias".</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1942/parecer_do_pll_no_53.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1942/parecer_do_pll_no_53.pdf</t>
   </si>
   <si>
     <t>PARECER nº25/2025 DA COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL-CLJRF, ASSUNTO: PROJETO DE LEI nº 53/2025-"Institui a Política Municipal de enfrentamento à Violência Política de Gênero e Raça".</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1943/parecer_do_pll_no_55.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1943/parecer_do_pll_no_55.pdf</t>
   </si>
   <si>
     <t>PARECER nº 26/2025 DA COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL-CLJRF, ASSUNTO: PROJETO DE LEI nº 55/2025-"Institui no Calendário de Eventos Culturais de Eventos do Município o "Dia Municipal do Quadrilheiro Junino" a ser comemorado anualmente em 27 de junho e dá outras providências.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1944/parecer_pll_no_70.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1944/parecer_pll_no_70.pdf</t>
   </si>
   <si>
     <t>PARECER nº 27/2025 DA COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL-CLJRF, ASSUNTO: PROJETO DE LEI nº 70/2025- "Instalação de Antena anti-linha cortante em motocicletas", que "Autoriza o Poder Executivo a Instituir a Obrigatoriedade de instalação de antena anti-linha cortante nas motocicletas e dá outras providencias".</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1951/par._57_cljrf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1951/par._57_cljrf.pdf</t>
   </si>
   <si>
     <t>PARECER nº 28 da CLJRF-2025-Denomina o Centro Especializado em Reabilitação - CER como "Everaldo da Silva Vasconcelos"</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1952/par._57_cof.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1952/par._57_cof.pdf</t>
   </si>
   <si>
     <t>PARECER nº 29 da COF-2025-Denomina o Centro Especializado em Reabilitação - CER como "Everaldo da Silva Vasconcelos"</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1953/par._59_cljrf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1953/par._59_cljrf.pdf</t>
   </si>
   <si>
     <t>PARECER nº 30 da CLJRF-2025-Dispõe Sobre a denominação da Feira Municipal de Porto Grande com o nome de Pedro Manoel dos Santos e dá outras providências.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1954/par._59_cof.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1954/par._59_cof.pdf</t>
   </si>
   <si>
     <t>PARECER nº 31 da COF-2025-Dispõe Sobre a denominação da Feira Municipal de Porto Grande com o nome de Pedro Manoel dos Santos e dá outras providências.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1955/par_65_cljrf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1955/par_65_cljrf.pdf</t>
   </si>
   <si>
     <t>PARECER nº 32  da CLJRF-2025-Denomina Área 6 Rural como "Bairro José Barreto", e dá outras providências.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1959/par.65_cof.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1959/par.65_cof.pdf</t>
   </si>
   <si>
     <t>PARECER nº 33 da COF-2025-Denomina Área 6 Rural como "Bairro José Barreto", e dá outras providências.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1966/par._66_cljrf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1966/par._66_cljrf.pdf</t>
   </si>
   <si>
     <t>PARECER nº 34 da CLJRF-2025-Denomina a Praça localizada no Bairro Nova Esperança como "Praça Claudenor da Conceição Santos", e dá outras providências.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1967/par.66_cof.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1967/par.66_cof.pdf</t>
   </si>
   <si>
     <t>PARECER nº 35 da COF-2025-Denomina a Praça localizada no Bairro Nova Esperança como "Praça Claudenor da Conceição Santos", e dá outras providências.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1968/par._69_cljrf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1968/par._69_cljrf.pdf</t>
   </si>
   <si>
     <t>PARECER nº 36 da CLJRF-2025-Denomina a Comunidade Rural conhecida como "Comunidade 112" como "Comunidade Antônio Santos", e dá outras providências.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1969/par.69_cof.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1969/par.69_cof.pdf</t>
   </si>
   <si>
     <t>PARECER nº 37 da COF-2025-Denomina a Comunidade Rural conhecida como "Comunidade 112" como "Comunidade Antônio Santos", e dá outras providências.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1970/par._77_cljrf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1970/par._77_cljrf.pdf</t>
   </si>
   <si>
     <t>PARECER nº 38  da CLJRF-2025-Dispõe sobre a Denominação do Cemitério da Paz, que seja modificado o nome para "ANTONIO RAIMUNDO BARBOSA, e  dá outras providencias.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1971/par._77_cof.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1971/par._77_cof.pdf</t>
   </si>
   <si>
     <t>PARECER nº 39  da COF-2025-Dispõe sobre a Denominação do Cemitério da Paz, que seja modificado o nome para "ANTONIO RAIMUNDO BARBOSA, e  dá outras providencias.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1972/par.87_cljrf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1972/par.87_cljrf.pdf</t>
   </si>
   <si>
     <t>PARECER nº 40 da CLJRF-2025-Denomina a arena de Grama Sintética localizada na Linha A, Comunidade do Matapi, como "Arena Reinaldo Magalhães ", e dá outras providências.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1973/par._87_cof.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1973/par._87_cof.pdf</t>
   </si>
   <si>
     <t>PARECER nº 41 da COF-2025-Denomina a arena de Grama Sintética localizada na Linha A, Comunidade do Matapí, como "Arena Reinaldo Magalhães ", e dá outras providências.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1974/par._cljrf_89.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1974/par._cljrf_89.pdf</t>
   </si>
   <si>
     <t>PARECER nº 42-CLJRF/2025-DISPÕE SOBRE A NOMEAÇÃO DA ESCOLA MUNICIPAL DO VILA NOVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1975/par._cof_89.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1975/par._cof_89.pdf</t>
   </si>
   <si>
     <t>PARECER nº 43-COF/2025-DISPÕE SOBRE A NOMEAÇÃO DA ESCOLA MUNICIPAL DO VILA NOVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2002/img002_merged.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2002/img002_merged.pdf</t>
   </si>
   <si>
     <t>PARECER nº 44 da CLJRF-2025-PROJETO DE RESOLUÇÃO nº 7/2025-CMPG, que altera dispositivos do Regimento Interno da Câmara Municipal de Porto Grande.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>MEN</t>
   </si>
   <si>
     <t>MENSAGEM</t>
   </si>
   <si>
     <t>MENSAGEM AO PROJETO DE LEI Nº 02, DE 28 DE MARÇO DE 2025. que "INSTITUI O REGIME DE ADIANTAMENTO POR MEIO DE CARTÃO CORPORATIVO ÀS UNIDADES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1577/mensagem_ao_institui_o_ciencia_em_movimento_programa_municipal_de_incentivo_a_iniciacao_cientifica_na_rede_publica_de_ensino_de_porto_grande_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1577/mensagem_ao_institui_o_ciencia_em_movimento_programa_municipal_de_incentivo_a_iniciacao_cientifica_na_rede_publica_de_ensino_de_porto_grande_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PROJETO DE LEI QUE INSTITUI O "CIÊNCIA EM MOVIMENTO" PROGRAMA MUNICIPAL DE INCENTIVO A INICIAÇÃO CIENTIFICA NA REDE PÚBLICA DE ENSINO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1580/men_05_2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1580/men_05_2025.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PROJETO DE LEI Nº 05 DE 02 DE JUNHO DE 2025.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1644/mensagem_ao_pl_09_2025_-_convalidacao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1644/mensagem_ao_pl_09_2025_-_convalidacao.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PL 09/2025 GAB PMPG, QUE "DISPÕE SOBRE A CONVALIDAÇÃO DE TÍTULOS DEFINITIVOS EMITIDOS PELA PREFEITURA MUNICIPAL DE PORTO GRANDE, REFERENTES A ÁREA DO LOTEAMENTO SÃO JOSÉ, E DÁ OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1646/projeto_de_lei_10-paginas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1646/projeto_de_lei_10-paginas.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PL 10/2025 GAB PMPG, QUE "DISPÕE SOBRE A PRORROGAÇÃO DA VIGÊNCIA DO PLANO MUNICIPAL DE EDUCAÇÃO - PME DE PORTO GRANDE E DÁOUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1718/mens_pl_13_turismo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1718/mens_pl_13_turismo.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PL QUE INSTITUI O CONSELHO MUNICIPAL DE TURISMO E O FUNDO MUNICIPAL DE TURISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>MENSAGEM AO PL 012/2025 PMPG, REFERENTE A LDO 2026.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>MENSAGEM AO PL 013/2025 PMPG, REFERENTE A PPA 2026 / 2029.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>MENSAGEM AO PROJETO DE LEI Nº 014/2025-PMPG, de 29 de Setembro de 2025.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1918/mensagem_ao_pl_no_15_conselho.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1918/mensagem_ao_pl_no_15_conselho.pdf</t>
   </si>
   <si>
     <t>MENSAGEM REFERENTE AO PLO nº 15/2025-DISPÕE SOBRE A ESTRUTURA E O FUNCIONAMENTO DO CONSELHO TUTELAR DE PORTO GRANDE-AP, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1936/mensagem_ao_pl_ifa1.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1936/mensagem_ao_pl_ifa1.pdf</t>
   </si>
   <si>
     <t>MENSAGEM REFERENTE AO PLO 16/2025</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>EMI</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2004/emenda_impositiva_vereadora_sueli_4.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2004/emenda_impositiva_vereadora_sueli_4.docx</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA 001/2025-AUTORA VEREADORA SUELI SOUZA</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2005/ei_carol.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2005/ei_carol.pdf</t>
   </si>
   <si>
     <t>EMI 002/2025 - EMENDA IMPOSITIVA-AUTORIA: VEREADORA CAROL MONTEIRO</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2006/emenda_impositiva_tarcio.2025_assinado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2006/emenda_impositiva_tarcio.2025_assinado.pdf</t>
   </si>
   <si>
     <t>EMI 003/2025 - EMENDA IMPOSITIVA-AUTOR: VEREADOR TÁRCIO LEITE</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2007/ei_eliza.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2007/ei_eliza.pdf</t>
   </si>
   <si>
     <t>EMI 004/2025 - EMENDA IMPOSITIVA-AUTORA: VEREADORA ELIZA GAMA DA SILVA</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2008/emenda_impositiva_vereadora_regiane_oficial_2.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2008/emenda_impositiva_vereadora_regiane_oficial_2.pdf</t>
   </si>
   <si>
     <t>EMI 005/2025 - EMENDA IMPOSITIVA-AUTORA: VEREADORA REGIANE DA SILVA PEREIRA</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2009/ei_junior_colares.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2009/ei_junior_colares.pdf</t>
   </si>
   <si>
     <t>EMI 006/2025 - EMENDA IMPOSITIVA-AUTOR: VEREADOR JÚNIOR COLARES</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2010/ei_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2010/ei_guri.pdf</t>
   </si>
   <si>
     <t>EMI 007/2025 - EMENDA IMPOSITIVA-AUTOR: VEREADOR GURI DO MATAPI</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2011/ei_pedro_jordao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2011/ei_pedro_jordao.pdf</t>
   </si>
   <si>
     <t>EMI 008/2025 - EMENDA IMPOSITIVA-AUTOR: VEREADOR PEDRO JORDÃO</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2012/projeto_de_lei_2025_-_emenda_impositiva_1_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2012/projeto_de_lei_2025_-_emenda_impositiva_1_nelson.pdf</t>
   </si>
   <si>
     <t>EMI 009/2025 - EMENDA IMPOSITIVA-AUTOR: VEREADOR NELSON</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2013/emenda_impositiva_vereador_conjaki_2.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2013/emenda_impositiva_vereador_conjaki_2.pdf</t>
   </si>
   <si>
     <t>EMI 010/2025 - EMENDA IMPOSITIVA-AUTOR: VEREADOR JAIRISON ATAÍDE VALES (CONJAKI)</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>EMI 011/2025 - EMENDA IMPOSITIVA-AUTOR: VEREADOR SALMON SANTANA</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>ASO</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINARIA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2015/1874/ata_2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2015/1874/ata_2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 33º SESSÃO ORDINÁRIA 21 DE OUTUBRO 2025_x000D_
 ata nº 01/2025 reunião da comissão de legislação, justiça e redação final, sobre a discussão do seguinte projeto de lei nº 013/2025-dispõe sobre o plano plurianual para o período de 2026/2029</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1875/ata_2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1875/ata_2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 33º SESSÃO ORDINÁRIA 21 DE OUTUBRO 2025_x000D_
 ata nº 02/2025 reunião da comissão de orçamentos e finanças, sobre a discussão do seguinte projeto de lei nº 013/2025-dispõe sobre o plano plurianual para o período de 2026/2029</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -8839,51 +8839,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1484/ple_02_2025_cartao_corporativo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1576/projeto_de_lei_04_-_ciencia_em_movimento.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1579/pl_05_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1643/projeto_de_lei_ordinaria_executivo_no_9_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1645/projeto_de_lei_ordinaria_executivo_no_10_de_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1717/pl_13_turismo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1805/ldo_2026_pl_12_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1807/1_ppa-mesclado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1864/projeto_de_lei_no_014-2025-pmpg_loa_2025-2026_assinado_2_removed.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1873/projeto_de_lei_do_executivo_no015.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1917/plo_16.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1265/pll_02_-_parlamento_jovem.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1266/pll_03_-_jovem_profissional_s.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1267/pll_04_-_centro_ref._autismo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1274/projeto_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1294/pl_01_tarcio_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1304/pll_07_-_abril_azul.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1315/pl_03_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1318/pl_04_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1344/pl_05_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1345/pl_06_tarcio_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1376/pl_07_ta_rcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1382/projeto_de_lei_2025_-_proibicao_de_assumir_cargos__crime_contra_crianca_e_adolescente.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1383/projeto_de_lei_2025_-_cria_o_programa_musica_na_escola.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1384/projeto_de_lei_2025_-_cria_apolitica_civica_para_a_juventude.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1385/projeto_de_lei_2025_-_dignidade_menstrual.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1386/projeto_de_lei_2025_-_institui_a_semana_ra_e_dos_fazedores_de_culturamunicipal_da_cultu.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1388/projeto_de_lei_2025_-_autoriza_o_municipio_a_instituir_o_casamento_comunitario.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1390/projeto_de_lei_2025_-_cria_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1392/projeto_de_lei_2025_-_banco_de_ideias_legislativas.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1397/lei_2_salmon.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1398/projeto_de_lei__salmon.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1399/copia_de_projeto_corrida_chamativa.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1400/projeto_de_lei_violencia_contra_mulher.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1401/lei_3_salmon_santana.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1402/lei_4_salmon_santana.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1405/corrida_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1420/novo_denominacao_semiterio_pl_regiane_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1454/modelo_cmpg_salmon_2025_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1457/oportunidade_de_emprego.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1463/pl_corrida_da_mulher_gab_pres_carol_monteiro.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1466/projeto_de_lei_empreendedorismo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1470/projeto_de_lei_2025_-_inclui_o_mes_de_abril_no_calendario_oficial_de_eventos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1471/projeto_de_lei_2025_-_institui_o_protocolo_azul_-_autismo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1472/pl_36_2025_gab_vera_eliza_gama.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1485/pl_-_fogos_de_artificio.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1511/pl_38_2025_gab_vera_carol_feira_de_ciencias.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1520/projeto_de_lei_2025_-_cria_a_semana_e_o_festival_do_agronegocio_em__porto_grande.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1524/inclusao_e_acessibilidade.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1525/carteirinha_do_deficiente.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1526/projeto_de_lei_2025_-_cria_o_festival_do_milho__no_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1527/pl_dispoe_sobre_a_politica__municipal_para_o__desenvolvimento_e_expansao_da_apicultura_e_meloponicultura.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1528/capacitacao_continua.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1529/disk_denuncia_bullying.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1539/pl_dispoe_sobre_a_politica__municipal_para_o__desenvolvimento_e_expansao_da_apicultura_e_meloponicultura.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1542/projeto_de_lei_2025_-_cria_o_cordao_girassol_no_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1544/projeto_de_lei_2025_-_institui_o_programa_de_capacitacao__sobre_o_tea_para_professores.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1570/projeto_de_lei_agressores_de_animais.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1607/pl_abacaxi_revisado1_page-0001.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1611/projeto_de_lei_2025_-_terapia_domiciliar_para_autistas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1615/pl_08_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1609/pl_09_tarcio._2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1628/pl_10_tarcio_20255b15d_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1658/projeto_de_lei_2025_-_dia_do_quadrilheiro.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_infraestrutura_mais_perto.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1691/projeto_vasconcelos_salmo_08.12.25.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1696/projeto_animal_sem_fome.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1697/projeto_pedrao.salmo_08.12.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1698/projeto_atila.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1699/projeto_obra_justificada.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1701/projeto_animal_sem_fome.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1703/festival_do_abacaxi_gospel.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1704/marcha_para_jesus_patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1705/projeto_barreto._salmo_08.12.2025.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1709/projeto_claudenor_salmon_08.12.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1711/projeto_eivis_cardoso_moraes.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1694/projeto_grau_2025_revisado_assinado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_antonio._salmo_08.12.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1724/projeto_de_lei_2025_-_colocao_de_antena_anti_linha_cortante_em_motocicletas.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_de_lei_2025_-_proibe__a_circulacao_de_caes_das_racas_pitbull_e_rottwiler_em_locais_publicos.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1741/projeto_de_acuidade_visual_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1742/projeto_de_lei_2025_-_grau_-_monobras_de_motos_e_bicicletas.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1743/projeto_reconhecimento_da_profissao_de_trancista_assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1756/pl_-_dispoe_sobre_a_criacao_do_programa_municipal_mulher_protegida_informacao_e_acolhimento.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1755/pl_programa_cacamba_social.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1757/deno_cemit_antonio_ceara_do_coco.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1760/pl_11_tarcio_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1776/modelo_pl_12_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1779/projeto_de_lei_2025_-_reconhece_as_atividades_off-road_como_pratica_esportiva_e_manifestacao_cultural.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1791/projeto_de_lei_2025_-_institui_o_programa_municipal_de_abrigos_nos_pontos_de_espera_do_transporte_escolar_no_municipio_de_porto_grande_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1795/projeto_de_lei_2025_-__dispoe_sobre_a_instalacao_de_equipamentos_contra_incendio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1796/pl_material_revisado.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1817/projeto_de_lei_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1823/regiane_e_eliza_25.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1824/pl_arena_reinaldo_assinado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1834/projeto_de_lei_2025_-_dispoe_sobre_a_obrigatoriedade_da_implantacao_de_ciclovias_e_ciclofaixas_em_projetos_de_construcao_de_novas_avenidas_e_ruas_bem_como_na_reforma_e_requalificacao_da.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1903/pl_13_tarcio_2025_assinado2_08.12.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1916/pl_ifa.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1316/resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1317/resolucao_02_assinado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1422/resolucao_no_03.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1517/pr_04_2025_corporativo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1739/projeto_de_resolucao_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1740/projeto_de_resolucao_painel.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1976/resolucao_7.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1518/pdl_04_2025_consignado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1714/projeto_decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1406/requerimento_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1493/requerimento_002_-_elielson_moraes__-_desmembramento_secretaria_esporte_e_cultura.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1496/requerimento_003_-_elielson_moraes__-_desmembramento_secretaria_agricultura_e_pesca.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1512/req_04_2025_gab_ver_jr_colares_cartao.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1513/req_05_2025_gab_ver_jr_colares_40_consignado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1567/req_fundo_cultura.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1637/requerimento_regiane_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1661/req_vera_eliza_gama_instituto_abraca-me_assinado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1680/req-paginas-3.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1686/requerimento_hopital_regional_assinado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1767/req_sueli_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1841/requerimento_02_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1251/ind_n01_salmon.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1252/ind_n02_salmon.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1253/ind_n03_salmon.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1254/ind_n04_salmon.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1255/ind_n05_salmon.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1256/ind_n06_salmon.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1257/ind_n07_salmon.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1258/ind_n08_salmon.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1259/ind_n09_salmon.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1260/ind_n10_salmon.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1261/ind_n11_salmon.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1262/ind_n12_salmon.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1263/ind_n13_salmon.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1268/ind_n14_carol.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1269/ind_n15_carol.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1270/ind_n16_carol.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1272/ind_2025_clecio_manoel_jacinto.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1273/ind_n19_carol.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1275/indicacao_07_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1276/indicacao_03_tarcio_leite_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1277/indicacao_01_tarcio_leite_2025.pdf_1_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1278/indicacao_04_tarcio_leite_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1279/indicacao_02_tarcio_leite_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1280/indicacao_05_tarcio_leite_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1281/indicacao_06_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1282/ind_n27_carol.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1283/ind_n28_carol.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1284/ind_n29_carol.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1285/ind_n30_carol.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1286/indicaa_a_o_nao_08_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1287/indicaa_a_o_nao_10_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1288/indicaa_a_o_nao_09_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1289/indicaa_a_o_nao_11_assinado.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1290/indicaa_a_o_nac2ba_14_assinado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1291/indicaa_a_o_nac2ba_15_assinado.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1292/indicaa_a_o_nao_12_assinado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1293/indicaa_a_o_nac2ba_13_assinado.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1295/indicacao_no_16_assinado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1297/indicacao_nc2ba_18_esp_assinado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_nc2ba_17_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1299/ind_n43_carol.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1300/ind_n44_carol.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1301/ind_n45_carol.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1302/ind_n46_carol.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1303/ind_n47_carol.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1305/ind_n48_nelson.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1306/ind_n49_nelson.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1307/ind_n50_nelson.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1308/ind_n51_jairison.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1309/ind_n52_jairison.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1310/ind_n53_nelson.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1311/ind_n54_nelson.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1312/ind_n55_nelson.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1313/ind_n56_nelson.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1319/camara_indicacao_infra_rua_001_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1320/camara_indicacao_infra_rua_12_de_outubro_assinado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1321/camara_indicacao_infra_rua_do_linhao_assinado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1322/camara_indicacao_academia_da_saude_._assinado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1323/ind_n62_jairisom.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1324/ind_n63_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1325/ind_n64_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1326/ind_n65_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1327/ind_n66_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1328/ind_n67_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1329/ind_n68_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1330/ind_n69_sueli.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1331/ind_n70__sueli.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_nc2ba_19_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1334/indicacao_nc2ba_22_agua_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1335/cria_o_centro_de_imagens_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_nc2ba_20_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_nc2ba_21_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1338/ind_carol_asfalto_matapi_pg.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1339/ind_2025_rocagem_da_esc_km_138.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1340/ind_2025_manutencao_recre_esc_matapi.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1341/ind_2025_forro_esc_munguba.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_nc2ba_25_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1343/ind_2025_reforma_ubs_matapi.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1346/indicacao_nc2ba_23_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1347/ind_2025_rocagem_da_esc_matapi.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1348/ind_2025_fossa_esc_ubs_munguba.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1349/ind_2025_asfalto_cupix_frente.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1350/ind_2025_odonto_cupuxi_e_munguba.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1351/ind_2025_waldez.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1352/ind_2025_ilum_ponte_brasil_tropical.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_nc2ba_24_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1354/ind_2025_poco_caiera.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1355/ind_2025_esc_amapari.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1356/ind_2025_rocagem_posto_munguba.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1357/ind_2025_bueiro_km_117.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1358/ind_2025_ilum_rua_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1359/linha_c_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1360/alzira_escola_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1361/ind_2025__linhao_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1362/cras_indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1363/ind_2025__trator_equidade.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1364/ind_2025_bueiro.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1365/ind_2025_campo_verde.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1366/ind_2025_dengue_rio.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1367/ind_2025_feira_municipal_malvinas.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1368/ind_2025_feira_municipal_seguranca.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1369/ind_2025_feira_municipal.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1370/ind_2025_ilum_manoel_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1371/ind_2025_limpeza_rua.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1372/ind_2025_ponto_espera_escolar.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1373/ind_2025_posto_pmap.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1374/castramovel_pg_assinado.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1375/exame_pccu_assinado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1377/ind_amcel_informatia_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_nc2ba_26_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1379/implantacao_triagem_neonatal_assinado.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_nc2ba_27_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1381/indicacao_nc2ba_28_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1387/area_6_sinalizacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_nc2ba_29_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1391/camara_indicacao_sinalizacao_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_nc2ba_30_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_013_-_prefeito_elielson_moraes.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1395/indicacao_nc2ba_31_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_014_-_prefeito_elielson_moraes.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_onibus_lilas.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_corrida_em_homenagem_ao_dia_internacional_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1415/ind_2025_ponte_linha_a_gov.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1416/ind_2025_patrol_no_matapi.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_de_estudo_araguari_assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_eluminacao_publica_area_6_rua_6_assinado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1410/006_2025_indicacao_ciclovia_calcadas_e_passarela.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1409/008_2025_indicacao_redutores_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1411/007_2025_indicacao_pick_up_endemias.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1412/indicacao_nc2ba_32_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_nc2ba_33_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_no_34_infra.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_nc2ba_35_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_no_137_de_2025_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_no_138_de_2025_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_no_139_de_2025_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_no_140_de_2025_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1428/010_2025_indicacao_servicos_de_limpeza_rua_e_avenida_manoel_cortez.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1429/009_2025_indicacao_tablets_equipes_esf_e_ace.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_no_143_de_2025_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_nc2ba_37_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_nc2ba_38_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1433/indicacao_nc2ba_39_rocagem_assinado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_nc2ba_43_davi_agro_assinado.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1435/indicacao_nc2ba_40_davi_assinado.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1436/indicacao_nc2ba_44_davi_pol_assinado.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1437/indicacao_nc2ba_41_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1438/tfd_porto_grande__281_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1439/indicacao_nc2ba_36_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1440/indica_ao_ministro_waldez_goes_a_construcao_de_uma_casa_de_farinha_completa_para_a_associacao_agepnefa_incluindo_todos_os_equip.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1441/indica_ao_ministro_waldez_goes_a_dotacao_de_recursos_para_aquisicao_de_equipamentos_industriais_para_a_despolpadeira_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1442/indica_ao_dnitap_a_imediata_instalacao_de_redutor_de_velocidade_lombada_na_entrada_do_bairro_area_6_no_municipio_de_porto_gra.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1443/indica_ao_prefeito_municipal_elielson_moraes_a_contratacao_de_um_tecnico_em_enfermagem_para_acompanhamento_especializado_dos_pac.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1444/indica_ao_ministro_waldez_goes_a_construcao_de_uma_casa_de_farinha_completa_com_todos_os_equipamentos_necessarios_para_a_associa.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1445/indica_ao_ilustrissimo_senhor_acacio_favacho_deputado_federal_a_liberacao_de_recursos_para_construcao_de_uma_escola_de_ensino_f.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1446/indica_ao_deputado_federal_josenildo_abrantes_a_doacao_de_duas_lanchas_escolares_para_o_transporte_seguro_de_criancas_ribeirinha.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_no_160_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_no_161_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1449/indicacao_no_162_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_no_163_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_no_164_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_nc2ba_53_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_nc2ba_48_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_nc2ba_51_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1459/indicacao_nc2ba_49_espor_assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1460/indicacao_nc2ba_50_assinado.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_no_45_rr_agro_assinado.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_no_44_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_nc2ba_52_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_014_-_secreterio_de_saude.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_013_-_prefeito_elielson_moraes.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_no_46_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_tendas_assinado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_iluminacao_publica_assinado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_medicamentos_controlados_assinado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1476/ind_boeiro_brasil_tropical.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1477/ind_travessar_23_vila_militar.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1478/ind_av_soldado_valdinei.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1479/ind_av_sgt_oracildo.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1480/ind_rua_geovana_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1481/ind_esc_acre.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1482/ind_av_soldado_valdinei.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1483/ind_rua_getulio_vargas.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_-_012_-_davi_alcolumbre_-_aquiscao_de_uma_casa_da_cultura_do_abacaxi.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1490/012_2025_indicacao_novo_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_-_010_-_davi_alcolumbre_-_aquiscao_de_uma_agroindustria_de_beneficiamento_da__fruticultura_-_-_copia.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1492/indicacao_-_008_-_waldez_goes_-_aquiscao_de_um_trator_e_implementos_-_manoel_jacinto.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1494/ind_guri.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1495/ind_192.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1497/011_2025_indicacao_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1498/013_2025_indicacao_festividades_religiosas.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_-_011-_waldez_goes_-_aquiscao_de_uma_plantadeira_de_abacaxi.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_-_009_-_waldez_goes_-_aquiscao_de_uma_agroindustria_de_beneficiamento_da__fruticultura_-_copia_-_copia.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1501/indicacao___-018_-_2025_-_governador_clesio_-__escola_maria_cristina_botelho.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1502/ind_198.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1508/ind_200_2025_gab_ver_carol_bj.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1509/ind_200_2025_gab_ver_carol_rocagem_e_manutencao_rua_l.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1510/ind_2025_ramal_galho_page-0001.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1514/ind_2025_linha_b.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1515/ind_2025_av_8_agosto.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1516/ind_2025_km_141_equatorial.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1521/indicacao_nc2ba_54_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1522/ind_gab_ver_pedro_jordao.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1523/indicacao_nc2ba_58_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_020_-_carlos_eduardo_instituto_leo_moura.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_nc2ba_60_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_nc2ba_57_saude5d_assinado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_nc2ba_61_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1534/indicacao_nc2ba_62_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_nc2ba_63_randolfe_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_nc2ba_64_josenildo_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_nc2ba_65_josenildo_assinado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_nc2ba_66_waldez_assinado.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao_nc2ba_59_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1545/indicacao_nc2ba_55_rocagem_assinado.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1546/014_2025_indicacao_ifa.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_021_-_prefeito_elielson_moraes_-_iluminacao_sao_jorge.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1548/015_2025_indicacao_aee_pagamento_professores.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1550/ccf13052025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1551/ccf13052025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1552/ccf13052025_0002.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1554/ccf13052025_0003.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1555/ccf13052025_0004.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1566/ind_240_jr_colares.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_pipa.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_-_023_-acacio_favacho__-_emenda_construcao__da_casa_da_cultura_do_abacaxi.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_-_024_-acacio_favacho__-_pocos_artesianos.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_antena_de_protecao.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_-_025_-_davi_alcolumbre_-_programa_luz_para_todos_-_manoel_jacinto.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_rua_soldado_miguel.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1583/indicacao_nc2ba_70_rocagem._escola_docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1584/indicacao_nc2ba_71_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_nc2ba_72_cea_assinado.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_026_-_prefeito_elielson_moraes_-manutencao_da_linha_h.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1587/020_2025_indicacao_pick_up_voadeira_e_motor.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1588/indicacao_nc2ba_67_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_nc2ba_68_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1590/021_2025_indicacao_codigo_sanitario.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_-_027_-luis_carlos__-_secretario_estadual_das_cidades.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1592/indicacao_nc2ba_69_infra_escola_assinado.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1593/ind_259_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1594/ind_260_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1595/ind_261_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_027_-_cristovao_-_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1600/ind_266_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1601/ind_267_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1602/ind_268_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1610/indicacao_029_-_prefeito_elielson_moraes_-equipe_multidisciplinar_autistas.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_nc2ba_73_rocagem._escola_docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_nc2ba_74_sec._juiventude_assinado.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_nc2ba_75_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1616/quadra_esc_maranhao.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1617/reparo_escola_maranhao.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1620/ind_279_2025_gab_vera_carol_monteiro.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1622/ind_281_2025_gab_vera_carol_monteiro.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1623/ind_282_2025_gab_vera_sueli_souza.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1624/ind_283_2025_gab_vera_sueli_souza.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1625/ind_284_2025_gab_vera_sueli_souza.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1626/ind_285_2025_gab_vera_sueli_souza.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1629/indicacao_invasao_do_aeroporto._assinado.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1630/indicacao_nc2ba_81_rocagem._docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1631/indicacao_nc2ba_77_rocagem._docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1632/indicacao_travessa_24_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_rua_01_bairro_nova_esperanca.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_av_janary_nunes_assinado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1635/indicacao_nc2ba_79_rocagem._docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1636/indicacao_rua_03_assinado.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_maria_luiza_manoel_cortez_assinado.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1639/indicacao_nc2ba_80_randolfe_assinado.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_76_adao_ferreira_assinado.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1641/indicacao_77_centro_wilson_assinado.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1642/indicacao_nc2ba_82_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_nc2ba_91_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1654/022_2025_indicacao_servicos_de_limpeza_bairro_manoel_cortez.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1655/indicacao_nc2ba_87_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_nc2ba_90_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_nc2ba_86_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_nc2ba_89_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1660/indicacao_nc2ba_85_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1662/ind_vera_eliza_gama_limpeza_cemiterio_matapi_assinado.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1663/indicacao_nc2ba_88_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1664/indicacao_nc2ba_84_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1665/indicacao_nc2ba_83_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1666/ind_vera_eliza_gama_cedido_ou_doado.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1673/indicac__casa_da_farinha_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1674/indicacao_centro_comunitario_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_3-_deputado_estadual_rodolfo_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_2-deputado_estadual_rodolfo_vale_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1677/indicac__tv_e_cadeiras_atualizado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_cemiterio_da_paz_assinado.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1679/indicac__iluminacao_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1685/indicacao_fibramialgia_estudo_00_assinado.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao-reparos_no_compressor_da_cadeira_odontologica_assinado.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1688/indicacao_reparos_nas_centrais_de_ar-condicionado_assinado.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1702/indicacao_029_-_prefeito_elielson_moraes_-combustivel_para_agricultores.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1706/indicacao_-_035_-vinicius_gurgel__-_aquisicao_de_combustivel.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_-_034_-_davi_alcolumbre_-_aquiscao_de_combustivel.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1708/indicacao_-_033_-_randolfe_rodrigues__combustivel_patrulha_mecanizada.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1710/indicacao_-_032_-_waldez_goes_-_combustivel_patrulha_mecanizada.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1712/indicacao_-_031-acacio_favacho.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1713/ind_1x_12_de_julho.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1719/indicacao___-016_-_2025_-_governador_clesio_-__cnh_social.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1722/indicacao_-_015_-vinicius_gurgel__-_emenda_cobertura_da_arquibancada_do_estadio_municipali.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_nc2ba_94_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1726/indicacao_-_038_-_dorivaldo_malafaia_-_aquiscao_de_uma_creche.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1727/indicacao_037_-_governador_clesio_luis_-equipe_multidisciplinar_autistas.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1728/indicacao_nc2ba_93_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1729/indicacao_-_039_-_randolfe_rodrigues__construao_do_ceo.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1730/indicacao_019_-_prefeito_elielson_moraes.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1731/indicacao_nc2ba_96_guarda_assinado.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1733/indicacao_nc2ba_92_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao___-017_-_2025_-_robotica_nas_escolas..pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_nc2ba_95_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_maria_luiza_manoel_cortez_assinado.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1746/ind_sueli_sala_lilas.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1747/ind_sueli_viatura_maria_da_penha.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1748/ind_sueli_del_mulher_pg.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1749/indicacao_novo_-1_-_paliativo_nas_linhas_a2cb2cc2cg_e_h._assinado.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_-_limpeza_do_portico_do_abacaxi_assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_tenda_trancistas_..._assinado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_1_-_retorno_do_setrap2c_para_realizacao_de_terraplanagem_colonia_agricola_do_matapi_assinado.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao-_limpeza_do_ramal_da_escola_estadual_matapi_i_assinado.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao-_limpeza_do_terreno2c_proximo_ao_estabelecimento_nereu_assinado.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1758/ind_sueli_sec_mulher.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1759/ind_eliza_sala_rosa.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1761/indicacao_nc2ba_98_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1762/indicacao_nc2ba_99_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1763/indicacao_nc2ba_100_malafaia.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1764/indicacao_106_tarcio_2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_academia_ao_ar_livre_assinado.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1766/ind_sueli_vias_manoel_cortez.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1768/ind_carol_cons_cid_territorio.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1769/ind_carol_caf.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1770/ind_carol_tratoritos.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1771/ind_carol_cent_form_prof.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1773/indicacao_nc2ba_102_edu_assinado.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1774/indicacao_108_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1775/indicacao_nc2ba_97_infra_2.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1777/indicacao_104_tarcio_2025.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1778/indicacao_101_tarcio_malafaia_reforma_2025_3.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_105_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1781/indicacao_107_tarcio_2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1782/indicacao_103_tarcio_2025_3.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1783/indicacao_103_tarcio_2025_3.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1784/indicacao_109_tarcio_malafaia_reforma_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1785/indicacao-_governador2c_setrap_2c_que_seja_feita_terraplanagem_no_assentamneto_nova_canaa_assinado.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1786/indicacao-_senador_davi2c_trator_de_roda_para_o_apram_assinado.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1787/indicacao-_senandor_davi_alcolumbre2c_trator_de_rodas-munguba._assinado.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1788/indicacao_-_prefeito_elielson_-_iluminacao_publica_na_feira_do_agricultor_assinado.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1789/indicacao-_governandor_2c_setrap2c_munbuba_assinado.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1790/indicacao-_davi_alcolumbre2c_trator_de_rodas_assinado.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1792/ind_jr_colares_limpeza_de_canal.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1793/ind_jr_colares_bueiros.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1794/ind_jr_colares_reforma_quadra.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao_040_-_prefeito_elielson_moraes_-_iluminacao___eterraplanagem_no_bairro_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1798/ind_2025_setrap_munguba.docx" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1799/ind_2025_rurap_equipamentos.docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_110_tarcio_mapa_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1801/ind_2025_seed_escola_airton_sena.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_111_tarcio_mascote_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1803/023_2025_indicacao_servicos_de_limpeza_aeroporto_rua_nova_brasilia.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1808/ind_2025_lombada_frente_prefeitura.docx" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1809/ind_2025_lombada_estrada.docx" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1810/ind_2025_davi_asfalto.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1811/ind_2025_randolfe_asfalto.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao_iluminacao_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_nova_colina.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_limpeza_do_lago.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1816/indicacao_limpeza_do_lago.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1818/indicacao_trator.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1819/indicacao_trevao_uai.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1820/indicacao__equatorial_secretario_danilo.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1821/indicacao__diabetes.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1822/indicacao-_prefeito_elielson2cpaliativo_no_ramal_do_piasaca_assinado.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_-_041_-_randolfe_rodrigues__van_odontologica.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao__equipe_de_limpeza.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1827/indicacao_-_042_-_davi_alcolumbre_-_aquiscao_de_unidade_movel_odontologica.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_alameda_1.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1829/indicacao_-_deput_marcivania2c_aquisicao_de_um_onibus_para_amaem_assinado.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_bairro_manoel_cortez.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao__setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_pista_de_atletismo.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1833/indicacao_construcao_de_uma_creche_no_bairro_nova_esperanca.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao___-043_-_2025_-_sandra_casemiro__-_reforma_da_escola_maria_cristina_botelho.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao___-044_-_2025_-__john_david_belique_covre__infraestrutura__-_reforma_da_escola_maria_cristina_botelho_-_copia.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1837/indicacao_davi_-_trator_de_roupa_para_apraaf_assinado.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1839/indicacao_nc2ba_115_iluminacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1840/indicacao_nc2ba_113_iluminacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1842/indicacao_nc2ba_111_iluminacao_143_assinado.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_nc2ba_112_iluminacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1844/indicacao_nc2ba_114_iluminacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1845/indicacao_430.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1846/indicacao_431.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao_432.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao_433.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao_434.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao_435.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao_436.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao_437.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1853/ind_2025_andre_escavadeira_e_rolo_compactador.docx" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1854/ind_limpeza_linha_g.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1855/ind_ultrassonografia.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_ubs_wendel.docx" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_final_lnha_b.docx" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_-_046_-_dorivaldo_malafaia_-_aquiscao_de_um_mamografo_digital.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_monte_castelo.docx" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_faixa_de_pedestre_elevada_crecher_manoel_cortez.docx" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1862/ind_cemiterio.docx" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1863/ind_km_121.docx" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1866/indicacao_nc2ba_116_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_nc2ba_117_sec._igualdade_racial_assinado.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_nc2ba_118_fundesa_assinado.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_119_tarcio_central_do_enem_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_nc2ba_120_castramovel_assinado.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1876/ind_2025_sinalizacao_das_ruas_do_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao__poda__aer_..docx" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_trav_01_aer__limpeza.docx" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_2025_sinalizacao_das_ruas_do_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1882/indicacao_-_deput_marcivania2c_aquisicao_de_um_onibus_para_amaem_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1883/deputada_federal_-_marcivania2c_emenda_parlamentar_aspa-pg_._assinado.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1884/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_amaem_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1885/indicacao-_senador_davi2c_trator_de_roda_para_o_apram_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1886/davi_acomlubre_-_14_km_de_pavimentacao_colonia_agricola_do_matapi_assinado.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1887/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_asoamp_assinado.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1888/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_apram_assinado.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1889/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_apraaf_assinado.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_pref_eleilson2c_fornecimento_de_lanche_leve_para_as_ubs_na_zona_rural_._28129.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1891/indicacao_prefeito_elielson2c_instalacao_do_parque_na_arena_linha_27a27_28129.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1892/indicacao2c_deputada_marcivania2c_construcao_de_um_centro_comunitario_e_uma_academia_linha_2727a__28129.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1893/indicacao_davi_-_trator_de_roda_para_apraaf_assinado_1_1.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1894/indicacao_121_tarcio_malafaia_reforma_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1895/indicacao_122_tarcio_unifap_reitor.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1896/024_2025_indicacao_sinalizacao_vias_pavimentadas_.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_nc2ba_123_davi_pol_assinado.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_125_tarcio_sec._juventude_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_nc2ba_128_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_127_tarcio_sec._juventude_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1901/indicacao_126_tarcio_sec._juventude_2025_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1902/indicacao_124_tarcio_sec._juventude_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1906/ind_caixa_dagua_do_bairro_aeroporto..docx" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao2c_ministro_waldez-_poco_artesianos_com_sistema_de_energia_solar._assinado.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1908/indicar_-_dep_marcivania2c_viabilizar_recursos_construcao_de_uma_escola_fundamental_i_e_ii_-_bairro_manoel_cortes_assinado.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1909/ind_ramal_do_km_121_bode_e_no_ramal_da_linha_b_do_matapi.docx" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1910/ind_rua_gerino_porto.docx" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1911/indicar2c_gov_clecio_luis2c_junto_ao_sdr_-ap2c_viabilizar_22c5_ton_de_calcario_ao_pg_assinado.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1912/indicar2c_ministro_waldez_-_medidas_compensatorias_aos_agricultores_do_porto_grande__assinado.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1913/indicar_2c_gov_clecio_luiz2c_junto_ao_sdr_-ap_trator_de_esteira_ao_pg_assinado.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1914/indcacao_ver_carol_dep._malafaia_2.docx" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_nc2ba_130_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_nc2ba_131_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_nc2ba_132_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1929/ind_ramal_alagamento.docx" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1930/indicacao_nc2ba_129_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1931/indicacao_nc2ba_134_malafaia.escolapol_assinado.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao_nc2ba_136_lucas_abrahao.unifap_pol_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao_nc2ba_135_marcivania.unifap_pol_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_-_setrap2c_ponte_do_matapi_assinado.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao2cseed-_ee_sao_francisco_de_assis_assinado.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_nc2ba_139_infra_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_nc2ba_138_malafaia.br_pol_assinado.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao_nc2ba_137_davi.br_pol_assinado.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao_nc2ba_133_malafaia.unifap_pol_assinado.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1946/ind_02_12_2025_munguba.docx" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1947/ind_02_12_2025_rua_pedro_texeira.docx" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1948/ind_02_12_2025_odontologica_da_ubs_manoel_pereira.docx" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1949/ind_02_12_2025placas_de_sinalizacao.docx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1950/ind_02_12_2025placas_de_energia.docx" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1956/2_ind_2025_instalacao_de_uma_academia_ao_ar_livre_na_praca_localizada_na_pista_do_aeroporto.docx" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1957/3_ind_2025_nstalacao_de_brinquedos_infantis_na_praca_wilson_conhecida_como_praca_da_subestacao.docx" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao_ubs_wender_-_central_de_ar_assinado.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao_-_ubs_manoel_s_p_2c_cadeira_odontologica_assinado.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1961/1_ind_2025_quadra_poliesportiva_na_escola_estadual_campo_verde.docx" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1962/indicacao_-_escola_municipal_alzira_de_queiroz2c_central_de_ar._assinado.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_ubs_wender_rodrigues_-_abastecimento_farmacia_assinado.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1965/4_ind_2025_construcao_de_uma_escola_municipal_de_ensino_fundamental__anos_iniciais_e_finais_1o_ao_9o_ano__no_bairro_manoel_cortez.docx" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_emenda_para_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_camera_360.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_aplicativo_municipal_de_servicos.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_totens.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao_ambulancia_4x4.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1982/indicacao_programa_proteses.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1983/indicacao_adote_uma_praca.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_pev.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1986/mais_medicos.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1987/indicacao_saude_mental.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1988/indicacao_lombada_e_semaforo.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1989/indicacao_bope.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1990/indicacao_construcao_de_um_refeitorio.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1991/mais_medicos.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_drenagem_alameda_5.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1993/indicacao_farmacia_municipal.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1994/indicacao_rota_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1995/indicacao_museu.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1996/indicacao_onibus_circular.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_raimundo_costa_pereira.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1998/indicacao_ciclovia_estruturada.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1999/indicacao_feira_todo_dia.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2000/indicacao_violencia_contra_mulher.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_fiacao_141.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2003/indicacao_539-tarcio.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1452/moc_01_2025_gab_vera_carol.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1453/moc_02_2025_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1692/mocao_de_aplausos_0002.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1693/moncao_de_aplausos_e_reconhecimento_-_gedian_oliveira__-_jungle_fight_138.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1695/moncao_de_aplausos_e_reconhecimento_-_quadrilhas_juninas.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1700/mocao_de_aplausos_0001.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1736/mocao_02_tarcio._2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1737/mocao_01_tarcio._2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1745/mocao_03_tarcio._2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1838/moncao_de_aplausos_e_reconhecimento_a_professores_diretores_e_coordenadores_da_participacao_da_feceap.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1945/mocao_de_aplauso_ao_atleta_bruno_moura.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1964/mc_rosangela.docx" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1725/pmlo._01_tarcio_leite_assinado.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1627/mensagem_de_veto.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1857/veto_002.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1581/parecer_03_2025.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1582/parecer_04_2025_.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1608/par_cljrf.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1684/parecer_10_comissao.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1870/parecer_pdf.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1871/parecer_comissao_orcamento.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1879/parecer_da_comissao_de_legislacao_e_justica-ldo_29.10.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1880/parecer_comissao_de_orcamento_e_financas__014-_29.10.25.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1904/parecer_da_comissao_de_legislacao_e_justica-loa.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1905/parecer_da_comissao_de_orcamento_e_financas-loa.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1919/parecer_no17_cljrf.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1920/parecer_no18_cof.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1921/parecer_no_19_cljrf.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1922/parecer_no_20_cof.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1923/parecer_no_21_cljrf.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1924/parecer_no_22_cof.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1937/parecer_24_cljrf.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1942/parecer_do_pll_no_53.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1943/parecer_do_pll_no_55.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1944/parecer_pll_no_70.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1951/par._57_cljrf.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1952/par._57_cof.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1953/par._59_cljrf.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1954/par._59_cof.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1955/par_65_cljrf.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1959/par.65_cof.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1966/par._66_cljrf.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1967/par.66_cof.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1968/par._69_cljrf.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1969/par.69_cof.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1970/par._77_cljrf.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1971/par._77_cof.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1972/par.87_cljrf.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1973/par._87_cof.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1974/par._cljrf_89.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1975/par._cof_89.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2002/img002_merged.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1577/mensagem_ao_institui_o_ciencia_em_movimento_programa_municipal_de_incentivo_a_iniciacao_cientifica_na_rede_publica_de_ensino_de_porto_grande_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1580/men_05_2025.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1644/mensagem_ao_pl_09_2025_-_convalidacao.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1646/projeto_de_lei_10-paginas.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1718/mens_pl_13_turismo.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1918/mensagem_ao_pl_no_15_conselho.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1936/mensagem_ao_pl_ifa1.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2004/emenda_impositiva_vereadora_sueli_4.docx" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2005/ei_carol.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2006/emenda_impositiva_tarcio.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2007/ei_eliza.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2008/emenda_impositiva_vereadora_regiane_oficial_2.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2009/ei_junior_colares.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2010/ei_guri.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2011/ei_pedro_jordao.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2012/projeto_de_lei_2025_-_emenda_impositiva_1_nelson.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2013/emenda_impositiva_vereador_conjaki_2.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2015/1874/ata_2025.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1875/ata_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1484/ple_02_2025_cartao_corporativo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1576/projeto_de_lei_04_-_ciencia_em_movimento.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1579/pl_05_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1643/projeto_de_lei_ordinaria_executivo_no_9_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1645/projeto_de_lei_ordinaria_executivo_no_10_de_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1717/pl_13_turismo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1805/ldo_2026_pl_12_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1807/1_ppa-mesclado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1864/projeto_de_lei_no_014-2025-pmpg_loa_2025-2026_assinado_2_removed.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1873/projeto_de_lei_do_executivo_no015.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1917/plo_16.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1265/pll_02_-_parlamento_jovem.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1266/pll_03_-_jovem_profissional_s.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1267/pll_04_-_centro_ref._autismo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1274/projeto_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1294/pl_01_tarcio_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1304/pll_07_-_abril_azul.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1315/pl_03_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1318/pl_04_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1344/pl_05_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1345/pl_06_tarcio_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1376/pl_07_ta_rcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1382/projeto_de_lei_2025_-_proibicao_de_assumir_cargos__crime_contra_crianca_e_adolescente.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1383/projeto_de_lei_2025_-_cria_o_programa_musica_na_escola.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1384/projeto_de_lei_2025_-_cria_apolitica_civica_para_a_juventude.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1385/projeto_de_lei_2025_-_dignidade_menstrual.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1386/projeto_de_lei_2025_-_institui_a_semana_ra_e_dos_fazedores_de_culturamunicipal_da_cultu.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1388/projeto_de_lei_2025_-_autoriza_o_municipio_a_instituir_o_casamento_comunitario.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1390/projeto_de_lei_2025_-_cria_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1392/projeto_de_lei_2025_-_banco_de_ideias_legislativas.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1397/lei_2_salmon.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1398/projeto_de_lei__salmon.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1399/copia_de_projeto_corrida_chamativa.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1400/projeto_de_lei_violencia_contra_mulher.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1401/lei_3_salmon_santana.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1402/lei_4_salmon_santana.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1405/corrida_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1420/novo_denominacao_semiterio_pl_regiane_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1454/modelo_cmpg_salmon_2025_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1457/oportunidade_de_emprego.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1463/pl_corrida_da_mulher_gab_pres_carol_monteiro.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1466/projeto_de_lei_empreendedorismo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1470/projeto_de_lei_2025_-_inclui_o_mes_de_abril_no_calendario_oficial_de_eventos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1471/projeto_de_lei_2025_-_institui_o_protocolo_azul_-_autismo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1472/pl_36_2025_gab_vera_eliza_gama.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1485/pl_-_fogos_de_artificio.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1511/pl_38_2025_gab_vera_carol_feira_de_ciencias.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1520/projeto_de_lei_2025_-_cria_a_semana_e_o_festival_do_agronegocio_em__porto_grande.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1524/inclusao_e_acessibilidade.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1525/carteirinha_do_deficiente.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1526/projeto_de_lei_2025_-_cria_o_festival_do_milho__no_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1527/pl_dispoe_sobre_a_politica__municipal_para_o__desenvolvimento_e_expansao_da_apicultura_e_meloponicultura.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1528/capacitacao_continua.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1529/disk_denuncia_bullying.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1539/pl_dispoe_sobre_a_politica__municipal_para_o__desenvolvimento_e_expansao_da_apicultura_e_meloponicultura.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1542/projeto_de_lei_2025_-_cria_o_cordao_girassol_no_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1544/projeto_de_lei_2025_-_institui_o_programa_de_capacitacao__sobre_o_tea_para_professores.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1570/projeto_de_lei_agressores_de_animais.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1607/pl_abacaxi_revisado1_page-0001.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1611/projeto_de_lei_2025_-_terapia_domiciliar_para_autistas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1615/pl_08_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1609/pl_09_tarcio._2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1628/pl_10_tarcio_20255b15d_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1658/projeto_de_lei_2025_-_dia_do_quadrilheiro.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_infraestrutura_mais_perto.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1691/projeto_vasconcelos_salmo_08.12.25.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1696/projeto_animal_sem_fome.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1697/projeto_pedrao.salmo_08.12.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1698/projeto_atila.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1699/projeto_obra_justificada.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1701/projeto_animal_sem_fome.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1703/festival_do_abacaxi_gospel.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1704/marcha_para_jesus_patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1705/projeto_barreto._salmo_08.12.2025.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1709/projeto_claudenor_salmon_08.12.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1711/projeto_eivis_cardoso_moraes.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1694/projeto_grau_2025_revisado_assinado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_antonio._salmo_08.12.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1724/projeto_de_lei_2025_-_colocao_de_antena_anti_linha_cortante_em_motocicletas.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_de_lei_2025_-_proibe__a_circulacao_de_caes_das_racas_pitbull_e_rottwiler_em_locais_publicos.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1741/projeto_de_acuidade_visual_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1742/projeto_de_lei_2025_-_grau_-_monobras_de_motos_e_bicicletas.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1743/projeto_reconhecimento_da_profissao_de_trancista_assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1756/pl_-_dispoe_sobre_a_criacao_do_programa_municipal_mulher_protegida_informacao_e_acolhimento.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1755/pl_programa_cacamba_social.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1757/deno_cemit_antonio_ceara_do_coco.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1760/pl_11_tarcio_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1776/modelo_pl_12_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1779/projeto_de_lei_2025_-_reconhece_as_atividades_off-road_como_pratica_esportiva_e_manifestacao_cultural.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1791/projeto_de_lei_2025_-_institui_o_programa_municipal_de_abrigos_nos_pontos_de_espera_do_transporte_escolar_no_municipio_de_porto_grande_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1795/projeto_de_lei_2025_-__dispoe_sobre_a_instalacao_de_equipamentos_contra_incendio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1796/pl_material_revisado.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1817/projeto_de_lei_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1823/regiane_e_eliza_25.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1824/pl_arena_reinaldo_assinado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1834/projeto_de_lei_2025_-_dispoe_sobre_a_obrigatoriedade_da_implantacao_de_ciclovias_e_ciclofaixas_em_projetos_de_construcao_de_novas_avenidas_e_ruas_bem_como_na_reforma_e_requalificacao_da.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1903/pl_13_tarcio_2025_assinado2_08.12.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1916/pl_ifa.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1316/resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1317/resolucao_02_assinado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1422/resolucao_no_03.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1517/pr_04_2025_corporativo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1739/projeto_de_resolucao_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1740/projeto_de_resolucao_painel.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1976/resolucao_7.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1518/pdl_04_2025_consignado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1714/projeto_decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1406/requerimento_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1493/requerimento_002_-_elielson_moraes__-_desmembramento_secretaria_esporte_e_cultura.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1496/requerimento_003_-_elielson_moraes__-_desmembramento_secretaria_agricultura_e_pesca.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1512/req_04_2025_gab_ver_jr_colares_cartao.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1513/req_05_2025_gab_ver_jr_colares_40_consignado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1567/req_fundo_cultura.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1637/requerimento_regiane_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1661/req_vera_eliza_gama_instituto_abraca-me_assinado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1680/req-paginas-3.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1686/requerimento_hopital_regional_assinado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1767/req_sueli_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1841/requerimento_02_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1251/ind_n01_salmon.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1252/ind_n02_salmon.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1253/ind_n03_salmon.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1254/ind_n04_salmon.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1255/ind_n05_salmon.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1256/ind_n06_salmon.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1257/ind_n07_salmon.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1258/ind_n08_salmon.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1259/ind_n09_salmon.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1260/ind_n10_salmon.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1261/ind_n11_salmon.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1262/ind_n12_salmon.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1263/ind_n13_salmon.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1268/ind_n14_carol.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1269/ind_n15_carol.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1270/ind_n16_carol.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1272/ind_2025_clecio_manoel_jacinto.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1273/ind_n19_carol.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1275/indicacao_07_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1276/indicacao_03_tarcio_leite_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1277/indicacao_01_tarcio_leite_2025.pdf_1_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1278/indicacao_04_tarcio_leite_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1279/indicacao_02_tarcio_leite_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1280/indicacao_05_tarcio_leite_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1281/indicacao_06_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1282/ind_n27_carol.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1283/ind_n28_carol.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1284/ind_n29_carol.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1285/ind_n30_carol.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1286/indicaa_a_o_nao_08_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1287/indicaa_a_o_nao_10_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1288/indicaa_a_o_nao_09_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1289/indicaa_a_o_nao_11_assinado.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1290/indicaa_a_o_nac2ba_14_assinado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1291/indicaa_a_o_nac2ba_15_assinado.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1292/indicaa_a_o_nao_12_assinado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1293/indicaa_a_o_nac2ba_13_assinado.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1295/indicacao_no_16_assinado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1297/indicacao_nc2ba_18_esp_assinado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_nc2ba_17_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1299/ind_n43_carol.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1300/ind_n44_carol.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1301/ind_n45_carol.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1302/ind_n46_carol.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1303/ind_n47_carol.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1305/ind_n48_nelson.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1306/ind_n49_nelson.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1307/ind_n50_nelson.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1308/ind_n51_jairison.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1309/ind_n52_jairison.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1310/ind_n53_nelson.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1311/ind_n54_nelson.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1312/ind_n55_nelson.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1313/ind_n56_nelson.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1319/camara_indicacao_infra_rua_001_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1320/camara_indicacao_infra_rua_12_de_outubro_assinado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1321/camara_indicacao_infra_rua_do_linhao_assinado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1322/camara_indicacao_academia_da_saude_._assinado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1323/ind_n62_jairisom.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1324/ind_n63_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1325/ind_n64_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1326/ind_n65_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1327/ind_n66_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1328/ind_n67_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1329/ind_n68_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1330/ind_n69_sueli.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1331/ind_n70__sueli.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_nc2ba_19_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1334/indicacao_nc2ba_22_agua_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1335/cria_o_centro_de_imagens_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_nc2ba_20_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_nc2ba_21_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1338/ind_carol_asfalto_matapi_pg.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1339/ind_2025_rocagem_da_esc_km_138.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1340/ind_2025_manutencao_recre_esc_matapi.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1341/ind_2025_forro_esc_munguba.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_nc2ba_25_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1343/ind_2025_reforma_ubs_matapi.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1346/indicacao_nc2ba_23_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1347/ind_2025_rocagem_da_esc_matapi.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1348/ind_2025_fossa_esc_ubs_munguba.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1349/ind_2025_asfalto_cupix_frente.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1350/ind_2025_odonto_cupuxi_e_munguba.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1351/ind_2025_waldez.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1352/ind_2025_ilum_ponte_brasil_tropical.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_nc2ba_24_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1354/ind_2025_poco_caiera.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1355/ind_2025_esc_amapari.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1356/ind_2025_rocagem_posto_munguba.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1357/ind_2025_bueiro_km_117.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1358/ind_2025_ilum_rua_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1359/linha_c_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1360/alzira_escola_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1361/ind_2025__linhao_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1362/cras_indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1363/ind_2025__trator_equidade.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1364/ind_2025_bueiro.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1365/ind_2025_campo_verde.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1366/ind_2025_dengue_rio.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1367/ind_2025_feira_municipal_malvinas.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1368/ind_2025_feira_municipal_seguranca.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1369/ind_2025_feira_municipal.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1370/ind_2025_ilum_manoel_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1371/ind_2025_limpeza_rua.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1372/ind_2025_ponto_espera_escolar.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1373/ind_2025_posto_pmap.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1374/castramovel_pg_assinado.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1375/exame_pccu_assinado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1377/ind_amcel_informatia_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_nc2ba_26_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1379/implantacao_triagem_neonatal_assinado.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_nc2ba_27_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1381/indicacao_nc2ba_28_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1387/area_6_sinalizacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_nc2ba_29_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1391/camara_indicacao_sinalizacao_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_nc2ba_30_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_013_-_prefeito_elielson_moraes.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1395/indicacao_nc2ba_31_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_014_-_prefeito_elielson_moraes.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_onibus_lilas.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_corrida_em_homenagem_ao_dia_internacional_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1415/ind_2025_ponte_linha_a_gov.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1416/ind_2025_patrol_no_matapi.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_de_estudo_araguari_assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_eluminacao_publica_area_6_rua_6_assinado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1410/006_2025_indicacao_ciclovia_calcadas_e_passarela.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1409/008_2025_indicacao_redutores_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1411/007_2025_indicacao_pick_up_endemias.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1412/indicacao_nc2ba_32_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_nc2ba_33_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_no_34_infra.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_nc2ba_35_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_no_137_de_2025_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_no_138_de_2025_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_no_139_de_2025_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_no_140_de_2025_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1428/010_2025_indicacao_servicos_de_limpeza_rua_e_avenida_manoel_cortez.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1429/009_2025_indicacao_tablets_equipes_esf_e_ace.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_no_143_de_2025_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_nc2ba_37_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_nc2ba_38_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1433/indicacao_nc2ba_39_rocagem_assinado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_nc2ba_43_davi_agro_assinado.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1435/indicacao_nc2ba_40_davi_assinado.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1436/indicacao_nc2ba_44_davi_pol_assinado.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1437/indicacao_nc2ba_41_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1438/tfd_porto_grande__281_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1439/indicacao_nc2ba_36_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1440/indica_ao_ministro_waldez_goes_a_construcao_de_uma_casa_de_farinha_completa_para_a_associacao_agepnefa_incluindo_todos_os_equip.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1441/indica_ao_ministro_waldez_goes_a_dotacao_de_recursos_para_aquisicao_de_equipamentos_industriais_para_a_despolpadeira_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1442/indica_ao_dnitap_a_imediata_instalacao_de_redutor_de_velocidade_lombada_na_entrada_do_bairro_area_6_no_municipio_de_porto_gra.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1443/indica_ao_prefeito_municipal_elielson_moraes_a_contratacao_de_um_tecnico_em_enfermagem_para_acompanhamento_especializado_dos_pac.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1444/indica_ao_ministro_waldez_goes_a_construcao_de_uma_casa_de_farinha_completa_com_todos_os_equipamentos_necessarios_para_a_associa.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1445/indica_ao_ilustrissimo_senhor_acacio_favacho_deputado_federal_a_liberacao_de_recursos_para_construcao_de_uma_escola_de_ensino_f.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1446/indica_ao_deputado_federal_josenildo_abrantes_a_doacao_de_duas_lanchas_escolares_para_o_transporte_seguro_de_criancas_ribeirinha.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_no_160_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_no_161_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1449/indicacao_no_162_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_no_163_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_no_164_de_2025_gab_ver_carol.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_nc2ba_53_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_nc2ba_48_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_nc2ba_51_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1459/indicacao_nc2ba_49_espor_assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1460/indicacao_nc2ba_50_assinado.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_no_45_rr_agro_assinado.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_no_44_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_nc2ba_52_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_014_-_secreterio_de_saude.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_013_-_prefeito_elielson_moraes.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_no_46_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_tendas_assinado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_iluminacao_publica_assinado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_medicamentos_controlados_assinado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1476/ind_boeiro_brasil_tropical.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1477/ind_travessar_23_vila_militar.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1478/ind_av_soldado_valdinei.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1479/ind_av_sgt_oracildo.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1480/ind_rua_geovana_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1481/ind_esc_acre.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1482/ind_av_soldado_valdinei.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1483/ind_rua_getulio_vargas.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_-_012_-_davi_alcolumbre_-_aquiscao_de_uma_casa_da_cultura_do_abacaxi.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1490/012_2025_indicacao_novo_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_-_010_-_davi_alcolumbre_-_aquiscao_de_uma_agroindustria_de_beneficiamento_da__fruticultura_-_-_copia.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1492/indicacao_-_008_-_waldez_goes_-_aquiscao_de_um_trator_e_implementos_-_manoel_jacinto.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1494/ind_guri.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1495/ind_192.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1497/011_2025_indicacao_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1498/013_2025_indicacao_festividades_religiosas.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_-_011-_waldez_goes_-_aquiscao_de_uma_plantadeira_de_abacaxi.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_-_009_-_waldez_goes_-_aquiscao_de_uma_agroindustria_de_beneficiamento_da__fruticultura_-_copia_-_copia.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1501/indicacao___-018_-_2025_-_governador_clesio_-__escola_maria_cristina_botelho.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1502/ind_198.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1508/ind_200_2025_gab_ver_carol_bj.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1509/ind_200_2025_gab_ver_carol_rocagem_e_manutencao_rua_l.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1510/ind_2025_ramal_galho_page-0001.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1514/ind_2025_linha_b.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1515/ind_2025_av_8_agosto.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1516/ind_2025_km_141_equatorial.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1521/indicacao_nc2ba_54_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1522/ind_gab_ver_pedro_jordao.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1523/indicacao_nc2ba_58_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_020_-_carlos_eduardo_instituto_leo_moura.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_nc2ba_60_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_nc2ba_57_saude5d_assinado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_nc2ba_61_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1534/indicacao_nc2ba_62_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_nc2ba_63_randolfe_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_nc2ba_64_josenildo_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_nc2ba_65_josenildo_assinado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_nc2ba_66_waldez_assinado.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao_nc2ba_59_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1545/indicacao_nc2ba_55_rocagem_assinado.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1546/014_2025_indicacao_ifa.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_021_-_prefeito_elielson_moraes_-_iluminacao_sao_jorge.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1548/015_2025_indicacao_aee_pagamento_professores.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1550/ccf13052025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1551/ccf13052025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1552/ccf13052025_0002.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1554/ccf13052025_0003.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1555/ccf13052025_0004.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1566/ind_240_jr_colares.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_pipa.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_-_023_-acacio_favacho__-_emenda_construcao__da_casa_da_cultura_do_abacaxi.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_-_024_-acacio_favacho__-_pocos_artesianos.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_antena_de_protecao.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_-_025_-_davi_alcolumbre_-_programa_luz_para_todos_-_manoel_jacinto.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_rua_soldado_miguel.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1583/indicacao_nc2ba_70_rocagem._escola_docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1584/indicacao_nc2ba_71_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_nc2ba_72_cea_assinado.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_026_-_prefeito_elielson_moraes_-manutencao_da_linha_h.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1587/020_2025_indicacao_pick_up_voadeira_e_motor.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1588/indicacao_nc2ba_67_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_nc2ba_68_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1590/021_2025_indicacao_codigo_sanitario.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_-_027_-luis_carlos__-_secretario_estadual_das_cidades.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1592/indicacao_nc2ba_69_infra_escola_assinado.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1593/ind_259_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1594/ind_260_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1595/ind_261_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_027_-_cristovao_-_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1600/ind_266_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1601/ind_267_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1602/ind_268_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1610/indicacao_029_-_prefeito_elielson_moraes_-equipe_multidisciplinar_autistas.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_nc2ba_73_rocagem._escola_docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_nc2ba_74_sec._juiventude_assinado.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_nc2ba_75_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1616/quadra_esc_maranhao.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1617/reparo_escola_maranhao.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1620/ind_279_2025_gab_vera_carol_monteiro.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1622/ind_281_2025_gab_vera_carol_monteiro.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1623/ind_282_2025_gab_vera_sueli_souza.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1624/ind_283_2025_gab_vera_sueli_souza.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1625/ind_284_2025_gab_vera_sueli_souza.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1626/ind_285_2025_gab_vera_sueli_souza.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1629/indicacao_invasao_do_aeroporto._assinado.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1630/indicacao_nc2ba_81_rocagem._docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1631/indicacao_nc2ba_77_rocagem._docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1632/indicacao_travessa_24_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1633/indicacao_rua_01_bairro_nova_esperanca.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_av_janary_nunes_assinado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1635/indicacao_nc2ba_79_rocagem._docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1636/indicacao_rua_03_assinado.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_maria_luiza_manoel_cortez_assinado.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1639/indicacao_nc2ba_80_randolfe_assinado.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_76_adao_ferreira_assinado.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1641/indicacao_77_centro_wilson_assinado.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1642/indicacao_nc2ba_82_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_nc2ba_91_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1654/022_2025_indicacao_servicos_de_limpeza_bairro_manoel_cortez.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1655/indicacao_nc2ba_87_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_nc2ba_90_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_nc2ba_86_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_nc2ba_89_malafaia_assinado.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1660/indicacao_nc2ba_85_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1662/ind_vera_eliza_gama_limpeza_cemiterio_matapi_assinado.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1663/indicacao_nc2ba_88_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1664/indicacao_nc2ba_84_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1665/indicacao_nc2ba_83_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1666/ind_vera_eliza_gama_cedido_ou_doado.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1673/indicac__casa_da_farinha_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1674/indicacao_centro_comunitario_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_3-_deputado_estadual_rodolfo_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_2-deputado_estadual_rodolfo_vale_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1677/indicac__tv_e_cadeiras_atualizado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_cemiterio_da_paz_assinado.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1679/indicac__iluminacao_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1685/indicacao_fibramialgia_estudo_00_assinado.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao-reparos_no_compressor_da_cadeira_odontologica_assinado.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1688/indicacao_reparos_nas_centrais_de_ar-condicionado_assinado.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1702/indicacao_029_-_prefeito_elielson_moraes_-combustivel_para_agricultores.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1706/indicacao_-_035_-vinicius_gurgel__-_aquisicao_de_combustivel.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_-_034_-_davi_alcolumbre_-_aquiscao_de_combustivel.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1708/indicacao_-_033_-_randolfe_rodrigues__combustivel_patrulha_mecanizada.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1710/indicacao_-_032_-_waldez_goes_-_combustivel_patrulha_mecanizada.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1712/indicacao_-_031-acacio_favacho.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1713/ind_1x_12_de_julho.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1719/indicacao___-016_-_2025_-_governador_clesio_-__cnh_social.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1722/indicacao_-_015_-vinicius_gurgel__-_emenda_cobertura_da_arquibancada_do_estadio_municipali.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_nc2ba_94_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1726/indicacao_-_038_-_dorivaldo_malafaia_-_aquiscao_de_uma_creche.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1727/indicacao_037_-_governador_clesio_luis_-equipe_multidisciplinar_autistas.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1728/indicacao_nc2ba_93_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1729/indicacao_-_039_-_randolfe_rodrigues__construao_do_ceo.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1730/indicacao_019_-_prefeito_elielson_moraes.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1731/indicacao_nc2ba_96_guarda_assinado.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1733/indicacao_nc2ba_92_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao___-017_-_2025_-_robotica_nas_escolas..pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_nc2ba_95_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_maria_luiza_manoel_cortez_assinado.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1746/ind_sueli_sala_lilas.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1747/ind_sueli_viatura_maria_da_penha.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1748/ind_sueli_del_mulher_pg.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1749/indicacao_novo_-1_-_paliativo_nas_linhas_a2cb2cc2cg_e_h._assinado.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_-_limpeza_do_portico_do_abacaxi_assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_tenda_trancistas_..._assinado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_1_-_retorno_do_setrap2c_para_realizacao_de_terraplanagem_colonia_agricola_do_matapi_assinado.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao-_limpeza_do_ramal_da_escola_estadual_matapi_i_assinado.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao-_limpeza_do_terreno2c_proximo_ao_estabelecimento_nereu_assinado.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1758/ind_sueli_sec_mulher.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1759/ind_eliza_sala_rosa.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1761/indicacao_nc2ba_98_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1762/indicacao_nc2ba_99_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1763/indicacao_nc2ba_100_malafaia.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1764/indicacao_106_tarcio_2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_academia_ao_ar_livre_assinado.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1766/ind_sueli_vias_manoel_cortez.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1768/ind_carol_cons_cid_territorio.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1769/ind_carol_caf.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1770/ind_carol_tratoritos.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1771/ind_carol_cent_form_prof.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1773/indicacao_nc2ba_102_edu_assinado.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1774/indicacao_108_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1775/indicacao_nc2ba_97_infra_2.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1777/indicacao_104_tarcio_2025.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1778/indicacao_101_tarcio_malafaia_reforma_2025_3.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_105_tarcio_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1781/indicacao_107_tarcio_2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1782/indicacao_103_tarcio_2025_3.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1783/indicacao_103_tarcio_2025_3.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1784/indicacao_109_tarcio_malafaia_reforma_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1785/indicacao-_governador2c_setrap_2c_que_seja_feita_terraplanagem_no_assentamneto_nova_canaa_assinado.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1786/indicacao-_senador_davi2c_trator_de_roda_para_o_apram_assinado.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1787/indicacao-_senandor_davi_alcolumbre2c_trator_de_rodas-munguba._assinado.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1788/indicacao_-_prefeito_elielson_-_iluminacao_publica_na_feira_do_agricultor_assinado.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1789/indicacao-_governandor_2c_setrap2c_munbuba_assinado.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1790/indicacao-_davi_alcolumbre2c_trator_de_rodas_assinado.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1792/ind_jr_colares_limpeza_de_canal.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1793/ind_jr_colares_bueiros.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1794/ind_jr_colares_reforma_quadra.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao_040_-_prefeito_elielson_moraes_-_iluminacao___eterraplanagem_no_bairro_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1798/ind_2025_setrap_munguba.docx" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1799/ind_2025_rurap_equipamentos.docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_110_tarcio_mapa_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1801/ind_2025_seed_escola_airton_sena.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_111_tarcio_mascote_2025_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1803/023_2025_indicacao_servicos_de_limpeza_aeroporto_rua_nova_brasilia.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1808/ind_2025_lombada_frente_prefeitura.docx" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1809/ind_2025_lombada_estrada.docx" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1810/ind_2025_davi_asfalto.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1811/ind_2025_randolfe_asfalto.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao_iluminacao_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_nova_colina.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_limpeza_do_lago.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1816/indicacao_limpeza_do_lago.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1818/indicacao_trator.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1819/indicacao_trevao_uai.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1820/indicacao__equatorial_secretario_danilo.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1821/indicacao__diabetes.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1822/indicacao-_prefeito_elielson2cpaliativo_no_ramal_do_piasaca_assinado.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_-_041_-_randolfe_rodrigues__van_odontologica.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao__equipe_de_limpeza.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1827/indicacao_-_042_-_davi_alcolumbre_-_aquiscao_de_unidade_movel_odontologica.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_alameda_1.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1829/indicacao_-_deput_marcivania2c_aquisicao_de_um_onibus_para_amaem_assinado.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_bairro_manoel_cortez.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao__setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_pista_de_atletismo.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1833/indicacao_construcao_de_uma_creche_no_bairro_nova_esperanca.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao___-043_-_2025_-_sandra_casemiro__-_reforma_da_escola_maria_cristina_botelho.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao___-044_-_2025_-__john_david_belique_covre__infraestrutura__-_reforma_da_escola_maria_cristina_botelho_-_copia.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1837/indicacao_davi_-_trator_de_roupa_para_apraaf_assinado.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1839/indicacao_nc2ba_115_iluminacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1840/indicacao_nc2ba_113_iluminacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1842/indicacao_nc2ba_111_iluminacao_143_assinado.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_nc2ba_112_iluminacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1844/indicacao_nc2ba_114_iluminacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1845/indicacao_430.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1846/indicacao_431.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao_432.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao_433.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao_434.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao_435.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao_436.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao_437.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1853/ind_2025_andre_escavadeira_e_rolo_compactador.docx" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1854/ind_limpeza_linha_g.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1855/ind_ultrassonografia.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_ubs_wendel.docx" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_final_lnha_b.docx" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_-_046_-_dorivaldo_malafaia_-_aquiscao_de_um_mamografo_digital.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_monte_castelo.docx" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_faixa_de_pedestre_elevada_crecher_manoel_cortez.docx" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1862/ind_cemiterio.docx" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1863/ind_km_121.docx" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1866/indicacao_nc2ba_116_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_nc2ba_117_sec._igualdade_racial_assinado.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_nc2ba_118_fundesa_assinado.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_119_tarcio_central_do_enem_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_nc2ba_120_castramovel_assinado.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1876/ind_2025_sinalizacao_das_ruas_do_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao__poda__aer_..docx" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_trav_01_aer__limpeza.docx" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_2025_sinalizacao_das_ruas_do_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1882/indicacao_-_deput_marcivania2c_aquisicao_de_um_onibus_para_amaem_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1883/deputada_federal_-_marcivania2c_emenda_parlamentar_aspa-pg_._assinado.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1884/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_amaem_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1885/indicacao-_senador_davi2c_trator_de_roda_para_o_apram_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1886/davi_acomlubre_-_14_km_de_pavimentacao_colonia_agricola_do_matapi_assinado.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1887/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_asoamp_assinado.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1888/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_apram_assinado.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1889/deputada_federal_-_marcivania2c_emenda_parlamentar_2c_apraaf_assinado.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_pref_eleilson2c_fornecimento_de_lanche_leve_para_as_ubs_na_zona_rural_._28129.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1891/indicacao_prefeito_elielson2c_instalacao_do_parque_na_arena_linha_27a27_28129.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1892/indicacao2c_deputada_marcivania2c_construcao_de_um_centro_comunitario_e_uma_academia_linha_2727a__28129.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1893/indicacao_davi_-_trator_de_roda_para_apraaf_assinado_1_1.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1894/indicacao_121_tarcio_malafaia_reforma_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1895/indicacao_122_tarcio_unifap_reitor.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1896/024_2025_indicacao_sinalizacao_vias_pavimentadas_.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_nc2ba_123_davi_pol_assinado.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_125_tarcio_sec._juventude_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_nc2ba_128_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_127_tarcio_sec._juventude_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1901/indicacao_126_tarcio_sec._juventude_2025_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1902/indicacao_124_tarcio_sec._juventude_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1906/ind_caixa_dagua_do_bairro_aeroporto..docx" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao2c_ministro_waldez-_poco_artesianos_com_sistema_de_energia_solar._assinado.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1908/indicar_-_dep_marcivania2c_viabilizar_recursos_construcao_de_uma_escola_fundamental_i_e_ii_-_bairro_manoel_cortes_assinado.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1909/ind_ramal_do_km_121_bode_e_no_ramal_da_linha_b_do_matapi.docx" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1910/ind_rua_gerino_porto.docx" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1911/indicar2c_gov_clecio_luis2c_junto_ao_sdr_-ap2c_viabilizar_22c5_ton_de_calcario_ao_pg_assinado.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1912/indicar2c_ministro_waldez_-_medidas_compensatorias_aos_agricultores_do_porto_grande__assinado.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1913/indicar_2c_gov_clecio_luiz2c_junto_ao_sdr_-ap_trator_de_esteira_ao_pg_assinado.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1914/indcacao_ver_carol_dep._malafaia_2.docx" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_nc2ba_130_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_nc2ba_131_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_nc2ba_132_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1929/ind_ramal_alagamento.docx" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1930/indicacao_nc2ba_129_infra_assinado.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1931/indicacao_nc2ba_134_malafaia.escolapol_assinado.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao_nc2ba_136_lucas_abrahao.unifap_pol_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao_nc2ba_135_marcivania.unifap_pol_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_-_setrap2c_ponte_do_matapi_assinado.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao2cseed-_ee_sao_francisco_de_assis_assinado.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_nc2ba_139_infra_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_nc2ba_138_malafaia.br_pol_assinado.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao_nc2ba_137_davi.br_pol_assinado.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao_nc2ba_133_malafaia.unifap_pol_assinado.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1946/ind_02_12_2025_munguba.docx" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1947/ind_02_12_2025_rua_pedro_texeira.docx" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1948/ind_02_12_2025_odontologica_da_ubs_manoel_pereira.docx" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1949/ind_02_12_2025placas_de_sinalizacao.docx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1950/ind_02_12_2025placas_de_energia.docx" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1956/2_ind_2025_instalacao_de_uma_academia_ao_ar_livre_na_praca_localizada_na_pista_do_aeroporto.docx" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1957/3_ind_2025_nstalacao_de_brinquedos_infantis_na_praca_wilson_conhecida_como_praca_da_subestacao.docx" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao_ubs_wender_-_central_de_ar_assinado.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao_-_ubs_manoel_s_p_2c_cadeira_odontologica_assinado.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1961/1_ind_2025_quadra_poliesportiva_na_escola_estadual_campo_verde.docx" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1962/indicacao_-_escola_municipal_alzira_de_queiroz2c_central_de_ar._assinado.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_ubs_wender_rodrigues_-_abastecimento_farmacia_assinado.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1965/4_ind_2025_construcao_de_uma_escola_municipal_de_ensino_fundamental__anos_iniciais_e_finais_1o_ao_9o_ano__no_bairro_manoel_cortez.docx" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_emenda_para_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_camera_360.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_aplicativo_municipal_de_servicos.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_totens.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao_ambulancia_4x4.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1982/indicacao_programa_proteses.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1983/indicacao_adote_uma_praca.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_pev.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1986/mais_medicos.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1987/indicacao_saude_mental.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1988/indicacao_lombada_e_semaforo.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1989/indicacao_bope.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1990/indicacao_construcao_de_um_refeitorio.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1991/mais_medicos.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_drenagem_alameda_5.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1993/indicacao_farmacia_municipal.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1994/indicacao_rota_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1995/indicacao_museu.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1996/indicacao_onibus_circular.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_raimundo_costa_pereira.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1998/indicacao_ciclovia_estruturada.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1999/indicacao_feira_todo_dia.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2000/indicacao_violencia_contra_mulher.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_fiacao_141.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2003/indicacao_539-tarcio.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1452/moc_01_2025_gab_vera_carol.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1453/moc_02_2025_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1692/mocao_de_aplausos_0002.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1693/moncao_de_aplausos_e_reconhecimento_-_gedian_oliveira__-_jungle_fight_138.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1695/moncao_de_aplausos_e_reconhecimento_-_quadrilhas_juninas.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1700/mocao_de_aplausos_0001.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1736/mocao_02_tarcio._2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1737/mocao_01_tarcio._2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1745/mocao_03_tarcio._2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1838/moncao_de_aplausos_e_reconhecimento_a_professores_diretores_e_coordenadores_da_participacao_da_feceap.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1945/mocao_de_aplauso_ao_atleta_bruno_moura.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1964/mc_rosangela.docx" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1725/pmlo._01_tarcio_leite_assinado.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1627/mensagem_de_veto.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1857/veto_002.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1581/parecer_03_2025.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1582/parecer_04_2025_.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1608/par_cljrf.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1684/parecer_10_comissao.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1870/parecer_pdf.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1871/parecer_comissao_orcamento.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1879/parecer_da_comissao_de_legislacao_e_justica-ldo_29.10.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1880/parecer_comissao_de_orcamento_e_financas__014-_29.10.25.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1904/parecer_da_comissao_de_legislacao_e_justica-loa.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1905/parecer_da_comissao_de_orcamento_e_financas-loa.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1919/parecer_no17_cljrf.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1920/parecer_no18_cof.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1921/parecer_no_19_cljrf.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1922/parecer_no_20_cof.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1923/parecer_no_21_cljrf.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1924/parecer_no_22_cof.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1937/parecer_24_cljrf.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1942/parecer_do_pll_no_53.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1943/parecer_do_pll_no_55.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1944/parecer_pll_no_70.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1951/par._57_cljrf.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1952/par._57_cof.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1953/par._59_cljrf.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1954/par._59_cof.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1955/par_65_cljrf.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1959/par.65_cof.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1966/par._66_cljrf.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1967/par.66_cof.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1968/par._69_cljrf.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1969/par.69_cof.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1970/par._77_cljrf.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1971/par._77_cof.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1972/par.87_cljrf.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1973/par._87_cof.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1974/par._cljrf_89.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1975/par._cof_89.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2002/img002_merged.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1577/mensagem_ao_institui_o_ciencia_em_movimento_programa_municipal_de_incentivo_a_iniciacao_cientifica_na_rede_publica_de_ensino_de_porto_grande_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1580/men_05_2025.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1644/mensagem_ao_pl_09_2025_-_convalidacao.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1646/projeto_de_lei_10-paginas.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1718/mens_pl_13_turismo.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1918/mensagem_ao_pl_no_15_conselho.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1936/mensagem_ao_pl_ifa1.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2004/emenda_impositiva_vereadora_sueli_4.docx" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2005/ei_carol.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2006/emenda_impositiva_tarcio.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2007/ei_eliza.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2008/emenda_impositiva_vereadora_regiane_oficial_2.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2009/ei_junior_colares.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2010/ei_guri.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2011/ei_pedro_jordao.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2012/projeto_de_lei_2025_-_emenda_impositiva_1_nelson.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/2013/emenda_impositiva_vereador_conjaki_2.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2015/1874/ata_2025.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2025/1875/ata_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H752"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="164.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>