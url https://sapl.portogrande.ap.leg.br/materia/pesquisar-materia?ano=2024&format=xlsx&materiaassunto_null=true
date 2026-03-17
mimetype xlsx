--- v0 (2025-10-13)
+++ v1 (2026-03-17)
@@ -54,2054 +54,2054 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA EXECUTIVO</t>
   </si>
   <si>
     <t>PMPG</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1057/ple_01_2024_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1057/ple_01_2024_pmpg.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DO FUNDO MUNICIPAL DO MEIO AMBIENTE - FMMA NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1060/ple_02_2024_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1060/ple_02_2024_pmpg.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 53 DA LEI Nº 329/2011 DE 09 DE MAIO DE 2011.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1090/ple_03_2024_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1090/ple_03_2024_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CÂMARA DE CONCILIAÇÃO PARA PAGAMENTO DE PRECATÓRIOS DO MUNICÍPIO DE PORTO GRANDE, MEDIANTE A CELEBRAÇÃO DE ACORDO, DEFININDO SUA COMPOSIÇÃO E COMPETÊNCIA, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1142/pl_04_2024_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1142/pl_04_2024_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR PERMUTA DE BENS IMÓVEIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1143/pl_05_2024_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1143/pl_05_2024_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE 10,81% AOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1144/pl_06_2024_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1144/pl_06_2024_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE NO PERCENTUAL DE 5,00% AOS SERVIDORES PÚBLICOS DO GRUPO AUXILIARES EDUCACIONAIS DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1145/pl_07_2024_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1145/pl_07_2024_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE NO PERCENTUAL DE 3,62% AOS SERVIDORES PÚBLICOS DO GRUPO DO MAGISTÉRIO DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1171/ldo_2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1171/ldo_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS – LDO, PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA ANUAL – LOA DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1194/ple_09_2024_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1194/ple_09_2024_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE CONTRATAÇÃO DE CONDENADOS POR CRIME COMETIDO COM VIOLÊNCIA DOMÉSTICA E FAMILIAR CONTRA A MULHER, NOS TERMOS PREVISTOS PELA LEI FEDERAL N.º 11.340/2006 – LEI MARIA DA PENHA, POR PARTE DA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA DO MUNICÍPIO DE PORTO GRANDE, BEM COMO IMPEDE NOMEAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1214/ple_10_2024_-_loa_2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1214/ple_10_2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PORTO GRANDE PARA O EXERCÍCIO DE 2025.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1218/ple_11_2024_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1218/ple_11_2024_pmpg.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA GUARDA MUNICIPAL DE PORTO GRANDE, ALTERA A DENOMINAÇÃO DE CARGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1225/ple_12_2024_pmpg_-_piso.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1225/ple_12_2024_pmpg_-_piso.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O PISO SALARIAL DA CATEGORIA DE ASSISTENTE SOCIAL NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1229/projeto_de_lei_concurso_substitutivo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1229/projeto_de_lei_concurso_substitutivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE DIVERSOS CARGOS DE PROVIMENTO EFETIVO NO QUADRO DE SERVIDORES DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1234/ple_14_2024_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1234/ple_14_2024_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AFETAÇÃO DE ÁREA DE EXPANSÃO URBANA, NOMEIA O BAIRRO COMO "SÃO JOSÉ", DEFINE ÁREAS INSTITUCIONAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA LEGISLATIVO</t>
   </si>
   <si>
     <t>PROFESSOR NELSON</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1056/pll_01_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1056/pll_01_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO CONCEDER ISENÇÃO DE IPTU E TAXAS MUNICIPAIS PARA PESSOAS COM "TEA" (TRANSTORNO DO ESPECTRO AUTISTA), NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1061/pll_02_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1061/pll_02_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INSTITUIR O PROGRAMA BOLSA ATLETA NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1062/pll_03_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1062/pll_03_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE PORTO GRANDE, O PROGRAMA CÂMARA VAI À ESCOLA NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1063/pll_04_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1063/pll_04_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO A CRIAR O PROGRAMA DE  CAPACITAÇÃO E AMPARO PSICOLÓGICO AS MÃES OU TUTORES LEGAIS DE PORTADORES DE TRANSTORNO DO ESPECTRO AUTISTA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1065/pll_05_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1065/pll_05_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICIPAL DE PORTO GRANDE A FIRMAR CONTRATO DE PARCERIA COM EMPRESAS, ASSIM COMO DISPOR SOBRE O FORNECIMENTO  GRATUITO DE FRALDAS DESCARTÁVEIS PARA ALUNOS MATRICULADOS NAS CRECHES MUNICIPAIS EM SITUAÇÃO DE VULNERABILIDADE SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>GURI DO MATAPI</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1081/pl_06_2024_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1081/pl_06_2024_guri.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CORREÇÃO DA DENOMINAÇÃO DO POSTO DE MATAPI DE "MANOEL PEREIRA SOARES" PARA "MANOEL SOARES PEREIRA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>RUY ANDRADE</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1085/pll_07_2024_gab_ver_rosendi.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1085/pll_07_2024_gab_ver_rosendi.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROJETO CÂMERA CIDADÃ - SISTEMA DE VIDEOMONITORAMENTO DE IMAGENS NO MUNICÍPIO DE PORTO GRANDE-AP E CRIA O CENTRO INTEGRADO DE COMANDO E CONTROLE (CICC).</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1100/pll_08_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1100/pll_08_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE PORTO GRANDE, O PROTOCOLO "NÃO É NÃO" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1101/pll_09_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1101/pll_09_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE SAÚDE BUCAL NAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DE ENSINO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1102/pll_10_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1102/pll_10_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSCIENTIZAÇÃO DA VIOLÊNCIA DOMÉSTICA CONTRA AS MULHERES NAS ESCOLA PÚBLICAS NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1121/pl_11_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1121/pl_11_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A OBRIGATORIEDADE DAS ESCOLAS E CRECHES DA REDE MUNICIPAL DE ENSINO A FORNECER ALIMENTAÇÃO DIFERENCIADA AOS ALUNOS DIABÉTICOS E HIPERTENSOS EM SUA MERENDA ESCOLAR E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>GALENO DO VILA NOVA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1136/pll_12_02024_gab_ver_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1136/pll_12_02024_gab_ver_galeno.pdf</t>
   </si>
   <si>
     <t>INSTITUI A PLATAFORMA ONLINE DE NETWORKING E COLABORAÇÃO PARA MULHERES EMPREENDEDORAS.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1137/pll_13_2024_gab_ver_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1137/pll_13_2024_gab_ver_galeno.pdf</t>
   </si>
   <si>
     <t>ACESSO À INFRAESTRUTURA DIGITAL PARA EMPREENDEDORAS EM ÁREAS DESFAVORECIDAS.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1138/pll_14_2024_gab_ver_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1138/pll_14_2024_gab_ver_galeno.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE EMPREENDEDORISMO FEMININO.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1139/pll_15_2024_gab_ver_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1139/pll_15_2024_gab_ver_galeno.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA DE ACESSO À MORADIA PARA MULHERES CHEFES DE FAMÍLIA.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1140/pll_16_2024_gab_ver_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1140/pll_16_2024_gab_ver_galeno.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE CAPACITAÇÃO EM EMPREENDEDORISMO DIGITAL PARA MULHERES.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1152/pll_17_2024_gab_ver_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1152/pll_17_2024_gab_ver_guri.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À LEI Nº 271, DE 29 DE MAIO DE 2008, QUE INSTITUI O TÁXI-LOTAÇÃO COMO TRANSPORTE ALTERNATIVO NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1150/pll_18_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1150/pll_18_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>FICA AUTORIZADO O PODER EXECUTIVO A INSTITUIR O PROGRAMA DE ACESSO AO TRATAMENTO ODONTOLÓGICO DOMICILIAR DIRECIONADO ÀS PESSOAS COM DEFICIÊNCIA E IDOSOS NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1151/pll_19_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1151/pll_19_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CRIAR OS SERVIÇOS DE ATENDIMENTO E FORNECIMENTO GRATUITO DE PRÓTESE DENTÁRIA A POPULAÇÃO EM VULNERABILIDADE SOCIAL NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1163/pll_20_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1163/pll_20_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REGULAMENTAR A ATIVIDADE DE TRANSPORTE REMUNERADO PRIVADO INDIVIDUAL DE PASSAGEIROS NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1181/pll_21_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1181/pll_21_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SUBSTITUIÇÃO DE EQUIPAMENTOS SONOROS (SIRENES E ALARMES) UTILIZADOS COMO SINALIZADORES DE INÍCIO E TÉRMINO DE AULAS, DE PROVA E DE PERÍODO DE RECREIO NOS ESTABELECIMENTOS DAS REDES PÚBLICAS E PRIVADAS DE ENSINO DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊCIAS.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>NARSON SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1183/pll_22_2024_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1183/pll_22_2024_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALÇÃO DE BRINQUEDOS E EQUIPAMENTOS ADAPTADOS PARA PESSOAS COM DEFICIÊNCIA FÍSICA NAS ESCOLAS E PRAÇAS PÚBLICAS DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1184/pll_23_2024_gab_ver_narson_santos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1184/pll_23_2024_gab_ver_narson_santos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE SINALIZAÇÃO TÁTIL, SONORA E VISUAL NAS DEPENDÊNCIAS DOS BENS DE USO PÚBLICO, A FIM DE POSSIBILITAR A ACESSIBILIDADE AOS DEFICIENTES VISUAIS E AUDITIVOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1185/pll_24_2024_gab_ver_narson_santos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1185/pll_24_2024_gab_ver_narson_santos.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO SOBRE A ACESSIBILIDADE NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1187/pll_25_2024_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1187/pll_25_2024_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA PERMANENTE "A MULHER NA POLÍTICA", DISPONDO SOBRE MEDIDAS DE INCENTIVO À PARTICIPAÇÃO DA MULHER NA ATIVIDADE POLÍTICA NO MUNICÍPIO DE PORTO GRANDE-AP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1188/pll_26_2024_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1188/pll_26_2024_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>DEFINE O PROGRAMA DE COOPERAÇÃO "SINAL VERMELHO CONTRA A VIOLÊNCIA DOMÉSTICA" COMO UMA DAS MEDIDAS DE ENFRENTAMENTO DA VIOLÊNCIA DOMÉSTICA E FAMILIAR CONTRA A MULHER NO MUNICÍPIO DE PORTO GRANDE-AP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>ALEX LOPES</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1193/pll_27_2024_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1193/pll_27_2024_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA CASA DE ACOLHIMENTO, NO MUNICÍPIO DE PORTO GRANDE-AP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>SUELI SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1202/pll_28_2024_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1202/pll_28_2024_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO POSTO DE SAÚDE DA COMUNIDADE DO KM 117, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>MESA DIRETORA CMPG</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1209/pll_29_2024_mesa_diretora.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1209/pll_29_2024_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Fixa o Subsídio do Prefeito, Vice-prefeito, Vereadores e Secretários Municipais para o quadriênio 2025/2028.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1123/pr_01_2024_mesa_diretora.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1123/pr_01_2024_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO HORÁRIO DA SESSÃO DE REALIZAÇÃO DAS SESSÕES ORDINÁRIAS DA CÂMARA MUNICIPAL DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1124/pr_02_2024_mesa_diretora.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1124/pr_02_2024_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>ALTERA O QUADRO DE CARGOS EM COMISSÃO DA CÂMARA MUNICIPAL DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1186/pr_03_2024_mesa_diretora.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1186/pr_03_2024_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA COMISSÃO PERMANENTE DE DEFESA DA MULHER E DÁ OUTRAS PROVIDÊNCIAS,</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1224/regimento_interno_para_revisao_1.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1224/regimento_interno_para_revisao_1.pdf</t>
   </si>
   <si>
     <t>REVOGA O REGIMENTO INTERNO DE 2005 E INSTITUI O NOVO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO GRANDE/AP.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1168/pdl_01_2024_mesa_diretora.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1168/pdl_01_2024_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O JULGAMENTO DAS CONTAS DA PREFEITURA MUNICIPAL DE PORTO GRANDE DO EXERCÍCIO DE 2009.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1207/pdl_02_2024_gab_ver_narson_pres_cmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1207/pdl_02_2024_gab_ver_narson_pres_cmpg.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO PORTOGRANDENSE AOS MEMBROS DO ANEXO I DESTE DECRETO LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1216/pdl_03_2024_mesa_diretora.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1216/pdl_03_2024_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento das Contas da Prefeitura Municipal de Porto Grande, exercício de 2013, e dá outras providências.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1227/pdl_04_2024_mesa_diretora.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1227/pdl_04_2024_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DE GOVERNO DO MUNICÍPIO DE PORTO GRANDE, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2016, DE RESPONSABILIDADE DO EX-PREFEITO ANTÔNIO DE SOUZA PEREIRA.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1231/pdl_05_2024_mesa_diretora.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1231/pdl_05_2024_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DE GOVERNO DO MUNICÍPIO DE PORTO GRANDE, REFERENTES AO EXERCÍCIO FINANCEIRO DE 2011.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1122/req_01_2024_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1122/req_01_2024_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, O PEDIDO DE INFORMAÇÃO SOBRE A APLICAÇÃO DO RECURSO, ORIUNDO DA OUTORGA DA CAESA, PREFERENCIALMENTE EM AUDIÊNCIA PÚBLICA COMO PRESTAÇÃO DE CONTAS.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR NARSON DA SILVA SANTOS – PRESIDENTE DA CÂMARA MUNICIPAL DE PORTO GRANDE O USO DA TRIBUNA DESTA CASA DE LEIS POR 20 MINUTOS, NA SESSÃO ORDINÁRIA DO DIA 14 DE MAIO, ÀS 09H, PARA PRONUNCIAMENTO DO PROFESSOR DO INSTITUTO FEDERAL DE EDUCAÇÃO, CIÊNCIA E TECNOLOGIA DO AMAPÁ - IFAP, CAMPUS PORTO GRANDE, SENHOR ALEXANDRE SILVA.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1201/req_03_2024_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1201/req_03_2024_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR NARSON DA SILVA SANTOS − PRESIDENTE DA CÂMARA MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS REQUER QUE SEJA REALIZADA UMA SESSÃO SOLENE EM COMEMORAÇÃO AO DIA DO PROFISSIONAL DE EDUCAÇÃO FÍSICA.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1211/req_004_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1211/req_004_ver_alex.pdf</t>
   </si>
   <si>
     <t>REQUER DO PREFEITO  JOSE MARIA BESSA DE OLIVEIRA O PEDIDO DE INFORMAÇÃO SOBRE O CONTRATO N 90001/2024 CL/PMPG, QUE TRATA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA EXECUTAR OS SERVIÇOS DE GESTÃO INTEGRADA DE DOCUMENTOS ADMINISTRATIVOS (DIGITALIZAÇÃO, GUARDA DE DOCUMENTOS E PROTOCOLO ELETRÔNICO), COM TODO O PROCESSO DO CERTAME LICITATÓRIO, CONTRATO DA PREFEITURA PARA COM EMPRESA.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1055/ind_01_2024_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1055/ind_01_2024_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA SENHOR, JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS, POSSA DISPONIBILIZAR MANUTENÇÃO DO ACESSO DA RODOVIA À COMUNIDADE DO MONTE TABOR, E A MANUTENÇÃO DAS LUMINÁRIAS (ILUMINAÇÃO PÚBLICA) NESSE MESMO PERCURSO.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1066/ind_02_2024_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1066/ind_02_2024_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>INDICAR AO PREFEITO MUNICIPAL DE PORTO GRANDE, A IMPLEMENTAÇÃO DE MEDIDAS QUE FORTALEÇAM A FISCALIZAÇÃO SANITÁRIA NOS EMPREENDIMENTOS DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>NAINHA SANTANA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1067/ind_03_2024_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1067/ind_03_2024_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENADOR LUCAS BARRETO, UMA EMENDA FEDERAL PARA EXECUÇÃO UM CENTRO MUNICIPAL CARDIOLÓGICO NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1068/ind_04_2024_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1068/ind_04_2024_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>INDICAR AO PREFEITO DO MUNICÍPIO DE PORTO GRANDE A EXECUÇÃO DE UM CENTRO MUNICIPAL CARDIOLÓGICO NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>AMIGO DOMINGOS</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1069/ind_05_2024_gab_ver_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1069/ind_05_2024_gab_ver_domingos.pdf</t>
   </si>
   <si>
     <t>INDICAR AO PREFEITO DE PORTO GRANDE JOSÉ MARIA BESSA, QUE SEJA REALIZADA A AQUISIÇÃO DE UMA CADEIRA ODONTOLÓGICO PARA O POSTO MÉDIO DO ASSENTAMENTO DO MUNGUBA.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1070/ind_06_2024_gab_ver_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1070/ind_06_2024_gab_ver_domingos.pdf</t>
   </si>
   <si>
     <t>INDICAR AO PREFEITO DE PORTO GRANDE JOSÉ MARIA BESSA, QUE SEJA REALIZADA A AQUISIÇÃO DE UMA AMBULÂNCIA PARA O POSTO MÉDIO DO ASSENTAMENTO DO MUNGUBA.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1071/ind_07_2024_gab_ver_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1071/ind_07_2024_gab_ver_domingos.pdf</t>
   </si>
   <si>
     <t>INDICAR AO PREFEITO DE PORTO GRANDE JOSÉ MARIA BESSA, QUE SEJA REALIZADA A AQUISIÇÃO DE UM BEBEDOURO PARA O POSTO MÉDIO DO ASSENTAMENTO DO MUNGUBA.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>JOLIANNE FONTENELE</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1072/ind_08_2024_gab_vera_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1072/ind_08_2024_gab_vera_jolianne.pdf</t>
   </si>
   <si>
     <t>INDICAR AO PREFEITO DE PORTO GRANDE JOSÉ MARIA BESSA, QUE SEJA VIABILIZADO JUNTO À SECRETARIA MUNICIPAL DE INFRAESTRUTURA A MANUTENÇÃO DA AV. NOVA JERUSALÉM DO BAIRRO AEROPORTO.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1073/ind_09_2024_gab_vera_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1073/ind_09_2024_gab_vera_jolianne.pdf</t>
   </si>
   <si>
     <t>INDICAR AO PREFEITO DE PORTO GRANDE JOSÉ MARIA BESSA, QUE SEJA VIABILIZADO JUNTO À SECRETARIA MUNICIPAL DE INFRAESTRUTURA DO MUNICÍPIO A SINALIZAÇÃO DA AV. NOVA JERUSALÉM DO BAIRRO AEROPORTO.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1075/ind_10_2024_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1075/ind_10_2024_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A SUA ATENÇÃO DE MELHORIA DAS CONDIÇÕES ESTRUTURAIS DA ESCOLA MUNICIPAL WILSON FERREIRA.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1076/ind_11_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1076/ind_11_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA, DIGNÍSSIMO PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA REALIZADO O ASFALTAMENTO DA AVENIDA OIAPOQUE NO BAIRRO DAS MALVINAS.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1077/ind_12_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1077/ind_12_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA, DIGNÍSSIMO PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA REALIZADO A DOAÇÃO DE UM TERRENO MEDINDO 200X200 METROS PARA A CONSTRUÇÃO DO COMPLEXO ESPORTIVO DA LIGA DESPORTIVA DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1086/ind_13_2024_gab_ver_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1086/ind_13_2024_gab_ver_nainha.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA, PREFEITO MUNICIPAL DO MUNICÍPIO DE PORTO GRANDE-AP, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS A CRIAÇÃO DE UM CENTRO TECNOLÓGICO NO MUNICÍPIO PORTO GRANDE.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1095/ind_14_2024_gab_ver_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1095/ind_14_2024_gab_ver_guri.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA – PREFEITO MUNICIPAL - A MANUTENÇÃO URGENTE PARA REDUÇÃO DE DANOS PELA EXTRAÇÃO DE AREIA DO RAMAL DO CEMITÉRIO SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1097/ind_16_2024_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1097/ind_16_2024_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, QUE NO USO DAS SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A CRIAÇÃO DO PROGRAMA TRATAMENTO FORA DE DOMICÍLIO - TFD, NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1098/ind_17_2024_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1098/ind_17_2024_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO LIMPEZA, TERRAPLANAGEM E ILUMINAÇÃO PÚBLICA DA RUA NOSSA SENHORA DO CARMO, BAIRRO NOVA ESPERANÇA - VILA MILITAR.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1099/ind_18_2024_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1099/ind_18_2024_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>INDICA A EXCELENTÍSSIMA SENHORA ALINE PARANHOS GURGEL – SECRETÁRIA DE ASSISTÊNCIA SOCIAL DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO O PROJETO FORÇA MULHER, EM PARCERIA COM O SEBRAE.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1103/ind_19_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1103/ind_19_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DORINALDO BARBOSA MALAFAIA, DEPUTADO FEDERAL PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO ESPECIAL ATENÇÃO EM NOME DE TODO O POVO DE PORTO GRANDE, NO SENTIDO DE QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A AQUISIÇÃO DE 07 (SETE) VEÍCULOS, SENDO ELES 05 (CINCO) MOTOS E 02 (DUAS) CAMINHONETES, PARA AS ATIVIDADES DE COMBATE A MALÁRIA NO MUNICÍPIO DE PORTO GRANDE-AP.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1104/ind_20_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1104/ind_20_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR LUCAS CANTUÁRIA BARRETO, SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL PELO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO ESPECIAL ATENÇÃO EM NOME DE TODO O POVO DE PORTO GRANDE,  EM ESPECIAL OS MORADORES DA COMUNIDADE DA VILA DO MUNGUBA, NO SENTIDO DE QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A AQUISIÇÃO DE UM SISTEMA DE ÁGUA POTÁVEL PARA A COMUNIDADE CITADA.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1105/ind_21_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1105/ind_21_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DAVI SAMUEL ALCOLUMBRE TOBELEM, SENADOR DA REPÚBLICA PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO ESPECIAL ATENÇÃO EM NOME DE TODO O POVO DE PORTO GRANDE, NO SENTIDO DE QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR PARA A COMPRA DE EQUIPAMENTOS PARA A ACADEMIA DE SAÚDE AO "AR LIVRE" EM PRAÇAS PÚBLICAS, BALNEÁRIO E ORLA DA BEIRA RIO NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1106/ind_22_2024_gab_ver_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1106/ind_22_2024_gab_ver_domingos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO LIMPEZA, TERRAPLANAGEM, DRENAGEM E COLOCAÇÃO DE MANILHAS NA RUA LUCIANE RODRIGUES MACEDO, NO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1107/ind_23_2024_gab_ver_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1107/ind_23_2024_gab_ver_domingos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO LIMPEZA, TERRAPLANAGEM E COLOCAÇÃO DE MANILHAS NA RUA 15 DE NOVEMBRO, NO BAIRRO AEROPORTO.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1108/ind_24_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1108/ind_24_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA, PREFEITO MUNICIPAL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO O PROGRAMA PAAF PARA ATENDER OS AGRICULTORES DO ASSENTAMENTO MANOEL JACINTO, ASSIM COMO SEJA CUMPRIDA A LEI MUNICIPAL N.º 505/2021, NOS SEUS ARTIGOS 3º, 4º, 5º E 6º DA REFERIDA LEI.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1109/ind_25_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1109/ind_25_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DORINALDO MALAFAIA, DEPUTADO FEDERAL PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR PARA AQUISIÇÃO DE UM MAMÓGRAFO DIGITAL VISANDO A MODERNIZAÇÃO DO SERVIÇO DE MAMOGRAFIA NO HOSPITAL MARIA LÚCIA GUIMARÃES DA SILVA.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1110/ind_26_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1110/ind_26_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR CLÉCIO LUIS VILHENA VIEIRA, GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A IMPLANTAÇÃO DE UM POLO DO CENTRO DE EDUCAÇÃO PROFISSIONAL DE MÚSICA WALKIRIA LIMA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1111/ind_27_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1111/ind_27_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR CLÉCIO LUIS VILHENA VIEIRA, GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO QUE ESTUDE INCLUIR O CONTEÚDO DE NOÇÕES DE ROBÓTICA EDUCACIONAL COMO ATIVIDADE EXTRACURRICULAR NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1112/ind_28_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1112/ind_28_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR RANDOLFE RODRIGUES, SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A IMPLANTAÇÃO DE UM CAMPUS DA UNIVERSIDADE ESTADUAL DO AMAPÁ (UEAP) NO MUNICÍPIO DE PORTO GRANDE PARA ATENDER OS MUNICÍPIOS DA REGIÃO CENTRO OESTE DO ESTADO.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1113/ind_29_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1113/ind_29_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR CLÉCIO LUIS VILHENA VIEIRA, GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A CONSTRUÇÃO DE UM GINÁSIO DE ESPORTE POLIESPORTIVO NA ESCOLA ESTADUAL JOSÉ RIBAMAR TEIXEIRA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1114/ind_30_2024_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1114/ind_30_2024_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA, PREFEITO DO MUNICÍPIO DE PORTO GRANDE-AP, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO QUE TENHA A IMPLEMENTAÇÃO DE UMA AÇÃO ITINERANTE DE ULTRASSOM E ELETROCARDIOGRAMA NAS ÁREAS RURAIS UMA VEZ POR MÊS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1115/ind_31_2024_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1115/ind_31_2024_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>INDICAR AO JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE POSSA DISPONIBILIZAR IMPLEMENTAÇÃO DE PROGRAMAS DE INCENTIVO A CAPACITAÇÃO PROFISSIONAL E EMPREENDEDORISMO FEMININO.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1116/ind_32_2024_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1116/ind_32_2024_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>INDICAR AO JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE QUE POSSA DISPONIBILIZAR ESTABELECIMENTO DE PARCERIAS COM EMPRESAS LOCAIS PARA OFERECER OPORTUNIDADES DE ESTÁGIO E EMPREGO PARA AS MULHERES QUE PARTICIPAREM DOS CURSOS.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1117/ind_33_2024_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1117/ind_33_2024_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>INDICAR AO JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE QUE POSSA DISPONIBILIZAR; ESTABELECIMENTO DE COTAS DE EMPREGO PARA MULHERES NAS EMPRESAS LOCAIS, VISANDO A IGUALDADE DE OPORTUNIDADES NO MERCADO DE TRABALHO.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1118/ind_34_2024_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1118/ind_34_2024_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>INDICAR AO JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE A CRIAÇÃO DE UM PROGRAMA DE MENTORIA PARA MULHERES EMPREENDEDORAS, COM O OBJETIVO DE ORIENTÁ-LAS NO DESENVOLVIMENTO E CRESCIMENTO DE SEUS NEGÓCIOS.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1119/ind_35_2024_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1119/ind_35_2024_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>INDICAR AO JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE A ADAPTAÇÃO DE UM ESPAÇO PARA SER TRANSFORMADO EM UMA BRINQUEDOTECA MUNICIPAL.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1120/ind_36_2024_gab_ver_ruy.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1120/ind_36_2024_gab_ver_ruy.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, QUE NO USO DAS SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A DESTINAÇÃO DE RECURSOS PARA A AQUISIÇÃO DE MATERIAIS ESPORTIVOS DESTINADOS À ACADEMIA DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1125/ind_37_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1125/ind_37_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA, PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITO QUE SEJA REALIZADO A DOAÇÃO DE UM TERRENO MEDINDO 200X200 METROS PARA A CONSTRUÇÃO DO COMPLEXO ESPORTIVO DA LIGA DESPORTIVA DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1149/ind_38_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1149/ind_38_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DORINALDO MALAFAIA, DEPUTADO FEDERAL PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR PARA AQUISIÇÃO DE UMA VAN ODONTOLÓGICA VISANDO AMPLIAR O ACESSO À SAÚDE BUCAL PARA TODA A POPULAÇÃO DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1154/ind_39_2024_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1154/ind_39_2024_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO SUAS LEGAIS, ATRAVÉS DOS QUAIS REQUER QUE SEJA FEITO INSTALAÇÃO DE FAIXA DE PEDESTRE ELEVADA E SINALIZAÇÃO NA AV AMAPÁ.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1155/ind_40_2024_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1155/ind_40_2024_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO À SECRETARIA MUNICIPAL DE INFRAESTRUTURA A INSTALAÇAO DE MANILHAS PARA ESCOAMENTO DE ÁGUA NA RUA JOSÉ ANTERO NAS PROXIMIDADES DA PRAÇA DO BAIRRO DO AEROPORTO.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1156/ind_41_2024_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1156/ind_41_2024_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR LUCAS BARRETO – SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, AO QUAL SOLICITO UMA EMENDA IMPOSITIVA NO VALOR DE 500.000,00 (QUINHENTOS MIL REAIS) PARA REFORMA DA ESCOLA PROFESSORA MARIA CRISTINA BOTELHO RODRIGUES.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1157/ind_42_2024_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1157/ind_42_2024_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS POSSA DISPONIBILIZAR UMA ÁREA NA EXPANSÃO URBANA, PLANEJAR E INCLUIR NO NOSSO PLANO DIRETOR O PARQUE INDUSTRIAL EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1162/ind_leg_43_2024_cmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1162/ind_leg_43_2024_cmpg.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO LEGISLATIVA  - ESTUDO DE VIABILIDADE TÉCNICA PARA MEDIDAS DE SEGURANÇA NO PERÍMETRO URBANO.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR NARSON DA SILVA SANTOS – PRESIDENTE DA CÂMARA MUNICIPAL DE PORTO GRANDE, QUE NO USO SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS QUAIS POSSA INSTITUIR QUE NO INGRESSO AOS CARGOS CRIADOS ATRAVÉS DA RESOLUÇÃO 21/2024, SEJA FEITO ATRAVÉS DE CONCURSO PÚBLICO, COMO TRAZ NO SEU ARTIGO 37, II DA CF/88.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1165/ind_45_2024_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1165/ind_45_2024_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>INDICAR AO PREFEITO MUNICIPAL QUE POSSAR DAR PREVISÃO ORÇAMENTÁRIA E CRIAR EM FORMA DE LEI, A GUARDA MUNICIPAL, BASEADO NA NOSSA LEI ORGÂNICA NO SEU ARTIGO 16°, INCISO XXI, QUE TRAZ A PREVISÃO LEGAL. "COMPETE AO MUNICIPIO: CRIAR A GUARDA MUNICIPAL, DESTINADA À PROTEÇÃO DE SEUS BENS, MEIO AMBIENTE, SERVIÇOS E INSTALAÇÕES, CONFORME DISPUSER A LEI;"</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1169/ind_46_2024_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1169/ind_46_2024_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITAMOS A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA RUA ALAMENDA 1, DO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1170/ind_47_2024_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1170/ind_47_2024_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITAMOS A LIMPEZA DO RAMAL PRINCIPAL DA COMUNIDADE NOVA UNIÃO DO KM 112.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1173/ind_48_2024_gab_ver_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1173/ind_48_2024_gab_ver_guri.pdf</t>
   </si>
   <si>
     <t>INDICA AO VALDINEI AMANAJÁS SECRETARIO DE TRANSPORTE-AP, QUE SEJA VIABILIZADO A CONSTRUÇÃO DA PONTE NO RAMAL DA GLOBO, NA CÔLONIA AGRICOLA DO MATAPI.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1174/ind_49_2024_gab_ver_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1174/ind_49_2024_gab_ver_guri.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR VALDINEI AMANAJÁS – SECRETÁRIO DE TRANSPORTE DO ESTADO DO AMAPÁ, QUE SEJA VIABILIZADO A REFORMA DA PONTE DA LINHA "H" E A CONSTRUÇÃO DA PONTE DA LINHA "G", NA COLÔNIA AGRÍCOLA DO MATAPI.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1175/ind_50_2024_gab_ver_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1175/ind_50_2024_gab_ver_galeno.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, A SOLICITAÇÃO DE MELHORIAS NO SISTEMA DE ABASTECIMENTO DE ÁGUA DA COMUNIDADE DO VILA NOVA, COM A AMPLIAÇÃO E UTILIZAÇÃO DE UMA FONTE PRÓXIMA DE ÁGUA POTÁVEL.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1176/ind_51_2024_gab_ver_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1176/ind_51_2024_gab_ver_domingos.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR DORINALDO MALAFAIA – DEPUTADO FEDERAL PDT-AP, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL, VENHO SOLICITAR A DESTINAÇÃO DE UMA EMENDA PARLAMENTAR NO VALOR DE R$ 1.000.000,00 (UM MILHÃO DE REAIS) PARA REFORMA DA ESCOLA ESTADUAL FLORENÇA TORRES DE ARAÚJO,  LOCALIZADA NO DISTRITO DO CUPIXI, MUNICÍPIO DE PORTO GRANDE-AP.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1177/ind_52_204_gab_ver_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1177/ind_52_204_gab_ver_guri.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENADOR RANDOLFE RODRIGUES, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITO A DESTINAÇÃO DE VERBA PARLAMENTAR PARA A AQUISIÇÃO DE UMA AMBULÂNCIA PARA A UNIDADE BÁSICA DE SAÚDE (UBS) MANOEL SOARES PEREIRA, LOCALIZADA NO DISTRITO DO MATAPI, COM O OBJETIVO DE PROPORCIONAR SUPORTE ADEQUADO AS MORADORES DA REGIÃO.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1178/ind_53_2024_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1178/ind_53_2024_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>INDICAR, AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, QUE PROCEDA OS ESTUDOS PARA QUE TOME AS LEGAIS E CABÍVEIS PROVIDÊNCIAS, OBJETIVANDO-SE A CONSTRUÇÃO DE CALÇADAS NAS RUAS DE PAVIMENTAÇÃO ASFÁLTICA DA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1179/ind_54_2024_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1179/ind_54_2024_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>INDICAR À COMPANHIA DE ENERGIA CEA EQUATORIAL AMAPÁ QUE PROCEDA AOS ESTUDOS NECESSÁRIOS E TOME AS PROVIDÊNCIAS LEGAIS CABÍVEIS PARA A REMOÇÃO DOS POSTES DE ENERGIA ELÉTRICA POSICIONADOS NO MEIO DA RUA TANCREDO NEVES, BEM COMO PARA A ORGANIZAÇÃO DOS POSTES INSTALADOS DENTRO DOS TERRENOS DOS MORADORES, VISANDO MELHORAR A SEGURANÇA VIÁRIA E A CONVIVÊNCIA URBANA NA REGIÃO.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1180/scan.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1180/scan.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA SENHOR, JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITAR MANUTENÇÕES NOS RAMAIS QUE DÁ ACESSO AO ASSENTAMENTO NOVA COLINA.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1182/ind_56_2024_gab_ver_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1182/ind_56_2024_gab_ver_guri.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENADOR RANDOLFE RODRIGUES, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITO QUE SEJA DESTINADA UMA EMENDA PARLAMENTAR PARA A TERRAPLANAGEM E MANUTENÇÃO DAS ESTRADAS VICINAIS DA COLÔNIA AGRÍCOLA DO MATAPI, VISANDO ATENDER ÀS NECESSIDADES DA COMUNIDADE LOCAL.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1189/ind_57_2024_gab_ver_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1189/ind_57_2024_gab_ver_domingos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO COM URGÊNCIA A TERRAPLANAGEM DOS RAMAIS DO ASSENTAMENTO DO MUNGUBA.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1190/ind_58_2024_gab_ver_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1190/ind_58_2024_gab_ver_domingos.pdf</t>
   </si>
   <si>
     <t>INDICA A SENHORA ESMERALDA MONTENEGRO – SECRETÁRIA MUNICIPAL DE SAÚDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO COM URGÊNCIA UMA CADEIRA ODONTOLÓGICA PARA O POSTO DE SAÚDE DO ASSENTAMENTO DO MUNGUBA.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1191/ind_59_2024_gab_ver_galeno_do_vila_nova.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1191/ind_59_2024_gab_ver_galeno_do_vila_nova.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR RANDOLFE RODRIGUES -  SENADOR AP, A DESTINAÇÃO DE VERBA, POR MEIO DE EMENDA PARLAMENTAR, PARA A CONSTRUÇÃO DE CASAS POPULARES NA COMUNIDADE DO VILA NOVA, LOCALIZADA NO INTERIOR DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1192/ind_60_2024_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1192/ind_60_2024_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS POSSA DISPONIBILIZAR NOS EVENTOS ESPORTIVOS EM NOSSO MUNICÍPIO, PÓDIO PARA PESSOAS COM PCD, EM UMA CATEGORIA ESPECÍFICA PARA CONTEMPLAR TODAS AS ESPECIALIDADES.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>APRESENTA INDICAÇÃO AO SENHOR EXCELENTÍSSIMO SENHOR PREFEITO JOSÉ MARIA BESSA PARA PROCEDER A INSTALAÇÃO DE ILUMINAÇÃO PUBLICA NO BAIRRO AEROPORTO NAS RUAS PASTOR ARI COMO TAMBÉM MANUTENÇÃO DA RUA E TERRAPLANAGEM DO BAIRRO DO AEROPORTO E RUA MINAS GERAIS DO BAIRRO COPALMA.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>APRESENTA INDICAÇÃO AO SENHOR EXCELENTÍSSIMO SENHOR PREFEITO JOSÉ MARIA BESSA PARA PROCEDER A REMISSÃO DE DÉBITOS TRIBUTÁRIOS AOS PACIENTES QUE SE ENCONTRAM EM TERAPIA RENAL, BEM COMO PACIENTES ONCOLÓGICOS.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>APRESENTA INDICAÇÃO AO SENHOR EXCELENTÍSSIMO SENHOR PREFEITO JOSÉ MARIA BESSA PARA PROCEDER UM ESTUDO FINANCEIRO PARA QUE SEJA OFERECIDO AOS PROFISSIONAIS DE SAÚDE MUNICIPAL O AUXÍLIO JALECO PARA ENFERMEIROS E TÉCNICO DE ENFERMAGEM ( TENDO EM VISTA QUE OS DEMAIS MUNICÍPIOS ESTÃO ADERINDO A PRÁTICA ASSIM TAMBÉM COMO A CAPITAL.)</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>APRESENTA INDICAÇÃO AO SENHOR EXCELENTÍSSIMO SENHOR PREFEITO JOSÉ MARIA BESSA PARA PROCEDER A CONSTRUÇÃO DE UM PRÉDIO PARA INSTALAÇÃO DE UMA FARMÁCIA PÚBLICA MUNICIPAL</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1205/ind_65_2024_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1205/ind_65_2024_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>INDICAR, AO EXCELENTÍSSIMO SENHOR SENADOR DAVI ALCOLUMBRE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITAMOS A IMPLEMENTAÇÃO NO ORÇAMENTO COM RECURSOS FEDERAIS PARA MANUTENÇÃO DE ESTRADAS, RAMAIS, VICINAIS, CONSTRUÇÃO E REFORMAS DE ESCOLAS E POSTOS DE SAÚDE DOS ASSENTAMENTOS DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1208/ind_66_2024_gab_ver_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1208/ind_66_2024_gab_ver_guri.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR MARCOS ALBERTO DE SOUZA JUCÁ - SECRETÁRIO DE ESTADO DE TRANSPORTE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITO A MANUTENÇÃO  E TERRAPLANAGEM DAS ESTRADAS VICINAIS DA LINHA C DA COLÔNIA AGRÍCOLA DO MATAPI, VISANDO ATENDER ÀS NECESSIDADES DA COMUNIDADE LOCAL.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1210/ind_67_2024_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1210/ind_67_2024_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A LIMPEZA, MANUTENÇÃO E ORGANIZAÇÃO COM ACESSIBILIDADE DO CEMITÉRIO MUNICIPAL, LOCALIZADO NA AVENIDA MÁRIO CRUZ.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1222/ind_68_2024_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1222/ind_68_2024_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, QUE NO USO DE SUAS ATRIBUIÇÕES, PROVIDENCIE A TROCA DAS LÂMPADAS NA RUA GERINO PORTO, ENTRE A AVENIDA MÁRIO CRUZ E A RUA JOAQUIM FRAZÃO DE ARAÚJO.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1223/ind_69_2024_gab_ver_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1223/ind_69_2024_gab_ver_guri.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL QUE PROVIDENCIE A ILUMINAÇÃO NA PASSAGEM QUE CONECTA O CONSELHO TUTELAR AO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1064/mocao_01_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1064/mocao_01_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO ÀS MULHERES E MÃES DE AUTISTAS DO MUNICÍPIO DE PORTO GRANDE, REFERENTE O MÊS DE ABRIL, ONDE É COMEMORADO A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO O AUTISMO.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1074/mocao_02_2024_gab_vera_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1074/mocao_02_2024_gab_vera_jolianne.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO GRUPO COMPANHIA DE DANÇA CAROL TAMILLY QUE DISPUTOU CAMPEONATO EM BELÉM DO PARÁ.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1078/mocao_03_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1078/mocao_03_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, A TODOS OS ALUNOS E PROFESSORES, PELOS RELEVANTES RESULTADOS DO ENEM.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1079/mocao_04_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1079/mocao_04_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, A TODOS PROFESSORES E FUNCIONÁRIOS DA ESCOLA JOSÉ RIBAMAR TEIXEIRA, PELOS RELEVANTES SERVIÇOS PRESTADOS NOS ANOS TRABALHANDO NO ANEXO DA ESCOLA ESTADUAL JOSÉ RIBAMAR TEIXEIRA SEM CONDIÇÕES MUITAS VEZES ADEQUADAS PARA O FUNCIONAMENTO.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1080/mocao_05_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1080/mocao_05_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, À ESCOLA ESTADUAL PROFESSORA MARIA CRISTINA BOTELHO RODRIGUES, PELO PROJETO CONSCIÊNCIA NEGRA – NOSSAS LEMBRANÇAS E RAÍZES FAZEM PARTE DESSA HISTÓRIA REALIZADO PELA REFERIDA ESCOLA ESTADUAL.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA À LEI ORGÂNICA MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1235/proposta_de_emenda_a_lei_organica_01_2024.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1235/proposta_de_emenda_a_lei_organica_01_2024.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI ORGÂNICA DO MUNICÍPIO DE PORTO GRANDE/AP, NOS TERMOS DA CONSTITUIÇÃO DA REPÚBLICA FEDERATIVA DO BRASIL E DO ESTADO DO AMAPÁ.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t>CJR - COMISSÃO DE JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1087/parecer_01_2024_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1087/parecer_01_2024_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 01/2024 CJR AO PROJETO DE LEI Nº 001/2024-GAB/PMPG.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1088/parecer_02_2024_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1088/parecer_02_2024_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 02/2024 CJR AO PROJETO DE LEI Nº 002/2024-GAB/PMPG.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>CAG - COMISSÃO DE ASSUNTOS GERAIS</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1091/parecer_03_2024_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1091/parecer_03_2024_cag.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 03/2024 CAG AO PROJETO DE LEI  Nº 001/2024-PMPG.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1092/parecer_04_2024_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1092/parecer_04_2024_cag.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 04/2024 CAG AO PROJETO DE LEI Nº 002/2024-PMPG.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1093/parecer_05_2024_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1093/parecer_05_2024_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 05/2024 CJR AO PROJETO DE LEI Nº 003/2024-GAB/PMPG.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1094/parecer_06_2024_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1094/parecer_06_2024_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 06/2024 CJR À PROPOSTA DE EMENDAS ADITIVAS Nº 01/2024 GAB VER RUY ANDRADE.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1158/par_07_2024_-_pl_05_1081.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1158/par_07_2024_-_pl_05_1081.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 07/2024 CJR AO PROJETO DE LEI Nº 005/2024 - GAB / PMPG.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>PARECER Nº 08/2024 CJR AO PROJETO DE LEI Nº 006/2024 - GAB / PMPG.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>PARECER Nº 09/2024 CJR AO PROJETO DE LEI Nº 007/2024 - GAB / PMPG.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>COF - COMISSÃO DE ORÇAMENTOS E FINANÇAS</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1199/ldo_2024_2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1199/ldo_2024_2025.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 10/2024, DA COMISSÃO DE ORÇAMENTO E FINANÇAS, MATÉRIA: Projeto de Lei nº 08/2024-PMPG</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1200/par_ldo__de_2024_2025.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1200/par_ldo__de_2024_2025.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 11/2024 DA COMISSÃO DE ASSUNTOS GERAIS._x000D_
 _x000D_
 Assunto: Projeto de Lei nº 008/2024 – PMPG, LDO 2025</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>PARECER DA  COMISSÃO ESPECIAL PARA ANALISE DAS CONTAS DO PREFEITO REFERENTE  AO PROCESSO Nº. 4048 DE 2019 TCEAP, REFERENTE EXERCÍCIO 2018</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>PARECER DA  COMISSÃO ESPECIAL PARA ANALISE DAS CONTAS DO PREFEITO REFERENTE  AO PROCESSO Nº. 4736 DE 2020 TCEAP, REFERENTE EXERCÍCIO 2019</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>PARECER DA  COMISSÃO ESPECIAL PARA ANALISE DAS CONTAS DO PREFEITO REFERENTE  AO PROCESSO Nº. 889 DE 2022 TCEAP, REFERENTE EXERCÍCIO 2020</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>PARECER DA  COMISSÃO ESPECIAL PARA ANALISE DAS CONTAS DO PREFEITO REFERENTE  AO PROCESSO Nº. 3387 DE 2023 TCEAP, REFERENTE EXERCÍCIO 2022</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>PARECER Nº 16/2024 CJR AO PROJETO DE LEI Nº 14/2024 - GAB/PMPG.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1084/emenda_aditiva_01_2024_gab_ver_rosendi.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1084/emenda_aditiva_01_2024_gab_ver_rosendi.pdf</t>
   </si>
   <si>
     <t>"ACRESCENTA O INCISO VI AO ARTIGO 26º DA LEI 519/2022 QUE INSTITUI O PLANO DE CARGOS, CARREIRA E VENCIMENTO DOS AUXILIARES EDUCACIONAIS DO MUNICÍPIO DE PORTO GRANDE", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PL Nº10/2024 - LOA 2025</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>MEN</t>
   </si>
   <si>
     <t>MENSAGEM</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1058/mensagem_01_2024_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1058/mensagem_01_2024_pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM Nº 01/2024 AO PROJETO DE LEI Nº01/2024-GAB/PMPG.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1059/mensagem_02_2024_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1059/mensagem_02_2024_pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM Nº 02/2024 AO PROJETO DE LEI Nº02/2024-GAB/PMPG.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1089/mensagem_03_2024_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1089/mensagem_03_2024_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PROJETO DE LEI Nº 03/2024-GAB/PMPG.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1141/mensagem_ao_pl_04_2024_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1141/mensagem_ao_pl_04_2024_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PL 04 2024 GAB PMPG</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1146/mensagem_05_2024_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1146/mensagem_05_2024_pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM Nº 05/2024 REFERENTE AO PROJETO DE LEI Nº 05/2024-GAB/PMPG.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1147/mensagem_06_2024_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1147/mensagem_06_2024_pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM Nº 06/2024 REFERENTE AO PROJETO DE LEI Nº 06/2024-GAB/PMPG.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1148/ple_07_2024_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1148/ple_07_2024_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM Nº 07/2024 REFERENTE AO PROJETO DE LEI Nº 07/2024-GAB/PMPG.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1172/mensagem_08_2024_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1172/mensagem_08_2024_pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM 08/2024 – GAB/PMPG</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1215/mensagem_10_2024_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1215/mensagem_10_2024_pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM 10/2024 – GAB/PMPG</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1217/mensagem_11_2024_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1217/mensagem_11_2024_pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM 11/2024 – GAB/PMPG</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1226/mensagem_-_piso_salarial_de_assistente_social.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1226/mensagem_-_piso_salarial_de_assistente_social.pdf</t>
   </si>
   <si>
     <t>MENSAGEM 12/2024 – GAB/PMPG</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1228/mensagem_13_2024_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1228/mensagem_13_2024_pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM 13/2024 – GAB/PMPG</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1233/mensagem_14_2024_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1233/mensagem_14_2024_pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM 14/2024 – GAB/PMPG</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>EMI</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1126/emenda_imp_01_2024_gab_ver_francinaldo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1126/emenda_imp_01_2024_gab_ver_francinaldo.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 01</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1127/emenda_imp_02_2024_gab_vera_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1127/emenda_imp_02_2024_gab_vera_jolianne.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 02</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1128/emenda_imp_03_2024_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1128/emenda_imp_03_2024_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 03</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>NEGÃO DO RAIMUNDINHO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1129/emenda_imp_04_2024_gab_ver_luiz_eduardo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1129/emenda_imp_04_2024_gab_ver_luiz_eduardo.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 04</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1130/emenda_imp_05_2024_gab_ver_rosendi.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1130/emenda_imp_05_2024_gab_ver_rosendi.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 05</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1131/emenda_imp_06_2024_gab_vera_elienai.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1131/emenda_imp_06_2024_gab_vera_elienai.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 06</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1132/emenda_imp_07_2024_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1132/emenda_imp_07_2024_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 07</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1133/emenda_imp_08_2024_gab_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1133/emenda_imp_08_2024_gab_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 08</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1134/emenda_imp_09_2024_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1134/emenda_imp_09_2024_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 09</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1135/emenda_imp_10_2024_gab_ver_antonio_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1135/emenda_imp_10_2024_gab_ver_antonio_galeno.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 10</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1153/domingos_emenda_impositiva_2024.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1153/domingos_emenda_impositiva_2024.docx</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 11</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1240/alex_-_emendas_impositivas_01_2024.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1240/alex_-_emendas_impositivas_01_2024.pdf</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1241/domingos_-_emendas_impositivas_02_2024.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1241/domingos_-_emendas_impositivas_02_2024.pdf</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1242/galeno_-_emendas_impositivas_03_2024.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1242/galeno_-_emendas_impositivas_03_2024.pdf</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1243/guri_-_emendas_impositivas_04_2024.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1243/guri_-_emendas_impositivas_04_2024.pdf</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1244/narson_-_emendas_impositivas_05_2024.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1244/narson_-_emendas_impositivas_05_2024.pdf</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1245/negao_-_emendas_impositivas_06_2024.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1245/negao_-_emendas_impositivas_06_2024.pdf</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1246/ruy_-_emendas_impositivas_07_2024.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1246/ruy_-_emendas_impositivas_07_2024.pdf</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1247/sueli_-_emendas_impositivas_08_2024.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1247/sueli_-_emendas_impositivas_08_2024.pdf</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1249/nelson_-_emendas_impositivas_09_2024.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1249/nelson_-_emendas_impositivas_09_2024.pdf</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1487/jolianne_-_emendas_impositivas_10_2024.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1487/jolianne_-_emendas_impositivas_10_2024.pdf</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1488/nainha_-_emendas_impositivas_11_2024.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1488/nainha_-_emendas_impositivas_11_2024.pdf</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>PARTC</t>
   </si>
   <si>
     <t>PARECER TRIBUNAL DE CONTAS</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1083/processo_tc_001106_2010-pc_da_prefeitura_municipal_de_porto_grande_-_2009.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1083/processo_tc_001106_2010-pc_da_prefeitura_municipal_de_porto_grande_-_2009.pdf</t>
   </si>
   <si>
     <t>Processo_TC_001106_2010-PC da Prefeitura Municipal de Porto Grande - 2009</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1204/processo_processo_tc0028582019.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1204/processo_processo_tc0028582019.pdf</t>
   </si>
   <si>
     <t>Processo n.° TC/002858/2019, referente a Prestação de Contas de Governo da Prefeitura Municipal de Porto Grande - Exercício 2013.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1206/processo_n_1768-2012.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1206/processo_n_1768-2012.pdf</t>
   </si>
   <si>
     <t>Processo n.° TC/001768/2012, referente a Prestação de Contas de Governo da Prefeitura Municipal de Porto Grande - Exercício 2011.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1212/processo_tc_009149_2017_fce94f06_9f74_4940_a1f0_5fe3e4a4929e.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1212/processo_tc_009149_2017_fce94f06_9f74_4940_a1f0_5fe3e4a4929e.pdf</t>
   </si>
   <si>
     <t>Processo nº. 009149/2017-TCE/AP, referente a Prestação de Contas de Governo da Prefeitura Municipal de Porto Grande - Exercício 2016.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1213/processo_889-2022.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1213/processo_889-2022.pdf</t>
   </si>
   <si>
     <t>Processo nº. 000889/2022-TCE/AP, referente a Prestação de Contas de Governo da Prefeitura Municipal de Porto Grande - Exercício 2020.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1219/processo_tc_004048_2019_b580e19d_c6de_4493_be2f_cfefcae53928-.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1219/processo_tc_004048_2019_b580e19d_c6de_4493_be2f_cfefcae53928-.pdf</t>
   </si>
   <si>
     <t>Processo nº. 004048/2019-TCE/AP, referente a Prestação de Contas de Governo da Prefeitura Municipal de Porto Grande - Exercício 2018.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1220/processo_tc_004736_2020_af48dbd9_d149_4122_a0dc_3964bbfded82.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1220/processo_tc_004736_2020_af48dbd9_d149_4122_a0dc_3964bbfded82.pdf</t>
   </si>
   <si>
     <t>Processo nº. 004736/2020-TCE/AP, referente a Prestação de Contas de Governo da Prefeitura Municipal de Porto Grande - Exercício 2019.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1221/processo_tc_003387_2023_dd9c4d46_bc96_42ba_8c1c_b08ff7505517.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1221/processo_tc_003387_2023_dd9c4d46_bc96_42ba_8c1c_b08ff7505517.pdf</t>
   </si>
   <si>
     <t>Processo nº. 003387/2023-TCE/AP, referente a Prestação de Contas de Governo da Prefeitura Municipal de Porto Grande - Exercício 2022.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>OFICIO</t>
   </si>
   <si>
     <t>PROMOTORIA DE JUSTIÇA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1167/ccf08052024.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1167/ccf08052024.pdf</t>
   </si>
   <si>
     <t>PROCEDIMENTO ADMINISTRATIVO Nº0000001-87.2017.9.04.0011</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>TESTE https://forms.gle/FVNWqSeAwzvtgkpe6</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>ATOMS</t>
   </si>
   <si>
     <t>ATO DA MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1232/ato_da_mesa_diretora_01_2024.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1232/ato_da_mesa_diretora_01_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE COMISSÃO ESPECIAL PARA ANÁLISE DAS CONTAS DO PREFEITO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2408,67 +2408,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1057/ple_01_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1060/ple_02_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1090/ple_03_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1142/pl_04_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1143/pl_05_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1144/pl_06_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1145/pl_07_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1171/ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1194/ple_09_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1214/ple_10_2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1218/ple_11_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1225/ple_12_2024_pmpg_-_piso.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1229/projeto_de_lei_concurso_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1234/ple_14_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1056/pll_01_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1061/pll_02_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1062/pll_03_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1063/pll_04_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1065/pll_05_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1081/pl_06_2024_guri.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1085/pll_07_2024_gab_ver_rosendi.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1100/pll_08_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1101/pll_09_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1102/pll_10_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1121/pl_11_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1136/pll_12_02024_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1137/pll_13_2024_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1138/pll_14_2024_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1139/pll_15_2024_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1140/pll_16_2024_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1152/pll_17_2024_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1150/pll_18_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1151/pll_19_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1163/pll_20_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1181/pll_21_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1183/pll_22_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1184/pll_23_2024_gab_ver_narson_santos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1185/pll_24_2024_gab_ver_narson_santos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1187/pll_25_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1188/pll_26_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1193/pll_27_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1202/pll_28_2024_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1209/pll_29_2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1123/pr_01_2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1124/pr_02_2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1186/pr_03_2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1224/regimento_interno_para_revisao_1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1168/pdl_01_2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1207/pdl_02_2024_gab_ver_narson_pres_cmpg.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1216/pdl_03_2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1227/pdl_04_2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1231/pdl_05_2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1122/req_01_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1201/req_03_2024_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1211/req_004_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1055/ind_01_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1066/ind_02_2024_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1067/ind_03_2024_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1068/ind_04_2024_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1069/ind_05_2024_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1070/ind_06_2024_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1071/ind_07_2024_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1072/ind_08_2024_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1073/ind_09_2024_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1075/ind_10_2024_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1076/ind_11_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1077/ind_12_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1086/ind_13_2024_gab_ver_nainha.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1095/ind_14_2024_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1097/ind_16_2024_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1098/ind_17_2024_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1099/ind_18_2024_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1103/ind_19_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1104/ind_20_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1105/ind_21_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1106/ind_22_2024_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1107/ind_23_2024_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1108/ind_24_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1109/ind_25_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1110/ind_26_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1111/ind_27_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1112/ind_28_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1113/ind_29_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1114/ind_30_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1115/ind_31_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1116/ind_32_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1117/ind_33_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1118/ind_34_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1119/ind_35_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1120/ind_36_2024_gab_ver_ruy.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1125/ind_37_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1149/ind_38_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1154/ind_39_2024_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1155/ind_40_2024_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1156/ind_41_2024_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1157/ind_42_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1162/ind_leg_43_2024_cmpg.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1165/ind_45_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1169/ind_46_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1170/ind_47_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1173/ind_48_2024_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1174/ind_49_2024_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1175/ind_50_2024_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1176/ind_51_2024_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1177/ind_52_204_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1178/ind_53_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1179/ind_54_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1180/scan.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1182/ind_56_2024_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1189/ind_57_2024_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1190/ind_58_2024_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1191/ind_59_2024_gab_ver_galeno_do_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1192/ind_60_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1205/ind_65_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1208/ind_66_2024_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1210/ind_67_2024_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1222/ind_68_2024_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1223/ind_69_2024_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1064/mocao_01_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1074/mocao_02_2024_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1078/mocao_03_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1079/mocao_04_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1080/mocao_05_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1235/proposta_de_emenda_a_lei_organica_01_2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1087/parecer_01_2024_cjr.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1088/parecer_02_2024_cjr.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1091/parecer_03_2024_cag.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1092/parecer_04_2024_cag.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1093/parecer_05_2024_cjr.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1094/parecer_06_2024_cjr.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1158/par_07_2024_-_pl_05_1081.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1199/ldo_2024_2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1200/par_ldo__de_2024_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1084/emenda_aditiva_01_2024_gab_ver_rosendi.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1058/mensagem_01_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1059/mensagem_02_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1089/mensagem_03_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1141/mensagem_ao_pl_04_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1146/mensagem_05_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1147/mensagem_06_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1148/ple_07_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1172/mensagem_08_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1215/mensagem_10_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1217/mensagem_11_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1226/mensagem_-_piso_salarial_de_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1228/mensagem_13_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1233/mensagem_14_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1126/emenda_imp_01_2024_gab_ver_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1127/emenda_imp_02_2024_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1128/emenda_imp_03_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1129/emenda_imp_04_2024_gab_ver_luiz_eduardo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1130/emenda_imp_05_2024_gab_ver_rosendi.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1131/emenda_imp_06_2024_gab_vera_elienai.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1132/emenda_imp_07_2024_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1133/emenda_imp_08_2024_gab_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1134/emenda_imp_09_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1135/emenda_imp_10_2024_gab_ver_antonio_galeno.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1153/domingos_emenda_impositiva_2024.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1240/alex_-_emendas_impositivas_01_2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1241/domingos_-_emendas_impositivas_02_2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1242/galeno_-_emendas_impositivas_03_2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1243/guri_-_emendas_impositivas_04_2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1244/narson_-_emendas_impositivas_05_2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1245/negao_-_emendas_impositivas_06_2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1246/ruy_-_emendas_impositivas_07_2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1247/sueli_-_emendas_impositivas_08_2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1249/nelson_-_emendas_impositivas_09_2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1487/jolianne_-_emendas_impositivas_10_2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1488/nainha_-_emendas_impositivas_11_2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1083/processo_tc_001106_2010-pc_da_prefeitura_municipal_de_porto_grande_-_2009.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1204/processo_processo_tc0028582019.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1206/processo_n_1768-2012.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1212/processo_tc_009149_2017_fce94f06_9f74_4940_a1f0_5fe3e4a4929e.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1213/processo_889-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1219/processo_tc_004048_2019_b580e19d_c6de_4493_be2f_cfefcae53928-.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1220/processo_tc_004736_2020_af48dbd9_d149_4122_a0dc_3964bbfded82.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1221/processo_tc_003387_2023_dd9c4d46_bc96_42ba_8c1c_b08ff7505517.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1167/ccf08052024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1232/ato_da_mesa_diretora_01_2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1057/ple_01_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1060/ple_02_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1090/ple_03_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1142/pl_04_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1143/pl_05_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1144/pl_06_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1145/pl_07_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1171/ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1194/ple_09_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1214/ple_10_2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1218/ple_11_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1225/ple_12_2024_pmpg_-_piso.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1229/projeto_de_lei_concurso_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1234/ple_14_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1056/pll_01_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1061/pll_02_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1062/pll_03_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1063/pll_04_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1065/pll_05_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1081/pl_06_2024_guri.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1085/pll_07_2024_gab_ver_rosendi.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1100/pll_08_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1101/pll_09_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1102/pll_10_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1121/pl_11_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1136/pll_12_02024_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1137/pll_13_2024_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1138/pll_14_2024_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1139/pll_15_2024_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1140/pll_16_2024_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1152/pll_17_2024_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1150/pll_18_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1151/pll_19_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1163/pll_20_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1181/pll_21_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1183/pll_22_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1184/pll_23_2024_gab_ver_narson_santos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1185/pll_24_2024_gab_ver_narson_santos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1187/pll_25_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1188/pll_26_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1193/pll_27_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1202/pll_28_2024_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1209/pll_29_2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1123/pr_01_2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1124/pr_02_2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1186/pr_03_2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1224/regimento_interno_para_revisao_1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1168/pdl_01_2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1207/pdl_02_2024_gab_ver_narson_pres_cmpg.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1216/pdl_03_2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1227/pdl_04_2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1231/pdl_05_2024_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1122/req_01_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1201/req_03_2024_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1211/req_004_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1055/ind_01_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1066/ind_02_2024_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1067/ind_03_2024_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1068/ind_04_2024_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1069/ind_05_2024_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1070/ind_06_2024_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1071/ind_07_2024_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1072/ind_08_2024_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1073/ind_09_2024_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1075/ind_10_2024_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1076/ind_11_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1077/ind_12_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1086/ind_13_2024_gab_ver_nainha.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1095/ind_14_2024_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1097/ind_16_2024_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1098/ind_17_2024_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1099/ind_18_2024_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1103/ind_19_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1104/ind_20_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1105/ind_21_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1106/ind_22_2024_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1107/ind_23_2024_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1108/ind_24_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1109/ind_25_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1110/ind_26_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1111/ind_27_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1112/ind_28_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1113/ind_29_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1114/ind_30_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1115/ind_31_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1116/ind_32_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1117/ind_33_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1118/ind_34_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1119/ind_35_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1120/ind_36_2024_gab_ver_ruy.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1125/ind_37_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1149/ind_38_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1154/ind_39_2024_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1155/ind_40_2024_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1156/ind_41_2024_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1157/ind_42_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1162/ind_leg_43_2024_cmpg.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1165/ind_45_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1169/ind_46_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1170/ind_47_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1173/ind_48_2024_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1174/ind_49_2024_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1175/ind_50_2024_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1176/ind_51_2024_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1177/ind_52_204_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1178/ind_53_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1179/ind_54_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1180/scan.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1182/ind_56_2024_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1189/ind_57_2024_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1190/ind_58_2024_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1191/ind_59_2024_gab_ver_galeno_do_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1192/ind_60_2024_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1205/ind_65_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1208/ind_66_2024_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1210/ind_67_2024_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1222/ind_68_2024_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1223/ind_69_2024_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1064/mocao_01_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1074/mocao_02_2024_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1078/mocao_03_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1079/mocao_04_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1080/mocao_05_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1235/proposta_de_emenda_a_lei_organica_01_2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1087/parecer_01_2024_cjr.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1088/parecer_02_2024_cjr.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1091/parecer_03_2024_cag.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1092/parecer_04_2024_cag.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1093/parecer_05_2024_cjr.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1094/parecer_06_2024_cjr.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1158/par_07_2024_-_pl_05_1081.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1199/ldo_2024_2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1200/par_ldo__de_2024_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1084/emenda_aditiva_01_2024_gab_ver_rosendi.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1058/mensagem_01_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1059/mensagem_02_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1089/mensagem_03_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1141/mensagem_ao_pl_04_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1146/mensagem_05_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1147/mensagem_06_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1148/ple_07_2024_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1172/mensagem_08_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1215/mensagem_10_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1217/mensagem_11_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1226/mensagem_-_piso_salarial_de_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1228/mensagem_13_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1233/mensagem_14_2024_pmpg.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1126/emenda_imp_01_2024_gab_ver_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1127/emenda_imp_02_2024_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1128/emenda_imp_03_2024_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1129/emenda_imp_04_2024_gab_ver_luiz_eduardo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1130/emenda_imp_05_2024_gab_ver_rosendi.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1131/emenda_imp_06_2024_gab_vera_elienai.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1132/emenda_imp_07_2024_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1133/emenda_imp_08_2024_gab_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1134/emenda_imp_09_2024_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1135/emenda_imp_10_2024_gab_ver_antonio_galeno.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1153/domingos_emenda_impositiva_2024.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1240/alex_-_emendas_impositivas_01_2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1241/domingos_-_emendas_impositivas_02_2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1242/galeno_-_emendas_impositivas_03_2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1243/guri_-_emendas_impositivas_04_2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1244/narson_-_emendas_impositivas_05_2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1245/negao_-_emendas_impositivas_06_2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1246/ruy_-_emendas_impositivas_07_2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1247/sueli_-_emendas_impositivas_08_2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1249/nelson_-_emendas_impositivas_09_2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1487/jolianne_-_emendas_impositivas_10_2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1488/nainha_-_emendas_impositivas_11_2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1083/processo_tc_001106_2010-pc_da_prefeitura_municipal_de_porto_grande_-_2009.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1204/processo_processo_tc0028582019.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1206/processo_n_1768-2012.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1212/processo_tc_009149_2017_fce94f06_9f74_4940_a1f0_5fe3e4a4929e.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1213/processo_889-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1219/processo_tc_004048_2019_b580e19d_c6de_4493_be2f_cfefcae53928-.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1220/processo_tc_004736_2020_af48dbd9_d149_4122_a0dc_3964bbfded82.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1221/processo_tc_003387_2023_dd9c4d46_bc96_42ba_8c1c_b08ff7505517.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1167/ccf08052024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2024/1232/ato_da_mesa_diretora_01_2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H195"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="42.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="150.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="149.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>