--- v0 (2025-10-12)
+++ v1 (2026-03-17)
@@ -54,4345 +54,4345 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA EXECUTIVO</t>
   </si>
   <si>
     <t>PMPG</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/715/plo_01_2023_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/715/plo_01_2023_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A CELEBRAÇÃO DE TERMO DE CESSÃO DE USO DE BEM PÚBLICO IMÓVEL COM O ESTADO DO AMAPÁ, POR MEIO DA POLÍCIA CIENTÍFICA DO AMAPÁ, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/790/ple_002_2023_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/790/ple_002_2023_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCORPORAÇÃO DA GRATIFICAÇÃO DE TEMPO DE SERVIÇO (QUINQUÊNIO) AO VENCIMENTO-BASE DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DO MUNICIPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/794/ple_003_2023_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/794/ple_003_2023_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS – LDO, PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA ANUAL – LOA DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/807/projeto_de_lei_no_04.2023-_reajuste_auxiliares_educacionais_1.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/807/projeto_de_lei_no_04.2023-_reajuste_auxiliares_educacionais_1.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre reajuste ao vencimento base dos Auxiliares Educacionais do Sistema Público Municipal de Educação de Porto_x000D_
 Grande, e dá outras providências.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/808/projeto_de_lei_no_005.2023-_piso_salarial_professor_1.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/808/projeto_de_lei_no_005.2023-_piso_salarial_professor_1.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre reajuste e adequação da remuneração mínima do quadro de Profissionais do Magistério Público do Município de Porto Grande ao Piso Salarial Nacional dos Profissionais do Magistério da Educação Básica Pública e dá providências correlatas.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/816/pl_006-2023-_estrutura_administrativa.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/816/pl_006-2023-_estrutura_administrativa.pdf.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a estrutura administrativa da Prefeitura Municipal de Porto Grande, revogando a lei 475/2019, e dá outras providencias"</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/818/pl_07_2023_gab_pmpg_16_mai_2023.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/818/pl_07_2023_gab_pmpg_16_mai_2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da Constituição Federal, e dá outras providências."</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/863/projeto_de_lei_no_009.2023-_equiparacao_microscopistas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/863/projeto_de_lei_no_009.2023-_equiparacao_microscopistas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a equiparação do piso salarial dos Cargo de Microscopista do quadro efetivo aos dos Agentes Comunitários de Saúde (ACS) e ao do Agente de Combate a Endemias (ACE) no município de Porto Grande.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/950/pl._no_010_-_piso_enfermagem.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/950/pl._no_010_-_piso_enfermagem.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR REPASSADA PELA UNIÃO FEDERAL VISANDO DAR CUMPRIMENTO AO DISPOSTO NA LEI FEDERAL Nº 14.434, DE 4 DE AGOSTO DE 2022 QUE INSTITUI O PISO SALARIAL NACIONAL DO ENFERMEIRO, DO TÉCNICO DE ENFERMAGEM, DO AUXILIAR DE ENFERMAGEM E DA PARTEIRA DO MUNICÍPIO DE PORTO GRANDE/AP.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/956/pll_11_2023_gab_pmpg_-_ldo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/956/pll_11_2023_gab_pmpg_-_ldo.pdf</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1023/loa__012_2023_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1023/loa__012_2023_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORÇAMENTARIA ANUAL - LOA, QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE PORTO GRANDE PARA O EXERCICIO DE 2024.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1031/pl_013_2023_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1031/pl_013_2023_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO SERVIÇO FAMÍLIA ACOLHEDORA QUE VISA O ACOLHIMENTO PROVISÓRIO DE CRIANÇAS E ADOLESCENTES EM SITUAÇÃO DE RISCO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1032/pl_14_2023_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1032/pl_14_2023_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOVA COMPOSIÇÃO DO CONSELHO MUNICIPAL DE EDUCAÇÃO DE PORTO GRANDE - CME, REVOGA O ART. 17 DA LEI 072/98 - PMPG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1033/pl_15_2023_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1033/pl_15_2023_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE POLÍTICA PÚBLICA DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1038/pl_16_2023_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1038/pl_16_2023_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 552/2023 – PMPG, CRIA A SECRETARIA MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA LEGISLATIVO</t>
   </si>
   <si>
     <t>ALEX LOPES</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/654/pll_01_2023_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/654/pll_01_2023_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR AOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AOS AGENTES COMUNITÁRIOS DE COMBATE ÀS ENDEMIAS (ACE) O INCENTIVO FINANCEIRO ADICIONAL - IFA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>PROFESSOR NELSON</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/655/pll_02_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/655/pll_02_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA PRAÇA PET – ESPAÇO PÚBLICO PARA CÃES, NO MUNICÍPIO DE PORTO GRANDE E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/656/pll_03_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/656/pll_03_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE ABRIGO MUNICIPAL DE CÃES E GATOS, NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/676/pll_04_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/676/pll_04_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “Emprega Mulher”, destinado à capacitação profissional e geração de emprego às mulheres chefes de família, em situação de vulnerabilidade social e em situação de violência doméstica, no âmbito do Município de Porto Grande e dá outras providências.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>NAINHA SANTANA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/679/pll_05_2023_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/679/pll_05_2023_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "DIA MUNICIPAL DOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AGENTES DE COMBATE ÀS ENDEMIAS (ACE)" EM PORTO GRANDE-AP.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/680/pll_06_2023_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/680/pll_06_2023_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>"PREVENÇÃO, CONSCIENTIZAÇÃO E COMBATE À AUTOMUTILAÇÃO ENTRE CRIANÇAS E ADOLESCENTES."</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/681/pll_07_2023_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/681/pll_07_2023_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CAMPANHA PERMANENTE EM DEFESA DOS DIREITOS DA MULHER E CONTRA AS VIOLÊNCIAS E DISCRIMINAÇÕES DE QUE SÃO VÍTIMAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/688/pll_09_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/688/pll_09_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A CRIAÇÃO DO PROGRAMA ALUGUEL SOCIAL NO MUNICÍPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/730/pll_10_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/730/pll_10_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>FICA AUTORIZADO O MUNICÍPIO A CRIAR O PROGRAMA "AGENTE JOVEM AMBIENTAL – AJA" VOLTADO PARA INCLUSÃO DE JOVENS EM VULNERABILIDADE SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/739/pll_11_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/739/pll_11_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>A Vereadora SÔNIA SANTOS DE SENA, indica o Projeto Legislativo que: CRIA O DOSSIÊ DA MULHER PORTOGRANDENSE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/741/pll_12_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/741/pll_12_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>A Vereadora SÔNIA SANTOS DE SENA, indica o Projeto Legislativo que: DISPÕE SOBRE A INSTITUIÇÃO DO DIA MARIELLE FRANCO - DIA DE LUTA CONTRA O GENOCÍDIO DA MULHER NEGRA NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/738/pll_13_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/738/pll_13_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>A Vereadora SÔNIA SANTOS DE SENA, indica o Projeto Legislativo que: INSTITUI O PROGRAMA "EMPREGA MULHER", DESTINADO À CAPACITAÇÃO PROFISSIONAL E GERAÇÃO DE EMPREGO À MULHERES CHEFES DE FAMÍLIA, EM SITUAÇÃO DE VULNERABILIDADE SOCIAL E EM SITUAÇÃO DE VIOLÊNCIA DOMÉSTICA, NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>GALENO DO VILA NOVA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/751/pll_14_2023_gab_ver_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/751/pll_14_2023_gab_ver_galeno.pdf</t>
   </si>
   <si>
     <t>"TRANSFORMAR A LOCALIDADE DO VILA NOVA, QUE É UMA ÁREA ABRANGENTE DO DISTRITO DO CUPIXI, EM COMUNIDADE GARIMPEIRA TRADICIONAL NO MUNICÍPIO DE PORTO GRANDE, ELEVADA A CONDIÇÃO DE LOCALIDADE PELA LEI N° 2012/2005 DE 01 DE JANEIRO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/754/pll_15_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/754/pll_15_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DA CONSCIENTIZAÇÃO DO AUTISMO NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/756/pll_16_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/756/pll_16_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE POLÍTICA PÚBLICA MUNICIPAL PARA GARANTIA, PROTEÇÃO E AMPLIAÇÃO DOS DIREITOS DAS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) E SEUS FAMILIARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/758/pll_17_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/758/pll_17_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI AS AULAS DE ZUMBA NAS PRAÇAS E PARQUES PÚBLICOS NO ÂMBITO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/759/pll_18_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/759/pll_18_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO DIA MARIELLE FRANCO - DIA DE LUTA CONTRA O GENOCÍDIO DA MULHER NEGRA NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/761/pll_19_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/761/pll_19_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>CRIA O DOSSIÊ DA MULHER PORTOGRANDENSE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>RUY ANDRADE</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/777/pll_20_2023_gab_ver_ruy.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/777/pll_20_2023_gab_ver_ruy.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MEDIDA DE SEGURANÇA E COMBATE À CRIMINALIDADE NAS ESCOLAS PÚBLICAS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/778/pll_21_2023_gab_ver_ruy.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/778/pll_21_2023_gab_ver_ruy.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE MEDIDAS E CONSCIENTIZAÇÃO, PREVENÇÃO E COMBATE A DEPRESSÃO, AUTOMUTILAÇÃO E SUICÍDIO, NO PROJETO PEDAGÓGICO DA ESCOLAS PÚBLICAS E PRIVADAS DE EDUCAÇÃO BÁSICA DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/785/pll_22_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/785/pll_22_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A UTILIZAÇÃO DA ANÁLISE DO COMPORTAMENTO APLICADA - "ABA" COMO SISTEMA DE INCLUSÃO ESCOLAR DOS ALUNOS DIAGNOSTICADOS COM TEA - TRANSTORNO DO ESPECTRO AUTISTA, NA REDE PÚBLICA DE ENSINO DO MUNÍCIPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/788/pll_23_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/788/pll_23_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DE DISPOSITIVO ELETRÔNICO DE SEGURANÇA CONHECIDO COMO "BOTÃO DO PÂNICO" NAS ESCOLAS PÚBLICAS E PRIVADAS DO MUNICIPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/787/pll_24_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/787/pll_24_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE PREVENÇÃO E ENFRENTAMENTO À ATENTADOS VIOLENTOS PRATICADOS NAS DEPENDÊNCIAS DAS ESCOLAS PÚBLICAS MUNICIPAIS E DA REDE CONVENIADA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/786/pll_25_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/786/pll_25_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR O PROGRAMA PRAIA ACESSÍVEL NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>SUELI SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/811/pl_leg_26_2023_gab_vera_sueli_souza.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/811/pl_leg_26_2023_gab_vera_sueli_souza.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA MUNICIPAL DE CULTURA DE PORTO GRANDE, CRIA O FUNDO MUNICIPAL DE CULTURA E O CONSELHO MUNICIPAL DE POLÍTICA CULTURAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>NARSON SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/830/pll_27_2023_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/830/pll_27_2023_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A LEI Nº 13.935/2019, DE 11 DE DEZEMBRO DE 2019, QUE DISPÕE SOBRE A PRESTAÇÃO DE SERVIÇO DO PROFISSIONAL DO SERVIÇO SOCIAL NAS REDES PÚBLICAS DE EDUCAÇÃO BÁSICA.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/831/pll_28_2023_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/831/pll_28_2023_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO POSTO DE SAÚDE DA COMUNIDADE DO VILA NOVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/841/pl_30_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/841/pl_30_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O FESTIVAL CULTURAL DE MÚSICA GOSPEL NO MUNICÍPIO DE PORTO GRANDE-AP E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/844/pl_31_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/844/pl_31_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>Institui no munícipio de Porto Grande o Festival municipal de Quadrilhas Juninas, denominado "Porto Grande Junino", e dá outras providências.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/</t>
   </si>
   <si>
     <t>Institui no  no Calendário Oficial de Eventos do munícipio o Festival de Quadrilhas Juninas, no âmbito do Município de Porto Grande, e dá outras providências.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/846/pl_33_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/846/pl_33_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>Cria o Festival de Quadrilhas Juninas mirins e juvenis dos estabelecimentos de ensino de nível fundamental e médio, públicos e privados. do município de Porto Grande e dá outras providências.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/847/pl_34_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/847/pl_34_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE PORTO GRANDE O TRADICIONAL BAILE RAINHA DAS FLORES DA ESCOLA ESTADUAL MARIA CRISTINA BOTELHO RODRIGUES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/858/pll_35_2023_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/858/pll_35_2023_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O ESTATUTO MUNICIPAL DA IGUALDADE RACIAL E DE COMBATE À INTOLERÂNCIA RACIAL, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/868/pll_36_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/868/pll_36_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DEVER DE BARES, RESTAURANTES E CASAS NOTURNAS SITUADAS NO MUNICÍPIO DE PORTO GRANDE ADOTAREM MEDIDAS DE AUXÍLIO À MULHERES QUE SE ENCONTREM EM SITUAÇÃO DE RISCO EM SUAS DEPENDÊNCIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/902/pll_37_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/902/pll_37_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO FISIOTERAPEUTA, NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/903/pll_38_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/903/pll_38_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DIA MUNICIPAL DO DJ (DISC-JOCKEY) E DO MC NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/904/pll_39_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/904/pll_39_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA DE INCENTIVO À CULTURA DO AÇAÍ NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/905/pll_40_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/905/pll_40_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS NO MUNICÍPIO DE PORTO GRANDE O ”DIA DOS ASSISTENTES SOCIAIS”, A SER COMEMORADO NO DIA 15 DE MAIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/906/pll_41_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/906/pll_41_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE FORMAÇÃO CONTINUADA DE DOCENTES PARA A PROMOÇÃO DA IGUALDADE RACIAL E COMBATE À DISCRIMINAÇÃO NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/917/pl_42_2023_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/917/pl_42_2023_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ORGANIZAÇÃO E REALIZAÇÃO DO FESTIVAL DO ABACAXI NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/949/pll_43_2023_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/949/pll_43_2023_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>"DECLARA COMO PATRIMÔNIO CULTURAL DE NATUREZA IMATERIAL O CULTIVO DE ABACAXI NO MUNICÍPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1003/pdl_44_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1003/pdl_44_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>''INSTITUI O PRÊMIO CIENTISTA JÚNIOR A SER CONFERIDO, ANUALMENTE, PELA CÂMARA DE VEREADORES DE PORTO GRANDE, VISANDO RECONHECER E INCENTIVAR AS PESQUISAS CIENTÍFICAS E TECNOLÓGICAS DESENVOLVIDAS POR ALUNOS DAS ESCOLAS DE EDUCAÇÃO INFANTIL (4 E 5 ANOS), ENSINO FUNDAMENTAL E ENSINO MÉDIO DO MUNICÍPIO DE PORTO GRANDE."</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>JOLIANNE FONTENELE</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A "SEMANA MUNICIPAL DA CULTURA EVANGÉLICA E O DIA DO EVANGÉLICO" EM PORTO GRANDE, COM O OBJETIVO DE RECONHECER E CELEBRAR A CONTRIBUIÇÃO DA COMUNIDADE EVANGÉLICA, PROMOVENDO A UNIÃO ENTRE IGREJAS E ENTIDADES, ALÉM DE EVENTOS CULTURAIS, ARTÍSTICOS, EVANGELÍSTICOS E SOCIAIS.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1017/pll_47_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1017/pll_47_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DA ORIGEM E DO PROPOSITOR DOS PROJETOS DE LEI, COMPLEMENTAR OU ORDINÁRIA, EM LEIS PUBLICADAS NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1018/pll_48_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1018/pll_48_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PORTO GRANDE ATRAVÉS DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE A CONCEDER ISENÇÃO DE TAXAS DE LICENCIAMENTO AMBIENTAL E CERTIDÕES AOS PRODUTORES DA AGRICULTURA FAMILIAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1019/pll_49_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1019/pll_49_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA ESCOLINHA DE BALLET PARA CRIANÇAS E ADOLESCENTES NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>AMIGO DOMINGOS</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1034/pll_50_2023_gab_ver_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1034/pll_50_2023_gab_ver_domingos.pdf</t>
   </si>
   <si>
     <t>INSTITUI FERIADO NO ASSENTAMENTO DO MUNGUBA, NO MUNICÍPIO DE PORTO GRANDE, NO DIA 13 DE DEZEMBRO, EM CELEBRAÇÃO AO DIA DE SANTA LUZIA.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1041/pl_51_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1041/pl_51_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>¨INSTITUI A SEMANA MUNICIPAL DA CONSCIÊNCIA NEGRA E AÇÃO ANTIRRACISTA NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDENCIAS¨</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/872/pr_01_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/872/pr_01_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A UTILIZAÇÃO DA TRIBUNA POPULAR NA CÂMARA MUNICIPAL DE VEREADORES DE PORTO GRANDE, PALÁCIO JOSÉ ANTERO, SEDE DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REALIZAÇÃO DE UMA SESSÃO ITINERANTE NO KM 117 (CAMPO VERDE) NO CENTRO COMUNITÁRIO, COM TODA A EQUIPE DE TRABALHO E SERVIÇO, EM 28 DE AGOSTO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REALIZAÇÃO DE UMA SESSÃO ITINERANTE NA COMUNIDADE DO VILA NOVA NO CENTRO COMUNITÁRIO, COM TODA A EQUIPE DE TRABALHO E SERVIÇO, EM 14 DE OUTUBRO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>MESA DIRETORA CMPG</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento dos valores retroativos referentes ao reajuste de acordo pelo art. 7º da Lei 490/2020 e dá outras providências.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/859/pdl_01_2023_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/859/pdl_01_2023_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO PORTOGRANDENSE AO SENHOR RICARDO CARVALHO DE OLIVEIRA, DEFENSOR TITULAR DO NÚCLEO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/999/pdl_02_2023_mesa_diretora.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/999/pdl_02_2023_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DE GOVERNO DA PREFEITURA MUNICIPAL DE PORTO GRANDE, REFERENTE AO EXERCÍCIO DE 2005, EM CONFORMIDADE COM O PARECER PRÉVIO EMITIDO PELO TRIBUNAL DE CONTAS DO ESTADO DO AMAPÁ, E RECOMENDAÇÕES PARA A ESTRITA OBSERVÂNCIA DOS PRAZOS DE ENVIO DA PRESTAÇÃO DE CONTAS.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1020/pdl_03_2023_mesa_diretora.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1020/pdl_03_2023_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DE GOVERNO DA PREFEITURA MUNICIPAL DE PORTO GRANDE, REFERENTE AO EXERCÍCIO DE 2008, EM CONFORMIDADE COM O PARECER PRÉVIO EMITIDO PELO TRIBUNAL DE CONTAS DO ESTADO DO AMAPÁ.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1054/pdl_04_2023_mesa_diretora.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1054/pdl_04_2023_mesa_diretora.pdf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DE GOVERNO DA PREFEITURA MUNICIPAL DE PORTO GRANDE, REFERENTE AO EXERCÍCIO DE 2002, EM CONFORMIDADE COM O PARECER PRÉVIO EMITIDO PELO TRIBUNAL DE CONTAS DO ESTADO DO AMAPÁ.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/652/req_01_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/652/req_01_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>REQUER A CRIAÇÃO DE COMISSÃO ESPECIAL DE ESTUDOS DA REFORMA E ATUALIZAÇÃO DA LEI ORGÂNICA E REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/653/req_02_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/653/req_02_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>SEJA REALIZADO A DOAÇÃO DE UM TERRENO MEDINDO 200X200 METROS PARA A CONSTRUÇÃO DO COMPLEXO ESPORTIVO DA LIGA DESPORTIVA DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/672/req_03_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/672/req_03_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>REQUER O USO DA TRIBUNA PARA OS AGENTES COMUNITÁRIOS DE ENDEMIAS (ACE), PARA QUE POSSAM APRESENTAR O PLANO DE AÇÃO ANUAL DE COMBATE A DENGUE E MALÁRIA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/700/req_04_2023_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/700/req_04_2023_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>REQUER DA SECRETÁRIA DE SAÚDE DO MUNICÍPIO DE PORTO GRANDE, O LEVANTAMENTO PATRIMONIAL DA ENDEMIAS.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/701/req_05_2023_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/701/req_05_2023_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>REQUER O USO DA TRIBUNA DESTA CASA DE LEIS POR 15 MINUTOS, NA SESSÃO ORDINÁRIA DO DIA 21 DE MARÇO ÀS 18H, PARA PRONUNCIAMENTO DO DEFENSOR TITULAR DA DEFENSORIA DE PORTO GRANDE, SENHOR RICARDO CARVALHO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/770/req_06_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/770/req_06_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>VENHO REQUERER PEDIDO DE INFORMAÇÃO SOBRE O RECURSO PROVENIENTE DOS ROYALTIES DA CACHOEIRA CALDEIRÃO, RECURSOS HÍDRICOS REFERENTES AO ANO 2022, QUE TINHA PREVISÃO NA LOA DE MAIS DE 1.200,000,00 (UM MILHÃO E DUZENTOS MIL REAIS), PARA EXERCÍCIO DESSE ANO. SOLICITO REAL VALOR RECEBIDO NESSE REFERENTE ANO DE 2022, E A PRESTAÇÃO DE CONTA DE USO DESSE RECURSO DE FORMA DETALHADA, COM OS EXTRATOS BANCÁRIOS E PLANILHA DE SAQUE E EMPENHO DO USO DO MESMO.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/771/req_07_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/771/req_07_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A LEI 487/2020 QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO E FUNDO MUNICIPAL DO IDOSO EM NOSSO MUNICÍPIO. SOLICITO INFORMAÇÕES SOBRE O FUNCIONAMENTO DA LEI QUANTO A DELIBERAÇÃO DO CONSELHO, PRESTAÇÃO DE CONTAS DO RECURSO DO FUNDO MUNICIPAL DO IDOSO, DESDE A VIGÊNCIA DA NOVA LEI DE 2020, SE HOUVE RECURSO, SOLICITO EXTRATO BANCÁRIO DO FUNDO E RELATÓRIO DE SERVIÇOS PRESTADOS QUANTO A POLÍTICAS PÚBLICAS PARA ESSE PÚBLICO ALVO.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/772/req_08_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/772/req_08_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A PARALISAÇÃO E ATRASO DE ENTREGA DA OBRA DO CENTRO COMUNITÁRIO DA COLÔNIA AGRÍCOLA DO MATAPI, NO VALOR DE R$ 600.550,31 (SEISCENTOS MIL, QUINHENTOS E CINQUENTA REAIS E TRINTA E UM CENTAVOS), QUE DEVERIA TER SIDO ENTREGUE EM 18/04/2021, COMPLETANDO 2 ANOS DE ATRASO.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/773/req_09_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/773/req_09_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A PARALISAÇÃO E ATRASO DE ENTREGA DA OBRA DE REFORMA DO POSTO DE SAÚDE WENDER RODRIGUES DE SOUZA DO BAIRRO AEROPORTO, NO VALOR DE R$ 290.991,03 (DUZENTOS E NOVENTA MIL, NOVECENTOS E NOVENTA E UM REAIS E TRÊS CENTAVOS), QUE DEVERIA TER SIDO ENTREGUE DIA 12/06/2020, COMPLETANDO 3 ANOS DE ATRASO.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/779/req_10_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/779/req_10_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>REQUER A CONVOCAÇÃO DO SENHOR MARIO NAZARENO DOS SANTOS COSTA, SECRETÁRIO DE INFRAESTRUTURA,PARA SER INTERPELADO SOBRE ASSUNTOS PERTINENTES A ILUMINAÇÃO PÚBLICA, TENDO EM VISTA QUE DESDE O ANO DE 2020, OS RECURSOS DA CIP VEM SENDO REPASSADO AO MUNICÍPIO E NADA TEM SIDO FEITO PELA GESTÃO NA APLICAÇÃO E NEM PRESTAÇÃO DE CONTAS DESSE RECURSO NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/780/req_11_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/780/req_11_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O CERTAME DAS LICITAÇÕES DAS REFORMAS DAS ESCOLAS WILSOM FERREIRA E ADÃO FERREIRA, COM TODAS AS INFORMAÇÕES, CONTRATOS, MODALIDADE DE LICITAÇÃO, PARECER DA CPL, AS PLANILHAS DE PAGAMENTOS E MEDIÇÕES DESSAS DUAS OBRAS, O PARECER DO TECNICO DA GESTÃO QUE AUTORIZOU O PAGAMENTO E RECEBEU ESSAS OBRAS.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/782/req_12_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/782/req_12_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A PARALISAÇÃO DA OBRA DO GINÁSIO QUE FICA ENTRE AS ESCOLAS WILSOM FERREIRA E ADÃO FERREIRA, QUE HÁ ANOS ESTÁ PARALISADA, DEIXANDO DE SERVIR AS ESCOLAS E A COMUNIDADE DAQUELE BAIRRO. REQUER O CERTAME COM TODAS AS INFORMAÇÕES DA OBRA, VALOR QUE FOI PAGO, PORQUE PARALISOU E DEMAIS INFORMAÇÕES PERTINENTES A ESSA OBRA.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA CONVOCADO O SENHOR SIVORI CAMILO SANTOS DA ROCHAR, PARA PRESTAR INFORMAÇÕES SOBRE AS REFORMAS DAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/795/req_14_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/795/req_14_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>REQUER O COMPARECIMENTO DO SUPERINTENDENTE REGIONAL DO INSTITUTO NACIONAL DE COLONIZAÇÃO E REFORMA AGRÁRIA (INCRA) AMAPÁ PARA PRESTAR ESCLARECIMENTOS POR CERCA DE 30 MINUTOS, NA CÂMARA MUNICIPAL DE PORTO GRANDE, SOBRE O TRABALHO ORA DESENVOLVIDO PELO REFERIDO ÓRGÃO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/802/req_n25_ver_ruy.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/802/req_n25_ver_ruy.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITO RELAÇÃO DETALHADA DOS ALVARÁS EXPEDIDOS, TRANSFERÊNCIAS DE PROPRIEDADES E EMISSÃO DE TÍTULOS DEFINITIVOS.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/803/req_n16_ver_ruy.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/803/req_n16_ver_ruy.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITO RELAÇÃO DETALHADA SOBRE AS TAXAS EMITIDAS DO PODER DE POLÍCIA DO MUNICÍPIO DE PORTO GRANDE REFERENTE AOS ÚLTIMOS 12 (DOZE) MESES.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>VENHO REQUERER PEDIDO DE INFORMAÇÃO SOBRE AS PLANILHAS DE MEDIÇÃO DO FATURAMENTO DO CONVÊNIO 002/2021-SDC/GEA, REFERENTE AO PERÍODO DE VIGÊNCIA DO MESMO.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/875/req_18_2023_gab_ver_narson_santos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/875/req_18_2023_gab_ver_narson_santos.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Senhor JOSE MARIA BESSA DE OLIVEIRA, INFORMAÇÕES SOBRE OBRAS PARALISADAS NO DISTRITO DO CUPIXI E NA VILA DO KM 142.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/908/req_19_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/908/req_19_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE INFORMAÇÃO SOBRE O CERTAME COM TODAS AS INFORMAÇÕES, DA COMPRA DE INSUMOS PARA VEÍCULOS AUTOMOTORES NO VALOR DE 1.050.820,00 (UM MILHÃO E CINQUENTA MIL E OITOCENTOS E VINTE REAIS), NA MODALIDADE PREGÃO - PROCESSO Nº 17052022/01-CPL/PMA, COM TODAS AS NOTAS FISCAIS DO VALOR JÁ LIQUIDADO ATÉ O PRESENTE.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/985/req_20_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/985/req_20_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>VENHO REQUERER PEDIDO DE INFORMAÇÃO SOBRE O USO DO RECURSO E DO REAL VALOR JÁ RECEBIDO ATÉ O MÊS DE SETEMBRO COM O EXTRATO DA CONTA VINCULADA DOS ROYALTIES DA CACHOEIRA CALDEIRÃO DESSE ANO EM EXERCÍCIO, QUE TEM PREVISÃO ORÇAMENTÁRIA NA LOA DE MAIS DE 1.700,000,00 (UM MILHÃO E SETECENTOS MIL).</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/986/req_21_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/986/req_21_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>VENHO REQUERER PEDIDO DE INFORMAÇÃO SOBRE A RELAÇÃO DO PATRIMÔNIO DA ENDEMIAS, COM RELATÓRIO FOTOGRÁFICO E A LOCALIZAÇÃO DOS MESMOS, CASO NÃO ESTEJAM NA SEDE DO PRÉDIO.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1002/req_22_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1002/req_22_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE INFORMAÇÃO SOBRE OS CERTAMES REFERENTE À REFORMA DA UBS WENDER RODRIGUES DE SOUZA COM AS MEDIÇÕES DO CONTRATO N° 027/2020 - SEMSA/PMPG - BOLETIM 007/2021 NO VALOR: 290.991,03 (DUZENTOS E NOVENTA MIL, NOVECENTOS E NOVENTA E UM REAIS E TRÊS CENTAVOS) FEITOS COM RECURSO FEDERAL, E DO LOTE II VALOR ESTIMADO: 148.588,43 (CENTO E QUARENTA E OITO MIL, QUINHENTOS E OITENTA E OITO REAIS E QUARENTA E TRÊS CENTAVOS), REFERENTE 2° ETAPA DA APLICAÇÃO DOS RECURSOS ORIUNDOS DA LEI N° 2654, COM TODAS AS NOTAS FISCAIS DO VALOR JÁ LIQUIDADO DOS RECURSOS, ATÉ O PRESENTE MOMENTO.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1037/req_23_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1037/req_23_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>VENHO REQUERER PEDIDO DE INFORMAÇÃO SOBRE O EMPENHO Nº 123007, QUE TRATA DA LOCAÇÃO DE VEÍCULOS PARA ATENDER AS SECRETARIAS DO MUNICÍPIO DE PORTO GRANDE, NO VALOR DE R$11.500,00 MIL REAIS, COM RESPECTIVA CÓPIA DO CONTRATO Nº 0325/21, E O 3º TERMO ADITIVO AO CONTRATO Nº 123/2021-SEMAD/PMPG/FENIX, COM DESCRIÇÃO DO VEÍCULO, (PLACA E MODELO), E TODAS AS DEMAIS INFORMAÇÕES PERTINENTES A ESSA PRESTAÇÃO DE SERVIÇOS.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/657/ind_01_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/657/ind_01_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO A NECESSIDADE DE DOAÇÃO DE UMA ÁREA PARA A CONSTRUÇÃO DE UM POLO DA UEAP (UNIVERSIDADE ESTADUAL DO AMAPÁ) NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/658/ind_02_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/658/ind_02_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO CLÉCIO LUÍS VILHENA VIEIRA – GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO PARA QUE SEJA REALIZADO COM URGÊNCIA A IMPLANTAÇÃO DE UM CENTRO DE HEMODIÁLISE NO HOSPITAL MARIA LÚCIA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/659/ind_03_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/659/ind_03_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO CLÉCIO LUÍS VILHENA VIEIRA – GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO PARA QUE SEJA REALIZADO A IMPLANTAÇÃO DE UM POLO DA UNIVERSIDADE ESTADUAL DO AMAPÁ (UEAP) NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/660/ind_04_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/660/ind_04_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE – SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL PELO DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO NO SENTIDO DE QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR PARA A IMPLANTAÇÃO DE UM CENTRO OU SALA DE HEMODIÁLISE NO HOSPITAL MARIA LÚCIA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/661/ind_05_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/661/ind_05_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE – SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL PELO DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO EM NOME DE TODA A COMUNIDADE DE PORTO GRANDE, NO SENTIDO DE QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A CONSTRUÇÃO DE UM CENTRO DE REFERÊNCIA E ATENDIMENTO ESPECIALIZADO ÀS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) E SÍNDROME DE DOWN, PARA ATENDER NOSSA POPULAÇÃO AUTISTA.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/662/ind_06_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/662/ind_06_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR DAVID COVRE – SECRETÁRIO DE INFRAESTRUTURA DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO NO SENTIDO DA ELABORAÇÃO DE PROJETOS DE EXECUÇÃO VOLTADOS A CONCLUSÃO DAS OBRAS DO GOVERNO DO ESTADO, QUE SE ENCONTRAM INACABADAS EM SITUAÇÃO DE ABANDONO NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/663/ind_07_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/663/ind_07_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA SENHOR, JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS POSSA DISPONIBILIZAR UMA ÁREA NA EXPANSÃO URBANA, PARA A FINALIDADE DE FAZER O CANIL MUNICIPAL EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/664/ind_08_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/664/ind_08_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO CLÉCIO LUÍS VILHENA VIEIRA – GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO PARA QUE SEJA REALIZADO ESTUDOS PARA A IMPLANTAÇÃO DE UMA UNIDADE DO BATALHÃO DE OPERAÇÕES POLICIAIS ESPECIAIS DA POLÍCIA MILITAR, NO 7º BATALHÃO DA POLÍCIA MILITAR, NO MUNICÍPIO DE PORTO GRANDE PARA ATENDER A REGIÃO CENTRO OESTE DO ESTADO.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/665/ind_09_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/665/ind_09_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO CLÉCIO LUÍS VILHENA VIEIRA – GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO PARA QUE SEJA REALIZADO ESTUDOS PARA A IMPLANTAÇÃO DE UMA UNIDADE DO CANIL DA POLÍCIA MILITAR NO 7º BATALHÃO DA POLÍCIA MILITAR NO MUNICÍPIO DE PORTO GRANDE PARA ATENDER A REGIÃO CENTRO OESTE DO ESTADO.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/666/ind_10_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/666/ind_10_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO CLÉCIO LUÍS VILHENA VIEIRA – GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO PARA QUE SEJA REALIZADO ESTUDOS PARA A IMPLANTAÇÃO DA DELEGACIA ESPECIALIZADA NO ATENDIMENTO À MULHER – DEAM NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/667/ind_11_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/667/ind_11_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO CEL PM ADILTON DE ARAÚJO CORRÊA – COMANDANTE DA POLÍCIA MILITAR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO QUE SEJA REALIZADO ESTUDOS PARA A IMPLANTAÇÃO DE UMA UNIDADE DO CANIL DA POLÍCIA MILITAR NO 7º BATALHÃO DA POLÍCIA MILITAR NO MUNICÍPIO DE PORTO GRANDE PARA ATENDER A REGIÃO CENTRO OESTE DO ESTADO.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/668/ind_12_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/668/ind_12_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA HIDELGARD GURGEL, DEPUTADO ESTADUAL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL INDICO A REALIZAÇÃO DE SESSÃO ITINERANTE DA ASSEMBLEIA LEGISLATIVA NO MUNICÍPIO DE PORTO GRANDE-AP.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/669/ind_13_2023_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/669/ind_13_2023_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA SENHOR DAVI ALCOLUMBRE – SENADOR DA REPÚBLICA DO BRASIL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, POSSA ALOCAR UMA EMENDA PARLAMENTAR PARA UM PROGRAMA DE HABITAÇÃO - CONSTRUÇÃO DE CASAS POPULARES EM NOSSO MUNICÍPIO DE PORTO GRANDE-AP.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/670/ind_14_2023_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/670/ind_14_2023_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS, POSSA DISPONIBILIZAR UMA ÁREA NA EXPANSÃO URBANA, COM A FINALIDADE DE HABITAÇÕES POPULARES, ATENDENDO A LEI ORGÂNICA DO MUNICÍPIO E QUE POSSA COM ORÇAMENTO DO TESOURO OU COM ARTICULAÇÃO JUNTO A BANCADA FEDERAL, DISPONIBILIZAR RECURSOS PARA ATENDER PRIORITARIAMENTE AS PESSOAS DE BAIXA RENDA COM A CONSTRUÇÃO DE NO MÍNIMO 80 CASAS PARA AMENIZARMOS ESSE DÉFICIT HABITACIONAL DO NOSSO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/671/ind_15_2023_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/671/ind_15_2023_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS, POSSA DISPONIBILIZAR ATRAVÉS DOS RECURSOS HÍDRICOS QUE SÃO ROYALTIES DA HIDRELÉTRICA CACHOEIRA CALDEIRÃO, POSSA FAZER A AQUISIÇÃO DE KIT DE ENERGIA SOLAR RURAL, PARA ATENDER RIBEIRINHOS DA BACIA DO RIO ARAGUARI E ASSENTAMENTO MANOEL JACINTO DO NOSSO MUNICÍPIO DE PORTO GRANDE EM FORMA DE COMPENSAÇÃO PELOS IMPACTOS AMBIENTAIS.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/673/ind_16_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/673/ind_16_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A REFORMA DO PRÉDIO DO CONSELHO TUTELAR COMO PRIORIDADE.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/674/ind_17_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/674/ind_17_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A REFORMA DO CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE-CMDCA COM URGÊNCIA OU AO PROPRIETÁRIO DO PRÉDIO ALUGADO PARA PREFEITURA.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/675/ind_18_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/675/ind_18_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A REFORMA COM URGÊNCIA DOS BRINQUEDOS DA PRAÇA WILSON RAIMUNDO CRUZ DA SILVA.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/677/ind_19_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/677/ind_19_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA, com fulcro no Artigo 8 Inciso III, combinado com o Artigo 61 do Regimento Interno da Câmara Municipal de Porto Grande, a Ilustríssima Senhora Secretária Municipal de Educação Ivaneide Vilhena de Castro Oliveira  que Implemente o Método Teacch na Rede de Ensino Pública Municipal de Porto Grande, com a finalidade de melhor atender os discentes com Transtorno do Espectro Autista.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/678/ind_20_2023_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/678/ind_20_2023_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Excelentíssimo Senhor José Maria Bessa de Oliveira – Prefeito Municipal, que no uso de suas atribuições legais, através do qual, solicito QUE SEJA IMPLANTADO UM ANEXO DA ESCOLA MUNICIPAL JOANA MARIA SANTOS, DENTRO DO ASSENTAMENTO NOVA CANAÃ, NO MUNICIPIO DE PORTO GRANDE-AP.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>GURI DO MATAPI</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/682/ind_21_2023_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/682/ind_21_2023_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR LUCAS BARRETO – SENADOR PELO ESTADO DO AMAPÁ, QUE SEJA VIABILIZADO UMA EMENDA PARLAMENTAR PARA A MANUTENÇÃO E TERRAPLANAGEM DE 60 km, NA COLÔNIA AGRÍCOLA DO MATAPI.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/683/ind_22_2023_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/683/ind_22_2023_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE – SENADOR PELO ESTADO DO AMAPÁ, QUE SEJA VIABILIZADO UMA EMENDA PARLAMENTAR PARA MANUTENÇÃO E TERRAPLANAGEM DE 60 km, NA COLÔNIA AGRÍCOLA DO MATAPI.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/684/ind_23_2023_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/684/ind_23_2023_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR AUGUSTO DANTAS – DIRETOR PRESIDENTE DA EQUATORIAL ENERGIA - AP, QUE SEJA VIABILIZADO A MANUTENÇÃO DE PODAGEM DAS ÁRVORES EMBAIXO DO LINHÃO, NO PERÍMETRO DA COLÔNIA AGRÍCOLA DO MATAPI.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/685/ind_24_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/685/ind_24_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO DEPUTADO FEDERAL JOSENILDO ABRANTES, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO UMA EMENDA PARLAMENTAR PARA A CONSTRUÇÃO DA COORDENADORIA MUNICIPAL DA MULHER, NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/686/ind_25_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/686/ind_25_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO GOVERNADOR CLÉCIO LUÍS, QUE NO USO DE ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NA ESCOLA ESTADUAL JOSÉ RIBAMAR TEIXEIRA, NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/689/ind_26_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/689/ind_26_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITO A CONSTRUÇÃO DE COBERTURA DAS ARQUIBANCADAS DO ESTÁDIO MUNICIPAL CHARLES BRITO.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/690/ind_27_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/690/ind_27_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS COM O OBJETIVO DE SUGERIR À ADMINISTRAÇÃO MUNICIPAL, A ADOÇÃO DA SEGUINTE MEDIDA POLÍTICO ADMINISTRATIVA DE INTERESSE DA COMUNIDADE: CRIAR O PROGRAMA DE ENTREGA DOMICILIAR GRATUITA DE MEDICAMENTOS DE USO CONTÍNUO ÀS PESSOAS COM DEFICIÊNCIA E IDOSAS, USUÁRIAS DO SISTEMA ÚNICO DE SAÚDE.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/691/ind_28_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/691/ind_28_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS COM O OBJETIVO DE SUGERIR À ADMINISTRAÇÃO MUNICIPAL, A ADOÇÃO DA SEGUINTE MEDIDA ADMINISTRATIVA DE INTERESSE DA COMUNIDADE ESCOLAR:  PROMOVER ESFORÇOS PARA QUE ESTE MUNICÍPIO POSSA SEDIAR O PROJETO CANTANDO MARABAIXO NAS ESCOLAS REALIZADO PELO MOVIMENTO NAÇÃO MARABAIXEIRA.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/692/ind_29_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/692/ind_29_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR CLÉCIO LUÍS VILHENA VIEIRA – GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO PARA QUE SEJA REALIZADO COM URGÊNCIA A SUBSTITUIÇÃO DA FROTA DE ÔNIBUS DO TRANSPORTE PÚBLICO ESCOLAR DA REDE ESTADUAL DE ENSINO POR VEÍCULOS CLIMATIZADOS.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/693/ind_30_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/693/ind_30_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR COMANDANTE GERAL DO CORPO DE BOMBEIRO DO ESTADO DO AMAPÁ, CORONEL ALEXANDRE VERÍSSIMO DE FREITAS, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO NO SENTIDO DA IMPLANTAÇÃO DOS PROJETOS SOCIAIS BOMBEIRO CIDADÃO E BOMBEIRO MIRIM MÚSICO, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/694/ind_31_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/694/ind_31_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR LADISLAO PEDROSO MONTE, PRESIDENTE DA FECOMÉRCIO - AP, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO A IMPLANTAÇÃO DE UM POLO DO SENAC (SERVIÇO NACIONAL DE APRENDIZAGEM COMERCIAL) E SENAI (SERVIÇO NACIONAL DE APRENDIZAGEM INDUSTRIAL) PARA A IMPLANTAÇÃO DE CURSOS DE QUALIFICAÇÃO PRESENCIAIS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/695/ind_32_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/695/ind_32_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO COM URGÊNCIA SERVIÇO DE TERRAPLANAGEM EM TODAS AS RUAS DO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/696/ind_33_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/696/ind_33_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO COM URGÊNCIA A ILUMINAÇÃO PÚBLICA DO BAIRRO MANOEL CORTEZ EM TODA A SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/697/ind_34_2023_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/697/ind_34_2023_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Excelentíssimo Senhor Antônio Teles Junior – Vice Governador do Estado do Amapá, que no uso de suas atribuições legais, através do qual, solicito QUE SEJA FEITO A REFORMAR EM ALVENARIA E AMPLIAÇÃO DA ESCOLA ESTADUAL FLORENÇA TORRES DE ARAUJO, NO DISTRITO DO CUPUIXI, NO MUNICIPIO DE PORTO GRANDE-AP.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/698/ind_35_2023_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/698/ind_35_2023_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Excelentíssimo Senhor José Maria Bessa de Oliveira – Prefeito Municipal, que no uso de suas atribuições legais, através do qual, solicito QUE SEJA FEITO A LIMPEZA DO POÇO E DA TUBULAÇÃO ATÉ NA CAIXA D’AGUA NO ASSENTAMENTO DO VILA NOVA, NO MUNICIPIO DE PORTO GRANDE-AP.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/702/ind_36_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/702/ind_36_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR LUCAS CANTUÁRIA BARRETO, SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A CONSTRUÇÃO DE 150 (CENTO E CINQUENTA) CASAS POPULARES DOS PROGRAMAS SOCIAIS DE HABITAÇÃO PARA ATENDER AS COMUNIDADES RURAIS DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/703/ind_37_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/703/ind_37_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A BANCADA FEDERAL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA DE BANCADA, PARA A CONSTRUÇÃO DE 150 (CENTO E CINQUENTA) CASAS POPULARES DOS PROGRAMAS SOCIAIS DE HABITAÇÃO PARA ATENDER AS COMUNIDADES RURAIS DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/704/ind_38_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/704/ind_38_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE, SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A CONSTRUÇÃO DE 150 (CENTO E CINQUENTA) CASAS POPULARES DOS PROGRAMAS SOCIAIS DE HABITAÇÃO PARA ATENDER AS COMUNIDADES RURAIS DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/705/ind_39_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/705/ind_39_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR VINÍCIUS GURGEL, DEPUTADO FEDERAL PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A CONSTRUÇÃO DE UMA PISCINA OLÍMPICA NO QUARTEL DO CORPO DE BOMBEIRO EM PORTO GRANDE, PARA ENTRE OUTRAS FINALIDADES IMPLANTAR PROJETOS SOCIAIS PARA COMUNIDADE.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/706/ind_40_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/706/ind_40_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DORINALDO MALAFAIA, DEPUTADO FEDERAL PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA AQUISIÇÃO DE UM MAMÓGRAFO DIGITAL VISANDO A MODERNIZAÇÃO DO SERVIÇO DE MAMOGRAFIA NO HOSPITAL MARIA LÚCIA.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/707/ind_41_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/707/ind_41_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR LUCAS CANTUÁRIA BARRETO, SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA AQUISIÇÃO DE UM CAMINHÃO PRANCHA CARRETA PARA O MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/708/ind_42_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/708/ind_42_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO CLÉCIO LUÍS VILHENA VIEIRA, GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO PARA QUE SEJA REALIZADO A IMPLANTAÇÃO DE UMA ESCOLA CÍVICO MILITAR NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/709/ind_43_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/709/ind_43_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR CLÉCIO LUÍS VILHENA VIEIRA, GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO EM NOME DE TODA A CLASSE EMPRESARIAL DO RAMO MADEIREIRO UMA REUNIÃO PARA TRATAR DA ABERTURA DAS MADEIREIRAS EM NOSSO MUNICÍPIO, ASSIM COMO O MANEJO FLORESTAL SUSTENTÁVEL ENTRE OUTROS NA VINDA DO GOVERNADOR NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/710/ind_44_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/710/ind_44_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A EXCELENTÍSSIMA SENHORA MARIA GORETH DA SILVA E SOUSA, DEPUTADA FEDERAL PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO EM NOME DE TODA A COMUNIDADE ESCOLAR DE PORTO GRANDE NO SENTIDO DE QUE SEJA LOCADA VERBA DO ORÇAMENTO DO ESTADO PARA A CONSTRUÇÃO DE UMA PISCINA OLÍMPICA NA ESCOLA ESTADUAL ELIAS DE FREITAS TRAJANO.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/711/ind_45_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/711/ind_45_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR CLÉCIO LUÍS VILHENA VIEIRA, GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO EM NOME DE TODA A COMUNIDADE ESCOLAR DE PORTO GRANDE NO SENTIDO DE QUE SEJA LOCADA VERBA DO ORÇAMENTO DO ESTADO PARA A CONSTRUÇÃO DE UMA PISCINA OLÍMPICA NA ESCOLA ESTADUAL ELIAS DE FREITAS TRAJANO.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/712/ind_46_2023_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/712/ind_46_2023_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, A LIMPEZA E TERRAPLANAGEM NA RUA PRINCIPAL E EM TODAS AS VICINAIS DO ASSENTAMENTO NOVA COLINA.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/713/ind_47_2023_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/713/ind_47_2023_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, A LIMPEZA E TERRAPLANAGEM NA RUA BRASIL NO BAIRRO COPALMA.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/714/ind_48_2023_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/714/ind_48_2023_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, A LIMPEZA E TERRAPLANAGEM NA RUA PRINCIPAL E EM TODAS AS VICINAIS DO ASSENTAMENTO MUNGUBA.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/717/ind_49_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/717/ind_49_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE-AP, QUE NO USO DE SUAS ATRIBUIÇÕES DO QUAL SOLICITO ESPECIAL ATENÇÃO NO SENTIDO DE QUE SEJAM COLOCADAS PLACAS DE IDENTIFICAÇÃO NOMINAL EM TODOS OS PRÉDIOS PÚBLICOS DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/718/ind_50_2023_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/718/ind_50_2023_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR. Ao Excelentíssimo Senhor JOSE MARIA BESSA DE OLIVEIRA - Prefeito Municipal de Porto Grande, que seja FEITO A MANUTENÇÃO E RECAPEAMENTO DA RUA PRINCIPAL DA AREA 6 (NOVA ESPERANÇA)</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/719/ind_51_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/719/ind_51_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A EXCELENTÍSSIMA DEPUTADA FEDERAL GORETH SOUZA – PDT, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO EMENDA PARLAMENTAR PARA COMPRA DE TRÊS JIPES MARRUÁ AM200 ESCOLAR COM CABINE PARA 15 PASSAGEIROS.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/720/ind_52_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/720/ind_52_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO DEPUTADO FEDERAL JOSENILDO ABRANTES – PDT, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO EMENDA PARLAMENTAR PARA A CONSTRUÇÃO DE UMA ESCOLA DE ENSINO FUNDAMENTAL I E II NO BAIRRO MANOEL CORTEZ, MUNICÍPIO DE PORTO GRANDE-AP.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/721/ind_53_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/721/ind_53_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A SECRETÁRIA DE ESTADO DE EDUCAÇÃO SENHORA SANDRA CASIMIRO, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO QUE COLOQUE UM FUNCIONÁRIO LOTADO PELA SECRETARIA DE EDUCAÇÃO À DISPOSIÇÃO DO SIAC-SUPER FÁCIL, PARA ATENDIMENTO DO GUICHÊ SUPER FÁCIL EDUCAÇÃO.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/722/ind_54_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/722/ind_54_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE – SENADOR PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO RECURSO PARA MANUTENÇÃO DE FUNCIONAMENTO DE RECURSO HUMANO NO CAPS DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/723/ind_55_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/723/ind_55_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO DEPUTADO FEDERAL JOSENILDO ABRANTES – PDT, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO RECURSO PARA A CONSTRUÇÃO DE UM CANIL MUNICIPAL.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/724/ind_56_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/724/ind_56_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA REALIZADO A DOAÇÃO DE UM TERRENO MEDINDO 200X200 METROS PARA A CONSTRUÇÃO DO COMPLEXO ESPORTIVO DA LIGA DESPORTIVA DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/725/ind_57_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/725/ind_57_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR VINICIUS DE AZEVEDO GURGEL – DEPUTADO FEDERAL PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A AQUISIÇÃO DE UM MICRO-ÔNIBUS PARA ATENDER OS PROJETOS ESPORTIVOS SOCIAIS DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/726/ind_58_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/726/ind_58_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE – SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A AQUISIÇÃO DE UM MICRO-ÔNIBUS PARA ATENDER OS PROJETOS ESPORTIVOS SOCIAIS DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/727/ind_59_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/727/ind_59_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DORINALDO MALAFAIA – DEPUTADO FEDERAL PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR PARA A AQUISIÇÃO DE UMA VAN PARA TRANSPORTAR PACIENTE COM CÂNCER EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/728/ind_60_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/728/ind_60_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A DOAÇÃO DE UM TERRENO PARA A CONSTRUÇÃO DE UM CANIL MUNICIPAL.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/729/ind_61_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/729/ind_61_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO DEPUTADO FEDERAL VINICIUS GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO RECURSO DE EMENDA PARA COMPRA DE UM CAMINHÃO PARA ATENDER OS AGRICULTORES DO CAMPO VERDE NA PERIMETRAL NORTE E ESTRADA DE FERRO DO AMAPÁ.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/731/ind_62_2023_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/731/ind_62_2023_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, A ILUMINAÇÃO PÚBLICA EM TODA A EXTENSÃO DO BAIRRO COPALMA.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/732/ind_63_2023_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/732/ind_63_2023_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO DEPUTADO FEDERAL VINICIUS GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA UMA EMENDA PARLAMENTAR NO VALOR DE 700.000,00 (SETECENTOS MIL REAIS) PARA A COMPRA DE EQUIPAMENTOS PARA A NOVA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/733/ind_64_2023_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/733/ind_64_2023_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO DEPUTADO FEDERAL VINICIUS GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA UMA EMENDA PARLAMENTAR NO VALOR DE 350.000,00 (TREZENTOS E CINQUENTA MIL REAIS) PARA A COMPRA DE UMA PICKUT PARA ATENDER OS TRABALHOS ADMINISTRATIVOS DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/734/ind_65_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/734/ind_65_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>A Vereadora SÔNIA SANTOS DE SENA, INDICA AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO EM NOME DE TODO O POVO DE PORTO GRANDE, EM ESPECIAL OS RIBEIRINHOS, NO SENTIDO QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A AQUISIÇÃO DE UMA AMBULANCHA.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/735/ind_66_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/735/ind_66_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>A Vereadora SÔNIA SANTOS DE SENA, INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, VEM ATRAVÉS DO QUAL, SOLICITAR QUE SEJA EXECUTADA A LEI QUE INSTITUI O DIA 17 DE NOVEMBRO COMO DIA DE PREVENÇÃO, ORIENTAÇÃO E COMBATE AO CÂNCER DE PRÓSTATA NO ÂMBITO DO MUNICIPIO E DÁ OUTRAS PROVIDÊNCIAS, EM CARATÉR DE URGÊNCIA.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/736/ind_67_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/736/ind_67_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>A Vereadora SÔNIA SANTOS DE SENA, INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, VEM ATRAVÉS DO QUAL, SOLICITAR QUE SEJA EXECUTADA A LEI QUE INSTITUI A SEMANA DE PREVENÇÃO AO CÂNCER DE COLO DE UTERO E DÁ OUTRAS PROVIDÊNCIAS, EM CARATÉR DE URGÊNCIA.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/737/ind_68_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/737/ind_68_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>A Vereadora SÔNIA SANTOS DE SENA, INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, VEM ATRAVÉS DO QUAL SOLICITAR O CALENDÁRIO OFICIAL DE EVENTOS, NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE, O DIA DE PREVENÇÃO AO CÂNCER DE MAMA, EM CARATÉR DE URGÊNCIA.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/740/ind_69_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/740/ind_69_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>A Vereadora SÔNIA SANTOS DE SENA, INDICA AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO EM NOME DE TODO O POVO DE PORTO GRANDE NO SENTIDO DE QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DA EMENDA PARLAMENTAR PARA A COMPRA DE EQUIPAMENTOS PARA A "ACADEMIA DA SAÚDE AO AR LIVRE" EM PRAÇAS PÚBLICAS, BALNEÁRIO E ORLA DA BEIRA RIO NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/742/ind_70_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/742/ind_70_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>A Vereadora SÔNIA SANTOS DE SENA, INDICA AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO EM NOME DE TODA A JUVENTUDE DE PORTO GRANDE, NO SENTIDO DE QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO ATRAVÉS DE EMENDA PARLAMENTAR, PARA A CONSTRUÇÃO DO CENTRO CULTURAL DA JUVENTUDADE NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/743/ind_71_2023_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/743/ind_71_2023_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>A Vereadora SHIRLEI RAMOS DE SOUZA, INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO EM NOME DE TODO O POVO DE PORTO GRANDE, EM ESPECIAL OS RIBEIRINHOS, NO SENTIDO DE QUE SEJA DOADO UMA ÁREA NA EXPANSÃO URBANA NAS MEDIAÇÕES DO BAIRRO BRASIL TROPICAL PARA TRABALHAR UM PROJETO SOCIAL (HORTA COMUNITÁRIA) COM A COMUNIDADE DA REFERIDA REGIÃO.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/744/ind_72_2023_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/744/ind_72_2023_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>A VEREADORA EDINEIA ESTRAO DA SILVA, INDICAR AO EXCELENTÍSSIMO SENHOR, JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL  SOLICITO  QUE SEJA FEITA A CONTRATAÇÃO DE UMA ASSISTÊNCIA SOCIAL, QUE VENHA ATENDER A DEMANDA DA COMUNIDADE DO CUPIXI E SUAS ADJACENTES.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/745/ind_73_2023_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/745/ind_73_2023_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>A VEREADORA EDINEIA ESTRAO DA SILVA, INDICAR AO EXCELENTÍSSIMO SENHOR, JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO QUE A UBS DO CUPIXI TENHA UM LABORATÓRIO DE COLETA DE EXAMES DE ROTINA ONDE VENHA ATENDER AS LOCALIDADES ADJACENTES.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/746/ind_74_2023_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/746/ind_74_2023_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>A VEREADORA EDINEIA ESTRAO DA SILVA, INDICAR AO EXCELENTÍSSIMO SENHOR, CLECIO LUIS VILHENA VIEIRA – GOVERNADO DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL  SOLICITO  QUE A BASE  POLICIAL DO CUPIXI VOLTE A FUNCIONAR PERMANENTE.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/747/ind_75_2023_gab_ver_galeno.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/747/ind_75_2023_gab_ver_galeno.pdf.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UMA CAMPANHA DE EDUCAÇÃO SOCIAL PARA A QUESTÃO DA DEPREDAÇÃO AO PATRIMÔNIO PÚBLICO.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/748/ind_76_2023_gab_ver_galeno.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/748/ind_76_2023_gab_ver_galeno.pdf.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UM INVESTIMENTO PARA O MONITORAMENTO DOS LOGRADOUROS PÚBLICOS ATRAVÉS DE CÂMERAS DE SEGURANÇA.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/749/ind_77_2023_gab_ver_galeno.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/749/ind_77_2023_gab_ver_galeno.pdf.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UM SERVIÇO DE REPARO NA ILUMINAÇÃO DA RUA GETÚLIO VARGAS.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/750/ind_78_2023_gab_ver_galeno.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/750/ind_78_2023_gab_ver_galeno.pdf.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UM SERVIÇO DE REPARO NA RUA PRINCIPAL QUE DÁ ACESSO A ARÉA MILITAR NO BAIRRO NOVA ESPERANÇA EM FRENTE AO BOMBEIRO.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/752/ind_79_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/752/ind_79_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR LUCAS CANTUÁRIA BARRETO, DIGNÍSSIMO SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR PARA A CONSTRUÇÃO DE UM CENTRO DE TREINAMENTO DESPORTIVO PARA ATENDER PROJETOS ESPORTIVOS SOCIAIS PELA LIGA DESPORTIVA DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/753/ind_80_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/753/ind_80_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR  VINICIUS DE AZEVEDO GURGEL, DEPUTADO FEDERAL, PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A CONSTRUÇÃO DE UM CENTRO DE TREINAMENTO DESPORTIVO PARA ATENDER PROJETOS ESPORTIVOS SOCIAIS PELA LIGA DESPORTIVA DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/755/ind_81_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/755/ind_81_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE, SENADOR DA REPÚBLICA, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A CONSTRUÇÃO DE UM CENTRO DE TREINAMENTO DESPORTIVO PARA ATENDER PROJETOS ESPORTIVOS SOCIAIS PELA LIGA DESPORTIVO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/757/ind_82_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/757/ind_82_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR LUCAS CANTUÁRIA BARRETO, SENADOR DA REPÚBLICA, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A IMPLANTAÇÃO DE UM CAMPUS DA UNIVERSIDADE ESTADUAL DO AMAPÁ (UEAP) NO MUNÍCIPIO DE PORTO GRANDE PARA ATENDER OS MUNICÍPIOS DA REGIÃO CENTRO OESTE DO ESTADO.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/760/ind_83_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/760/ind_83_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR RANDOLFE RODRIGUES, SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A IMPLANTAÇÃO DE UM CAMPUS DA UNIVERSIDADE ESTADUAL DO AMAPÁ (UEAP) NO MUNÍCIPIO DE PORTO GRANDE PARA ATENDER OS MUNÍCIPIOS DA REGIÃO CENTRO OESTE DO ESTADO.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/762/ind_84_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/762/ind_84_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A EXCELENTÍSSIMA  SENHORA MARIA GORETH DA SILVA E SOUSA, DEPUTADA FEDERAL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A IMPLANTAÇÃO DE UM CAMPUS DA UNIVERSIDADE ESTADUAL DO AMAPÁ (UEAP) NO MUNICÍPIO DE PORTO GRANDE PARA ATENDER OS MUNÍCIPIOS DA REGIÃO CENTRO OESTE DO ESTADO.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/763/ind_85_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/763/ind_85_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE, SENADOR DA REPÚBLICA, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A IMPLANTAÇÃO DE UM CAMPUS DA UNIVERSIDADE ESTADUAL DO AMAPÁ (UEAP) NO MUNICÍPIO DE PORTO GRANDE PARA ATENDER OS MUNICÍPIOS DA REGIÃO CENTRO OESTE DO ESTADO.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/764/ind_86_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/764/ind_86_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A EXCELENTÍSSIMA SENHORA SONIZE PIMENTEL DOS SANTOS BARBOSA - DEPUTADA FEDERAL PELO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO EM NOME DE TODO O POVO DE PORTO GRANDE, NO SENTIDO DE QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A CONSTRUÇÃO DO MUSEU HISTÓRICO, CULTURAL E GEOGRÁFICO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/765/ind_87_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/765/ind_87_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA HIDELGARD GURGEL - DEPUTADO ESTADUAL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO UMA EMENDA IMPOSITIVA NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA PLACAS DE SINALIZAÇÃO DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/766/ind_88_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/766/ind_88_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS ATRAVÉS DO QUAL SOLICITO A AQUISIÇÃO DE UNIFORMES ESCOLARES, IDENTIFICAÇÃO ESPECÍFICA (ESTAMPA DO SÍMBOLO DO AUTISMO E DA PESSOA COM DEFICIÊNCIA) DE CRIANÇAS AUTISTAS E CRIANÇAS COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/767/ind_89_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/767/ind_89_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR RANDOLFE RODRIGUES - SENADOR PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO EMENDA PARA CONSTRUÇÃO DE UM CAMPUS UNIVERSITÁRIO EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>PLENÁRIO - PLEN</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/768/ind_90_2023_cmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/768/ind_90_2023_cmpg.pdf</t>
   </si>
   <si>
     <t>EM NOME DOS 11 PARLAMENTARES DESTA CASA DE LEIS, INDICAMOS A EXCELENTÍSSIMA SENHORA SONIZE PIMENTEL DOS SANTOS BARBOSA - DEPUTADA FEDERAL PELO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO QUE SEJA LOCADA EMENDA ESPECIAL NO VALOR DE 1.000.000,00 (UM MILHÃO REAIS) PARA A COMPRA DE EQUIPAMENTOS PARA A NOVA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/769/ind_91__2023_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/769/ind_91__2023_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS ATRAVÉS DO QUAL SOLICITO QUE SEJA FEITO A INSTALAÇÃO DE FAIXA DE PEDESTRE ELEVADA E SINALIZAÇÃO NA AV. AMAPÁ NOS DOIS SENTIDOS.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/774/ind_92_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/774/ind_92_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR CLÉCIO LUÍS VILHENA VIEIRA, GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO PARA QUE SEJA REALIZADO A IMPLANTAÇÃO DE UM POLO DO CENTRO DE EDUCAÇÃO PROFISSIONAL DE MÚSICA WALKÍRIA LIMA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/775/ind_93_2023_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/775/ind_93_2023_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO ILUSTRÍSSIMO SENHOR GUSTAVO DEFILIPPO - SUPERINTENDENTE REGIONAL SUBSTITUTO DO DNIT NO ESTADO DO AMAPÁ, QUE SEJA CONSTRUÍDO DUAS FAIXAS DE PEDESTRES ELEVADAS NA BR 210 NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/776/ind_94_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/776/ind_94_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A ILUMINAÇÃO PÚBLICA DA RUA MARANHÃO EM TODA SUA EXTENSÃO E NO FINAL DA AVENIDA MANOEL DE SOUSA MARÉCO, NO BAIRRO DAS PALMEIRAS.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/781/ind_95_2023_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/781/ind_95_2023_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS POSSA EXECUTAR O RECURSO DO MEU GABINETE NO QUAL ANO PASSADO, DESTINEI 100% ATRAVÉS DA LEI QUE DISPONIBILIZA A EMENDA IMPOSITIVA AOS VEREADORES, PARA FAZER UMA GRANDE AÇÃO COM UMA EQUIPE MULTIDISCIPLINAR COM A FINALIDADE DE DIAGNOSTICAR E ACOMPANHAR AS PESSOAS COM TEA (TRANSTORNO ESPECTRO AUTISTA) EM NOSSO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/783/ind_96_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/783/ind_96_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR RANDOLFE RODRIGUES – SENADOR PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A COMPRA DE UMA PLANTADEIRA MECANIZADA DE MUDAS DE ABACAXI PARA A COMUNIDADE DO CAMPO VERDE.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/784/ind_97_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/784/ind_97_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE – SENADOR PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A COMPRA DE UMA PLANTADEIRA MECANIZADA DE MUDAS DE ABACAXI PARA A COLÔNIA AGRÍCOLA DO MATAPI.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/796/ind_98_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/796/ind_98_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE A ESTRUTURA DO COMPLEXO CULTURAL DO BALNEÁRIO SEJA DISPONIBILIZADO PARA A IMPLANTAÇÃO DO MUSEU HISTÓRICO, CULTURAL E GEOGRÁFICO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/797/ind_99_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/797/ind_99_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA FEITO A MANUTENÇÃO DO RAMAL DO BODE (KM 121) E ALGUNS ACESSOS ATÉ A BEIRA DO RIO AMAPARI, EM FUNÇÃO QUE A ESTRADA SE ENCONTRA QUASE INTERDITADA EM ALGUNS LOCAIS.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/798/ind_100_2023_gab_vera_jolianne.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/798/ind_100_2023_gab_vera_jolianne.pdf.pdf</t>
   </si>
   <si>
     <t>AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS APRESENTA INDICAÇÃO PARA A MANUTENÇÃO E MELHORIA DO RAMAL DO KM 127.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/799/ind_101_2023_gab_vera_jolianne.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/799/ind_101_2023_gab_vera_jolianne.pdf.pdf</t>
   </si>
   <si>
     <t>AO EXCELENTÍSSIMO SENHOR PREFEITO DE PORTO GRANDE JOSÉ MARIA BESSA DE OLIVEIRA, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS APRESENTA INDICAÇÃO PARA QUE SEJA REALIZADA UMA MANUTENÇÃO NA AV CALÇOENE E A RETIRADA DE ENTULHOS DEIXADO APÓS UMA OBRA DE PAVIMENTAÇÃO E ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/800/ind_n102_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/800/ind_n102_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE O PROGRAMA PAAF POSSA ATENDER OS AGRICULTORES DO ASSENTAMENTO MANOEL JACINTO, ASSIM COMO SEJA CUMPRIDO A LEI MUNICIPAL N.º 505/2021, NOS SEUS ARTIGOS 3º, 4º, 5º E 6º DA REFERIDA LEI.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/801/ind_103_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/801/ind_103_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA CONFECCIONADO A PLACA DE REINAUGURAÇÃO DO CENTRO COMUNITÁRIO CONTENDO O NOME DO SENHOR JOÃO PEREIRA – SEU JOCA.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/804/ind_104_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/804/ind_104_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA JOSÉ MARIA BESSA DE OLIVEIRA, QUE SEJA CRIADA A GUARDA MUNICIPAL, DO MUNICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/805/ind_105_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/805/ind_105_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA JOSÉ MARIA BESSA DE OLIVEIRA, QUE RECAPEAMENTO ASFALTICO NA RUA GERINO PORTO ENTRE AS AVENIDAS 08 DE AGOSTO E JOAQUIM FRAZÃO DE ARAÚJO.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/806/ind_106_2023_gab_ver_rosendi.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/806/ind_106_2023_gab_ver_rosendi.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA JOSÉ MARIA BESSA DE OLIVEIRA, QUE SEJA FEITO A RECUPERAÇÃO E MANUTENÇÃO DA NASCENTE EM TODA SUA EXTENSÃO  DO IGARAPÉ QUE DESAGUA NO BALNEARIO DO MUNICPIO.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/812/ind_107_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/812/ind_107_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA A NECESSIDADE DA CONSTRUÇÃO DE BANCOS DE RESERVAS COM COBERTURA PINTURA DA ÁREA INTERNA E EXTERNA DO CAMPO, ROÇAGEM DO GRAMADO, REFORMA NO ALAMBRADO E PINTURA DOS MASTROS DA BANDEIRA DO ESTÁDIO MUNICIPAL CHARLES BRITO.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/813/ind_108_2023_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/813/ind_108_2023_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE SEJA ADICIONADO UM ADITIVO PARA CONTEMPLAR COM GRAMADO O CAMPO DA ASSOCIAÇÃO VIDA ESPERANÇA DA COLÔNIA AGRÍCOLA DO MATAPI.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/814/ind_109_2023_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/814/ind_109_2023_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE SEJA REALIZADO O ASFALTAMENTO DAS RUAS E AVENIDAS DO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/823/ind_110_2023_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/823/ind_110_2023_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>INDICA AO GERENTE DA EMPRESA COMPURSERVICE EMPREENDIMENTOS LTDA DO MUNICÍPIO DE PORTO GRANDE-AP, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO QUE VENHO POR MEIO DESTA APRESENTAR UMA INDICAÇÃO LEGISLATIVA PARA SOLICITAR A VIABILIZAÇÃO DA DISPONIBILIDADE DE SERVIÇO DE INTERNET POR PARTE DA EMPRESA WEBFLASH NA COMUNIDADE DO KM 138, LOCALIZADA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/824/ind_111_2023_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/824/ind_111_2023_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR AUGUSTO DANTAS - DIRETOR PRESIDENTE DA EQUATORIAL ENERGIA - AP, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO QUE POR MEIO DESTA, APRESENTAR UMA INDICAÇÃO LEGISLATIVA VISANDO A SOLICITAÇÃO DE TROCA DE TRANSFORMADOR JUNTO À EMPRESA EQUATORIAL ENERGIA DA COMUNIDADE DO KM 138, LOCALIZADA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/825/ind_112_2023_gab_ver_ruy.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/825/ind_112_2023_gab_ver_ruy.pdf.pdf</t>
   </si>
   <si>
     <t>POR MEIO DESTA APRESENTAR UMA INDICAÇÃO LEGISLATIVA PARA DESTINAR O VALOR DE R$ 100.000,00 (CEM MIL REAIS) À REFERIDA INSTITUIÇÃO DE ENSINO, VISANDO À COMPRA DE MATERIAL PERMANENTE PARA A ESCOLA ESTADUA MARIA CRISTINHA BOTELHO RODRIGUES.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/826/ind_113_2023_gab_ver_ruy.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/826/ind_113_2023_gab_ver_ruy.pdf.pdf</t>
   </si>
   <si>
     <t>POR MEIO DESTA APRESENTAR UMA INDICAÇÃO LEGISLATIVA PARA DESTINAR O VALOR DE R$ 50.000,00 (CINQUENTA MIL REAIS) À REFERIDA INSTITUIÇÃO DE ENSINO, VISANDO À COMPRA DE MATERIAL PERMANENTE PARA A ESCOLA ESTADUAL MATAPI 01.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA CLÉCIO LUÍZ, GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇOES, VENHO RESPEITOSAMENTE SOLICITAR A SUA ATENÇÃO E APOIO PARA A NECESSIDADE URGENTE DE REFORMA E AMPLIAÇÃO DA ESCOLA FLORENÇA TORRES DE ARAÚJO, LOCALIZADA NO MUNICÍPIO DE CUPIXI.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA CLÉCIO LUÍZ, GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A SUA ATENÇÃO E APOIO PARA A NECESSIDADE URGENTE DE REFORMA DO RAMAL QUE DÁ ACESSO À ESCOLA ESTADUAL FRANCISCO MANOEL DOS SANTOS, LOCALIZADA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/832/ind_116_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/832/ind_116_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR Ao excelentíssimo, José Maria Bessa de Oliveira prefeito do Município de Porto Grande, que no uso de suas atribuições legais do qual solicito. a Criação da secretaria de Turismo no município de Porto Grande.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/833/ind_117_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/833/ind_117_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR a Vossa Excelência JOSÉ MARIA BESSA DE OLIVEIRA, Prefeito do Município de Porto Grande -AP, que no uso de suas atribuições legais do qual solicito que seja tomadas medidas necessárias para que o poder Público municipal elabore e execute o plano de mobilidade urbana, e disponibilize o fornecimento de prestação de serviço público de transporte coletivo de passageiros (ônibus circular) no município de Porto Grande.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/835/ind_118_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/835/ind_118_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR a Vossa Senhoria ALINE PARANHOS GURGEL, secretária de Assistência Social do Estado do Amapá (SIMS), que no uso de suas atribuições legais do qual solicito, a efetividade do programa Acolher Amapá no município de Porto Grande.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/836/ind_119_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/836/ind_119_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>NDICAR a Vossa Excelência JOSÉ MARIA BESSA DE OLIVEIRA, Prefeito do Município de Porto Grande -AP, que no uso de suas atribuições legais do qual solicito que seja tomadas medidas necessárias para que o poder Público municipal Proceda com a instalação de sinal inteligente de trânsito / semáforo, e faixa de pedestre nos seguintes pontos do município; BR 210 /com Avenida Amapá. "Cito conhecido popularmente como Canto do Bom gosto", e Avenida Amapá com Tancredo Neves. Lugares de tráfico intenso de veículos, pessoas, e ciclistas no município de Porto Grande.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/842/ind_120_2023_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/842/ind_120_2023_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR. Ao Prefeito Municipal de Porto Grande, que seja Construído o Centro Comunitário Linha A "COOPMA".</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/843/ind_121_2023_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/843/ind_121_2023_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR. Ao Prefeito Municipal de Porto Grande, que seja construído urgentemente duas salas de aula e um muro na Escola Municipal Maranhão, localizada na Linha B do Matapí.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/848/ind_122_2023_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/848/ind_122_2023_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA SENHOR, JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS. INDICAR QUE SEJA ADICIONADO UM CONTRATO COM A CAIXA ECONÔMICA FEDERAL PARA QUE POSSAM FAZER CONSIGNADOS COM OS SERVIDORES DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/849/ind_123_2023_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/849/ind_123_2023_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL EM CARATER DE URGENCIA A REALIZAÇÃO DE SERVIÇOS DE TERRAPLANAGEM NAS VICINAIS DO ASSENTAMENTO DO  MUNGUBA.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/850/ind_124_2023_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/850/ind_124_2023_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL EM CARATER DE URGENCIA A REALIZAÇÃO DE SERVIÇOS DE ILUMINAÇÃO PUBLICA NO ASSENTAMENTO DO  MUNGUBA.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/851/ind_125_2023_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/851/ind_125_2023_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL EM CARATER DE URGENCIA UMA AMBULANCIA PARA O ASSENTAMENTO DO  MUNGUBA.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/852/ind_126_2023_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/852/ind_126_2023_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL EM CARATER DE URGENCIA A MANUTEÇÃO E TERRAPLANAGEM DO RAMAL DO FELICIANO,, LOCALIZANDO NO MUNICIPIO DE PORTO GRANDE KM 142.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/853/ind_127_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/853/ind_127_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO GOVERNADO DO ESTADO DO AMAPÁ A CONSTRUÇÃO DE UM GINASIO DE ESPORTE POLIESPORTIVO NA ESCOLA ESTADUAL JOSÉ RIBAMAR TEXEIRA NO MUNICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/854/ind_128_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/854/ind_128_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENADOR DAVI ALCOLUMBRE QUE NO QUAL SOLICITA UMA EMENDA PARLAMENTAR PARA A CONSTRUÇÃO DE UM GINASIO DE ESPORTE POLIESPORTIVO NA ESCOLA ESTADUAL JOSÉ RIBAMAR TEXEIRA NO MUNICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/862/ind_130_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/862/ind_130_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS, QUE SEJA FEITO A MANUTENÇÃO OU CONSTRUÇÃO DA PONTE DO RAMAL DA REFORMA AGRÁRIA NO ASSENTAMENTO DO MUNGUBA COM MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/865/ind_131_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/865/ind_131_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE - SENADOR PELO ESTADO DO AMAPÁ, A IMPLANTAÇÃO DO PROJETO CARTEIRA NACIONAL DE HABILITAÇÃO SOCIAL, PARA PESSOAS DE BAIXA RENDA, NO MUNICÍPIO DE PORTO GRANDE - AP.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/866/ind_132_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/866/ind_132_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR CLÉCIO LUÍS VILHENA VIEIRA, GOVERNADOR DO ESTADO DO AMAPÁ, A IMPLANTAÇÃO DO PROJETO CARTEIRA NACIONAL DE HABILITAÇÃO SOCIAL, PARA PESSOAS DE BAIXA RENDA, NO MUNICÍPIO DE PORTO GRANDE - AP.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/867/ind_133_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/867/ind_133_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA, PREFEITO DO MUNICÍPIO DE PORTO GRANDE, CONCESSÕES DE NOVAS PLACAS DE MOTOTÁXI PARA O MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/869/ind_134_2023_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/869/ind_134_2023_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS, POSSA DISPONIBILIZAR ILUMINAÇÃO PARA O CEMITÉRIO SÃO FRANCISCO DE ASSIS NA COLÔNIA AGRÍCOLA DO MATAPI.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/870/ind_135_2023_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/870/ind_135_2023_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO COMANDANTE DO CORPO DE BOMBEIROS MILITAR DO AMAPÁ - CBM, CEL. ALEXANDRE VERÍSSIMO DE FREITAS, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, POSSA IMPLANTAR O PROJETO BOMBEIRO MIRIM MÚSICO, PARA ATENDER AS NOSSAS CRIANÇAS E ADOLESCENTES DO NOSSO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/871/ind_136_2023_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/871/ind_136_2023_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS, POSSA DISPONIBILIZAR LIMPEZA E TERRAPLANAGEM DAS RUAS NOVA JERUSALÉM E A PRINCESA ISABEL NO BAIRRO AEROPORTO.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/873/ind_137_2023_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/873/ind_137_2023_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA JOSÉ MARIA BESSA DE OLIVEIRA, QUE NO USO DE SUAS ATRIBUIÇÕES VENHO SOLICITAR COM EXTREMA URGÊNCIA, A MANUTENÇÃO DAS RUAS DO BAIRRO MANOEL CORTEZ EM ESPECIAL NA RUA 13 DE OUTUBRO, LOCALIZADA DESTA CIDADE.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/876/ind_138_2023_gab_ver_francinaldo.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/876/ind_138_2023_gab_ver_francinaldo.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA- PREFEITO MUNICIPAL, QUE SEJA REALIZADO TERRAPLANAGEM NAS RUAS E AVENIDAS DO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/877/ind_139_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/877/ind_139_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO QUE SEJA FEITO O RECAPEAMENTO DA RUA TANCREDO NEVES EM TODA A SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/878/ind_140_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/878/ind_140_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A LIMPEZA DA RUA SOLDADO MIGUEL DE BARROS, NO BAIRRO NOVA ESPERANÇA – VILA MILITAR.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/874/ind_141_2023_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/874/ind_141_2023_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Excelentíssimo Senhor JOSE MARIA BESSA DE OLIVEIRA A MANUTENÇÃO E TERRAPLANAGEM DO RAMAL DE ACESSO AO KM 141, LOCALIZADA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/879/ind_142_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/879/ind_142_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO INFORMAÇÕES SOBRE A PARALISAÇÃO DOS SERVIÇOS ENTRE AS RUAS SANTA RITA DE CÁSSIA E SANTA IZABEL, NO BAIRRO AEROPORTO.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/901/ind_143_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/901/ind_143_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA, PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES, ATRAVÉS DOS QUAIS, SOLICITO A CRIAÇÃO DO PROGRAMA BOLSA ATLETA, DESTINADO A ATLETAS E PARATLETAS NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/907/ind_144_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/907/ind_144_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR VINÍCIUS GURGEL, DEPUTADO FEDERAL PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITA QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR PARA A AQUISIÇÃO DE UM MICRO-ÔNIBUS PARA ATENDER OS PROJETOS ESPORTIVOS SOCIAIS DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/910/ind_145_2023_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/910/ind_145_2023_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE SEJA REALIZADO A IMPLANTAÇÃO DE UM PORTAL DE ENTRADA PARA A COLÔNIA DO MATAPI.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/909/ind_146_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/909/ind_146_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO QUE SEJA FEITO UM LEVANTAMENTO DOS PROPRIETÁRIOS DE TERRENOS ABANDONADOS NO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/911/ind_147_2023_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/911/ind_147_2023_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR Ao Excelentíssimo Senhor JOSÉ MARIA BESSA DE OLIVEIRA - Prefeito Municipal de Porto Grande, que seja ALOCADO COTAS DE ULTRASSOM PARA A ZONA RURAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>INDICA QUE A  BANCADA FEDERAL DO ESTADO DO AMAPÁ em unidade possam apresentar um projeto de lei no congresso Nacional, afim de que os Estados que são produtores de energia tenham uma tarifa diferenciada de consumo de energia elétrica, que é o nosso caso, do nosso estado do Amapá.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/915/ind_149_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/915/ind_149_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO COM URGÊNCIA A ILUMINAÇÃO PÚBLICA DO BAIRRO MANOEL CORTEZ EM TODA SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/916/ind_150_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/916/ind_150_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A ILUMINAÇÃO PÚBLICA E LIMPEZA DAS RUAS DO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/918/ind_151_2023_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/918/ind_151_2023_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A SENHORA ESMERALDA DE OLIVEIRA MONTENEGRO - SECRETÁRIA MUNICIPAL DE SAÚDE - SEMSA, QUE SEJA ADICIONADO UM ADITIVO PARA MELHORIAS NA ESTRUTURA DA UNIDADE DE SAÚDE MANOEL DE SOUZA PEREIRA.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/919/ind_152_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/919/ind_152_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SEJA VIABILIZADO CAMINHÃO PIPA PARA MOLHAR AS VIAS PÚBLICAS DOS BAIRROS QUE NÃO POSSUEM ASFALTO OU PAVIMENTAÇÃO EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/920/ind_153_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/920/ind_153_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR A REPRESENTAÇÃO DA ESCOLA DE MÚSICA WALQUÍRIA LIMA OU UMA ESCOLA DE MÚSICA ESTADUAL EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/921/ind_154_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/921/ind_154_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR A CONSTRUÇÃO DE UMA CRECHE PARA O BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/922/ind_155_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/922/ind_155_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA PARA A ESCOLA ESTADUAL ELIAS TRAJANO.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/923/ind_156_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/923/ind_156_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR A CONSTRUÇÃO DE UM TERMINAL RODOVIÁRIO PARA O MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/924/ind_157_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/924/ind_157_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR A INSTALAÇÃO DE UM POSTO DE COMANDO DO BOPE EM PORTO GRANDE PARA ATENDER O MUNICÍPIO E REGIÃO.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/925/ind_158_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/925/ind_158_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA PARA A ESCOLA ESTADUAL MATAPI 2 NA COLÔNIA AGRÍCOLA DO MATAPI.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/926/ind_159_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/926/ind_159_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR A CONSTRUÇÃO DE UM PRÉDIO SEDE DO GOVERNO, COM REPRESENTAÇÃO E OUVIDORIA, PARA ESTREITAR O CONTATO COM A POPULAÇÃO.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/927/ind_160_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/927/ind_160_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR A RETOMADA DAS OBRAS DA CENTRAL DE ABASTECIMENTO DA AGRICULTURA, QUE SE ENCONTRA ABANDONADA HÁ ANOS.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/928/ind_161_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/928/ind_161_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR A IMPLANTAÇÃO DA DELEGACIA DA MULHER PARA ATENDER VÍTIMAS DE VIOLÊNCIA EM PORTO GRANDE E MUNICÍPIOS VIZINHOS.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/929/ind_162_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/929/ind_162_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR TERRAPLANAGEM E PAVIMENTAÇÃO ASFÁLTICA EM TODAS AS RUAS E AVENIDAS DO BAIRRO BRASIL TROPICAL.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/930/ind_163_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/930/ind_163_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR UMA UTI MÓVEL PARA ATENDER O DISTRITO DO CUPIXI E COMUNIDADES VIZINHAS.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/931/ind_164_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/931/ind_164_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR TRATATIVAS COM A EMPRESA CEA EQUATORIAL ENERGIA PARA REDUÇÃO DOS VALORES DA ENERGIA ELÉTRICA NO AMAPÁ.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/932/ind_165_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/932/ind_165_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR UM AUMENTO NO EFETIVO DE POLÍCIA CIVIL E MILITAR PARA GARANTIR A SEGURANÇA PÚBLICA EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/933/ind_166_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/933/ind_166_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR A CONSTRUÇÃO DE UMA PRAÇA PARA A COMUNIDADE DO 142.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/934/ind_167_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/934/ind_167_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR JUNTO AO GOVERNO DO ESTADO A INAUGURAÇÃO URGENTE DO HOSPITAL REGIONAL NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/935/ind_168_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/935/ind_168_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR A CONSTRUÇÃO DE UMA ESCOLA ESTADUAL PARA O BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/936/ind_169_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/936/ind_169_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR MEDIDAS PARA O FUNCIONAMENTO IMEDIATO DO SAMU, QUE ENCONTRA-SE EM ESTADO DE ABANDONO.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/937/ind_170_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/937/ind_170_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR MANUTENÇÃO E TERRAPLANAGEM DOS RAMAIS EM DIVERSAS COMUNIDADES, COMO MATAPI E NOVA CANAÃ.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/938/ind_171_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/938/ind_171_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR CURSOS PROFISSIONALIZANTES PARA JOVENS EM PARCERIA COM A SECRETARIA DE ASSISTÊNCIA SOCIAL DO ESTADO E O SEBRAE.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/939/ind_172_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/939/ind_172_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA DEPUTADO ESTADUAL HILDEGARD GURGEL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL POSSA SOLICITAR A INSTALAÇÃO DE SEMÁFOROS NAS PRINCIPAIS RUAS DE FLUXO DE TRÂNSITO EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/944/ind_173_2023_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/944/ind_173_2023_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>INDICAR, A BANCADA DE DEPUTADOS ESTADUAIS DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL, SOLICITO DESTACAMENTO DA POLÍCIA MILITAR NO DISTRITO DO CUPIXI.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/945/ind_174_2023_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/945/ind_174_2023_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>INDICAR, A BANCADA DE DEPUTADOS ESTADUAIS DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL, SOLICITO UM POLO UNIVERSITÁRIO DA UNIVERSIDADE FEDERAL EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/946/ind_175_2023_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/946/ind_175_2023_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>INDICAR, A BANCADA DE DEPUTADOS ESTADUAIS DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL, SOLICITO APOIO AO DESTOCAMENTO DE ÁREAS E PREPARO DE TERRAS DOS AGRICULTORES DA ZONA RURAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/947/ind_176_2023_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/947/ind_176_2023_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>INDICAR, A BANCADA DE DEPUTADOS ESTADUAIS DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL, SOLICITO APOIO DE COMBUSTÍVEL PARA A MANUTENÇÃO DAS ESTRADAS E VICINAIS DO INTERIOR DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/948/ind_177_2023_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/948/ind_177_2023_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>INDICAR, A BANCADA DE DEPUTADOS ESTADUAIS DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL, SOLICITO APOIO AOS AGRICULTORES COM ADUBOS E EQUIPAMENTOS AGRÍCOLAS.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/957/ind_178_2023_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/957/ind_178_2023_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A CEA EQUATORIAL, QUE NO USO DE SUAS ATRIBUIÇÕES VENHO RESPEITOSAMENTE SOLICITAR A COLOCAÇÃO DE POSTES NO GARIMPO DO VILA NOVA.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/958/ind_179_2023_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/958/ind_179_2023_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL, QUE NO USO DE SUAS ATRIBUIÇÕES VENHO RESPEITOSAMENTE SOLICITAR A REPOSIÇÃO DE LUMINÁRIAS NO GARIMPO DO VILA NOVA.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/959/ind_180_2023_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/959/ind_180_2023_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR CLÉCIO LUÍS - GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES VENHO RESPEITOSAMENTE SOLICITAR A REFORMA E AMPLIAÇÃO DA ESCOLA ESTADUAL SANTA MARIA DO VILA NOVA.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/966/ind_181_2023_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/966/ind_181_2023_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS POSSA PROVIDENCIAR O FORNECIMENTO DE ÁGUA PARA A ESCOLA MUNICIPAL DA LINHA C NO MATAPI POIS O POÇO ESTÁ INUTILIZÁVEL.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/967/ind_182_2023_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/967/ind_182_2023_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS POSSA CLIMATIZAR A ESCOLA MUNICIPAL DA LINHA C DO MATAPI DO NOSSO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/968/ind_183_2023_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/968/ind_183_2023_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS POSSA FAZER UM MURO DE PROTEÇÃO NA ESCOLA MUNICIPAL DA LINHA C DO MATAPI DO NOSSO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/969/ind_184_2023_gab_ver_ruy.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/969/ind_184_2023_gab_ver_ruy.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO À SECRETARIA MUNICIPAL DE INFRAESTRUTURA A RELIGAÇÃO DAS LÂMPADAS DE LED LOCALIZADA NA RUA JOSÉ DA SILVA PARANHOS ENTRE AS AVENIDAS MAZAGÃO E MÁRIO CRUZ E NOTIFICAR A CEA EQUATORIAL QUANTO AOS SERVIÇOS REALIZADOS NAS REDES, QUE A MESMA AO DESLIGAREM AS LÂMPADAS QUE RELIGUE NOVAMENTE.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/970/ind_185_2023_gab_ver_galeno.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/970/ind_185_2023_gab_ver_galeno.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO DE SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS, QUE SEJA FEITO UMA AMPLIAÇÃO QUE RESOLVA A DEFICIÊNCIA DO ABASTECIMENTO DE ÁGUA DA COMUNIDADE DO VILA NOVA.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/971/ind_186_2023_gab_ver_galeno.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/971/ind_186_2023_gab_ver_galeno.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO DE SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS, QUE SEJA FEITO A REABERTURA DE ALGUNS RAMAIS DO KM 20 DO CUPIXI VILA NOVA.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/972/ind_187_2023_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/972/ind_187_2023_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO JOSÉ MARIA BESSA DE OLIVEIRA PARA QUE POSSA DISPONIBILIZAR UM CAMINHÃO PIPA PARA O DISTRITO DO CUPIXÍ PARA QUE NESSE PERÍODO DE VERÃO POSSA MOLHAR AS VIAS PRINCIPAIS EM FUNÇÃO DA INTENSA POEIRA E FICAR DE SOBRE AVISO PARA ALGUM EVENTUAL SINISTRO QUE POSSA OCORRER NO DISTRITO E REGIÕES PRÓXIMAS.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/973/ind_188_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/973/ind_188_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO DAVI ALCOLUMBRE, SENADOR DO ESTADO DO AMAPÁ, SOLICITO RECURSOS PARA A CONSTRUÇÃO DE 80 (OITENTA) UNIDADES CASAS POPULARES PARA ATENDER A COMUNIDADE DO VILA NOVA DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/974/ind_189_2023_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/974/ind_189_2023_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR, AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, A MECANIZAÇÃO DE TERRAS AGRÍCOLAS NA COMUNIDADE DO VILA NOVA - ZONA RURAL DO MUNICÍPIO DE PORTO GRANDE-AP.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>GALENO DO VILA NOVA, NARSON SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/975/ind_190_2023_gab_ver_galeno_e_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/975/ind_190_2023_gab_ver_galeno_e_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR, AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, A CONSTRUÇÃO DE UMA PRAÇA COM ACADEMIA AO AR LIVRE NA COMUNIDADE DO VILA NOVA - ZONA RURAL DO MUNICÍPIO DE PORTO GRANDE-AP.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/976/ind_191_2023_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/976/ind_191_2023_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA – PREFEITO MUNICIPAL - QUE SEJA FEITO A MANUTENÇÃO DAS LINHAS A, B, C , G E H DO MATAPI E RAMAIS.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/977/ind_192_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/977/ind_192_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PEDRO JORDÃO, SECRETÁRIO DE ADMINISTRAÇÃO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITO QUE SEJA FEITO A MANUTENÇÃO DO RAMAL DO BODE (KM 121) E ALGUNS ACESSOS ATÉ A BEIRA DO RIO AMAPARI, EM FUNÇÃO QUE A ESTRADA SE ENCONTRA QUASE INTERDITADA EM ALGUNS LOCAIS.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/978/ind_193_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/978/ind_193_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PEDRO JORDÃO, SECRETÁRIO DE ADMINISTRAÇÃO DO MUNICÍPIO DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITO QUE SEJA FEITO A MANUTENÇÃO DO RAMAL DO SEVERINO (KM 117) ATÉ AS MARGENS DO RIO ARAGUARI, EM FUNÇÃO QUE A ESTRADA SE ENCONTRA QUASE INTERDITADA EM ALGUNS LOCAIS.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>INDICAR. Ao Excelentíssimo senhor José Maria Bessa – Prefeito Municipal - que seja criado a feira do pescado ao lado a feira do agricultor.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/981/ind_195_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/981/ind_195_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A CONSTRUÇÃO DE UMA CASA DE PASSAGEM PARA MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/982/ind_196_2023_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/982/ind_196_2023_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A SECRETÁRIA DE EDUCAÇÃO DO ESTADO DO AMAPÁ, SANDRA CASIMIRO - A REFORMA DO PRÉDIO DO ANEXO DO RIBAMAR TEIXEIRA, PARA O FUNCIONAMENTO DO CENTRO DE REFERÊNCIA EM ATENDIMENTO ADMINISTRATIVO DO GOVERNO DO ESTADO, LOCALIZADO EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/983/ind_197_2023_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/983/ind_197_2023_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO DEPUTADO ESTADUAL DO AMAPÁ, RODOLFO VALE - QUE APOIE A MANUTENÇÃO DAS VICINAIS E RAMAIS DA COLÔNIA AGRÍCOLA DO MATAPI, INCLUINDO AS LINHAS A, B, C, G, H, O RAMAL DA GLOBO E O RAMAL DO PIAÇACA.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/984/ind_198_2023_gab_ver_galeno.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/984/ind_198_2023_gab_ver_galeno.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, QUE SEJA FEITO UMA LIMPEZA DENTRO DA ÁREA DE BANHO DO BALNEÁRIO DA CIDADE.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO O FORNECIMENTO DE CURSOS PROFISSIONALIZANTES PARA TRABALHADORES QUE ATUAM NA LIMPEZA DA CIDADE.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO À SECRETARIA DE INFRAESTRUTURA UM ESTUDO PARA REVITALIZAÇÃO DE ENTRADA E SAÍDA DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO À SECRETARIA DE INFRAESTRUTURA UM ESTUDO PARA A CONSTRUÇÃO DE UMA PISTA DE MOTOCROSS E UM ESPAÇO PARA FUTEBOL E VÔLEI DE AREIA NO BALNEÁRIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO À SECRETARIA MUNICIPAL DE SAÚDE A CONTRATAÇÃO DE MÉDICO ANGIOLOGISTA PARA ATENDER A POPULAÇÃO NA REDE MUNICIPAL DE SAÚDE NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/992/ind_203_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/992/ind_203_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO GOVERNADOR CLÉCIO LUÍS, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO QUE COLOQUE A DISPOSIÇÃO DO MUNICÍPIO DE PORTO GRANDE UMA PATRULHA DA MARIA DA PENHA.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/993/ind_204_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/993/ind_204_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO GOVERNADOR CLÉCIO LUÍS, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A CONSTRUÇÃO DE UM MURO COM GRADE E COLOCAÇÃO DE GRADE NA PORTA DA FRENTE DA ESCOLA JOSÉ RIBAMAR TEIXEIRA.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/994/ind_205_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/994/ind_205_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A SECRETÁRIA DE ESTADO DE POLÍTICAS PARA AS MULHERES – SEPM, SENHORA ADRIANA RAMOS, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO EQUIPAMENTOS PARA O CRAM DE PORTO GRANDE (COMPUTADORES, IMPRESSORAS, PROJETOR E MATERIAIS DE EXPEDIENTE).</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/995/ind_206_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/995/ind_206_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, ATRAVÉS DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITO QUE SEJA VIABILIZADO JUNTO À SECRETARIA MUNICIPAL DE INFRAESTRUTURA A INSTALAÇÃO DE MANILHAS PARA ESCOAMENTO DE ÁGUA NA RUA JOSÉ ANTERO NAS PROXIMIDADES DA PRAÇA DO BAIRRO DO AEROPORTO.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/996/ind_207_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/996/ind_207_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, ATRAVÉS DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS SOLICITO QUE SEJA FEITO INSTALAÇÃO DE FAIXA DE PEDESTRE ELEVADA E SINALIZAÇÃO NA AVENIDA AMAPÁ.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/997/ind_208_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/997/ind_208_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO GOVERNADOR CLÉCIO LUÍS, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO QUE INSTALE UM PORTÃO NA LATERAL DO MURO DA ESCOLA JOSÉ RIBAMAR TEIXEIRA.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/998/ind_209_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/998/ind_209_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE – SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, AO QUAL SOLICITO UMA EMENDA IMPOSITIVA NO VALOR DE 700.000,00 (SETECENTOS MIL REAIS) PARA REFORMA DA ESCOLA ESTADUAL PROFESSORA MARIA CRISTINA BOTELHO RODRIGUES.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>INDICAR, AO JOSÉ MARIA BESSA – PREFEITO MUNICIPAL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL, LIMPEZA DO TERRENO ONDE ERA O ALMOXARIFADO DA PREFEITURA, ATRÁS DA ESCOLA ESTADUAL, NA AVENIDA JANARY NUNES, AO LADO DOS BLOCOS, PADRE LUIZ DAVID.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>INDICAR, AO JOSÉ MARIA BESSA – PREFEITO MUNICIPAL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL, SOLICITAMOS A REFORMA DO POSTO DE SAÚDE DO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1005/ind_212_2023_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1005/ind_212_2023_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR RODOLFO VALE - DEPUTADO ESTADUAL DO AMAPÁ, QUE DESTINE RECURSOS PARA A TERRAPLANAGEM E MANUTENÇÃO DAS VIAS DA COLÔNIA DO MATAPI.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1006/ind_213_2023_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1006/ind_213_2023_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR VALDINEI AMANAJÁS - SECRETÁRIO DE TRANSPORTE DO ESTADO DO AMAPÁ – SETRAP, O SERVIÇO PARA CONSTRUÇÃO DAS PONTES NA LINHA H, G E RAMAL DA GLOBO DA COLÔNIA AGRÍCOLA DO MATAPI.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1007/ind_214_2023_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1007/ind_214_2023_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR CLÉCIO LUÍS - GOVERNADOR DO ESTADO DO AMAPÁ, A REFORMA E AMPLIAÇÃO DA ESCOLA ESTADUAL SÃO FRANCISCO DE ASSIS - LINHA C DO MATAPI.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1008/ind_215_2023_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1008/ind_215_2023_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO DO MUNICÍPIO DE PORTO GRANDE, A DISPONIBILIZAÇÃO DE UMA RETROESCAVADEIRA PARA LIMPEZA DA ÁREA EXTERNA DA UBS MANOEL DE SOUZA PEREIRA.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>INDICAÇÃO LEGISLATIVA - AO DIRETOR DO DEPARTAMENTO NACIONAL DE INFRAESTRUTURA DE TRANSPORTES (DNIT) - SUPERINTENDENTE DO AMAPÁ, SENHOR MARCELO LINHARES, A REALIZAÇÃO DE UM ESTUDO DE VIABILIDADE TÉCNICA PARA A IMPLEMENTAÇÃO DE MEDIDAS DE SEGURANÇA AO LONGO DO PERÍMETRO URBANO DA RODOVIA FEDERAL BR-210, QUE CORTA O MUNICÍPIO DO KM 100 AO KM 106.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1011/ind_217_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1011/ind_217_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO DO MUNICÍPIO DE PORTO GRANDE, AO QUAL INDICO A CONSTRUÇÃO E EXECUÇÃO DE UMA ESCOLA DE MÚSICA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1012/ind_218_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1012/ind_218_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE – SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, AO QUAL SOLICITO UMA EMENDA IMPOSITIVA PARA CONSTRUÇÃO DA QUADRA POLIESPORTIVA DA ESCOLA ESTADUAL ELIAS TRAJANO.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1013/ind_219_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1013/ind_219_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR LUCAS BARRETO – SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, AO QUAL SOLICITO UMA EMENDA IMPOSITIVA NO VALOR DE 500.000,00 (SETECENTOS MIL REAIS) PARA REFORMA DA ESCOLA ESTADUAL PROFESSORA MARIA CRISTINA RODRIGUES BOTELHO.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1014/ind_220_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1014/ind_220_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO DEPUTADO HILDEGARD GURGEL –DEPUTADO DO ESTADO DO AMAPÁ, AO QUAL SOLICITO UMA EMENDA IMPOSITIVA PARA CLIMATIZAÇÃO DAS SALAS DE AULA DA ESCOLA ESTADUAL PROFESSORA MARIA CRISTINA BOTELHO RODRIGUES.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1015/ind_221_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1015/ind_221_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO DO MUNICÍPIO DE PORTO GRANDE, AO QUAL SOLICITO A CONSTRUÇÃO DE UM PÓRTICO "PORTAL" NA ENTRADA DA CIDADE, NO MUNICÍPIO DE PORTO GRANDE, CONTENDO O NOME DO MUNICÍPIO E UMA FRASE DE BEM VINDO.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1016/ind_222_2023_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1016/ind_222_2023_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE – SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, AO QUAL SOLICITO UMA EMENDA IMPOSITIVA PARA CONSTRUÇÃO DE UMA ESCOLA DE MÚSICA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1024/ind_223_2023_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1024/ind_223_2023_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REALIZADO NO DIA 05 DE DEZEMBRO A HOMENAGEM A TODOS OS ALUNOS E COMITIVA DAS ESCOLAS DAS REDES - MUNICIPAL, ESTADUAL E FEDERAL QUE SE DESTACARAM NA AMOSTRA DE CIÊNCIAS E TECNOLOGIA DO INSTITUTO AÇAÍ - MCTIA-PA.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1025/ind_224_2023_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1025/ind_224_2023_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A CONSTRUÇÃO DE UM CAMPO DE FUTEBOL COM ARENA, ARQUIBANCADA E ILUMINAÇÃO NA COMUNIDADE DO CAMPO VERDE.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1027/ind_225_2023_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1027/ind_225_2023_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA SENHOR, JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS INDICO QUE A GESTÃO FAÇA CUMPRIR A LEI MUNICIPAL 371/2013 E FAÇA A DEVIDA IDENTIFICAÇÃO EM TODOS OS VEÍCULOS PRÓPRIOS, LOCADOS E PRESTADORES DE SERVIÇOS, COMO MANDA A REFERIDA LEI, NO SEU ARTIGO 4º "OS VEÍCULOS AUTOMOTORES E MÁQUINAS, PERTENCENTES A FROTA MUNICIPAL, DEVERÃO CONSTAR INFORMAÇÕES COM FAIXA PINTADA OU ADESIVO, COMBINADA PELAS CORES DO MUNICÍPIO, IDENTIFICANDO O MUNICÍPIO E SECRETARIA O QUAL O MESMO PERTENCE ACRESCIDO DO SLOGAN PRÓPRIO DE CADA ADMINISTRAÇÃO".</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1028/ind_226_2023_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1028/ind_226_2023_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA SENHOR, JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS POSSA DISPONIBILIZAR AS PLACAS DE IDENTIFICAÇÃO DOS PRÉDIOS E LOGRADOUROS PÚBLICOS COM OS SEUS DEVIDOS NOMES DENOMINADOS ATRAVÉS DE LEI MUNICIPAL, E COMO SUGESTÃO DO LEGISLATIVO QUE ALÉM DO NOME SE COLOQUE UMA FOTO DO HOMENAGEADO.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1029/ind_227_2023_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1029/ind_227_2023_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA SENHOR, JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DOS QUAIS A GESTÃO POSSA ISENTAR DO PAGAMENTO PARA CUSTEIO DA TAXA DE ILUMINAÇÃO PÚBLICA (CIP), OS MORADORES DA ZONA RURAL NO TERRITÓRIO DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1040/ind_228_2023_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1040/ind_228_2023_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR, AO EXCELENTÍSSIMO SENHOR JACK JK – DEPUTADO ESTADUAL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL, SOLICITO A ATENÇÃO POIS, OBSERVAMOS A AUSÊNCIA DO ZONEAMENTO DO ABACAXI NO MUNICÍPIO DE PORTO GRANDE CONFORME DIRETRIZES DA EMBRAPA.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1043/ind_229_2023_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1043/ind_229_2023_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR LUCAS CANTUARIA BARRETO, SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO NO SENTIDO DE QUE SEJA VIABILIZADO RECURSOS FINANCEIROS ATRAVÉS DE EMENDA PARLAMENTAR PARA FINS ESPECÍFICOS PARA AQUISIÇÃO DE UMA ESCOLA DE MÚSICA PARA ATENDER AOS MUNÍCIPES PORTOGRANDENSES.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1049/ind_230_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1049/ind_230_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA SENHOR, JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE QUE POSSA DESTINAR UM RECURSO DO ORÇAMENTO ORIUNDO DA LEI 2654/22 REFERENTE A OUTORGA DA CAESA, PARA CONSTRUÇÃO DE UMA ESCOLA MUNICIPAL NA AGROVILA DO ASSENTAMENTO NOVA CANAÃ EM NOSSO MUNICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/699/mocao_gab_vera_elienai.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/699/mocao_gab_vera_elienai.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS E RECONHECIMENTO AOS PROFESSORES, ORIENTADORES E ALUNOS DOS PROJETOS CIENTÍFICOS DESENVOLVIDOS NAS ESCOLAS MUNICIPAIS E ESTADUAIS E PELO INSTITUTO FEDERAL - IFAP PORTO GRANDE.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/716/mocao_02_2023_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/716/mocao_02_2023_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS A MULHERES QUE TEM PRESTADO RELEVANTES TRABALHOS A SOCIEDADE PORTOGRANDENSE E SE COLOCADO INVOLUNTARIAMENTE EM POSIÇÃO DE DESTAQUE.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/855/mocao_03_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/855/mocao_03_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS A JUÍZA JOENILDA LOBATO SILVA LENZI PELO RELEVANTE TRABALHO REALIZADO COMO COORDENAODORA DO PROJETO CASAMENTO NA COMUNIDADE NO ESTADO DO AMAPÁ.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/856/mocao_04_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/856/mocao_04_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS E RECONHECIMENTO, À TODOS OS PROFESSORES E FUNCIONÁRIOS DA ESCOLA ESTADUAL JOSÉ RIBAMAR TEIXEIRA, PELOS RELEVANTES SERVIÇOS PRESTADOS NOS ANOS TRABALHANDO NO ANEXO DA ESCOLA ESTADUAL SEM CONDIÇÕES MUITAS VEZES ADEQUADAS PARA O FUNCIONAMENTO.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/860/mocao_05_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/860/mocao_05_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, COMO FORMA DE RECONHECIMENTO PELO TRABALHO QUE VEM SENDO DESENVOLVIDO PELA ASSOCIAÇÃO GRUPO JUNINO EXPLODE CORAÇÃO, COM APRESENTAÇÕES NOS TRADICIONAIS EVENTOS JUNINO DO MUNICÍPIO E NA PARTICIPAÇÃO COM O TERCEIRO LUGAR NO ARRAIAL NO MEIO DO MUNDO, REALIZADO PELO INSTITUTO ARRAIAL NO MEIO DO MUNDO.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/960/mocao_06_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/960/mocao_06_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, A TODOS OS ALUNOS, DIRETORES E PROFESSORES DAS ESCOLAS PÚBLICAS MUNICIPAIS, ESTADUAIS E FEDERAIS QUE FORAM DESTAQUE DA 11ª EDIÇÃO DA FEIRA DE CIÊNCIAS E TECNOLOGIA DO ESTADO DO AMAPÁ - FECEAP 2023.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1039/mocao_07_2023_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1039/mocao_07_2023_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, À ESCOLA ESTADUAL PROFESSORA MARIA CRISTINA BOTELHO RODRIGUES, PELO PROJETO CONSCIÊNCIA NEGRA – NOSSAS LEMBRANÇAS E RAÍZES FAZEM PARTE DESSA HISTÓRIA REALIZADO PELA REFERIDA ESCOLA ESTADUAL.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1042/mocao_08_2023_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1042/mocao_08_2023_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS A SENHORA ELIZABETH PELAES DOS SANTOS POR SE DESTACAR COMO UMA GESTORA DE EXCELÊNCIA SENDO A ÚNICA PREFEITA MULHER NO ESTADO DO AMAPÁ NO MANDATO VIGENTE.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>RV</t>
   </si>
   <si>
     <t>RAZÕES DO VETO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1021/veto_01_2023_ao_pl_039_2023.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1021/veto_01_2023_ao_pl_039_2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O PROGRAMA DE INCENTIVO À CULTURA DO AÇAÍ NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1022/veto_02_2023_ao_pl_005_2023.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1022/veto_02_2023_ao_pl_005_2023.pdf</t>
   </si>
   <si>
     <t>"CRIA O PROGRAMA DE INCENTIVO À AVICULTURA E DA PSICULTURA NO MUNICÍPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1082/veto_03_2023.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1082/veto_03_2023.pdf</t>
   </si>
   <si>
     <t>VETO AO PL 20/2023 - GAB. VERA. NAINHA SANTANA</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t>CAG - COMISSÃO DE ASSUNTOS GERAIS</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE ASSUNTOS GERAIS Nº 01/2023AO PROJETO DE LEI Nº 002/2023 GAB PMPG.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>CJR - COMISSÃO DE JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO Nº 02/2023 AO PROJETO DE LEI Nº 002/2023 GAB PMPG.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>PARECER Nº 03/2023 AO PL Nº 04/2023 - GAB/PMPG.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/820/par_cjr_ao_pl_05_2023_-_magisterio.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/820/par_cjr_ao_pl_05_2023_-_magisterio.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 04/2023 AO PL Nº 05/2023 - GAB/PMPG.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/821/ccf23052023_0001.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/821/ccf23052023_0001.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 05/2023 AO PL Nº 05/2023.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>PARECER Nº 06/2023 AO PL Nº 04/2023.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/837/par_07_2023_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/837/par_07_2023_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 07/2023 AO PL Nº 006/2023-GAB/PMPG DE 16 DE MAIO DE 2023.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/838/par_08_2023_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/838/par_08_2023_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 08/2023 AO PL Nº 007/2023-GAB/PMPG DE 16 DE MAIO DE 2023.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/840/par_09_2023_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/840/par_09_2023_cag.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 09/2023 AO PL Nº 006/2023-GAB/PMPG.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/839/par_10_2023_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/839/par_10_2023_cag.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 10/2023 AO PL Nº 007/2023-GAB/PMPG.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>PARECER AO PL 009/2023 GAB PMPG</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/941/par_13_2023_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/941/par_13_2023_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER CJR AO PL 42/2023 GAB. VERA. SUELI SILVA DE SOUZA</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/942/par_14_2023_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/942/par_14_2023_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER CJR AO PL 39/2023 GAB. VER. NELSON DOS SANTOS DOMINGOS</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/943/par_15_2023_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/943/par_15_2023_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER CJR AO PL 05/2023 GAB. VERA. ELIENAI DOS SANTOS SILVA SANTANA</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>PARECER CAG AO PL 42/2023 GAB. VERA. SUELI SILVA DE SOUZA</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>PARECER CAG AO PL 39/2023 GAB. VER. NELSON DOS SANTOS DOMINGOS</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>PARECER CAG AO PL 05/2023 GAB. VERA. ELIENAI DOS SANTOS SILVA SANTANA</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/955/par_19_2023_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/955/par_19_2023_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER CJR AO PL Nº 010/2023-GAB/PMPG.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>PARECER CJR AO PL Nº 11/2023 PMPG.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>PARECER CAG AO PL Nº 11/2023 PMPG.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>COF - COMISSÃO DE ORÇAMENTOS E FINANÇAS</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/964/parecer_22_2023_cof.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/964/parecer_22_2023_cof.pdf</t>
   </si>
   <si>
     <t>PARECER COF AO PL Nº 11/2023 PMPG.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1044/parecer_23_2023_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1044/parecer_23_2023_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 23/2023 AO PROJETO DE LEI Nº 014/2023 GAB/PMPG.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1045/parecer_24_2023_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1045/parecer_24_2023_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 24/2023 AO PROJETO DE LEI Nº 050/2023 GAB. VEREADOR JOSÉ DOMINGOS DE ALMEIDA VAZ.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1046/parecer_25_2023_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1046/parecer_25_2023_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 25/2023 AO PROJETO DE LEI Nº 015/2023 GAB/PMPG.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1047/parecer_26_2023_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1047/parecer_26_2023_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 26/2023 AO PROJETO DE LEI Nº 013/2023 GAB/PMPG.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1048/parecer_27_2023_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1048/parecer_27_2023_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 27/2023 AO PROJETO DE LEI Nº 016/2023 GAB/PMPG.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei nº 011/2023 – GAB. PMPG</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>Emenda ao Projeto de Lei N° 011/2023 – LOA 2024</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/861/emenda_aditiva_01_2023_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/861/emenda_aditiva_01_2023_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 01/2023 AO PLL Nº 26/2023 - GAB - VEREADORA SUELI SOUZA.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1030/emd_aditiva_02_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1030/emd_aditiva_02_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 02/2023 A LEI Nº 469/2017-PMPG</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1035/emenda_modificativa_03_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1035/emenda_modificativa_03_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 03/2023 AO PROJETO DE LEI LOA, Nº 012/2023-PMPG.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1036/emenda_modificativa_04_2023_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1036/emenda_modificativa_04_2023_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 04/2023 AO PROJETO DE LEI LOA, Nº 012/2023-PMPG.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>EMENDA ADITIVA N.º 01 AO PROJETO DE LEI Nº 012/2023 – PMPG – LOA</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>MEN</t>
   </si>
   <si>
     <t>MENSAGEM</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/793/mensagem_003_2023_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/793/mensagem_003_2023_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM Nº 003/2023-GAB-PMPG AO PL Nº 003/2023-GAB-PMPG.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/809/mensagem_n4_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/809/mensagem_n4_pmpg.pdf</t>
   </si>
   <si>
     <t>AO Projeto de Lei n° 004/2023-GAB/PMPG que “Dispõe sobre reajuste ao vencimento base dos Auxiliares Educacionais do Sistema Público Municipal de Educação de Porto Grande, e dá outras providências.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/810/mensagem_n5_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/810/mensagem_n5_pmpg.pdf</t>
   </si>
   <si>
     <t>AO Projeto de Lei n° 005/2023-GAB/PMPG que “Dispõe sobre reajuste e adequação da remuneração mínima do quadro de Profissionais do Magistério Público do Município de Porto Grande ao Piso Salarial Nacional dos Profissionais do Magistério da Educação Básica Pública e dá providências correlatas.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/815/pl_n_006-2023_-_estrutura_admintrativa-1-2.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/815/pl_n_006-2023_-_estrutura_admintrativa-1-2.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 006/2023-GAB/PMPG. "Dispõe sobre a estrutura administrativa da Prefeitura Municipal de Porto Grande, revogando a lei 475/2019, e dá outras providencias.”</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/817/mens._pl_007-contratacao_temporaria_2023.2024.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/817/mens._pl_007-contratacao_temporaria_2023.2024.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 007/2023-GAB/PMPG. Que "Dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da Constituição Federal, e dá outras providências."</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/864/mensagem_ao_projeto_de_lei_no_009.2023-_equiparacao_microscopistas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/864/mensagem_ao_projeto_de_lei_no_009.2023-_equiparacao_microscopistas.pdf</t>
   </si>
   <si>
     <t>Mensagem ao PL 09/2023 - Que "Dispõe sobre a equiparação do piso salarial dos Cargo de Microscopista do quadro efetivo aos dos Agentes Comunitários de Saúde (ACS) e ao do Agente de Combate a Endemias (ACE) no município de Porto Grande."</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/951/mensagem_ao_pl_01_2023_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/951/mensagem_ao_pl_01_2023_pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PROJETO DE LEI Nº 010/2023-PMPG. "DISPÕE SOBRE A REGULAMENTAÇÃO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR REPASSADA PELA UNIÃO FEDERAL VISANDO DAR CUMPRIMENTO AO DISPOSTO NA LEI FEDERAL Nº 14.434, DE 4 DE AGOSTO DE 2022 QUE INSTITUI O PISO SALARIAL NACIONAL DO ENFERMEIRO, DO TÉCNICO DE ENFERMAGEM, DO AUXILIAR DE ENFERMAGEM E DA PARTEIRA DO MUNICÍPIO DE PORTO GRANDE/AP."</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>ASO</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINARIA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/881/1a_sessao_ordinaria_14_de_fevereiro_de_2023..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/881/1a_sessao_ordinaria_14_de_fevereiro_de_2023..pdf</t>
   </si>
   <si>
     <t>ATA DA 1ª SESSÃO ORDINÁRIA 14 DE FEVEREIRO DE 2023.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/882/2a_sessao_ordinaria_23_de_fevereiro_de_2023..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/882/2a_sessao_ordinaria_23_de_fevereiro_de_2023..pdf</t>
   </si>
   <si>
     <t>ATA DA 2ª SESSÃO ORDINÁRIA 23 DE FEVEREIRO DE 2023.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/883/3a_sessao_ordinaria_28_de_fevereiro_de_2023..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/883/3a_sessao_ordinaria_28_de_fevereiro_de_2023..pdf</t>
   </si>
   <si>
     <t>ATA DA 3ª SESSÃO ORDINÁRIA 28 DE FEVEREIRO DE 2023.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/884/4a_sessao_ordinaria_07_de_marco_de_2023..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/884/4a_sessao_ordinaria_07_de_marco_de_2023..pdf</t>
   </si>
   <si>
     <t>ATA DA 4ª SESSÃO ORDINÁRIA 07 DE MARÇO DE 2023.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/885/5a_sessao_ordinaria_14_de_marco_de_2023..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/885/5a_sessao_ordinaria_14_de_marco_de_2023..pdf</t>
   </si>
   <si>
     <t>ATA DA 5ª SESSÃO ORDINÁRIA 14 DE MARÇO DE 2023.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/886/6a_sessao_ordinaria_21_de_marco_de_2023..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/886/6a_sessao_ordinaria_21_de_marco_de_2023..pdf</t>
   </si>
   <si>
     <t>ATA DA 6ª SESSÃO ORDINÁRIA 21 DE MARÇO DE 2023.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/887/7a_sessao_ordinaria_04_de_abril_de_2023..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/887/7a_sessao_ordinaria_04_de_abril_de_2023..pdf</t>
   </si>
   <si>
     <t>ATA DA 7ª SESSÃO ORDINÁRIA 04 DE ABRIL DE 2023.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/888/9a_sessao_ordinaria_18_de_abril_de_2023..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/888/9a_sessao_ordinaria_18_de_abril_de_2023..pdf</t>
   </si>
   <si>
     <t>ATA DA 9ª SESSÃO ORDINÁRIA 18 DE ABRIL DE 2023.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/889/10a_sessao_ordinaria_25_de_abril_de_2023..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/889/10a_sessao_ordinaria_25_de_abril_de_2023..pdf</t>
   </si>
   <si>
     <t>ATA DA 10ª SESSÃO ORDINÁRIA 25 DE ABRIL DE 2023.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/890/11a_sessao_ordinaria_02_de_maio_de_2023..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/890/11a_sessao_ordinaria_02_de_maio_de_2023..pdf</t>
   </si>
   <si>
     <t>ATA DA 11ª SESSÃO ORDINÁRIA 02 DE MAIO DE 2023.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/891/12a_sessao_ordinaria_09_de_maio_de_2023..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/891/12a_sessao_ordinaria_09_de_maio_de_2023..pdf</t>
   </si>
   <si>
     <t>ATA DA 12ª SESSÃO ORDINÁRIA 09 DE MAIO DE 2023.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>ATA DA 13ª SESSÃO ORDINÁRIA 16 DE MAIO DE 2023.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>ATA DA 14ª SESSÃO ORDINÁRIA 23 DE MAIO DE 2023.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/894/15a_sessao_ordinaria_30_de_maio_de_2023..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/894/15a_sessao_ordinaria_30_de_maio_de_2023..pdf</t>
   </si>
   <si>
     <t>ATA DA 15ª SESSÃO ORDINÁRIA 30 DE MAIO DE 2023.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/895/16a_sessao_ordinaria_06_de_junho_de_2023..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/895/16a_sessao_ordinaria_06_de_junho_de_2023..pdf</t>
   </si>
   <si>
     <t>ATA DA 16ª SESSÃO ORDINÁRIA 06 DE JUNHO DE 2023.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/896/17a_sessao_ordinaria_13_de_junho_de_2023..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/896/17a_sessao_ordinaria_13_de_junho_de_2023..pdf</t>
   </si>
   <si>
     <t>ATA DA 17ª SESSÃO ORDINÁRIA 13 DE JUNHO DE 2023.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/897/18a_sessao_ordinaria_20_de_junho_de_2023..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/897/18a_sessao_ordinaria_20_de_junho_de_2023..pdf</t>
   </si>
   <si>
     <t>ATA DA 18ª SESSÃO ORDINÁRIA 20 DE JUNHO DE 2023.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/898/19a_sessao_ordinaria_27_de_junho_de_2023.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/898/19a_sessao_ordinaria_27_de_junho_de_2023.pdf</t>
   </si>
   <si>
     <t>ATA DA 19ª SESSÃO ORDINÁRIA 27 DE JUNHO DE 2023.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/899/20a_sessao_ordinaria_04_de_julho_de_2023..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/899/20a_sessao_ordinaria_04_de_julho_de_2023..pdf</t>
   </si>
   <si>
     <t>ATA DA 20ª SESSÃO ORDINÁRIA 04 DE JULHO DE 2023.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/900/21a_sessao_ordinaria_11_de_julho_de_2023..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/900/21a_sessao_ordinaria_11_de_julho_de_2023..pdf</t>
   </si>
   <si>
     <t>ATA DA 21ª SESSÃO ORDINÁRIA 11 DE JULHO DE 2023.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>ASS</t>
   </si>
   <si>
     <t>ATA DE SESSÃO SOLENE</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/880/1a_sessao_solene_01_de_janeiro_de_2023..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/880/1a_sessao_solene_01_de_janeiro_de_2023..pdf</t>
   </si>
   <si>
     <t>ATA DA 01ª SESSÃO SOLENE 01 DE JANEIRO DE 2023.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>PARTC</t>
   </si>
   <si>
     <t>PARECER TRIBUNAL DE CONTAS</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/965/processo_no_2273-2006.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/965/processo_no_2273-2006.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS: PROCESSO Nº 2273/2006 - BALANÇO GERAL DA PREFEITURA MUNICIPAL DE PORTO GRANDE REFERENTE AO EXERCÍCIO DE 2005.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/991/processo_no_2064-2009.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/991/processo_no_2064-2009.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS: Processo nº 2064-2009 - ASSUNTO: PRESTAÇÃO DE CONTAS DO PODER EXECUTIVO MUNICIPAL DE PORTO GRANDE, REFERENTE AO EXERCÍCIO DE 2008.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1026/processo_tc_002451_2004_f3a8bb82_19d7_4328_945a_ed9b6c923760.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1026/processo_tc_002451_2004_f3a8bb82_19d7_4328_945a_ed9b6c923760.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS: Processo TC/002451/2004 - ASSUNTO: PRESTAÇÃO DE CONTAS DO PODER EXECUTIVO MUNICIPAL DE PORTO GRANDE, REFERENTE AO EXERCÍCIO DE 2002.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4699,67 +4699,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/715/plo_01_2023_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/790/ple_002_2023_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/794/ple_003_2023_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/807/projeto_de_lei_no_04.2023-_reajuste_auxiliares_educacionais_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/808/projeto_de_lei_no_005.2023-_piso_salarial_professor_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/816/pl_006-2023-_estrutura_administrativa.pdf.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/818/pl_07_2023_gab_pmpg_16_mai_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/863/projeto_de_lei_no_009.2023-_equiparacao_microscopistas.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/950/pl._no_010_-_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/956/pll_11_2023_gab_pmpg_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1023/loa__012_2023_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1031/pl_013_2023_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1032/pl_14_2023_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1033/pl_15_2023_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1038/pl_16_2023_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/654/pll_01_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/655/pll_02_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/656/pll_03_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/676/pll_04_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/679/pll_05_2023_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/680/pll_06_2023_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/681/pll_07_2023_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/688/pll_09_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/730/pll_10_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/739/pll_11_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/741/pll_12_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/738/pll_13_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/751/pll_14_2023_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/754/pll_15_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/756/pll_16_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/758/pll_17_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/759/pll_18_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/761/pll_19_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/777/pll_20_2023_gab_ver_ruy.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/778/pll_21_2023_gab_ver_ruy.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/785/pll_22_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/788/pll_23_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/787/pll_24_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/786/pll_25_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/811/pl_leg_26_2023_gab_vera_sueli_souza.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/830/pll_27_2023_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/831/pll_28_2023_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/841/pl_30_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/844/pl_31_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/846/pl_33_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/847/pl_34_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/858/pll_35_2023_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/868/pll_36_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/902/pll_37_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/903/pll_38_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/904/pll_39_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/905/pll_40_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/906/pll_41_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/917/pl_42_2023_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/949/pll_43_2023_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1003/pdl_44_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1017/pll_47_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1018/pll_48_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1019/pll_49_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1034/pll_50_2023_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1041/pl_51_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/872/pr_01_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/859/pdl_01_2023_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/999/pdl_02_2023_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1020/pdl_03_2023_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1054/pdl_04_2023_mesa_diretora.pdf.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/652/req_01_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/653/req_02_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/672/req_03_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/700/req_04_2023_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/701/req_05_2023_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/770/req_06_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/771/req_07_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/772/req_08_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/773/req_09_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/779/req_10_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/780/req_11_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/782/req_12_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/795/req_14_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/802/req_n25_ver_ruy.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/803/req_n16_ver_ruy.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/875/req_18_2023_gab_ver_narson_santos.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/908/req_19_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/985/req_20_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/986/req_21_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1002/req_22_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1037/req_23_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/657/ind_01_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/658/ind_02_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/659/ind_03_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/660/ind_04_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/661/ind_05_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/662/ind_06_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/663/ind_07_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/664/ind_08_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/665/ind_09_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/666/ind_10_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/667/ind_11_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/668/ind_12_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/669/ind_13_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/670/ind_14_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/671/ind_15_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/673/ind_16_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/674/ind_17_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/675/ind_18_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/677/ind_19_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/678/ind_20_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/682/ind_21_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/683/ind_22_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/684/ind_23_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/685/ind_24_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/686/ind_25_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/689/ind_26_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/690/ind_27_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/691/ind_28_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/692/ind_29_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/693/ind_30_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/694/ind_31_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/695/ind_32_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/696/ind_33_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/697/ind_34_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/698/ind_35_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/702/ind_36_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/703/ind_37_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/704/ind_38_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/705/ind_39_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/706/ind_40_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/707/ind_41_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/708/ind_42_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/709/ind_43_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/710/ind_44_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/711/ind_45_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/712/ind_46_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/713/ind_47_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/714/ind_48_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/717/ind_49_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/718/ind_50_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/719/ind_51_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/720/ind_52_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/721/ind_53_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/722/ind_54_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/723/ind_55_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/724/ind_56_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/725/ind_57_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/726/ind_58_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/727/ind_59_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/728/ind_60_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/729/ind_61_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/731/ind_62_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/732/ind_63_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/733/ind_64_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/734/ind_65_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/735/ind_66_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/736/ind_67_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/737/ind_68_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/740/ind_69_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/742/ind_70_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/743/ind_71_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/744/ind_72_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/745/ind_73_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/746/ind_74_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/747/ind_75_2023_gab_ver_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/748/ind_76_2023_gab_ver_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/749/ind_77_2023_gab_ver_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/750/ind_78_2023_gab_ver_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/752/ind_79_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/753/ind_80_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/755/ind_81_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/757/ind_82_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/760/ind_83_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/762/ind_84_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/763/ind_85_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/764/ind_86_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/765/ind_87_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/766/ind_88_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/767/ind_89_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/768/ind_90_2023_cmpg.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/769/ind_91__2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/774/ind_92_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/775/ind_93_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/776/ind_94_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/781/ind_95_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/783/ind_96_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/784/ind_97_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/796/ind_98_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/797/ind_99_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/798/ind_100_2023_gab_vera_jolianne.pdf.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/799/ind_101_2023_gab_vera_jolianne.pdf.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/800/ind_n102_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/801/ind_103_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/804/ind_104_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/805/ind_105_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/806/ind_106_2023_gab_ver_rosendi.pdf.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/812/ind_107_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/813/ind_108_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/814/ind_109_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/823/ind_110_2023_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/824/ind_111_2023_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/825/ind_112_2023_gab_ver_ruy.pdf.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/826/ind_113_2023_gab_ver_ruy.pdf.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/832/ind_116_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/833/ind_117_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/835/ind_118_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/836/ind_119_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/842/ind_120_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/843/ind_121_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/848/ind_122_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/849/ind_123_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/850/ind_124_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/851/ind_125_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/852/ind_126_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/853/ind_127_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/854/ind_128_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/862/ind_130_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/865/ind_131_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/866/ind_132_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/867/ind_133_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/869/ind_134_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/870/ind_135_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/871/ind_136_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/873/ind_137_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/876/ind_138_2023_gab_ver_francinaldo.pdf.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/877/ind_139_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/878/ind_140_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/874/ind_141_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/879/ind_142_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/901/ind_143_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/907/ind_144_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/910/ind_145_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/909/ind_146_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/911/ind_147_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/915/ind_149_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/916/ind_150_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/918/ind_151_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/919/ind_152_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/920/ind_153_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/921/ind_154_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/922/ind_155_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/923/ind_156_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/924/ind_157_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/925/ind_158_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/926/ind_159_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/927/ind_160_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/928/ind_161_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/929/ind_162_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/930/ind_163_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/931/ind_164_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/932/ind_165_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/933/ind_166_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/934/ind_167_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/935/ind_168_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/936/ind_169_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/937/ind_170_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/938/ind_171_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/939/ind_172_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/944/ind_173_2023_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/945/ind_174_2023_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/946/ind_175_2023_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/947/ind_176_2023_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/948/ind_177_2023_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/957/ind_178_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/958/ind_179_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/959/ind_180_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/966/ind_181_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/967/ind_182_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/968/ind_183_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/969/ind_184_2023_gab_ver_ruy.pdf.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/970/ind_185_2023_gab_ver_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/971/ind_186_2023_gab_ver_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/972/ind_187_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/973/ind_188_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/974/ind_189_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/975/ind_190_2023_gab_ver_galeno_e_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/976/ind_191_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/977/ind_192_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/978/ind_193_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/981/ind_195_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/982/ind_196_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/983/ind_197_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/984/ind_198_2023_gab_ver_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/992/ind_203_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/993/ind_204_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/994/ind_205_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/995/ind_206_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/996/ind_207_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/997/ind_208_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/998/ind_209_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1005/ind_212_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1006/ind_213_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1007/ind_214_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1008/ind_215_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1011/ind_217_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1012/ind_218_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1013/ind_219_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1014/ind_220_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1015/ind_221_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1016/ind_222_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1024/ind_223_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1025/ind_224_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1027/ind_225_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1028/ind_226_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1029/ind_227_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1040/ind_228_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1043/ind_229_2023_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1049/ind_230_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/699/mocao_gab_vera_elienai.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/716/mocao_02_2023_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/855/mocao_03_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/856/mocao_04_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/860/mocao_05_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/960/mocao_06_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1039/mocao_07_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1042/mocao_08_2023_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1021/veto_01_2023_ao_pl_039_2023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1022/veto_02_2023_ao_pl_005_2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1082/veto_03_2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/820/par_cjr_ao_pl_05_2023_-_magisterio.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/821/ccf23052023_0001.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/837/par_07_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/838/par_08_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/840/par_09_2023_cag.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/839/par_10_2023_cag.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/941/par_13_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/942/par_14_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/943/par_15_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/955/par_19_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/964/parecer_22_2023_cof.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1044/parecer_23_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1045/parecer_24_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1046/parecer_25_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1047/parecer_26_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1048/parecer_27_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/861/emenda_aditiva_01_2023_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1030/emd_aditiva_02_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1035/emenda_modificativa_03_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1036/emenda_modificativa_04_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/793/mensagem_003_2023_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/809/mensagem_n4_pmpg.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/810/mensagem_n5_pmpg.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/815/pl_n_006-2023_-_estrutura_admintrativa-1-2.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/817/mens._pl_007-contratacao_temporaria_2023.2024.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/864/mensagem_ao_projeto_de_lei_no_009.2023-_equiparacao_microscopistas.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/951/mensagem_ao_pl_01_2023_pmpg.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/881/1a_sessao_ordinaria_14_de_fevereiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/882/2a_sessao_ordinaria_23_de_fevereiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/883/3a_sessao_ordinaria_28_de_fevereiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/884/4a_sessao_ordinaria_07_de_marco_de_2023..pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/885/5a_sessao_ordinaria_14_de_marco_de_2023..pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/886/6a_sessao_ordinaria_21_de_marco_de_2023..pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/887/7a_sessao_ordinaria_04_de_abril_de_2023..pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/888/9a_sessao_ordinaria_18_de_abril_de_2023..pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/889/10a_sessao_ordinaria_25_de_abril_de_2023..pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/890/11a_sessao_ordinaria_02_de_maio_de_2023..pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/891/12a_sessao_ordinaria_09_de_maio_de_2023..pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/894/15a_sessao_ordinaria_30_de_maio_de_2023..pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/895/16a_sessao_ordinaria_06_de_junho_de_2023..pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/896/17a_sessao_ordinaria_13_de_junho_de_2023..pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/897/18a_sessao_ordinaria_20_de_junho_de_2023..pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/898/19a_sessao_ordinaria_27_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/899/20a_sessao_ordinaria_04_de_julho_de_2023..pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/900/21a_sessao_ordinaria_11_de_julho_de_2023..pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/880/1a_sessao_solene_01_de_janeiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/965/processo_no_2273-2006.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/991/processo_no_2064-2009.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1026/processo_tc_002451_2004_f3a8bb82_19d7_4328_945a_ed9b6c923760.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/715/plo_01_2023_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/790/ple_002_2023_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/794/ple_003_2023_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/807/projeto_de_lei_no_04.2023-_reajuste_auxiliares_educacionais_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/808/projeto_de_lei_no_005.2023-_piso_salarial_professor_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/816/pl_006-2023-_estrutura_administrativa.pdf.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/818/pl_07_2023_gab_pmpg_16_mai_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/863/projeto_de_lei_no_009.2023-_equiparacao_microscopistas.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/950/pl._no_010_-_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/956/pll_11_2023_gab_pmpg_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1023/loa__012_2023_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1031/pl_013_2023_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1032/pl_14_2023_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1033/pl_15_2023_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1038/pl_16_2023_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/654/pll_01_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/655/pll_02_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/656/pll_03_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/676/pll_04_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/679/pll_05_2023_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/680/pll_06_2023_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/681/pll_07_2023_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/688/pll_09_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/730/pll_10_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/739/pll_11_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/741/pll_12_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/738/pll_13_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/751/pll_14_2023_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/754/pll_15_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/756/pll_16_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/758/pll_17_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/759/pll_18_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/761/pll_19_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/777/pll_20_2023_gab_ver_ruy.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/778/pll_21_2023_gab_ver_ruy.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/785/pll_22_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/788/pll_23_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/787/pll_24_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/786/pll_25_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/811/pl_leg_26_2023_gab_vera_sueli_souza.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/830/pll_27_2023_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/831/pll_28_2023_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/841/pl_30_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/844/pl_31_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/846/pl_33_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/847/pl_34_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/858/pll_35_2023_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/868/pll_36_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/902/pll_37_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/903/pll_38_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/904/pll_39_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/905/pll_40_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/906/pll_41_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/917/pl_42_2023_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/949/pll_43_2023_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1003/pdl_44_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1017/pll_47_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1018/pll_48_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1019/pll_49_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1034/pll_50_2023_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1041/pl_51_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/872/pr_01_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/859/pdl_01_2023_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/999/pdl_02_2023_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1020/pdl_03_2023_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1054/pdl_04_2023_mesa_diretora.pdf.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/652/req_01_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/653/req_02_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/672/req_03_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/700/req_04_2023_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/701/req_05_2023_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/770/req_06_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/771/req_07_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/772/req_08_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/773/req_09_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/779/req_10_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/780/req_11_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/782/req_12_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/795/req_14_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/802/req_n25_ver_ruy.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/803/req_n16_ver_ruy.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/875/req_18_2023_gab_ver_narson_santos.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/908/req_19_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/985/req_20_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/986/req_21_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1002/req_22_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1037/req_23_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/657/ind_01_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/658/ind_02_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/659/ind_03_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/660/ind_04_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/661/ind_05_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/662/ind_06_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/663/ind_07_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/664/ind_08_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/665/ind_09_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/666/ind_10_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/667/ind_11_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/668/ind_12_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/669/ind_13_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/670/ind_14_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/671/ind_15_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/673/ind_16_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/674/ind_17_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/675/ind_18_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/677/ind_19_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/678/ind_20_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/682/ind_21_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/683/ind_22_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/684/ind_23_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/685/ind_24_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/686/ind_25_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/689/ind_26_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/690/ind_27_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/691/ind_28_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/692/ind_29_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/693/ind_30_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/694/ind_31_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/695/ind_32_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/696/ind_33_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/697/ind_34_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/698/ind_35_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/702/ind_36_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/703/ind_37_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/704/ind_38_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/705/ind_39_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/706/ind_40_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/707/ind_41_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/708/ind_42_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/709/ind_43_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/710/ind_44_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/711/ind_45_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/712/ind_46_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/713/ind_47_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/714/ind_48_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/717/ind_49_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/718/ind_50_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/719/ind_51_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/720/ind_52_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/721/ind_53_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/722/ind_54_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/723/ind_55_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/724/ind_56_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/725/ind_57_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/726/ind_58_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/727/ind_59_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/728/ind_60_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/729/ind_61_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/731/ind_62_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/732/ind_63_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/733/ind_64_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/734/ind_65_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/735/ind_66_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/736/ind_67_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/737/ind_68_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/740/ind_69_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/742/ind_70_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/743/ind_71_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/744/ind_72_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/745/ind_73_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/746/ind_74_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/747/ind_75_2023_gab_ver_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/748/ind_76_2023_gab_ver_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/749/ind_77_2023_gab_ver_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/750/ind_78_2023_gab_ver_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/752/ind_79_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/753/ind_80_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/755/ind_81_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/757/ind_82_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/760/ind_83_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/762/ind_84_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/763/ind_85_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/764/ind_86_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/765/ind_87_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/766/ind_88_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/767/ind_89_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/768/ind_90_2023_cmpg.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/769/ind_91__2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/774/ind_92_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/775/ind_93_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/776/ind_94_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/781/ind_95_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/783/ind_96_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/784/ind_97_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/796/ind_98_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/797/ind_99_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/798/ind_100_2023_gab_vera_jolianne.pdf.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/799/ind_101_2023_gab_vera_jolianne.pdf.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/800/ind_n102_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/801/ind_103_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/804/ind_104_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/805/ind_105_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/806/ind_106_2023_gab_ver_rosendi.pdf.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/812/ind_107_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/813/ind_108_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/814/ind_109_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/823/ind_110_2023_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/824/ind_111_2023_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/825/ind_112_2023_gab_ver_ruy.pdf.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/826/ind_113_2023_gab_ver_ruy.pdf.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/832/ind_116_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/833/ind_117_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/835/ind_118_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/836/ind_119_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/842/ind_120_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/843/ind_121_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/848/ind_122_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/849/ind_123_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/850/ind_124_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/851/ind_125_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/852/ind_126_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/853/ind_127_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/854/ind_128_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/862/ind_130_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/865/ind_131_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/866/ind_132_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/867/ind_133_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/869/ind_134_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/870/ind_135_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/871/ind_136_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/873/ind_137_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/876/ind_138_2023_gab_ver_francinaldo.pdf.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/877/ind_139_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/878/ind_140_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/874/ind_141_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/879/ind_142_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/901/ind_143_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/907/ind_144_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/910/ind_145_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/909/ind_146_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/911/ind_147_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/915/ind_149_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/916/ind_150_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/918/ind_151_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/919/ind_152_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/920/ind_153_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/921/ind_154_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/922/ind_155_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/923/ind_156_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/924/ind_157_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/925/ind_158_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/926/ind_159_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/927/ind_160_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/928/ind_161_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/929/ind_162_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/930/ind_163_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/931/ind_164_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/932/ind_165_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/933/ind_166_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/934/ind_167_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/935/ind_168_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/936/ind_169_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/937/ind_170_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/938/ind_171_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/939/ind_172_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/944/ind_173_2023_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/945/ind_174_2023_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/946/ind_175_2023_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/947/ind_176_2023_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/948/ind_177_2023_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/957/ind_178_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/958/ind_179_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/959/ind_180_2023_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/966/ind_181_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/967/ind_182_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/968/ind_183_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/969/ind_184_2023_gab_ver_ruy.pdf.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/970/ind_185_2023_gab_ver_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/971/ind_186_2023_gab_ver_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/972/ind_187_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/973/ind_188_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/974/ind_189_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/975/ind_190_2023_gab_ver_galeno_e_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/976/ind_191_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/977/ind_192_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/978/ind_193_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/981/ind_195_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/982/ind_196_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/983/ind_197_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/984/ind_198_2023_gab_ver_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/992/ind_203_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/993/ind_204_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/994/ind_205_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/995/ind_206_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/996/ind_207_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/997/ind_208_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/998/ind_209_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1005/ind_212_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1006/ind_213_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1007/ind_214_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1008/ind_215_2023_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1011/ind_217_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1012/ind_218_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1013/ind_219_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1014/ind_220_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1015/ind_221_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1016/ind_222_2023_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1024/ind_223_2023_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1025/ind_224_2023_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1027/ind_225_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1028/ind_226_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1029/ind_227_2023_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1040/ind_228_2023_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1043/ind_229_2023_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1049/ind_230_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/699/mocao_gab_vera_elienai.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/716/mocao_02_2023_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/855/mocao_03_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/856/mocao_04_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/860/mocao_05_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/960/mocao_06_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1039/mocao_07_2023_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1042/mocao_08_2023_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1021/veto_01_2023_ao_pl_039_2023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1022/veto_02_2023_ao_pl_005_2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1082/veto_03_2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/820/par_cjr_ao_pl_05_2023_-_magisterio.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/821/ccf23052023_0001.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/837/par_07_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/838/par_08_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/840/par_09_2023_cag.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/839/par_10_2023_cag.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/941/par_13_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/942/par_14_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/943/par_15_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/955/par_19_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/964/parecer_22_2023_cof.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1044/parecer_23_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1045/parecer_24_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1046/parecer_25_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1047/parecer_26_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1048/parecer_27_2023_cjr.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/861/emenda_aditiva_01_2023_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1030/emd_aditiva_02_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1035/emenda_modificativa_03_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1036/emenda_modificativa_04_2023_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/793/mensagem_003_2023_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/809/mensagem_n4_pmpg.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/810/mensagem_n5_pmpg.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/815/pl_n_006-2023_-_estrutura_admintrativa-1-2.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/817/mens._pl_007-contratacao_temporaria_2023.2024.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/864/mensagem_ao_projeto_de_lei_no_009.2023-_equiparacao_microscopistas.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/951/mensagem_ao_pl_01_2023_pmpg.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/881/1a_sessao_ordinaria_14_de_fevereiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/882/2a_sessao_ordinaria_23_de_fevereiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/883/3a_sessao_ordinaria_28_de_fevereiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/884/4a_sessao_ordinaria_07_de_marco_de_2023..pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/885/5a_sessao_ordinaria_14_de_marco_de_2023..pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/886/6a_sessao_ordinaria_21_de_marco_de_2023..pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/887/7a_sessao_ordinaria_04_de_abril_de_2023..pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/888/9a_sessao_ordinaria_18_de_abril_de_2023..pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/889/10a_sessao_ordinaria_25_de_abril_de_2023..pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/890/11a_sessao_ordinaria_02_de_maio_de_2023..pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/891/12a_sessao_ordinaria_09_de_maio_de_2023..pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/894/15a_sessao_ordinaria_30_de_maio_de_2023..pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/895/16a_sessao_ordinaria_06_de_junho_de_2023..pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/896/17a_sessao_ordinaria_13_de_junho_de_2023..pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/897/18a_sessao_ordinaria_20_de_junho_de_2023..pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/898/19a_sessao_ordinaria_27_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/899/20a_sessao_ordinaria_04_de_julho_de_2023..pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/900/21a_sessao_ordinaria_11_de_julho_de_2023..pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/880/1a_sessao_solene_01_de_janeiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/965/processo_no_2273-2006.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/991/processo_no_2064-2009.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2023/1026/processo_tc_002451_2004_f3a8bb82_19d7_4328_945a_ed9b6c923760.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H401"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="42.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="143.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="143" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>