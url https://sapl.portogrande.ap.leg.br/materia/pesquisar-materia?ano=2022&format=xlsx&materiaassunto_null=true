--- v0 (2025-10-12)
+++ v1 (2026-03-17)
@@ -54,1737 +54,1737 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA EXECUTIVO</t>
   </si>
   <si>
     <t>PMPG</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/436/ple_01_2022_educacao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/436/ple_01_2022_educacao.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE CARGOS, CARREIRA E VENCIMENTOS DOS AUXILARES EDUCACIONAIS DO MUNICIPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/514/pll_02_2.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/514/pll_02_2.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REAJUSTE DO PISO NACIONAL SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/515/pll_03.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/515/pll_03.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR CONTRATOS ADMINISTRATIVOS TEMPORÁRIO PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO-SEMED, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/533/ldo_2023.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/533/ldo_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTARIAS - LDO, PARA A ELABORAÇÃO DA LEI ORÇAMENTARIA ANUAL - LOA DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/560/pl_6.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/560/pl_6.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL DA PROCURADORIA GERAL DO MUNICIPIO DE PORTO GRANDE NOS TERMOS DO ART. 102, PARAGRAFO UNICO DA LEI ORGÂNICA DO MUNICIPIO E ALTERA DISPOSITIVO CONSTANTE NO ANEXO I E II DA LEI 475/2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/562/pl_7.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/562/pl_7.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO DE UM ENGENHEIRO CIVIL PARA ATENDER A NECESSIDADE TEMPÓRARIA DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO INCISO IX DO ART. 37 DA  CONSTITUIÇÃO FEDERAL, E DÁ OTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/576/ple_08_2022.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/576/ple_08_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de cargo Fiscal de Obras para contrato temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da Constituição Federal, e dá outras providências".</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/600/plo_09_2022_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/600/plo_09_2022_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, EM OBSERVÂNCIA AO DETERMINADO NA LEI ESTADUAL Nº 2654 DE 24 DE ABRIL DE 2022, NOS ART. 41º INCISO II, ART. 42º E ART. 43º DA LEI FEDERAL Nº 4.320, DE 17 DE MARÇO DE 1964; BEM COMO A LEI MUNICIPAL 518 DE 27 DE DEZEMBRO DE 2021.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/622/loa1_merged.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/622/loa1_merged.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PORTO GRANDE, PARA O EXERCÍCIO DE 2023. LOA.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/623/pl_11_2022_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/623/pl_11_2022_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NA ESTRUTURA ORGANIZACIONAL DA SECRETARIA MUNICIPAL DE SAÚDE E SECRETARIA MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE PORTO GRANDE NOS TERMOS DO INCISO I DO ART. 76 DA LEI ORGÂNICA MUNICIPAL E ALTERA DISPOSITIVO CONSTANTE NO ANEXO II DA LEI 475/2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/625/pl_12_2022_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/625/pl_12_2022_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL PARA AQUISIÇÃO DE 01 (UM) TERRENO URBANO PARA CONSTRUÇÃO DA SEDE DEFINITIVA DA CÂMARA DOS VEREADORES NO MUNICÍPIO DE PORTO GRANDE PARA ATENDER AS FINALIDADES PRECÍPUAS DA ADMINISTRAÇÃO PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/627/pl_13_2022_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/627/pl_13_2022_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE ÁREA PÚBLICA PARA A CONSTRUÇÃO DA FAZENDA DA ESPERANÇA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/634/projeto_de_lei_no_014_-__eleicao_de_diretores_escolares_-_2022.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/634/projeto_de_lei_no_014_-__eleicao_de_diretores_escolares_-_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROCESSO DE ESCOLHA DE CANDIDATO AO CARGO EM COMISSÃO DE DIRETOR E VICE-DIRETOR DAS ESCOLAS DA REDE MUNICIPAL DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA LEGISLATIVO</t>
   </si>
   <si>
     <t>PROFESSOR NELSON</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/422/pl_01_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/422/pl_01_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>RESPONSABILIZA ALUNO POR ATOS DE VANDALISMO EM PATRIMÔNIO ESCOLAR E DESTRUIÇÃO DE MOBILIÁRIO ESCOLAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/445/pll_02_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/445/pll_02_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>"CRIA A HOMENAGEM "PROFESSOR DESTAQUE DO ANO" NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/446/pll_03_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/446/pll_03_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>"CRIA O DIPLOMA ALUNO NOTA 10, PARA HOMENAGEAR ESTUDANTES DO ENSINO FUNDAMENTAL E MÉDIO DAS REDES ESTADUAL E MUNICIPAL DE ENSINO DO MUNICÍPIO DE PORTO GRANDE, NA FORMA ESTABELECIDA NESTA LEI E DÁ OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/456/pll_04_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/456/pll_04_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>"CRIA NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE A LEI DE INCENTIVO AO ARTESANATO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>NAINHA SANTANA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/470/pll_05_2022_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/470/pll_05_2022_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>"CRIA O PROGRAMA DE INCENTIVO À AVICULTURA E PISCICULTURA NO MUNICÍPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/471/pll_06_2022_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/471/pll_06_2022_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O FORNECIMENTO DE ABSORVENTES HIGIÊNICOS NAS ESCOLAS PÚBLICAS DO MUNICÍPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/472/pll_07_2022_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/472/pll_07_2022_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROJETO UMA CRIANÇA, UMA ÁRVORE."</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/473/pll_08_2022_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/473/pll_08_2022_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>"CRIA O PROGRAMA AMBULATORIAL DE SAÚDE MENTAL PÓS-COVID, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/474/pll_09_2022_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/474/pll_09_2022_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA DE DISTRIBUIÇÃO GRATUITA DE ABSORVENTES HIGIÊNICOS EM UNIDADES DA REDE MUNICIPAL DE SAÚDE."</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/477/pll_10_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/477/pll_10_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A CRIAR ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E SAÚDE O PROGRAMA DE PREVENÇÃO E CONTROLE DO DIABETES NAS CRIANÇAS E ADOLESCENTES MATRICULADOS NAS CRECHES E DEMAIS ESTABELECIMENTOS DA REDE PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/478/pll_11_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/478/pll_11_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO DO MUNICÍPIO DE PORTO GRANDE A CRIAR O FESTIVAL DE MÚSICA POPULAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/479/pll_12_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/479/pll_12_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>ESTABELECE MEDIDAS E PROCEDIMENTOS PARA OS CASOS DE VIOLÊNCIA CONTRA PROFISSIONAIS DA EDUCAÇÃO OCORRIDOS NAS UNIDADES EDUCACIONAIS DA REDE PÚBLICA E PARTICULAR DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/480/pl_13_2022.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/480/pl_13_2022.pdf</t>
   </si>
   <si>
     <t>DENOMINA A ARENA DE GRAMA SINTÉTICA DA PRAÇA RAIMUNDO CAVALCANTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/481/pll_14_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/481/pll_14_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMINHADA EM PROL DA CONSCIENTIZAÇÃO DO AUTISMO NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/482/pll_15_2022_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/482/pll_15_2022_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A GARANTIA DE QUE AGRESSORES DE MULHERES NÃO POSSAM ASSUMIR CARGOS PÚBLICOS NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/483/pll_16_2022_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/483/pll_16_2022_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>"DETERMINA A OBRIGATORIEDADE DE AFIXAÇÃO DE PLACA INFORMATIVA EM OBRA PÚBLICA PARALISADA NO MUNICÍPIO, CONTENDO A EXPOSIÇÃO DOS MOTIVOS DE SUA INTERRUPÇÃO COM DADOS DO ÓRGÃO RESPONSÁVEL E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/499/pll_17_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/499/pll_17_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE UM COMPLEXO DE REFERÊNCIA E ATENDIMENTO ESPECIALIZADO ÀS PESSOAS COM E  TRANSTORNO DO ESPECTRO AUTISTA (TEA) E PESSOAS SÍNDROME DE DOWN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/500/pll_18_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/500/pll_18_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DO "PROGRAMA MÉDICO NAS CRECHES" NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/501/pll_19_2022_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/501/pll_19_2022_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO O PRÊMIO MULHERES EMPREENDEDORAS DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/502/pll_20_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/502/pll_20_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI A OBRIGATORIEDADE DA REALIZAÇÃO DE TESTES QUE FACILITAM DETECTAR O TRANSTORNO DE ESPECTRO AUTISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/503/pll_21_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/503/pll_21_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA "ESCOLA SEGURA", QUE TORNA NECESSÁRIO O USO DE MEDIDAS E EQUIPAMENTOS MÍNIMOS DE SEGURANÇA NOS  ESTABELECIMENTOS DE ENSINO NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/509/pdl_22_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/509/pdl_22_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A CRIAR O CURSO PREPARATÓRIO PARA O PRÉ-ENEM, PRÉ-VESTIBULAR E CONCURSOS PÚBLICOS GRATUITO NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>ALEX LOPES</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/511/pdl_23_2022_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/511/pdl_23_2022_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ISENÇÃO NO PAGAMENTO DE IPTU ÀS PESSOAS PORTADORAS DO CÂNCER E DOENÇAS DEGENERATIVAS OU SEUS RESPONSÁVEIS LEGAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/512/pdl_24_2022_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/512/pdl_24_2022_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXECUÇÃO DO HINO NACIONAL E DO HINO DO MUNICÍPIO DE PORTO GRANDE NAS ESCOLAS DE ENSINO FUNDAMENTAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/520/pll_25_2022_gab_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/520/pll_25_2022_gab_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE PISTA DE SKATE, EM LOCAIS APROPRIADOS, EM PRAÇAS E ÁREAS DE LAZER DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/536/pll_26_2022_gab_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/536/pll_26_2022_gab_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DE USO DOS VEÍCULOS OFICIAIS, NO MUNICÍPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>RUY ANDRADE</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/541/pll_27_2022_gab_ver_ruy_andrade.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/541/pll_27_2022_gab_ver_ruy_andrade.pdf</t>
   </si>
   <si>
     <t>"INSTITUI A SEMANA DO BEBÊ NO MUNICÍPIO DE PORTO GRANDE/AP E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/556/pll_28_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/556/pll_28_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO O "PRÊMIO MULHERES EMPREENDEDORAS DE PORTO GRANDE" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/595/pl_29_20222_gab_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/595/pl_29_20222_gab_nainha.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O DIA DO EVANGÉLIO NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/610/pll_30_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/610/pll_30_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DOS SERVIÇOS DE TRANSPORTE PÚBLICO COLETIVO DO MUNICÍPIO DE PORTO GRANDE, PARA ESTUDANTES DA ZONA RURAL EM DIAS DO EXAME NACIONAL DO ENSINO MÉDIO (ENEM) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/618/pll_31_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/618/pll_31_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO DE SEGURANÇA NAS ESCOLAS PÚBLICAS MUNICIPAIS E CRECHES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/619/pll_32_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/619/pll_32_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DE SERVIÇOS DE PSICOLOGIA E ASSISTENTE SOCIAL NAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DO ENSINO BÁSICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/620/pll_33_2022_gab_ver_ruy.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/620/pll_33_2022_gab_ver_ruy.pdf</t>
   </si>
   <si>
     <t>OBRIGA AS EMPRESAS QUE FIRMAREM CONTRATOS COM O EXECUTIVO MUNICIPAL DE REFORMAS DE PRÉDIOS PÚBLICOS, PRAÇAS E LOGRADOUROS A DEVOLVER MATERIAIS NÃO REUTILIZÁVEIS NA OBRA A PREFEITURA E AUTORIZA O EXECUTIVO MUNICIPAL A DOAÇÃO DE MATERIAL DE CONSTRUÇÃO A PESSOAS CARENTES EM SITUAÇÃO EMERGENCIAL DE NATUREZA HABITACIONAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/425/pl_01_2022_mesa_horario.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/425/pl_01_2022_mesa_horario.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO HORÁRIO DA SESSÃO DE REALIZAÇÃO DAS SESSÕES ORDINÁRIAS DA CÂMARA MUNICIPAL DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/604/pr_02_eleicao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/604/pr_02_eleicao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ANTECIPAÇÃO DA ELIEÇÃO DA MESA DIRETORA DA CÂMARA MUNICIPAL DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/605/pr_03_sede.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/605/pr_03_sede.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A TRANSFERÊNCIA TEMPORÁRIA DA SEDE DA CÂMARA DE VEREADORES DE PORTO GRANDE, COM TODA A EQUIPE DE TRABALHO E SERVIÇO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/632/ccf06122022_0001.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/632/ccf06122022_0001.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o pagamento dos valores retroativos referentes ao reajuste de acordo pelo art. 7º da Lei 490/2020 e dá outras providências.”</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>MESA DIRETORA CMPG</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/497/pdl_01_2022_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/497/pdl_01_2022_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DA PREFEITURA MUNICIPAL DE PORTO GRANDE DO EXERCÍCIO DE 2005."</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/</t>
   </si>
   <si>
     <t>“CONCEDE TÍTULO DE CIDADÃO PORTOGRANDENSE A VOSSA EXCELÊNCIA JUIZ FEDERAL JOÃO BOSCO COSTA SOARES DA SILVA, NOS TERMOS DA SOLICITAÇÃO DO PREFEITO MUNICIPAL DE PORTO GRANDE ENCAMINHADA POR MEIO DO OFICIO Nº 1269/2022-PMPG E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>GURI DO MATAPI</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/423/req_01_2022_gab_ver_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/423/req_01_2022_gab_ver_guri.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A MANUTENÇÃO NA COLÔNIA AGRÍCOLA DO MATAPI DA LINHA B, C, G, H E PIAÇACÁ.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/424/req_02_2022_gab_ver_guri_-_sugere_a_compra_de_tablets_para_registro_e_transmissao_on-line_de_dados_recolhidos_pelos_agentes_comunitarios....pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/424/req_02_2022_gab_ver_guri_-_sugere_a_compra_de_tablets_para_registro_e_transmissao_on-line_de_dados_recolhidos_pelos_agentes_comunitarios....pdf</t>
   </si>
   <si>
     <t>SUGERE A COMPRA DE TABLETS PARA REGISTRO E TRANSMISSÃO "ON-LINE" DE DADOS RECOLHIDOS PELOS AGENTES COMUNITÁRIOS DE SAÚDE E PELOS AGENTES DE COMBATE ÀS ENDEMIAS.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>JOLIANNE FONTENELE</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/426/req_03_22_gab_vera_joliane.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/426/req_03_22_gab_vera_joliane.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONCEDIDO AO PRESIDENTE DO SINDICATO MUNICIPAL DOS SERVIDORES PÚBLICOS EDNELSON CARDOSO DE SOUSA PARA USAR A TRIBUNA NA PRÓXIMA SESSÃO ORDINÁRIA NA CÂMARA MUNICIPAL DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/427/ccf24022022_0001.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/427/ccf24022022_0001.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A GESTÃO FORNEÇA OS EP'IS ADEQUADOS PARA O ACE (AGENTE COMUNITÁRIO DE ENDEMIAS).</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>GALENO DO VILA NOVA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/429/req_05_2022_gab_ver_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/429/req_05_2022_gab_ver_galeno.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA DISPONIBILIZADO UMA ÁREA ATRÁS DO BALNEÁRIO MUNICIPAL PARA A CRIAÇÃO DE UM PARQUE PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/430/req_06_2022_gab_ver_ruy_andrade.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/430/req_06_2022_gab_ver_ruy_andrade.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS A GERENTE DO CRAS E AS ASSISTENTES SOCIAIS DO MUNICÍPIO DE PORTO GRANDE PELO BRILHANTE TRABALHO DURANTE A PANDEMIA DA COVID-19.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/437/req_07_2022_gab_ver_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/437/req_07_2022_gab_ver_galeno.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA INFORMADO PELA SECRETÁRIA DE SAÚDE INFORMAÇÕES SOBRE A UBS DO DISTRITO DO CUPIXI.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/438/req_08_2022_gab_ver_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/438/req_08_2022_gab_ver_galeno.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UMA LIMPEZA COM REMOÇÃO DE ENTULHO NO FINAL DA AVENIDA JANARY NUNES SENTIDO TRAPICHE.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/439/req_09_2022_gab_ver_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/439/req_09_2022_gab_ver_galeno.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UMA REPOSIÇÃO DE LUZES NA PRAÇA JOSÉ WILSON (SUBSTAÇÃO).</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/440/req_10_2022_gab_ver_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/440/req_10_2022_gab_ver_galeno.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UMA REPOSIÇÃO DE LUZES PARA A QUADRA ESPORTIVA DO VILA NOVA.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/441/req_11_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/441/req_11_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>APRESENTA MONÇÃO DE APLAUSOS E RECONHECIMENTO A SENHORA IVANEIDE VILHENA DE CASTRO OLIVEIRA SECRETÁRIA MUNICIPAL DE EDUCAÇÃO E TODA SUA EQUIPE GESTORA DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, PELOS RELEVANTES SERVIÇOS PRESTADOS AO DESENVOLVIMENTO E VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO DE NOSSO MUNICIPIO.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/442/req_12_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/442/req_12_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>APRESENTA MONÇÃO DE APLAUSOS E RECONHECIMENTO A SENHORA ESMERALDA DE OLIVEIRA MONTE NEGRO SECRETÁRIA MUNICIPAL DE SAÚDE E TODA SUA EQUIPE GESTORA OPERACIONAL DA SECRETARIA MUNICIPAL DE SAÚDE, PELOS RELEVANTES SERVIÇOS PRESTADOS A NOSSA COMUNIDADE DIANTE AO PANDEMIA COVID - 19.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/443/req_13_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/443/req_13_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA ATRAVÉS DA DE SECRETARIA DE ASSISTÊNCIA SOCIAL A POSSIBILIDADE DE CONCESSÃO DE CESTAS BÁSICAS, EM CARÁTER EMERGENCIAL, ÀS FAMÍLIAS EM SITUAÇÃO DE SITUAÇÃO DE VULNERABILIDADE SOCIAL, AFETADAS PELAS INÍCIOS DAS CHEIAS DO RIO ARAGUARI E AMAPAR.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/444/req_14_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/444/req_14_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>APRESENTA MONÇÃO DE APLAUSOS E RECONHECIMENTO A SENHORA PRIMEIRA DAMA DO MUNICIPIO DENISE DA GLÓRIA VIANA HENRIQUES, NA ÉPOCA GERENTE DA CLINICA INFANTIL – CREAP-AP – FISIOTERAPEUTA, PELA PARCERIA DO CREAP INTINERANTE NO MUNICIPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/447/req_15_2022_gab_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/447/req_15_2022_gab_guri.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A AQUISIÇÃO DE UMA CADEIRA E DOS EQUIPAMENTOS ODONTOLÓGICOS PARA A UBS DA COLÔNIA AGRÍCOLA DO MATAPÍ.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/448/req_16_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/448/req_16_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSTRUIDO COM URGÊNCIA UM BANHEIRO COM ACESSIBILIDADE PARA FUNCIONÁRIOS E USUÁRIOS DO PROGRAMA AUXILIO BRASIL E CADASTRO ÚNICO.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/449/req_17_2022_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/449/req_17_2022_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE INFORMAÇÃO SOBRE O CONVÊNIO DE TERCEIRIZAÇÃO DA COLETA DE LIXO CELEBRADO COM A EMPRESA TRATALIX, COM COPIA DO CONTRATO, ATAS E PARECERES DA CPL DO PROCESSO LICITATÓRIO E DEMAIS INFORMAÇÕES DO REFERIDO INSTRUMENTO.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/450/req_18_2022_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/450/req_18_2022_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE INFORMAÇÃO SOBRE A FOLHA ANALÍTICA DA SECRETÁRIA DE EDUCAÇÃO REFERENTE AO ANO DE 2021 E OS MESES CORRENTES DESSE ANO DE 2022.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>AMIGO DOMINGOS</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/451/req_19_2022_ver_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/451/req_19_2022_ver_domingos.pdf</t>
   </si>
   <si>
     <t>I - Reiterar o pedido formulado por intermédio do Requerimento n° 005/2021 de 09/03/2021, encaminhado ao Poder Executivo Municipal e por este recebido. "REQUER QUE SEJA FEITO EM CARÁTER DE URGÊNCIA A ILUMINAÇÃO PÚBLICA NA PONTE QUE DA ACESSO AO BAIRRO BRASIL TROPICAL."</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/452/req_20_2022_gab_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/452/req_20_2022_gab_alex.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS QUE A GESTÃO RESTABELEÇA EM CARATER DE URGÊNCIA O FORNECIMENTO DE REMÉDIOS PARA ATENDER A O HOSPITAL MARIA LÚCIA.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/453/req_21_2022_gab_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/453/req_21_2022_gab_nelson.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A MANUTENÇÃO DA LINHA "H" EM TODA A SUA EXTENSÃO, POIS O ACESSO ESTÁ IMPOSSIBILITANDO A PASSAGEM DE CAMINHÃO DA FEIRA, VEÍCULOS E MOTOS, DIFICULTANDO A VIDA DOS AGRICULTORES QUE RESIDEM NA LOCALIDADE, EM FUNÇÃO QUE A ESTRADA SE ENCONTRA QUASE INTERDITADA EM ALGUNS LOCAIS.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/462/req_22_2022_gab_ver_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/462/req_22_2022_gab_ver_galeno.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UM SERVIÇO DE REPARO NA TRAVESSA 12 DE MAIO NO BAIRRO DAS MALVINAS.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/463/req_23_2022_gab_ver_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/463/req_23_2022_gab_ver_galeno.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO UM SERVIÇO DE REPARO NA RUA SANTOS DRUMONTT TRECHO QUE SAI DA TANCREDO NEVES PARA O AEROPORTO.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/464/req_24_2022_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/464/req_24_2022_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>VENHO REQUERER PEDIDO DE INFORMAÇÃO SOBRE O EMPENHO Nº 225038 QUE TRATA DA LOCAÇÃO DE VEICULOS PARA ATENDER A SECRETÁRIA DE ADMINISTRAÇÃO (SEMAD) NO VALOR DE R$ 7.500,00 REAIS, COM RESPECTIVA COPIA DO CONTRATO 123/2021, ATA, DESCRIÇÃO DO VEICULO, SERVIÇO PRESTADO, E TODAS AS DEMAIS INFORMAÇÕES E PERTINENTES A ESSA PRESTAÇÃO DE SERVIÇOS.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/465/req_25_2022_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/465/req_25_2022_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>VENHO REQUERER PEDIDO DE INFORMAÇÃO SOBRE O EMPENHO Nº 225039 QUE TRATA DA LOCAÇÃO DE VEICULOS PARA ATENDER A SECRETÁRIA DE INFRAESTRUTURA (SEMIDUR) NO VALOR DE R$ 11.500,00 REAIS, COM RESPECTIVA COPIA DO CONTRATO 123/2021, ATA, DESCRIÇÃO DO VEICULO, SERVIÇO PRESTADO, E TODAS AS DEMAIS INFORMAÇÕES E PERTINENTES A ESSA PRESTAÇÃO DE SERVIÇOS.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/468/req_26_2022_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/468/req_26_2022_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A GESTÃO FAÇA UMA FORÇA TAREFA COM SUAS RESPECTIVAS SECRETARIAS NO QUE CABE O ENFRENTAMENTO A ESSA PRAGA DO CARAMUJO AFRICANO EM NOSSO MUNICÍPIO, QUE VEM SE TORNANDO QUESTÃO DE SAÚDE PÚBLICA.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/469/req_27_2022_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/469/req_27_2022_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A GESTÃO FAÇA FUNCIONAR O JÁ INAUGURADO CENTRO DE ATENÇÃO PSICOSSOCIAL (CAPS).</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/485/req_28_2022_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/485/req_28_2022_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A GESTÃO FAÇA PARCERIA COM INSTITUTOS E ORGÃOS DE QUALIFICAÇÃO PROFICIONAL COMO "SISTEMA S" DIANTE DA ESPECULAÇÃO DE IMPLATAÇÃO DE EMPREENDIMENTOS MINERAL EM NOSSSO MUNICIPÍO.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/492/req_29_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/492/req_29_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>REQUER O COMPARECIMENTO DO SUPERINTENDENTE REGIONAL DO INSTITUTO NACIONAL DE COLONIZAÇÃO E REFORMA AGRÁRIA- (INCRA) - AMAPÁ PARA PRESTAR ESCLARECIMENTOS POR CERCA DE 40 MINUTOS NO DIA 17 DE MAIO AS 18:30 HORAS, NA CAMARA MUNICIPAL DE PORTO GRANDE, SOBRE O TRABALHO ORA DESENVOLVIDO PELO REFERIDO ORGÃO EM NOSSO MUNICIPIO.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/493/req_30_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/493/req_30_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO DE UMA SESSÃO ITINERANTE NO DISTRITO DO CUPIXI NO DIA 28 DE MAIO DE 2022 ÀS 09:00 HORAS, NO CENTRO COMUNITÁRIO, NOS TERMOS DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/494/req_31_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/494/req_31_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>REQUER O COMPARECIMENTO DO CHEFE DO NGI - CENTRAL - PAQUE NACIONAL MONTANHA DO TUMUCUMAQUE PARA PRESTAR ESCLARECIMENTOS POR CERCA DE 40 MINUTOS NO DIA 24 DE MAIO ÀS 18:30 HORAS, NA CAMARA MUNICIPAL DE PORTO GRANDE, SOBRE O TRABALHO ORA DESENVOLVIDO PELO REFERIDO ORGÃO EM NOSSO MUNICIPIO.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/507/req_32_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/507/req_32_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REALIZADO A CONTRATAÇÃO DE ESTUDO TÉCNICO PARA VIABILIZAR A CONTRATAÇÃO DE MÉDICO ESPECIALISTA EM NEUROPEDIATRIA PARA ATENDER A REDE MUNICIPAL DE SAÚDE DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/508/req_33_2022_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/508/req_33_2022_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A MESA DIRETORA, OU ATO DA PRESIDÊNCIA DESSA CASA LEGISLATIVA, BASEADO NA LEI ORGÂNICA NA SEÇÃO IV QUE TRATA DO JULGAMENTO DO PREFEITO NO SEU ARTIGO 98, E PELA LEI FEDERAL 2001/67, QUE POSSA INSTAURAR PROCESSO DE JULGAMENTO DO CHEFE DO EXECUTIVO, TENDO EM VISTA QUE O MESMO JÁ SE ENCONTRA AFASTADO PELA JUSTIÇA, E CABE A CÂMARA AGORA, FAZER O SEU PAPEL DENTRO DO PROCESSO LEGISLATIVO.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/510/req_34_2022_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/510/req_34_2022_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A GESTÃO CUMPRA A LEI EM CONFORMIDADE COM A EMENDA CONSTITUCIONAL 120/2022 QUE ESTABELECE O PISO SALARIAL DOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E DOS AGENTES COMUNITÁRIOS DE ENDEMIAS (ACE) QUE PASSA A SER NO VALOR DE R$ 2.424,00 (DOIS MIL QUATROCENTOS E VINTE E QUATRO REAIS) COMO DETERMINA A NOVA LEI.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/513/req_35_2022_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/513/req_35_2022_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A GESTÃO PRESTA INFORMAÇÕES SOBRE OS TRÊS CAMINHÕES COMPACTADORES DE LIXO, QUE CHEGARAM RECENTEMENTE COMPRADOS COM VERBA FEDERAL E ESTÃO À DISPOSIÇÃO DE UMA EMPRESA PRIVADA (TRATALIX). VENHO REQUERER O FORMATO DE PARCERIA CELEBRADO NESSE CONTRATO.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/540/req_36_gab_ver_ruy_andrade.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/540/req_36_gab_ver_ruy_andrade.pdf</t>
   </si>
   <si>
     <t>CONVIDA O SENHOR AUGUSTO DANTAS, DIRETOR PRESIDENTE EQUATORIAL ENERGIA - AP QUE, VENHA FAZER O USO DA TRIBUNA DESTA CASA DE LEIS POR 20 MINUTOS, NA SESSÃO ORDINÁRIA DO DIA 16 DE AGOSTO AS 18:00HS.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/569/req_37_2022_gab_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/569/req_37_2022_gab_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>VENHO REQUERER PEDIDO DE INFORMAÇÃO SOBRE O CONTRATO Nº 198/2022 PMPG, ORDEM DE SERVIÇO Nº 019/2022 DA SEMIDUR. INFORMAÇÕES SOBRE A ORIGEM DO RECURSO, ATA, CÓPIA DO CONTRATO DA REFERIDA OBRA, (CONSTRUÇÃO DO PÍER - PONTO DE ATRACAÇÃO DE PORTO GRANDE-AP).</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/431/ind_01_2022_gab_ver_ruy_andrade.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/431/ind_01_2022_gab_ver_ruy_andrade.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO JUNTO À SECRETARIA MUNICIPAL DE INFRAESTRUTURA A CONSTRUÇÃO DO MURO DO CENTRO ESPECIALIZADO EM REABILITAÇÃO – CER, DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/457/ind_02_2022_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/457/ind_02_2022_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JACK HOUAT HARB, QUE SEJA REALIZADO COM URGÊNCIA A IMPLANTAÇÃO DE UM CENTRO DE HEMODIÁLISE NO HOSPITAL MARIA LÚCIA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/458/ind_03_2022_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/458/ind_03_2022_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE, QUE SEJA VIABILIZADO UMA EMENDA PARLAMENTAR, PARA A IMPLANTAÇÃO DE MAIS UM POLO DO PROJETO PASSAPORTE PARA A VITÓRIA, DO INSTITUTO LÉO MOURA.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/459/ind_04_2022_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/459/ind_04_2022_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR VINICIUS GURGEL, QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A CONSTRUÇÃO DO CENTRO CULTURAL DA JUVENTUDE NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/460/ind_05_2022_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/460/ind_05_2022_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR VINICIUS GURGEL, QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A CONSTRUÇÃO DE UMA ARENA NO CT DA LIGA DESPORTIVA DE PORTO GRANDE, NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/466/ind_06_2022_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/466/ind_06_2022_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA, APOIO DA GESTÃO PARA EM CONJUNTO COM A COMUNIDADE REVITALIZAR A ARENA DE FUTEBOL DA COLÔNIA AGRÍCOLA DO MATAPI, QUE FICA LOCALIZADO NA LINHA C.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>NARSON SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/467/ind_07_2022_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/467/ind_07_2022_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Excelentíssimo Senhor José Maria Bessa de Oliveira – Prefeito Municipal, que no uso de suas atribuições legais, através do qual, solicito a instalação de Placa Solar para o Moradores de baixar renda da Zona Rural do Município de Porto Grande-AP.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/475/ind_08_2022_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/475/ind_08_2022_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO ILUSTRÍSSIMO SENHOR JOCILDO LEMOS, SUPERINTENDENTE DO PROGRAMA LUZ PARA TODOS NO ESTADO DO AMAPÁ, QUE SEJA VIABILIZADO A IMPLEMENTAÇÃO DA CONTINUIDADE DO PROGRAMA NO ASSENTAMENTO MANOEL JACINTO, AS MARGENS DO RIO ARAGUARI.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/476/ind_09_2022_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/476/ind_09_2022_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE, SENADOR PELO ESTADO DO AMAPÁ, QUE SEJA VIABILIZADO A IMPLEMENTAÇÃO DA CONTINUIDADE DO PROGRAMA LUZ PARA TODOS NO ASSENTAMENTO MANOEL JACINTO, AS MARGENS DO RIO ARAGUARI.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/486/ind_10_2022_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/486/ind_10_2022_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR RANDOLFE RODRIGUES, SENADOR PELO ESTADO DO AMAPÁ, QUE SEJA VIABILIZADO RECURSOS FINANCEIROS ATRAVÉS DE EMENDA PARLAMENTAR PARA CONSTRUÇÃO DE UM TERMINAL RODOVIÁRIO NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/487/ind_11_2022_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/487/ind_11_2022_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA LUCAS CANTUARIA BARRETO, SENADOR PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO UMA EMENDA PARLAMENTAR PARA CONSTRUÇÃO DE UM TERMINAL RODOVIÁRIO NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/488/ind_12_2022_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/488/ind_12_2022_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE, SENADOR PELO ESTADO DO AMAPÁ, QUE SEJA VIABILIZADO RECURSOS FINANCEIROS ATRAVÉS DE EMENDA PARLAMENTAR PARA CONSTRUÇÃO DE UM TERMINAL RODOVIÁRIO NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/489/ind_13_2022_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/489/ind_13_2022_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A EXCELENTÍSSIMA SENHORA ALINE PARANHOS VARONIL GURGEL, DEPUTADA FEDERAL, QUE SEJA VIABILIZADO RECURSOS FINANCEIROS ATRAVÉS DE EMENDA PARLAMENTAR PARA RECONSTRUÇÃO DO PRÉDIO DA PREFEITURA DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/490/ind_14_2022_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/490/ind_14_2022_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A EXCELENTÍSSIMA SENHORA ALINE PARANHOS VARONIL GURGEL, DEPUTADA FEDERAL  PELO ESTADO DO AMAPÁ, QUE SEJA VIABILIZADO RECURSOS FINANCEIROS NO VALOR DE 150,000 (CENTO E CINQUENTA MIL REAIS) DIRECIONADO À SECRETARIA DE CULTURA ATRAVÉS DE EMENDA PARLAMENTAR PARA COMPRAS DE EQUIPAMENTOS DE APOIO A CASA DO ARTESÃO NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/491/ind_15_2022_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/491/ind_15_2022_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE, SENADOR PELO ESTADO DO AMAPÁ, QUE SEJA VIABILIZADO RECURSOS FINANCEIROS ATRAVÉS DE EMENDA PARLAMENTAR PARA RECONSTRUÇÃO DO PRÉDIO DA PREFEITURA DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/504/ind_16_2022_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/504/ind_16_2022_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO ANTÔNIO WALDEZ GÓES DA SILVA, GOVERNADOR DO ESTADO DO AMAPÁ, QUE SEJA REALIZADO COM URGÊNCIA A IMPLANTAÇÃO DE UM CENTRO DE HEMODIÁLISE NO HOSPITAL MARIA LÚCIA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/505/ind_17_2022_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/505/ind_17_2022_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE, SENADOR PELO ESTADO DO AMAPÁ, QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA A CONSTRUÇÃO DE UM CENTRO DE REFERÊNCIA E ATENDIMENTO ESPECIALIZADO ÀS PESSOAS COM TRANSTORNO DE ESPECTRO AUTISTA (TEA) E SÍNDROME DE DOWN, PARA ATENDER NOSSA POPULAÇÃO AUTISTA.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/506/ind_18_2022_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/506/ind_18_2022_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR VINICIUS GURGEL, DEPUTADO FEDERAL PELO AMAPÁ, QUE SEJA LOCADA VERBA DO ORÇAMENTO DA UNIÃO, ATRAVÉS DE EMENDA PARLAMENTAR, PARA CONSTRUÇÃO DE UM CENTRO DE REFERÊNCIA E ATENDIMENTO ESPECIALIZADO ÀS PESSOAS COM TRANSTORNO ESPECTRO AUTISTA (TEA) E SÍNDROME DE DOWN, PARA ATENDER A NOSSA POPULAÇÃO AUTISTA.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/516/ind_19_2022_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/516/ind_19_2022_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA CRIAÇÃO DO PLANO DE CARGOS E CARREIRAS - PCCS E O REGIME JURÍDICO DOS AGENTES COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATE ÀS ENDEMIAS COM FIXAÇÃO SALARIAL, ADICIONAL DE INSALUBRIDADE E APOSENTADORIA ESPECIAL, PARA ATENDER À EMENDA CONSTITUCIONAL 120/2022, QUE ESTABELECE O PISO DE DOIS SALÁRIOS MÍNIMOS AOS ACS'S E ACE'S NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/517/ind_20_2022_gab_vera_jolianne.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/517/ind_20_2022_gab_vera_jolianne.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE PORTO GRANDE PEDRO PAULO QUE SEJA FEITO MANUTENÇÃO, LIMPEZA E TERRAPLANAGEM NA PISTA DO AEROPORTO QUE SE ENCONTRA INTRAFEGÁVEL PELA GRANDE QUANTIDADE DE BURACOS E VALAS, ASSIM TAMBÉM SEJA REALIZADO A TROCA DAS LÂMPADAS DOS POSTES POIS NÃO ESTÃO FUNCIONANDO.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/518/ind_21_2022_gab_vera_jolianne.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/518/ind_21_2022_gab_vera_jolianne.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE PORTO GRANDE PEDRO PAULO QUE SEJA FEITO MANUTENÇÃO E TERRAPLANAGEM DA ESTRADA DO ASSENTAMENTO NOVA COLINA, POIS A MESMA SE ENCONTRA EM ESTADO DE DIFÍCIL ACESSO.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/521/ind_22_2022_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/521/ind_22_2022_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA SENHOR, RANDOLFE RODRIGUES - SENADOR DA REPÚBLICA DO BRASIL - DO PARTIDO REDE SUSTENTABILIDADE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, POSSA ALOCAR UMA EMENDA PARA AQUISIÇÃO DE UMA VIATURA TIPO PICK UP 4x4 PARA ATENDER A POLÍCIA CIVIL DA DELEGACIA DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/522/ind_23_2022_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/522/ind_23_2022_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA SENHOR, PEDRO PAULO DOS SANTOS COSTA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE SEJA REALIZADA A LIMPEZA DA ÁREA QUE FICA ENTRE A ESCOLA ADÃO FERREIRA E A IGREJA NO BAIRRO AEROPORTO.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>SUELI SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/523/ind_24_2022_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/523/ind_24_2022_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA ANTÔNIO WALDEZ GÓES DA SILVA, GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DE RECURSOS PRÓPRIOS, DESTINE VERBA PARA CONSTRUÇÃO DE UMA UTI PARA MÉDIA E COMPLEXA GRAVIDADE NO HOSPITAL MARIA LÚCIA GUIMARÃES.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/524/ind_25_2022_gab_ver_francinaldo.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/524/ind_25_2022_gab_ver_francinaldo.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA- PREFEITO MUNICIPAL DE PORTO GRANDE, QUE SEJA VIABILIZADO A LIMPEZA DA ÁREA PRÓXIMO DO BALNEÁRIO QUE ESTAVA NA POSSE QUE FOI REPASSADO PARA A PREFEITURA E DOAÇÃO DOS LOTES PARA AS FAMÍLIAS CARENTES DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/525/ind_26_2022_gab_ver_francinaldo.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/525/ind_26_2022_gab_ver_francinaldo.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA- PREFEITO MUNICIPAL DE PORTO GRANDE, QUE SEJA VIABILIZADO UM TRATOR DE ESTEIRA PARA A LINHA ''C'' E AS DEMAIS LOCALIDADES RURAIS QUE AINDA NÃO FORAM ATENDIDAS.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/528/ind_27_2022_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/528/ind_27_2022_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA SENHOR LUCAS BARRETO - SENADOR DO ESTADO DO AMAPÁ - DO PARTIDO PSD, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, POSSA ALOCAR UMA EMENDA PARA CONSTRUÇÃO DE UMA PISTA DE SKATE PARQUE PARA PRÁTICA DOS ESPORTES RADICAIS EM NOSSO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/529/ind_28_2022_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/529/ind_28_2022_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR LUCAS CANTUARIA BARRETO, SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, PELO ESTADO DO AMAPÁ, QUE SEJA VIABILIZADO RECURSOS FINANCEIROS ATRAVÉS DE EMENDA PARLAMENTAR NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) PARA A REALIZAÇÃO DO CAMPEONATO MUNICIPAL DE FUTEBOL QUE TEM 15 CLUBES FILIADOS A LIGA DESPORTIVA, ASSIM COMO OS JOGOS INTER BAIRROS QUE TERÁ A PARTICIPAÇÃO DE TODOS OS BAIRROS E DISTRITOS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/530/ind_29_2022_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/530/ind_29_2022_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO ILUSTRÍSSIMO SENHOR JOCILDO LEMOS, SUPERINTENDENTE DO PROGRAMA LUZ PARA TODOS NO ESTADO DO AMAPÁ, QUE O MESMO POSSA NO DIA 16 DE AGOSTO USAR A TRIBUNA DA CASA DE LEIS PARA EXPLICAR A VIABILIZAÇÃO DA IMPLEMENTAÇÃO DO PROGRAMA LUZ PARA TODOS NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/531/ind_30_2022_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/531/ind_30_2022_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, A INSTALAÇÃO DE UMA LOMBADA NA RUA CLÁUDIO JORDÃO DE OLIVEIRA NO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/532/ind_31_2022_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/532/ind_31_2022_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, A LIMPEZA E TERRAPLANAGEM DA RUA PAULO RONALDO TEIXEIRA COM 13 DE OUTUBRO EM TODA A SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/537/ind_32_2022_gab_ver_francinaldo.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/537/ind_32_2022_gab_ver_francinaldo.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE SEJA VIABILIZADO REFORMA E AMPLIAÇÃO DA ESCOLA MUNICIPAL MARANHÃO, NA LINHA "B".</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/538/ind_33_2022_gab_ver_francinaldo.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/538/ind_33_2022_gab_ver_francinaldo.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE SEJA VIABILIZADO REFORMA E AMPLIAÇÃO DA ESCOLA MUNICIPAL DA LINHA "C".</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/539/ind_34_2022_gab_ver_francinaldo.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/539/ind_34_2022_gab_ver_francinaldo.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE SEJA VIABILIZADO REFORMA E AMPLIAÇÃO DA ESCOLA MUNICIPAL ALZIRA DE QUEIROZ, NA LINHA "A".</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/542/ind_35_2022_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/542/ind_35_2022_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, QUE NO USO DE SUA ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL, SOLICITO QUE POSSA DISPONIBILIZAR A ENTREGA DE UM TRATOR DE PNEU TIPO GERICO, COM OS DEVIDOS EQUIPAMENTOS AGRÍCOLAS, PARA A COMUNIDADE DO ASSENTAMENTO NOVA CANAÃ E ADJACÊNCIAS.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/543/ind_36_2022_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/543/ind_36_2022_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, QUE NO USO DE SUA ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL, SOLICITO QUE TOME PROVIDÊNCIAS QUANTO À CONSTRUÇÃO DE UM PONTO DE APOIO PARA A IMPLANTAÇÃO DO ESF PROGRAMA SAÚDE DA FAMÍLIA, NAS LOCALIDADES: NOVA CANAÃ, KM 138, KM 112, LINHA "C" NAS PROXIMIDADES DO PIAÇACA E BRASIL TROPICAL NO  MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/544/ind_37_2022_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/544/ind_37_2022_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, QUE NO USO DE SUA ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL, SOLICITO A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA, NA LINHA H DO MATAPI.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/546/ind_38_2022_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/546/ind_38_2022_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL, SOLICITO A MANUTENÇÃO EM CARÁTER DE URGÊNCIA NO ASSENTAMENTO DO MUNGUBA.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/547/ind_39_2022_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/547/ind_39_2022_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO QUE SEJA FEITO A REFORMA NA CERCA,  ILUMINAÇÃO E NA RAMPA DE ACESSIBILIDADE E ESCADA DE ACESSO DO CEMITERIO DO DISTRITO DO CUPIXI.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/548/ind_39_2022_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/548/ind_39_2022_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE SEJA VIABILIZADO A CONSTRUÇÃO DE UM POSTO DE SAÚDE NO RAMAL DO PIAÇACA.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/549/ind_41_2022_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/549/ind_41_2022_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE, SENADOR DA REPÚBLICA PELO ESTADO DO AMAPÁ, QUE SEJA VIABILIZADO A MANUTENÇÃO E TERRAPLANAGEM DE 60KM, NA COLÔNIA AGRÍCOLA DO MATAPI.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/550/ind_42_2022_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/550/ind_42_2022_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA - PREFEITO MUNICIPAL DE PORTO GRANDE, QUE SEJA VIABILIZADO A REFORMA DA PONTE DA LINHA "H" E A CONSTRUÇÃO DA PONTE DA LINHA "G", NA COLÔNIA AGRÍCOLA DO MATAPI.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/551/ind_43_2022_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/551/ind_43_2022_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO UM ÔNIBUS PARA OS ALUNOS DO IFAP – PORTO GRANDE, PARA O TURNO DA NOITE.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/552/ind_44_2022_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/552/ind_44_2022_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL, SOLICITO UMA AMBULÂNCIA PARA O DISTRITO DO CUPIXI, COM URGÊNCIA.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/553/ind_45_2022_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/553/ind_45_2022_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL, SOLICITO QUE SEJA FEITO A ESCAVAÇÃO DE VIVEIRO PARA A PSICULTURA NO DISTRITO DO CUPIXI.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/554/ind_46_2022_gab_ver_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/554/ind_46_2022_gab_ver_guri.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SR BENEDITO ARISVALDO SOUZA CONCEIÇÃO - SECRETÁRIO DE TRANSPORTE DO ESTADO DO AMAPÁ, QUE SEJA VIABILIZADO A CONSTRUÇÃO DA PONTE NO RAMAL DA GLOBO, NA CÔLONIA AGRICOLA DO MATAPI.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/555/ind_47_2022_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/555/ind_47_2022_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL, SOLICITO MANUTENÇÃO DOS RAMAIS LISTA ABAIXO, SEGUE JUNTO ABAIXO ASSINADO DA COMUNIDADE POR BUSCAS DE MELHORIAS.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/557/ind_48_2022_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/557/ind_48_2022_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL, SOLICITO QUE SEJA FEITO A PAVIMENTAÇÃO COM CALÇAMENTO NO RAMAL DO KM 138.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/558/ind_49_2022_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/558/ind_49_2022_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A EXCELENTÍSSIMA SENHORA PROFESSORA MARCIVÂNIA – DEPUTADA FEDERAL, A POSSIBILIDADE DE VIABILIZAR RECURSOS PARA PAVIMENTAÇÃO DE BLOQUETES NA RUA ANTÔNIO DA SILVA SANTOS A PARTIR DA AV. JOSÉ PONFINO ALVES, NO MUNICÍPIO DE PORTO GRANDE-AP.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/559/ind_50_2022_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/559/ind_50_2022_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A EXCELENTÍSSIMA SENHORA PROFESSORA MARCIVÂNIA – DEPUTADA FEDERAL, A POSSIBILIDADE DE VIABILIZAR RECURSOS PARA AQUISIÇÃO DE UM ÔNIBUS ESCOLAR PARA TRANSPORTE DOS ESTUDANTES DO MATAPI ATÉ O IFAP DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/567/ind_51_2022_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/567/ind_51_2022_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE - SENADOR PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL, SOLICITO EMENDA PARA CONSTRUÇÃO DE UM CAMPUS UNIVERSITÁRIO EM PORTO GRANDE.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/568/ind_52_2022_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/568/ind_52_2022_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR DAVI ALCOLUMBRE - SENADOR PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO EMENDA PARA CONSTRUÇÃO DE ALOJAMENTO PARA ALUNOS DO INSTITUTO FEDERAL DO AMAPÁ- IFAP.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/570/ind_53_2022_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/570/ind_53_2022_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR LUCAS BARRETO – SENADOR PELO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO VERBA PARA AQUISIÇÃO DE UM VEÍCULO PARA DAR APOIO AOS AGENTES COMUNITÁRIOS DE SAÚDE DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/577/ind_54_2022_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/577/ind_54_2022_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO O REPARO DOS BRINQUEDOS DA PRAÇA WILSON RAIMUNDO CRUZ DA SILVA.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/578/ind_55_2022_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/578/ind_55_2022_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA – PREFEITO MUNICIPAL DE PORTO GRANDE, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS, ATRAVÉS DO QUAL SOLICITO A CONSTRUÇÃO DE UMA ESCOLA NO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/593/ind_56_2022_gab_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/593/ind_56_2022_gab_guri.pdf.pdf</t>
   </si>
   <si>
     <t>CAMPO GRAMA SINTÉTICA NO CAMPO DO JUVENTO NA COLÔNIA AGRICOLA DO MATAPI NA LINHA A.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/594/ind_57_2022_gab_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/594/ind_57_2022_gab_guri.pdf.pdf</t>
   </si>
   <si>
     <t>CAMPO COM AREIA, COM MURETA CERCADO, NA LINHA B.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/617/ind_58_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/617/ind_58_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE IMPLEMENTAÇÃO DE MEDIDAS DE INCENTIVO E APOIO FINANCEIRO AOS ATLETAS AMADORES RESIDENTES NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/428/moc_01_22_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/428/moc_01_22_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS AOS ALUNOS DA ESCOLA ESTADUAL MARIA CRISTINA BOTELHO RODRIGUES, POR TEREM ALCANÇADO EXCELENTE NOTA NA REDAÇÃO DO ENEM 2021.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/566/mocao_02_2022_gab_ver_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/566/mocao_02_2022_gab_ver_nainha.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS A DEPUTADA FEDERAL ALINE PARANHOS GURGEL, PELO EXTRAORDINÁRIO DESEMPENHO NO EXERCÍCIO DE SUA FUNÇÃO COMO DEPUTADA FEDERAL, LÍDER DA BANCADA FEDERAL DO ESTADO DO AMAPÁ E NA DEFESA DA LUTA PELOS DIREITOS DAS MULHERES.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/571/mocao_03_2022_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/571/mocao_03_2022_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS AOS PROFESSORES ORIENTADORES GLAUBER DE SOUZA RIBEIRO E MARILETE GAMA DE ALMEIDA.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/572/mocao_04_2022_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/572/mocao_04_2022_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS AS ALUNAS SESDRA LOISE SANTOS DA SILVA, LAURIANE CAMPOS DE OLIVEIRA, E JHESSELEM KETELEM ALVES DE MEDEIROS.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/573/mocao_05_2022_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/573/mocao_05_2022_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS AOS ALUNOS BRENDA JANICE DE ALMEIDA E JHOEY WIDLEY PAIXÃO PEREIRA.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/574/mocao_06_2022_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/574/mocao_06_2022_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS A ROSANGELA SILVA DE SOUZA, GESTORA DA ESCOLA ESTADUAL ELIAS DE FREITAS TRAJANO DE SOUZA.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/592/mocao_07_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/592/mocao_07_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, AOS JOGADORES E COMISSÃO TÉCNICA DA SELEÇÃO MUNICIPAL DE FUTEBOL DO MUNICÍPIO DE PORTO GRANDE, EM HOMENAGEM À BRILHANTE CONQUISTA DE VICE-CAMPEÃO DO CAMPEONATO AMAPAENSE DE FUTEBOL INTERMUNICIPAL 2022.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/596/mocao_08_2022_gab_ver_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/596/mocao_08_2022_gab_ver_domingos.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS AO SENHOR RAIMUNDO DA CONCEIÇÃO MENDES, POR VOTOS DE LOUVOR.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/601/mocao_09_2022_gab_ver_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/601/mocao_09_2022_gab_ver_domingos.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS AO SENHOR MAIXON DA SILVA GOMES, POR VOTOS E LOUVOR.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/602/mocao_10_2022_gab_ver_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/602/mocao_10_2022_gab_ver_domingos.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS A SENHORA ZENILDA DOS SANTOS GOMES, POR VOTOS DE LOUVOR.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/603/mocao_11_2022_gab_ver_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/603/mocao_11_2022_gab_ver_domingos.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS A SENHORA MARIA DAS GRAÇAS SOUZA DA SILVA, POR VOTOS DE LOUVOR.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/606/mocao_12_2022_gab_vera_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/606/mocao_12_2022_gab_vera_jolianne.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SENHOR LUCAS PEREIRA DE ARAÚJO E LORRAN PEREIRA DE ARAÚJO, A SER OS DOIS PRIMEIROS AMAPAENSES A DISPUTAR O CAMPEONATO NACIONAL DE MOTOCROSS BRASILEIRO.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/607/mocao_13_2022_gab_ver_rosendi.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/607/mocao_13_2022_gab_ver_rosendi.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SENHOR PEDRO FURTADO, PELA EXPRESSIVA REPRESENTAÇÃO EM DISPUTAS INTERMUNICIPAIS NO ESPORTE NA MODALIDADE ATLETISMO, EXALTANDO O NOME DE PORTO GRANDE EM TODO O ESTADO.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES A SENHORA ESMERALDA DE OLIVEIRA MONTE NEGRO SECRETÁRIA MUNICIPAL DE SAÚDE COM EXTENSÃO A TODOS OS PROFISSIONAIS DA SAÚDE, PELOS EXCELENTES SERVIÇOS PRESTADOS A POPULAÇÃO DO MUNICIPIO DE PORTO GRANDE, DIANTE DA PANDEMIA DO COVID – 19.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/609/mocao_15_2022_gab_ver_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/609/mocao_15_2022_gab_ver_guri.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS A SENHORA ITALINA DE SOUZA CARVALHO, ASSISTENTE SOCIAL DO MUNICÍPIO DE PORTO GRANDE PELO BRILHANTE TRABALHO DURANTE A PANDEMIA DA COVID-19.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS AO GRUPO SOLIDARIOS, POR VOTOS DE LOUVOR.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS AO EX-PREFEITO E PROFESSOR NONATO, POR VOTOS DE LOUVOR.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS AO SENHOR Aldair da Silva do Nascimento, POR VOTOS DE LOUVOR.</t>
   </si>
   <si>
     <t>615</t>
   </si>
@@ -1797,614 +1797,614 @@
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO SENHOR CELI GARCIA DE SOUZA, PELO RELEVANTE SERVIÇO PRESTADO A ESSE MUNICÍPIO, NO PIONERISMO COM O EMPREDEDORISMO NO RAMO DE RESTAURANTE, HOTELARIA E LANCHONETE, SENDO A PARADA OBRIGATORIA, SEU ESTABELECIMENTO (BOM GOSTO) DESDE A DÉCADA DE 80, NO INÍCIO DESTE MUNICÍPIO, A MAIS DE 35 ANOS DE EXISTÊNCIA.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>RV</t>
   </si>
   <si>
     <t>RAZÕES DO VETO</t>
   </si>
   <si>
     <t>VETO 01/2022 AO PL 007/2022 GAB PMPG</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/432/parecer_pedido-de-informacoes-edital-de-concorrencia--prefeitura-pg-finalizado_1.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/432/parecer_pedido-de-informacoes-edital-de-concorrencia--prefeitura-pg-finalizado_1.pdf</t>
   </si>
   <si>
     <t>DENÚNCIA POR INFRAÇÃO POLÍTICO – ADMINISTRATIVA – PEDIDO DE INFORMAÇÕES SOBRE EDITAL DE CONCORRÊNCIA No 001/2021, COM TODO O PROCESSO LICITATÓRIO, PARECERES DA CPL, PARECERES DA PROCURADORIA DO MUNICÍPIO, DECISÕES, ATAS, ORDENS DE SERVIÇO E DEMAIS DOCUMENTAÇÕES PERTINENTES – REQUERIMENTO DE ABERTURA DE PROCESSO DE CASSAÇÃO DO PREFEITO DO MUNICÍPIO DE PORTO GRANDE/AP POR NÃO ATENDIMENTO DE SOLICITAÇÕES DA CÂMARA – INFRAÇÃO AO DISPOSITIVO DO ART. 96, XVI DA LEI ORGÂNICA DO MUNICÍPIO DE PORTO GRANDE</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>CAG - COMISSÃO DE ASSUNTOS GERAIS</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/454/parecer_02_2022_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/454/parecer_02_2022_cag.pdf</t>
   </si>
   <si>
     <t>PARECER 02/2022 DA COMISSÃO DE ASSUNTOS GERAIS AO PL 01/2022 GAB PMPG.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/455/par_03_2022_comissao_cjr_ao_pl_01_2022_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/455/par_03_2022_comissao_cjr_ao_pl_01_2022_pmpg.pdf</t>
   </si>
   <si>
     <t>PARECER 03/2022 DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PL 01/2022 GAB PMPG.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/461/processo_no_2273-2006.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/461/processo_no_2273-2006.pdf</t>
   </si>
   <si>
     <t>PROCESSO Nº 22273/2006 - TCE / AP</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/495/par_jur_05_2022.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/495/par_jur_05_2022.pdf</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA A LEI ORGÂNICA DO MUNICÍPIO DE PORTO GRANDE Nº 01/2022 PARA ACRESCENTAR O ART. 118-A COM A FINALIDADE DE INSTITUIR O ORÇAMENTO IMPOSITIVO E DISPOR SOBRE A EXECUÇÃO ORÇAMENTÁRIA E FINANCEIRA DA PROGRAMAÇÃO INCLUÍDA POR EMENDAS INDIVIDUAIS DOS MEMBROS DO PODER LEGISLATIVO MUNICIPAL NA LEI ORÇAMENTÁRIA ANUAL GARANTINDO ESSE DIREITO A TODOS OS VEREADORES DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>CJR - COMISSÃO DE JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/496/par_cjr_06_2022.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/496/par_cjr_06_2022.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 06/2022, AO PEM 01/2022</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>PARECER PREVIO Nº 002/2021 DO TRIBUNAL DE CONTAS DO ESTADO DO AMAPÁ_x000D_
  _x000D_
 EMENTA: EMISSÃO DE PARECER PRÉVIO - PRESTAÇÃO DE CONTAS ANUAIS - CUMPRIMENTO DO ART. 212 DA CONSTITUIÇÃO FEDERAL - CUMPRIMENTO DO ART. 60 DO ATO DAS DISPOSIÇÕES CONSTITUCIONAIS TRANSITÁTORIAS - ART. 198, §2, DA CONSTITUIÇÃO FEDERAL C/C O ART. 77, §3º DO ADCT -NÃO EXCEDEU AO LIMITE DE 7% PREVISTO NO ART. 29-A, I, DA CF - LEGALIDADE - LEGITIMIDADE - EXATIDÃO DOS DEMONSTRATIVOS CONTÁBEIS - PARECER PRÉVIO FAVORÁVEL À APROVAÇÃO.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/519/pr_08_2022_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/519/pr_08_2022_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER 08/2022 AO PL Nº 002/2022-GAB/PMPG - DISPÕE SOBRE A CONCESSÃO DE REAJUSTE DE PISO NACIONAL SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/526/ccf14062022_0001.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/526/ccf14062022_0001.pdf</t>
   </si>
   <si>
     <t>PARECER 09/2022-CJR AO PL 003/2022-GAB/PMPG DE 19 DE MAIO DE 2022. AUTORIZA O PODER EXECUTIVO A EFETUAR CONTRATOS ADMINISTRATIVOS TEMPORÁRIOS PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO - SEMED E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/527/ccf14062022.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/527/ccf14062022.pdf</t>
   </si>
   <si>
     <t>PARECER 10/2022-CAG AO PL 003/2022-GAB/PMPG, DE 19 DE MAIO DE 2022. AUTORIZA O PODER EXECUTIVO A EFETUAR CONTRATOS ADMINISTRATIVOS TEMPORÁRIOS PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO - SEMED, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/534/ccf28062022.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/534/ccf28062022.pdf</t>
   </si>
   <si>
     <t>PARECER N° 11 DA COMISSÃO DE JUSTIÇA E REDAÇÃO REFERENTE AO PROJETO DE LEI N° 003/2022- DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS - LDO PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA ANUAL - LOA DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/535/ccf28062022_0001.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/535/ccf28062022_0001.pdf</t>
   </si>
   <si>
     <t>PARECER N° 12 DA COMISSÃO DE ASSUNTOS GERAIS REFERENTE AO PROJETO DE LEI N° 003/2022- DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS - LDO PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA ANUAL - LOA DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/545/ccf30082022.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/545/ccf30082022.pdf</t>
   </si>
   <si>
     <t>PARECER N° 13 DA COMISSÃO DE ASSUNTOS GERAIS REFERENTE AO PL N° 027/2022 CMPG - ¨INSTITUI A SEMANA DO BEBÊ NO MUNICÍPIO DE PORTO GRANDE-AP, E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/564/parecer_14_2022_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/564/parecer_14_2022_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER AO PLO 6/2022 - PROJETO DE LEI ORDINÁRIA EXECUTIVO</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/565/parecer_15_2022_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/565/parecer_15_2022_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER AO PLO 7/2022 - PROJETO DE LEI ORDINÁRIA EXECUTIVO</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/579/pcr_16_2022_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/579/pcr_16_2022_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 16/2022 - CJR REFERENTE AO PROJETO DE LEI COMPLEMENTAR Nº 008/2022 - DISPÕE SOBRE A CRIAÇÃO DE CARGO FISCAL DE OBRAS PARA CONTRATO TEMPORÁRIO DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO ARTIGO 37, IX DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/591/parecer_17_2022_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/591/parecer_17_2022_cag.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROJETO DE LEI COMPLEMENTAR Nº 008/2022 - DISPÕE SOBRE A CRIAÇÃO DE CARGO FISCAL DE OBRAS PARA CONTRATO TEMPORÁRIO DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO ARTIGO 37, IX DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/629/parecer_18_2022_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/629/parecer_18_2022_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER AO PL 009/2022 - PMPG</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/630/parecer_19_2022_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/630/parecer_19_2022_cag.pdf</t>
   </si>
   <si>
     <t>PARECER 19/2022 AO PL 009/2022 - PMPG</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/636/parecer_20_2022_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/636/parecer_20_2022_cag.pdf</t>
   </si>
   <si>
     <t>PARECER AO PL 11 2022 GAB PMPG</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/637/parecer_21_2022_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/637/parecer_21_2022_cag.pdf</t>
   </si>
   <si>
     <t>PARECER AO PL 12/2022 GAB PMPG</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/638/parecer_22_2022_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/638/parecer_22_2022_cag.pdf</t>
   </si>
   <si>
     <t>PACECER AO PL 13 2022 GAB PMPG</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/639/parecer_23_2022_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/639/parecer_23_2022_cag.pdf</t>
   </si>
   <si>
     <t>PARECER AO PR 04 2022 MESA DIRETORA</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/640/parecer_24_2022_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/640/parecer_24_2022_cag.pdf</t>
   </si>
   <si>
     <t>PARECER AO PL 33 2022 GAB VER ROSENDI ANDRADE</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/641/parecer_25_2022_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/641/parecer_25_2022_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER A EMD 02 2022 GAB VER ROSENDI ADRADE</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/642/parecer_26_2022_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/642/parecer_26_2022_cjr.pdf</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/643/parecer_27_2022_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/643/parecer_27_2022_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER AO PL 12 2022 GAB PMPG</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/644/parecer_28_2022_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/644/parecer_28_2022_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER AO PL 13 2022 GAB PMPG</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/645/parecer_29_2022_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/645/parecer_29_2022_cjr.pdf</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/647/par_30_2022_comissao_ass__gerais.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/647/par_30_2022_comissao_ass__gerais.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 30/2022 AO PL 010/2022-PMPG.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>COF - COMISSÃO DE ORÇAMENTOS E FINANÇAS</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/648/par_31_2022_comissao_orc_e_financas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/648/par_31_2022_comissao_orc_e_financas.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 31/2022 A EMENDA MODIFICATIVA 04/2022.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/649/par_32_2022_comissao_orc_e_financas.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/649/par_32_2022_comissao_orc_e_financas.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 32/2022 AO PL 10/2022-PMPG.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/650/par_33_2022_comissao_just_e_redacao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/650/par_33_2022_comissao_just_e_redacao.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 33/2022 AO PL 014/2022-PMPG.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/651/par_34_2022_comissao_just_e_redacao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/651/par_34_2022_comissao_just_e_redacao.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 34/2022 AO PL Nº 033/2022-GAB VEREADOR RUY ANDRADE.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/484/prj_emenda_a_lom.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/484/prj_emenda_a_lom.pdf</t>
   </si>
   <si>
     <t>“Institui o Orçamento Impositivo e dispõe sobre a execução orçamentária e financeira da programação incluída por emendas individuais dos membros do Poder Legislativo Municipal na Lei Orçamentária Anual, garantindo a oficialização desse direito a todos os VEREADORES do Município de Porto Grande - AP e dá outras providências.”</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/631/emd_sub_02_2022_gab_ver_ruy.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/631/emd_sub_02_2022_gab_ver_ruy.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO, DO  ARTIGO 76º DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/633/emenda_supressiva_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/633/emenda_supressiva_pmpg.pdf</t>
   </si>
   <si>
     <t>"FIXAÇÃO SUBSÍDIO AGENTES POLÍTICOS - LEGISLATURA 2021-2024- E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/646/emenda_mod_04_2022_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/646/emenda_mod_04_2022_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 04/2022 AO PL Nº 10/2022 PMPG - ALTERA O INCISO I DO ART. 4º DO PL 10/2022 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PORTO GRANDE PARA O EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>MEN</t>
   </si>
   <si>
     <t>MENSAGEM</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/420/01_mensagem_decreto_2022.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/420/01_mensagem_decreto_2022.pdf</t>
   </si>
   <si>
     <t>RECONHECIMENTO DE ESTADO DE CALAMIDADE PÚBLICA, NOS TERMOS DO ART. 65 DA LEI COMPLEMENTAR Nº 101, DE 4 DE MAIO DE 2020 NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>MENSAGEM 002/2022 - GAB PMPG</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/435/men_03_ao_ple_01_2022_educacao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/435/men_03_ao_ple_01_2022_educacao.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PL 01 2022 PMPG QUE INSTITUI O PLANO DE CARGOS, CARREIRA E VENCIMENTOS DOS AUXILARES EDUCACIONAIS DO MUNICIPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/561/msg_pl_6.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/561/msg_pl_6.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PL Nº 06/2022 GAB/PMPG</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/563/msg_pl_7.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/563/msg_pl_7.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PL Nº 07/2022 GAB/PMPG</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/599/mensagem_08_2022_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/599/mensagem_08_2022_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM Nº 08/2022-GAB/PMPG AO PROJETO DE LEI Nº 09/2022-PMPG - QUE DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DEPORTO GRANDE, PARA O EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/624/mensagem_10_2022_ref_ao_pl_011_2022-pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/624/mensagem_10_2022_ref_ao_pl_011_2022-pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM Nº 10 AO PL Nº 011/2022 - GAB/PMPG</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/626/mensagem_11_2022_ref_ao_pl_012_2022-pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/626/mensagem_11_2022_ref_ao_pl_012_2022-pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM Nº 011/2022 AO PL Nº 012/2022-GAB/PMPG</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/628/mensagem_12_2022_ref_ao_pl_013_2022-pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/628/mensagem_12_2022_ref_ao_pl_013_2022-pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM Nº 012/2022 AO PL 013/2022-GAB/PMPG.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/635/mensagem_13_2022_ref_ao_pl_014_2022-pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/635/mensagem_13_2022_ref_ao_pl_014_2022-pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM N°013/2022 REFERENTE AO PROJETO DE LEI N°014/2022-GAB/PMPG QUE DISPÕE SOBRE O PROCESSO DE ESCOLHA DE CANDIDATO AO CARGO EM COMISSÃO DE DIRETOR E VICE-DIRETOR DAS ESCOLAS DA REDE MUNICIPAL DE PORTO GRANDE, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>PDE</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/419/02_decreto_776_calamidade_publica_covid-19.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/419/02_decreto_776_calamidade_publica_covid-19.pdf</t>
   </si>
   <si>
     <t>DECLARA ESTADO DE CALAMIDADE PÚBLICA EM VIRTUDE DA GRAVE CRISE DECORRENTE DA PANDEMIA DO COVID-19 (CORONAVÍRUS), E SUAS REPERCUSSÕES NAS FINANÇAS PÚBLICAS DO MUNICÍPIO DE PORTO GRANDE/AP, INCLUSIVE PARA OS FINS DO ART. 65 DA LEI COMPLEMENTAR N° 101, DE 4 DE MAIO DE 2000, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>EMI</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/580/emenda_imp_01_2022_gab_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/580/emenda_imp_01_2022_gab_ver_narson.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 01</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/581/emenda_imp_02_2022_gab_ver_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/581/emenda_imp_02_2022_gab_ver_domingos.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 02</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/582/emenda_imp_03_2022_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/582/emenda_imp_03_2022_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 03</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/583/emenda_imp_04_2022_gab_ver_rosendi.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/583/emenda_imp_04_2022_gab_ver_rosendi.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 04</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/584/emenda_imp_05_2022_gab_ver_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/584/emenda_imp_05_2022_gab_ver_guri.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 05</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/585/emenda_impositiva_06.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/585/emenda_impositiva_06.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 06</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/586/emenda_imp_07_2022_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/586/emenda_imp_07_2022_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 07</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>NEGÃO DO RAIMUNDINHO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/587/emenda_imp_08_2022_gab_ver_luiz_eduardo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/587/emenda_imp_08_2022_gab_ver_luiz_eduardo.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 08</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/588/emenda_imp_09_2022_gab_ver_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/588/emenda_imp_09_2022_gab_ver_galeno.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 09</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/589/emenda_imp_10_2022_gab_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/589/emenda_imp_10_2022_gab_vera_sueli.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 10</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/590/emenda_impositiva_11.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/590/emenda_impositiva_11.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2711,68 +2711,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/436/ple_01_2022_educacao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/514/pll_02_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/515/pll_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/533/ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/560/pl_6.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/562/pl_7.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/576/ple_08_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/600/plo_09_2022_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/622/loa1_merged.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/623/pl_11_2022_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/625/pl_12_2022_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/627/pl_13_2022_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/634/projeto_de_lei_no_014_-__eleicao_de_diretores_escolares_-_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/422/pl_01_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/445/pll_02_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/446/pll_03_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/456/pll_04_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/470/pll_05_2022_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/471/pll_06_2022_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/472/pll_07_2022_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/473/pll_08_2022_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/474/pll_09_2022_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/477/pll_10_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/478/pll_11_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/479/pll_12_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/480/pl_13_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/481/pll_14_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/482/pll_15_2022_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/483/pll_16_2022_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/499/pll_17_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/500/pll_18_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/501/pll_19_2022_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/502/pll_20_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/503/pll_21_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/509/pdl_22_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/511/pdl_23_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/512/pdl_24_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/520/pll_25_2022_gab_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/536/pll_26_2022_gab_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/541/pll_27_2022_gab_ver_ruy_andrade.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/556/pll_28_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/595/pl_29_20222_gab_nainha.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/610/pll_30_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/618/pll_31_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/619/pll_32_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/620/pll_33_2022_gab_ver_ruy.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/425/pl_01_2022_mesa_horario.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/604/pr_02_eleicao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/605/pr_03_sede.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/632/ccf06122022_0001.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/497/pdl_01_2022_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/423/req_01_2022_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/424/req_02_2022_gab_ver_guri_-_sugere_a_compra_de_tablets_para_registro_e_transmissao_on-line_de_dados_recolhidos_pelos_agentes_comunitarios....pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/426/req_03_22_gab_vera_joliane.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/427/ccf24022022_0001.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/429/req_05_2022_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/430/req_06_2022_gab_ver_ruy_andrade.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/437/req_07_2022_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/438/req_08_2022_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/439/req_09_2022_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/440/req_10_2022_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/441/req_11_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/442/req_12_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/443/req_13_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/444/req_14_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/447/req_15_2022_gab_guri.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/448/req_16_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/449/req_17_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/450/req_18_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/451/req_19_2022_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/452/req_20_2022_gab_alex.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/453/req_21_2022_gab_nelson.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/462/req_22_2022_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/463/req_23_2022_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/464/req_24_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/465/req_25_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/468/req_26_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/469/req_27_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/485/req_28_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/492/req_29_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/493/req_30_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/494/req_31_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/507/req_32_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/508/req_33_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/510/req_34_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/513/req_35_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/540/req_36_gab_ver_ruy_andrade.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/569/req_37_2022_gab_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/431/ind_01_2022_gab_ver_ruy_andrade.pdf.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/457/ind_02_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/458/ind_03_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/459/ind_04_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/460/ind_05_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/466/ind_06_2022_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/467/ind_07_2022_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/475/ind_08_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/476/ind_09_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/486/ind_10_2022_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/487/ind_11_2022_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/488/ind_12_2022_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/489/ind_13_2022_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/490/ind_14_2022_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/491/ind_15_2022_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/504/ind_16_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/505/ind_17_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/506/ind_18_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/516/ind_19_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/517/ind_20_2022_gab_vera_jolianne.pdf.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/518/ind_21_2022_gab_vera_jolianne.pdf.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/521/ind_22_2022_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/522/ind_23_2022_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/523/ind_24_2022_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/524/ind_25_2022_gab_ver_francinaldo.pdf.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/525/ind_26_2022_gab_ver_francinaldo.pdf.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/528/ind_27_2022_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/529/ind_28_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/530/ind_29_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/531/ind_30_2022_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/532/ind_31_2022_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/537/ind_32_2022_gab_ver_francinaldo.pdf.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/538/ind_33_2022_gab_ver_francinaldo.pdf.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/539/ind_34_2022_gab_ver_francinaldo.pdf.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/542/ind_35_2022_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/543/ind_36_2022_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/544/ind_37_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/546/ind_38_2022_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/547/ind_39_2022_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/548/ind_39_2022_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/549/ind_41_2022_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/550/ind_42_2022_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/551/ind_43_2022_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/552/ind_44_2022_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/553/ind_45_2022_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/554/ind_46_2022_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/555/ind_47_2022_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/557/ind_48_2022_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/558/ind_49_2022_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/559/ind_50_2022_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/567/ind_51_2022_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/568/ind_52_2022_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/570/ind_53_2022_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/577/ind_54_2022_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/578/ind_55_2022_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/593/ind_56_2022_gab_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/594/ind_57_2022_gab_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/617/ind_58_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/428/moc_01_22_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/566/mocao_02_2022_gab_ver_nainha.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/571/mocao_03_2022_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/572/mocao_04_2022_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/573/mocao_05_2022_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/574/mocao_06_2022_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/592/mocao_07_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/596/mocao_08_2022_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/601/mocao_09_2022_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/602/mocao_10_2022_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/603/mocao_11_2022_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/606/mocao_12_2022_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/607/mocao_13_2022_gab_ver_rosendi.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/609/mocao_15_2022_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/432/parecer_pedido-de-informacoes-edital-de-concorrencia--prefeitura-pg-finalizado_1.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/454/parecer_02_2022_cag.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/455/par_03_2022_comissao_cjr_ao_pl_01_2022_pmpg.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/461/processo_no_2273-2006.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/495/par_jur_05_2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/496/par_cjr_06_2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/519/pr_08_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/526/ccf14062022_0001.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/527/ccf14062022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/534/ccf28062022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/535/ccf28062022_0001.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/545/ccf30082022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/564/parecer_14_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/565/parecer_15_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/579/pcr_16_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/591/parecer_17_2022_cag.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/629/parecer_18_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/630/parecer_19_2022_cag.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/636/parecer_20_2022_cag.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/637/parecer_21_2022_cag.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/638/parecer_22_2022_cag.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/639/parecer_23_2022_cag.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/640/parecer_24_2022_cag.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/641/parecer_25_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/642/parecer_26_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/643/parecer_27_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/644/parecer_28_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/645/parecer_29_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/647/par_30_2022_comissao_ass__gerais.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/648/par_31_2022_comissao_orc_e_financas.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/649/par_32_2022_comissao_orc_e_financas.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/650/par_33_2022_comissao_just_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/651/par_34_2022_comissao_just_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/484/prj_emenda_a_lom.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/631/emd_sub_02_2022_gab_ver_ruy.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/633/emenda_supressiva_pmpg.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/646/emenda_mod_04_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/420/01_mensagem_decreto_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/435/men_03_ao_ple_01_2022_educacao.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/561/msg_pl_6.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/563/msg_pl_7.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/599/mensagem_08_2022_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/624/mensagem_10_2022_ref_ao_pl_011_2022-pmpg.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/626/mensagem_11_2022_ref_ao_pl_012_2022-pmpg.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/628/mensagem_12_2022_ref_ao_pl_013_2022-pmpg.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/635/mensagem_13_2022_ref_ao_pl_014_2022-pmpg.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/419/02_decreto_776_calamidade_publica_covid-19.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/580/emenda_imp_01_2022_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/581/emenda_imp_02_2022_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/582/emenda_imp_03_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/583/emenda_imp_04_2022_gab_ver_rosendi.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/584/emenda_imp_05_2022_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/585/emenda_impositiva_06.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/586/emenda_imp_07_2022_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/587/emenda_imp_08_2022_gab_ver_luiz_eduardo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/588/emenda_imp_09_2022_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/589/emenda_imp_10_2022_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/590/emenda_impositiva_11.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/436/ple_01_2022_educacao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/514/pll_02_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/515/pll_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/533/ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/560/pl_6.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/562/pl_7.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/576/ple_08_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/600/plo_09_2022_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/622/loa1_merged.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/623/pl_11_2022_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/625/pl_12_2022_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/627/pl_13_2022_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/634/projeto_de_lei_no_014_-__eleicao_de_diretores_escolares_-_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/422/pl_01_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/445/pll_02_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/446/pll_03_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/456/pll_04_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/470/pll_05_2022_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/471/pll_06_2022_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/472/pll_07_2022_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/473/pll_08_2022_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/474/pll_09_2022_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/477/pll_10_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/478/pll_11_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/479/pll_12_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/480/pl_13_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/481/pll_14_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/482/pll_15_2022_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/483/pll_16_2022_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/499/pll_17_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/500/pll_18_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/501/pll_19_2022_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/502/pll_20_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/503/pll_21_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/509/pdl_22_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/511/pdl_23_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/512/pdl_24_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/520/pll_25_2022_gab_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/536/pll_26_2022_gab_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/541/pll_27_2022_gab_ver_ruy_andrade.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/556/pll_28_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/595/pl_29_20222_gab_nainha.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/610/pll_30_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/618/pll_31_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/619/pll_32_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/620/pll_33_2022_gab_ver_ruy.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/425/pl_01_2022_mesa_horario.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/604/pr_02_eleicao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/605/pr_03_sede.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/632/ccf06122022_0001.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/497/pdl_01_2022_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/423/req_01_2022_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/424/req_02_2022_gab_ver_guri_-_sugere_a_compra_de_tablets_para_registro_e_transmissao_on-line_de_dados_recolhidos_pelos_agentes_comunitarios....pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/426/req_03_22_gab_vera_joliane.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/427/ccf24022022_0001.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/429/req_05_2022_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/430/req_06_2022_gab_ver_ruy_andrade.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/437/req_07_2022_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/438/req_08_2022_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/439/req_09_2022_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/440/req_10_2022_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/441/req_11_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/442/req_12_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/443/req_13_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/444/req_14_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/447/req_15_2022_gab_guri.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/448/req_16_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/449/req_17_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/450/req_18_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/451/req_19_2022_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/452/req_20_2022_gab_alex.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/453/req_21_2022_gab_nelson.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/462/req_22_2022_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/463/req_23_2022_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/464/req_24_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/465/req_25_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/468/req_26_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/469/req_27_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/485/req_28_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/492/req_29_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/493/req_30_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/494/req_31_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/507/req_32_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/508/req_33_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/510/req_34_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/513/req_35_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/540/req_36_gab_ver_ruy_andrade.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/569/req_37_2022_gab_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/431/ind_01_2022_gab_ver_ruy_andrade.pdf.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/457/ind_02_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/458/ind_03_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/459/ind_04_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/460/ind_05_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/466/ind_06_2022_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/467/ind_07_2022_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/475/ind_08_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/476/ind_09_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/486/ind_10_2022_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/487/ind_11_2022_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/488/ind_12_2022_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/489/ind_13_2022_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/490/ind_14_2022_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/491/ind_15_2022_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/504/ind_16_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/505/ind_17_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/506/ind_18_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/516/ind_19_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/517/ind_20_2022_gab_vera_jolianne.pdf.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/518/ind_21_2022_gab_vera_jolianne.pdf.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/521/ind_22_2022_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/522/ind_23_2022_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/523/ind_24_2022_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/524/ind_25_2022_gab_ver_francinaldo.pdf.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/525/ind_26_2022_gab_ver_francinaldo.pdf.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/528/ind_27_2022_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/529/ind_28_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/530/ind_29_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/531/ind_30_2022_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/532/ind_31_2022_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/537/ind_32_2022_gab_ver_francinaldo.pdf.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/538/ind_33_2022_gab_ver_francinaldo.pdf.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/539/ind_34_2022_gab_ver_francinaldo.pdf.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/542/ind_35_2022_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/543/ind_36_2022_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/544/ind_37_2022_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/546/ind_38_2022_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/547/ind_39_2022_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/548/ind_39_2022_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/549/ind_41_2022_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/550/ind_42_2022_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/551/ind_43_2022_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/552/ind_44_2022_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/553/ind_45_2022_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/554/ind_46_2022_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/555/ind_47_2022_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/557/ind_48_2022_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/558/ind_49_2022_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/559/ind_50_2022_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/567/ind_51_2022_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/568/ind_52_2022_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/570/ind_53_2022_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/577/ind_54_2022_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/578/ind_55_2022_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/593/ind_56_2022_gab_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/594/ind_57_2022_gab_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/617/ind_58_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/428/moc_01_22_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/566/mocao_02_2022_gab_ver_nainha.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/571/mocao_03_2022_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/572/mocao_04_2022_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/573/mocao_05_2022_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/574/mocao_06_2022_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/592/mocao_07_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/596/mocao_08_2022_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/601/mocao_09_2022_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/602/mocao_10_2022_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/603/mocao_11_2022_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/606/mocao_12_2022_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/607/mocao_13_2022_gab_ver_rosendi.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/609/mocao_15_2022_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/432/parecer_pedido-de-informacoes-edital-de-concorrencia--prefeitura-pg-finalizado_1.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/454/parecer_02_2022_cag.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/455/par_03_2022_comissao_cjr_ao_pl_01_2022_pmpg.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/461/processo_no_2273-2006.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/495/par_jur_05_2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/496/par_cjr_06_2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/519/pr_08_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/526/ccf14062022_0001.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/527/ccf14062022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/534/ccf28062022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/535/ccf28062022_0001.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/545/ccf30082022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/564/parecer_14_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/565/parecer_15_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/579/pcr_16_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/591/parecer_17_2022_cag.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/629/parecer_18_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/630/parecer_19_2022_cag.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/636/parecer_20_2022_cag.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/637/parecer_21_2022_cag.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/638/parecer_22_2022_cag.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/639/parecer_23_2022_cag.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/640/parecer_24_2022_cag.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/641/parecer_25_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/642/parecer_26_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/643/parecer_27_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/644/parecer_28_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/645/parecer_29_2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/647/par_30_2022_comissao_ass__gerais.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/648/par_31_2022_comissao_orc_e_financas.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/649/par_32_2022_comissao_orc_e_financas.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/650/par_33_2022_comissao_just_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/651/par_34_2022_comissao_just_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/484/prj_emenda_a_lom.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/631/emd_sub_02_2022_gab_ver_ruy.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/633/emenda_supressiva_pmpg.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/646/emenda_mod_04_2022_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/420/01_mensagem_decreto_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/435/men_03_ao_ple_01_2022_educacao.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/561/msg_pl_6.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/563/msg_pl_7.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/599/mensagem_08_2022_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/624/mensagem_10_2022_ref_ao_pl_011_2022-pmpg.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/626/mensagem_11_2022_ref_ao_pl_012_2022-pmpg.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/628/mensagem_12_2022_ref_ao_pl_013_2022-pmpg.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/635/mensagem_13_2022_ref_ao_pl_014_2022-pmpg.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/419/02_decreto_776_calamidade_publica_covid-19.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/580/emenda_imp_01_2022_gab_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/581/emenda_imp_02_2022_gab_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/582/emenda_imp_03_2022_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/583/emenda_imp_04_2022_gab_ver_rosendi.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/584/emenda_imp_05_2022_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/585/emenda_impositiva_06.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/586/emenda_imp_07_2022_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/587/emenda_imp_08_2022_gab_ver_luiz_eduardo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/588/emenda_imp_09_2022_gab_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/589/emenda_imp_10_2022_gab_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/590/emenda_impositiva_11.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H230"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="42.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="212.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="211.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>