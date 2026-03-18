--- v0 (2025-10-13)
+++ v1 (2026-03-18)
@@ -54,3733 +54,3733 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA EXECUTIVO</t>
   </si>
   <si>
     <t>PMPG</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/37/02_pl_004_2021_-_executivo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/37/02_pl_004_2021_-_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA "CONCHA ACÚSTICA", LOCALIZADA NO BALNEÁRIO MUNICIPAL, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/38/03_pl_005_2021_-_executivo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/38/03_pl_005_2021_-_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA "CENTRO ESPECIALIZADO DE REABILITAÇÃO", LOCALIZADA NO BAIRRO NOVA ESPERANÇA, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/39/projeto_de_lei_no_006.2021_-_nome_dario_coelho.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/39/projeto_de_lei_no_006.2021_-_nome_dario_coelho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO "CAPS - CENTRO DE ATENÇÃO PSICOSSOCIAL", LOCALIZADA NO BAIRRO NOVA ESPERANÇA, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/40/05_pl_007_2021_-_executivo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/40/05_pl_007_2021_-_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA "UNIDADE BÁSICA DE SAÚDE", LOCALIZADA NO BAIRRO NOVA ESPERANÇA, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/41/06_pl_008_2021_-_executivo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/41/06_pl_008_2021_-_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA "QUADRA POLIESPORTIVAL", LOCALIZADA NO BAIRRO MALVINAS, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/42/07_pl_009_2021_-_executivo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/42/07_pl_009_2021_-_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA "QUADRA POLIESPORTIVA", LOCALIZADA NO BAIRRO CENTRO, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/43/08_pl_010_2021_-_executivo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/43/08_pl_010_2021_-_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA "FEIRA MUNICIPAL DO AGRICULTOR", LOCALIZADA NO BAIRRO MALVINAS, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/44/09_pl_011_2021_-_executivo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/44/09_pl_011_2021_-_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA "CASA DO ARTESÃO", LOCALIZADA NA PRAÇA DA SUBESTAÇÃO, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/45/10_pl_012_2021_-_executivo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/45/10_pl_012_2021_-_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA "QUADRA POLIESPORTIVA NOVA ESPERANÇA", LOCALIZADA NA PRAÇA DA SUBESTAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/46/11_pl_013_2021_-_executivo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/46/11_pl_013_2021_-_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA "UNIDADE BÁSICA DE SAÚDE DO CENTRO", LOCALIZADA NA AVENIDA 08 DE AGOSTO, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/243/ldo2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/243/ldo2021.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 016/2021-GAB/PMPG, QUE "DISPÕE SOBRE A DIRETRIZES ORÇAMENTÁRIA LDO, PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA ANUAL - LOA DE 2022."</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/247/1_ple_14_gab_pmpg_2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/247/1_ple_14_gab_pmpg_2021.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 12, 25 e 31 da Lei n° 263, de 28 de dezembro de 2007, a fim de promover a inclusão de profissionais de carreira, bem como para formalizar os termos do Acordo Judicial homologado nos autos da Ação Civil Pública nº 0000718-52.2013.8.03.0011, firmado pelo Sindicato representante da Categoria SINSEPEAP, Ministério Público do Estado do Amapá (Promotoria de Justiça de Porto Grande/AP) e Município de Porto Grande.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/248/2_ple_15_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/248/2_ple_15_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>Dispõe a redução da carga horária de trabalho do Servidor Público Municipal que seja responsável por pessoa com deficiência ou enfermidade, e dá outras providências.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/389/01_ppa_porto_22a25.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/389/01_ppa_porto_22a25.pdf</t>
   </si>
   <si>
     <t>PLANO PLURIANUAL - PPA 2022/2025</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/394/projeto_de_lei_no_005.2021_-_nome_nelson_goes_da_silva.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/394/projeto_de_lei_no_005.2021_-_nome_nelson_goes_da_silva.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO “CENTRO ESPECIALIZADO EM REABILITAÇÃO – CER”, LOCALIZADA NO BAIRRO NOVA ESPERANÇA, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/396/ple_loa_2022.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/396/ple_loa_2022.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 018/2021-GAB/PMPG, QUE "ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PORTO GRANDE, PARA EXERCÍCIO 2022 - LOA."</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA LEGISLATIVO</t>
   </si>
   <si>
     <t>PROFESSOR NELSON</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/47/12_pl_01_2021_-_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/47/12_pl_01_2021_-_nelson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE "ESCOLINHAS DE FUTEBOL, FUTSAL E VOLEIBOL" NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/48/13_pl_02_2021_-_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/48/13_pl_02_2021_-_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CARTEIRA DE IDENTIDADE DO AUTISTA (CIA) NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/49/14_pl_03_2021_-_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/49/14_pl_03_2021_-_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DA MERENDEIRA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/50/15_pl_04_2021_-_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/50/15_pl_04_2021_-_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO GARI E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/51/16_pl_005_2021_-_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/51/16_pl_005_2021_-_nelson.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A OBRIGATORIEDADE NO ÂMBITO MUNICIPAL DA DIVULGAÇÃO DE INFORMAÇÕES SOBRE OBRAS PÚBLICAS PARALISADAS, CONTENDO OS MOTIVOS, TEMPO DE INTERRUPÇÃO E NOVA DATA PREVISTA PARA TÉRMINO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/52/17_pl_006_2021_-_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/52/17_pl_006_2021_-_nelson.pdf</t>
   </si>
   <si>
     <t>REVOGAÇÃO A LEI Nº 061 DE 30 DE JUNHO DE 1997, DO MUNICÍPIO DE PORTO GRANDE, PARA MODIFICAR O NOME DE CAMPO DE FUTEBOL CHARLES BRITO PARA "ESTÁDIO MUNICIPAL FRANCISCO CANINDÉ DA SILVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/53/18_pl_007_2021_-_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/53/18_pl_007_2021_-_nelson.pdf</t>
   </si>
   <si>
     <t>"DENOMINA A QUADRA POLIESPORTIVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>NAINHA SANTANA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/54/19_pl_001_2021_-_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/54/19_pl_001_2021_-_nainha.pdf</t>
   </si>
   <si>
     <t>"INSTITUI NO ÂMBITO MUNICIPAL A HONRARIA POLICIAL DESTAQUE DO ANO E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/55/20_pl_002_2021_-_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/55/20_pl_002_2021_-_nainha.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DO BALNEÁRIO MUNICIPAL LOCALIZADO NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>ALEX LOPES</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/56/21_pl_001_2021_-_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/56/21_pl_001_2021_-_alex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA CASA DO ARTESÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/67/01_pl_02_2021_-_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/67/01_pl_02_2021_-_alex.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA ADOTE UMA PRAÇA E ESTABELECE REGRAS ESPECIAIS PARA CELEBRAÇÃO  DE TERMOS DE COOPERAÇÃO COM A INICIATIVA PRIVADA, NO ÂMBITO DO REFERIDO PROGRAMA.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/68/02_pl_03_2021_-_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/68/02_pl_03_2021_-_alex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA PUBLICAÇÕES DIÁRIA DA LISTA DE TODOS OS VACINADOS CONTRA O COVID 19 NO MUNICÍPIO DE PORTO GRANDE E DA OUTRA PROVIDENCIAS.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/69/03_pl_08_2021_-_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/69/03_pl_08_2021_-_nelson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O IMPEDIMENTO DE INAUGURAÇÃO DE OBRAS PÚBLICAS MUNICIPAIS INCOMPLETAS SEM CONDIÇÕES DE ATENDER AOS FINS A QUE SE DESTINAM  OU IMPOSSIBILITADAS DE ENTRAR EM FUNCIONAMENTO IMEDIATO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/83/01-projeto_de_lei_no_004-2021_dispoe_sobre_a_criacao_da_semana_municipal_da_agricultura_familiar_no_municipio_de_porto_grande_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/83/01-projeto_de_lei_no_004-2021_dispoe_sobre_a_criacao_da_semana_municipal_da_agricultura_familiar_no_municipio_de_porto_grande_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da semana Municipal da agricultura familiar no Município de Porto Grande, e dá outras providências.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/84/02-projeto_de_lei_no_010-2021_reconhece_as_praticas_do_grafite_e_do_muralismo_como_manifestacoes_artisticas_de_valor_cultural.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/84/02-projeto_de_lei_no_010-2021_reconhece_as_praticas_do_grafite_e_do_muralismo_como_manifestacoes_artisticas_de_valor_cultural.pdf</t>
   </si>
   <si>
     <t>Reconhece as práticas do grafite e do muralismo como manifestações artísticas de valor cultural, sem conteúdo publicitário e realizadas com os objetivos de valorizar a patrimônio público e de embelezar a paisagem urbana.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/85/03-projeto_de_lei_no_011-2021_institui_o_dia_de__novembro_como_o_dia_municipal_de_combate_ao_feminicidio_no_municipio_de_porto_grande.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/85/03-projeto_de_lei_no_011-2021_institui_o_dia_de__novembro_como_o_dia_municipal_de_combate_ao_feminicidio_no_municipio_de_porto_grande.pdf</t>
   </si>
   <si>
     <t>Institui o dia 25 de  Novembro como o dia Municipal de combate ao feminicídio no Município de Porto Grande.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/86/04-projeto_de_lei_no_012-2021_institui_o_programa_maria_sem_medo_nas_escolas_publicas_do_municipio_de_porto_grande.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/86/04-projeto_de_lei_no_012-2021_institui_o_programa_maria_sem_medo_nas_escolas_publicas_do_municipio_de_porto_grande.pdf</t>
   </si>
   <si>
     <t>Institui o programa Maria sem medo nas escolas públicas do Município de Porto Grande.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/103/01_-_projeto_de_lei_no_006-2021_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/103/01_-_projeto_de_lei_no_006-2021_nelson.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Porto Grande a "Semana artea - arte e transtorno do espectro autista" a ser realizada anualmente no mês de Abril.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/124/proj._de_lei_no_003-2021_elienai.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/124/proj._de_lei_no_003-2021_elienai.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DIA DO CÍRCULO DE ORAÇÕES NO MUNICÍPIO DE PORTO GRANDE, NAS CONDIÇÕES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/125/proj._de_lei_no_006-2021_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/125/proj._de_lei_no_006-2021_alex.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA HORTA COMUNITÁRIA NO MUNICÍPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/203/projeto_de_lei_no_007-alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/203/projeto_de_lei_no_007-alex.pdf</t>
   </si>
   <si>
     <t>RECONHECE A PRÁTICA DA ATIVIDADE FÍSICA E DO EXERCÍCIO FÍSICO COMO ESSENCIAIS PARA A POPULAÇÃO DO MUNICÍPIO DE PORTO GRANDE EM ESTABELECIMENTOS PRESTADORES DE SERVIÇOS DESTINADOS A ESSA FINALIDADE, BEM COMO EM ESPAÇOS PÚBLICOS EM TEMPOS DE CRISE OCASIONADOS POR MOL ESTIAS CONTAGIOSAS OU CATÁSTROFES NATURAIS, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/204/projeto_de_lei_no_015-nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/204/projeto_de_lei_no_015-nelson.pdf</t>
   </si>
   <si>
     <t>Reconhece a prática da atividade física e do exercício físico como essenciais para a população do Município de Porto Grande em estabelecimentos prestadores de serviços destinados a essa finalidade, bem como em espaços públicos em tempos de crises ocasionadas por moléstias contagiosa OU catástrofe naturais.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/205/projeto_de_lei_no_004-nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/205/projeto_de_lei_no_004-nainha.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O EXECUTIVO MUNICIPAL A INSTITUIR O PLANO INTEGRADO DE ORIENTAÇÃO, CONSCIENTIZAÇÃO, AÇÃO E COMBATE A PEDOFILIA NO MUNICÍPIO DE PORTO GRANDE, E DÁ OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>GURI DO MATAPI</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/206/projeto_de_lei_no_001-francinaldo.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/206/projeto_de_lei_no_001-francinaldo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a suspensão dos descontos de empréstimos consignados em folhas dos servidores ativos e inativos, aposentados e pensionistas no município de Município de Porto Grande, durante o período de 90 dias em decorrência da pandemia do coronavírus covid-19 e dá outras providências."</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/208/pll_26_2021_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/208/pll_26_2021_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>"Dispõe Sobre a Proibição de Fogos de Artifícios e Artefatos Pirotécnicos com Ruídos Sonoros no Município de Porto Grande e dá outras Providências."</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/209/projeto_de_lei_no_019-nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/209/projeto_de_lei_no_019-nelson.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Criação do Programa Patrulha Agrícola Mecanizada do Município de Porto Grande - AP e dá outras providências.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/210/projeto_de_lei_no_017_-_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/210/projeto_de_lei_no_017_-_nelson.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do Programa "Escola Inclusiva" que visa incluir especializado um professor para aluno diagnosticado com transtorno do Espectro Autista, no âmbito do Município de Porto Grande e dá outras providências".</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/211/projeto_de_lei_no_014-nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/211/projeto_de_lei_no_014-nelson.pdf</t>
   </si>
   <si>
     <t>Autoriza o município a criar o horto Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_no_016-nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_no_016-nelson.pdf</t>
   </si>
   <si>
     <t>Proíbe a Inauguração de Obras Públicas Municipais que não possuam PPCI no Município de Porto Grande e dá outras providencias.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_no_013-nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_no_013-nelson.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Criação da Casa Municipal do Artesão e dá outras providências".</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO DE EVENTOS OFICIAIS DO MUNICÍPIO DE PORTO GRANDE A SEMANA MUNICIPAL DE EDUCAÇÃO FÍSICA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>RUY ANDRADE</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/242/projeto_de_lei_no_001-2021_ruy.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/242/projeto_de_lei_no_001-2021_ruy.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001/2021 - INSTITUEM NO MUNICÍPIO DE PORTO GRANDE, O DIA MUNICIPAL DA FIBROMIALGIA, FILAS PREFERENCIAIS E VAGAS DE ESTACIONAMENTO PREFENCIAL</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/250/4_plo_34_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/250/4_plo_34_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA BANDA FANFARRA MUNICIPAL E DA BANDA MUNICIPAL E O CORAL MUNICIPAL DO MUNICÍPIO DE PORTO GRANDE, É DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/251/5_plo_35_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/251/5_plo_35_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE DESENVOLVIMENTO SUSTENTÁVEL DA AGRICULTURA FAMILIAR- FUMDESAF E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/252/6_plo_36_gab_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/252/6_plo_36_gab_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA "AGOSTO LILÁS" DEDICADO CONSCIENTIZAÇÃO A PREVENÇÃO FIM DA PELO VIOLÊNCIA CONTRA A MULHER NO MUNICIPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/253/7_plo_37_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/253/7_plo_37_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REDUÇÃO DA CARGA HORÁRIA DE SERVIDOR PÚBLICO MUNICIPAL PORTADOR DE FIBROMIAGIA, CONDICIONADA A COMPROVAÇÃO DE PRÁTICA DE ATIVIDADE FÍSICA, NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/254/8_plo_38_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/254/8_plo_38_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ATENDIMENTO PREFERENCIAL ÀS PESSOAS COM FIBROMIALGIA NOS LOCAIS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/255/9_plo_39_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/255/9_plo_39_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DE CONSCIENTIZAÇÃO SOBRE A FIBROMIALGIA NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE/AP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_de_lei_00_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_de_lei_00_nelson.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a instruir no município de porto grande o programa de aquisição de alimentos e da outras providencias.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/291/pll_041_2021_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/291/pll_041_2021_ver_alex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO PLENÁRIO DO PALÁCIO JOSÉ ANTERO (SEDE DO PODER LEGISLATIVO), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/292/pll_042_2021_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/292/pll_042_2021_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE PORTO GRANDE O DIA 12 DE MAIO, COMO DIA MUNICIPAL DA CONSCIENTIZAÇÃO E ENFRENTAMENTO Á FIBROMIALGIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/293/pll_043_2021_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/293/pll_043_2021_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "SETEMBRO AMARELO" NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE, DEDICADO _x000D_
 ÀS AÇÕES PREVENTIVAS DE SUICÍDIO, A SER REALIZADA NO MÊS DE SETEMBRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/294/pll_044_2021_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/294/pll_044_2021_ver_nelson.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REALIZAÇÃO DE COLETA DE AMOSTRAS DE ÁGUAS DOS RESERVATÓRIOS DAS ESCOLAS E CRECHES MUNICIPAIS PARA ANALISE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/295/pll_045_2021_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/295/pll_045_2021_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI A OBRIGATORIEDADE DE EXECUÇÃO DO HINO NACIONAL, CANÇÃO DO AMAPA E DO HINO DO MUNICIPIO DE PORTO GRANDE SEMANALMENTE, NAS ESCOLAS DA REDE PÚBLICAS E PRIVADAS TODAS AS SEGUNDAS FEIRAS NO INICIO DE CADA TURNO ESCOLAR NO AMBITO, MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/296/pll_046_2021_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/296/pll_046_2021_ver_alex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE PISTA DE SKATE, EM LOCAIS APROPRIADOS, EM PRAÇAS E AREAS DE LAZER DO NOSSO MUNICIPIO.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/297/pll_047_2021_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/297/pll_047_2021_nainha.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE SERVIÇOS PÚBLICOS MUNICIPAIS DISPONIBILIZAREM DE INTÉRPRETE DE LIBRAS PARA ATENDIMENTO À POPULAÇÃO.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/298/pll_048_2021_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/298/pll_048_2021_ver_nelson.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DA CONSCIENTIZAÇÃO DO AUTISMO NO CALENDÁRIO OFICIAL DE EVENTOS DO MINICIPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/299/projeto_de_lei_002-2019.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/299/projeto_de_lei_002-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização do poder executivo municipal a fixar e a cobrar preço público pela ocupação do espaço de solo em áreas públicas municipais pelo sistema de posteamento de rede energia elétrica, de propriedade da concessionária de energia elétrica que os utiliza, ou vem a utilizar, e dá outras providencias.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/313/pl_050_2021_ver_ruy_andrade.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/313/pl_050_2021_ver_ruy_andrade.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DO CICLISMO NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/347/pl_051_2021_ver_nelson_santos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/347/pl_051_2021_ver_nelson_santos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ATIVIDADE DE PESCA ESPORTIVA NA MODALIDADE PESQUE E SOLTE NO ÂMBITO DO MUNICIPIO DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/379/pl_052_2021_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/379/pl_052_2021_ver_nelson.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O "OUTUBRO ROSA" E O "NOVEMBRO AZUL" PARA PREVENÇÃO E DETECÇÃO PRECOCE DO CÂNCER DE MAMA E CÂNCER DA PROSTATA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>JOLIANNE FONTENELE</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/384/pl_053_2021_vera_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/384/pl_053_2021_vera_jolianne.pdf</t>
   </si>
   <si>
     <t>"INSTITUI, NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE PORTO GRANDE O DIA DO MOTOCROSS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>SUELI SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/398/pl_54_2021_sueli_1-mesclado.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/398/pl_54_2021_sueli_1-mesclado.pdf</t>
   </si>
   <si>
     <t>Institui no Município de porto Grande "A semana municipal de conscientização do autismo - TEA" e dá outras providências.</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/24/pro_01.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/24/pro_01.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ALTERAÇÃO DO HORÁRIO DA SESSÃO DE REALIZAÇÃO DAS SESSÕES ORDINÁRIAS DA CÂMARA MUNICIPAL DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/25/pro_02.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/25/pro_02.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A COMPOSIÇÃO DAS COMISSÕES INTERNAS DA CÂMARA DE VEREADORES DE PORTO GRANDE E DA OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/26/pro_03.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/26/pro_03.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A COMPOSIÇÃO DAS COMISSÕES INTERNAS DA CÂMARA DE VEREADORES DE PORTO GRANDE E DA OUTRAS PROVIDÊNCIAS..”</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/36/01_pro_01_2021_-_mesa_dir..pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/36/01_pro_01_2021_-_mesa_dir..pdf</t>
   </si>
   <si>
     <t>" DISPÕE SOBRE A COMPOSIÇÃO DAS COMISSÕES INTERNAS DA CÂMARA DE VEREADORES DE PORTO GRANDE E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/57/22_pr_004_2021_-_mesa.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/57/22_pr_004_2021_-_mesa.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA A CONSIGNAÇÃO EM FOLHA DE PAGAMENTO PARA OS SERVIDORES EFETIVOS, COMISSIONADOS E AGENTES POLÍTICOS DA CÂMARA DE VEREADORES DO MUNICÍPIO DE PORTO GRANDE/AP".</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/161/pr_05_mesa_diretora.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/161/pr_05_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A VERBA INDENIZATÓRIA DO EXERCÍCIO PARLAMENTAR E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/105/02_-_projeto_de_resolucao_001-2021_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/105/02_-_projeto_de_resolucao_001-2021_jolianne.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da procuradoria da mulher no âmbito da Câmara Municipal de Porto Grande e dá outras providências.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/244/pr_005_2021_mesa_diretora_horario_de_sessao.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/244/pr_005_2021_mesa_diretora_horario_de_sessao.pdf</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/285/projeto_de_relacao_n_09_2021_cmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/285/projeto_de_relacao_n_09_2021_cmpg.pdf</t>
   </si>
   <si>
     <t>ALTERA O QUADRO DE CARGOS EM COMISSÃO DA CÂMARA MUNICIPAL DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO HORARIO DA SESSÃO DE REALIZAÇÃO DAS SESSÕES ORDINÁRIAS DA CÂMARA MUNICIPAL DE PORTO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/385/pr_011_2021_mesa_diretora.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/385/pr_011_2021_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/402/pr_12_21_mesa_diretora.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/402/pr_12_21_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DO ARTIGO 1° PROJETO DE RESOLUÇÃO 005/2021 QUE DISPOE SOBRE A VERBA INDENIZATORIA DO DÁ OUTRAS EXERCICO E PARLAMENTAR PROVIDENCIAS."</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/13/04_req_01_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/13/04_req_01_alex.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO INSTALAÇÃO DE FAIXA DE PEDESTRE ELEVADA OU APLICAÇÃO DE TACHÕES REFLETIVOS PARA FINS DE REDUZIR A VELOCIDADE DOS CARROS E MOTOCICLETAS QUE TRAFEGAM NA RUA CLÁUDIO LUIZ JORDÃO NO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/14/05_req_02_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/14/05_req_02_alex.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO INSTALAÇÃO DE FAIXA DE PEDESTRE ELEVADA OU APLICAÇÃO DE TACHÕES REFLETIVOS PARA FINS DE REDUZIR A VELOCIDADE DOS CARROS E MOTOCICLETAS QUE TRAFEGAM NA AV.: SANTA ISABEL NO BAIRRO DO AEROPORTO.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/15/06_req_03_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/15/06_req_03_alex.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA VACINADOS CONTRA A COVID(19), OS GARIS E OS SERVIDORES QUE TRABALHAM NA COLETA DE LIXO DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/16/07_req_04_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/16/07_req_04_alex.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A MANUTENÇÃO NA AVENIDA 8 DE AGOSTO. JÁ NO FINAL DA PISTA. (COMPLEXO BEIRA RIO).</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/17/08_req_05_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/17/08_req_05_alex.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A MANUTENÇÃO DO RAMAL DO GADELHA (PIAÇACÁ) EM FUNÇÃO QUE O CAMINHÃO DA FEIRA E DEMAIS CARROS DE APOIO ESTÃO IMPOSSIBILITADOS DE CHEGAR AO FIM DO MESMO.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/18/09_req_06_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/18/09_req_06_alex.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A MANUTENÇÃO NA PONTE DO RAMAL DO PIAÇACÁ - COLÔNIA DO MATAPÍ.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/19/10_req_01_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/19/10_req_01_nainha.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO INSTALAÇÃO E/OU MANUTENÇÃO NA LOMBADA EM FRENTE AO CAMPUS DO IFAP.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/20/11_req_02_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/20/11_req_02_nainha.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A TERRAPLANAGEM, ATERRO E ESCOAMENTO ÁGUA DA RUA SANTA RITA DE CÁSSIA BAIRRO AEROPORTO.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/21/12_req_03_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/21/12_req_03_nainha.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A LIMPEZA DA RUA LEANDRO E LEONARDO BAIRRO AEROPORTO.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/22/13_req_01_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/22/13_req_01_guri.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A LIMPEZA DO FORRO DA UBS MATAPI, LINHA A.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/58/23_req_002_2021_-_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/58/23_req_002_2021_-_guri.pdf</t>
   </si>
   <si>
     <t>REQUER UM TRATOR DE ESTEIRA PARA A COMUNIDADE DO MATAPÍ E OUTRAS COMUNIDADES DO MUNICÍPIO. PARA QUE SEJA FEITO 2 HORAS E MEIA PARA CADA AGRICULTOR.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/66/teste_de_sistema.docx</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/66/teste_de_sistema.docx</t>
   </si>
   <si>
     <t>TESTE DE SISTEMA - 05 03 2021</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>GALENO DO VILA NOVA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/71/05_req_01_2021_-_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/71/05_req_01_2021_-_galeno.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A LIMPEZA DO CANAL DE ESGOTO QUE FICA LOCALIZADO NAS MEDIAÇÕES DO CENTRO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/72/06_req_07_2021_-_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/72/06_req_07_2021_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER QUE RETORNE A FEIRA DE QUARTA FEIRAS, PARA ATENDER A COMUNIDADE DO RAMAL DO PIAÇACÁ - COLÓNIA AGRÍCOLA DO MATAPÍ.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/73/07_req_01_2021_-_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/73/07_req_01_2021_-_guri.pdf</t>
   </si>
   <si>
     <t>CONVIDA O SENHOR CLODOALDO MONTEIRO MACIEL, SUPERINTENDENTE ESTADUAL NO AMAPÁ DA FUNDAÇÃO NACIONAL DE SAÚDE - FUNASA, PARA FAZER USO DA TRIBUNA DESTA CASA LEIS NO DIA DE 23 DE MARÇO, A FIM DE DAR INFORMAÇÕES REFERENTES A AREA DA FUNASA NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>AMIGO DOMINGOS</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/74/08_req_01_2021_-__domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/74/08_req_01_2021_-__domingos.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A LIMPEZA E ILUMINAÇÃO NA AVENIDA CALÇOENE NO BAIRRO DAS MALVINAS.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/75/09_req_02_2021_-__domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/75/09_req_02_2021_-__domingos.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A ILUMINAÇÃO PÚBLICA EM TODA A EXTENSÃO DA RUA PRINCIPAL DO GARIMPO DO VILA NOVA.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/76/10_req_03_2021_-__domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/76/10_req_03_2021_-__domingos.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO EM CARÁTER DE URGÊNCIA A ILUMINAÇÃO PÚBLICA NO ASSENTAMENTO DO MUNGUBA.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/77/11_req_04_2021_-__domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/77/11_req_04_2021_-__domingos.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A REFORMA DA QUADRA POLIESPORTIVA DO GARIMPO DO VILA NOVA EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/78/12_req_05_2021_-__domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/78/12_req_05_2021_-__domingos.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO EM CARÁTER DE URGÊNCIA A ILUMINAÇÃO PÚBLICA NA PONTE QUE DA ACESSO AO BAIRRO BRASIL TROPICAL.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/88/06-requerimento_no_008-2021_requer_pedido_de_informacoes_sobre_a_prestacao_de_contas_do_recurso_da_cip_referente_ao_ano_de_2020_e_os_meses_correntes_de_2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/88/06-requerimento_no_008-2021_requer_pedido_de_informacoes_sobre_a_prestacao_de_contas_do_recurso_da_cip_referente_ao_ano_de_2020_e_os_meses_correntes_de_2021.pdf</t>
   </si>
   <si>
     <t>Requer pedido de informações sobre a prestação de contas do recurso da CIP referente ao ano de 2020 e os meses correntes de 2021</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/87/05-_requerimento_no_001-2021_requer_o_encaminhamento_do_presente_pedido_a_secretaria_de_obras_estude_a_possibilidade_da_construcao_de_um_unidade_basica_de_saude_comunidade_do_campo_verde.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/87/05-_requerimento_no_001-2021_requer_o_encaminhamento_do_presente_pedido_a_secretaria_de_obras_estude_a_possibilidade_da_construcao_de_um_unidade_basica_de_saude_comunidade_do_campo_verde.pdf</t>
   </si>
   <si>
     <t>Requer o encaminhamento do presente pedido a secretaria de obras, para que estude a possibilidade da construção de uma unidade básica de saúde na comunidade do Campo Verde, localizada no KM - 117, em caráter de urgência, ante o estado de calamidade ocasionado pela ação do coronavírus (COVID-19) e as recomendações de distanciamento social estabelecidas em decretos governamental.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/89/07-requerimento_no_004-2021_requer_a_limpeza_da_area_do_balneario_que_estava_na_posse_que_foi_repassado_para_a_prefeitura_e_doacao_dos_lotes_para_as_familias_carentes_do_nosso_municipio.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/89/07-requerimento_no_004-2021_requer_a_limpeza_da_area_do_balneario_que_estava_na_posse_que_foi_repassado_para_a_prefeitura_e_doacao_dos_lotes_para_as_familias_carentes_do_nosso_municipio.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza da área do balneário que estava na posse que foi repassado para a prefeitura e doação dos lotes para as famílias carentes do nosso município.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/90/08-requerimento_no_005-2021_requer_que_seja_feito_a_troca_das_cruzetas_na_zona_rural_do_municipio_de_porto_grande.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/90/08-requerimento_no_005-2021_requer_que_seja_feito_a_troca_das_cruzetas_na_zona_rural_do_municipio_de_porto_grande.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito a troca das cruzetas na zona rural do município de porto grande.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/91/09-requerimento_no_006-2021_requer_que_seja_feito_a_limpeza_e_terraplanagem_na_rua_principal_da_vila_militar_no_bairro_nova_esperanca_em_toda_sua_extensao_em_carater_de_urgencia.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/91/09-requerimento_no_006-2021_requer_que_seja_feito_a_limpeza_e_terraplanagem_na_rua_principal_da_vila_militar_no_bairro_nova_esperanca_em_toda_sua_extensao_em_carater_de_urgencia.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito a limpeza e terraplanagem na rua principal da vila militar no bairro nova esperança em toda sua extensão em caráter de urgência.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/92/010-_requerimento_no_007-2021_requer_que_seja_feito_a_limpeza_e_terraplanagem_na_rua_manoel_bentes_parentes_no_bairro_das_malvinas_em_toda_sua_extensao_em_carater_de_urgencia.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/92/010-_requerimento_no_007-2021_requer_que_seja_feito_a_limpeza_e_terraplanagem_na_rua_manoel_bentes_parentes_no_bairro_das_malvinas_em_toda_sua_extensao_em_carater_de_urgencia.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito a limpeza e terraplanagem na rua Manoel Bentes parentes no bairro das malvinas em toda sua extensão em caráter de urgência.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/96/011_-_requerimento_no_09_-_2021_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/96/011_-_requerimento_no_09_-_2021_alex.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA DENOMINADO O PLENÁRIO DA CÂMARA MUNICIPAL DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/104/02_-_requerimento_001-2021_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/104/02_-_requerimento_001-2021_nelson.pdf</t>
   </si>
   <si>
     <t>Proceda a Contratação de pelo menos uma vez por mês aos finais de semana de médicos cardiologistas, médicos urologistas e médicos ginecologistas.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/106/04_-_requerimento_002-2021_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/106/04_-_requerimento_002-2021_nelson.pdf</t>
   </si>
   <si>
     <t>Por meio da Diretoria de Vigilância Epidemiológica, promova a ação de combate a infestação do caracol "Achatina fulica" mais conhecido como "Caramujo Africano" na área urbana de nosso município.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/107/05_-_requerimento_001-_2021_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/107/05_-_requerimento_001-_2021_jolianne.pdf</t>
   </si>
   <si>
     <t>Requer que seja Feita a limpeza e manutenção da Av. Gonçalves Dias.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/118/req_031_2021_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/118/req_031_2021_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>REQUER DO PREFEITO MUNICIPAL QUE SE POSSA ATENDER COM UM TRANSPORTE OS AGRICULTORES DO PIAÇACA PARA ESCOAR AS SUAS PRODUÇÕES AGRÍCOLAS.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/127/req._no_11_2021_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/127/req._no_11_2021_alex.pdf</t>
   </si>
   <si>
     <t>REQUER A DOAÇÃO DE UMA ÁREA NA EXPANSÃO URBANA NAS MEDIAÇÕES DO BAIRRO BRASIL TROPICAL PARA TRABALHAR UM PROJETO SOCIAL (HORTA COMUNITÁRIA) COM A COMUNIDADE DA REFERIDA REGIÃO.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/128/req._no_03_2021_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/128/req._no_03_2021_nelson.pdf</t>
   </si>
   <si>
     <t>PROCEDA A INSTALAÇÃO DE EXTINTORES DE INCÊNDIO EM TODAS AS UNIDADE DE ATENDIMENTO TAIS COMO: PREFEITURA, HOSPITAIS, POSTOS DE SAÚDE, ESCOLAS, SECRETARIAS MUNICIPAIS, EXTENSIVO A TODOS OS DEPARTAMENTO DA ADMINISTRAÇÃO PÚBLICA, COMO TAMBÉM TREINAMENTO PESSOAL</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/129/req._no_04_2021_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/129/req._no_04_2021_nelson.pdf</t>
   </si>
   <si>
     <t>PROCEDA A INSTALAÇÃO DE ACADEMIA AO AR LIVRE NAS PRAÇAS: RAIMUNDO CAVALCANTE (CENTRO), WILSON FERREIRA, MANOEL CORTEZ, AEROPORTO E ORLA DA BEIRA RIO.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/130/req._no_06_2021_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/130/req._no_06_2021_nelson.pdf</t>
   </si>
   <si>
     <t>ENCAMINHE PARA CONHECIMENTO AS INFORMAÇÕES SOBRE A ATUAL SITUAÇÃO DOS TESTES RÁPIDO DE DETECÇÃO DE ANTICORPOS CONTRA O SARS-COV-2 (COVID-19) QUE FORA FEITA EM NOSSA POPULAÇÃO.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/131/req._no_012-2021_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/131/req._no_012-2021_alex.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE INFORMAÇÃO SOBRE A PRESTAÇÃO DE CONTAS DO RECURSO DA SECRETARIA DE AÇÃO SOCIAL, REFERENTE AO ANO DE 2020</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/134/req._no_02_2021_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/134/req._no_02_2021_sueli.pdf</t>
   </si>
   <si>
     <t>QUE REALIZE ESTUDO DE VIABILIDADE TÉCNICA, ATRAVÉS DA SECRETARIA DE AGRICULTARA, PARA A IMPLANTAÇÃO DE UM BANCO DE DADOS, MÍDIA FÍSICA E DIGITAL, QUE CATALOGARÁ OS PRODUTORES E PRODUTOS AGRÍCOLAS DO MUNICÍPIO, OBJETIVANDO DA VISIBILIDADE, IMPULSIONAR AS VENDAS E SERVIR DE PARÂMETRO PARA ELABORAÇÃO DE AÇÕES DE POLITICAS PÚBLICA ESPECIFICAS.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/143/req._no_004-2021_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/143/req._no_004-2021_nainha.pdf</t>
   </si>
   <si>
     <t>Solicita ao secretário da infraestrutura a manutenção "das bocas de lobo" que se encontram abertas na rua maranhão, e limpeza das ruas no bairro da palmeiras.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/144/requ._no_013-2021_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/144/requ._no_013-2021_alex.pdf</t>
   </si>
   <si>
     <t>Requer que seja pago as progressões dos servidores da administração direta do município de porto grande em cumprimento a lei 299/2009.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/145/requ._no_014-2021_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/145/requ._no_014-2021_alex.pdf</t>
   </si>
   <si>
     <t>Requer pedido de informação sobre a folha analítica da administração direta do município de porto grande, nos meses de janeiro, fevereiro e março deste ano corrente.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/146/requ._no_015-2021_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/146/requ._no_015-2021_alex.pdf</t>
   </si>
   <si>
     <t>Requer que a prefeitura faça um levantamento e cadastramento dos nosso vendedores ambulantes, e que possa avaliar a possibilidade de pagar um auxilio emergencial para eles que vem sofrendo sérios prejuízos com esses decretos governamentais.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/147/requ._no_016-2021_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/147/requ._no_016-2021_alex.pdf</t>
   </si>
   <si>
     <t>Requer que seja feita a sinalização vertical e horizontal nas ruas e avenidas do bairro central.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/148/requ._no_005-2021_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/148/requ._no_005-2021_nainha.pdf</t>
   </si>
   <si>
     <t>Convida o senhor Gilvan, diretor da CEA (companhia de eletricidade do Amapá - Porto Grande), venha fazer o uso da tribuna desta casa de leis por 10 minutos, na sessão do dia 13 de abril as 19: 00 hrs.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/163/meteria_21_-_requerimento_017_-_2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/163/meteria_21_-_requerimento_017_-_2021.pdf</t>
   </si>
   <si>
     <t>Requer que a gestão faça parceria com institutos e órgãos de qualificação profissional "sistema S" diante da especulação de implantação de empreendimentos mineral em nosso município.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/164/materia_22_-_requerimento_018_-_2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/164/materia_22_-_requerimento_018_-_2021.pdf</t>
   </si>
   <si>
     <t>Requer que a gestão faça funcionar o já inaugurado centro de atenção psicossocial (CAPs)</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/165/materia_23_-_requerimento_019_-_2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/165/materia_23_-_requerimento_019_-_2021.pdf</t>
   </si>
   <si>
     <t>Requer pedido de informações sobre o empenho nº 407003 da aquisição de gás (GPL) no valor de R$ 4.033,00 feito pela secretaria da SEPLANFIN.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/166/materia_24_-_requerimento_020_-_2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/166/materia_24_-_requerimento_020_-_2021.pdf</t>
   </si>
   <si>
     <t>Requer pedido de informações sobre o empenho nº 329007 sobre a locação de veículos para a secretaria de administração (SEMAD).</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/167/materia_25_-_requerimento_021_-_2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/167/materia_25_-_requerimento_021_-_2021.pdf</t>
   </si>
   <si>
     <t>Requer pedido de informação sobre os empenhos nº 329008, 226008 e 212001 - pagos ao contrato nº 068/2020 sobre a locação de veículos de grande porte, nops valores de R$ 35.700,00 cada mês, a serviço da secretária de infraestrutura (SEMIDUR).</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/168/materia_26_-_requerimento_003_-_2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/168/materia_26_-_requerimento_003_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicita a terraplanagem e pavimentação asfáltica na rua tancredo neves, entre av. José Airton do Nascimento e pista do Aeroporto.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/169/materia_27_-_requerimento_004_-_2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/169/materia_27_-_requerimento_004_-_2021.pdf</t>
   </si>
   <si>
     <t>Requer a terraplanagem e pavimentação asfáltica na Av. Joaquim Frazão de Araújo, entre a rua José da Silva Paranhos e 1º de Dezembro.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/170/materia_28_-_requerimento_005_-_2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/170/materia_28_-_requerimento_005_-_2021.pdf</t>
   </si>
   <si>
     <t>Requer a terraplanagem e pavimentação asfáltica na rua 1º de Dezembro, entre a Av. 8 de agosto e a Av. Joaquim Frazão de Araújo.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/171/materia_29_-_requerimento_006_-_2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/171/materia_29_-_requerimento_006_-_2021.pdf</t>
   </si>
   <si>
     <t>Requer a terraplanagem e pavimentação asfáltica na rua Gerino porto, entre a Av. Mario Cruz e Av. Amapá.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/172/materia_30_-_requerimento_022_-_2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/172/materia_30_-_requerimento_022_-_2021.pdf</t>
   </si>
   <si>
     <t>Requer pedido de informação sobre o recurso e fornecimento da merenda escolar (PNAE)</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/173/materia_31_-_requerimento_0002_-_2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/173/materia_31_-_requerimento_0002_-_2021.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito a instalação de faixa de pedestre elevada e sinalização na Av. Amapá</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/174/materia_32_-_requerimento_003_-_2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/174/materia_32_-_requerimento_003_-_2021.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito manutenção e terraplanagem da av. Oiapoque</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/175/materia_33_-_requerimento_004_-_2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/175/materia_33_-_requerimento_004_-_2021.pdf</t>
   </si>
   <si>
     <t>Requer a criação do projeto de lei programa de aquisição de alimentos (PAA) municipal e uma audiência pública com interessados para discussão do mesmo</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento_no_026-_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento_no_026-_alex.pdf</t>
   </si>
   <si>
     <t>Requer que a gestão faça a manutenção no final da linha C da colônia agrícola do matapi nas mediações próximo a casa do sr. Gadelha, pois o acesso esta impossibilitado a passagem do caminhão da feira e o ônibus que transporta os agricultores.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/183/requerimento_no_023_-_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/183/requerimento_no_023_-_alex.pdf</t>
   </si>
   <si>
     <t>Requer que a gestão cumpra a lei federal nº 13.708 de 14 de agosto de 2018, estabelecido pela portaria nº 3.317, que fixou o piso dos agentes (ACS) de forma escalonada ao longo dos anos. O valor passará de R$ 1.400,00 para R$ 1.550,00 como determinado em lei.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_no_003-_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_no_003-_galeno.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito uma manutenção na iluminação da orla de porto grande.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/185/requerimento_no_002-_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/185/requerimento_no_002-_galeno.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito uma manutenção ou serviço paliativo no trecho da rua Joaquim Frazão de Araujo que da acesso a orla de porto grande.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/186/requerimento_no_010-_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/186/requerimento_no_010-_nelson.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito um manutenção da linha H da colonia agrícola do matapi, em função que a estrada se encontra quase interditadas em alguns locais.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_no_011-_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_no_011-_nelson.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito a manutenção do ramal do bode (km 121) e alguns acesso até a beira do rio amapari, em função que a estradas se encontra quase interditada em alguns locais.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_no_007-_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_no_007-_sueli.pdf</t>
   </si>
   <si>
     <t>Requer reforma do prédio do centro comunitário da comunidade do campo verde, localizado no km 117, incluindo a parte elétrica.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_no_009-_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_no_009-_domingos.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito os seguintes serviços na rua Luciane Rodrigues Macedo no bairro Manoel Cortez: Limpeza, terraplanagem e iluminação pública em toda sua extensão, em caráter de urgência.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_no_006-_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_no_006-_nainha.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito a roçagem e limpeza em sua extensão de baixo do linhão, que fica entre o aeroporto e o Manoel Cortez.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_no025_-_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_no025_-_alex.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A GESTÃO DISPONIBILIZE A PATRULHA MECANIZADA (TRATOR DE ESTEIRA E O TRATOR DE RODAS COM A GRADE) PARA PREPARAR AREAS DE PLANTIO PARA OS AGRICULTORES DA COLONIA AGRÍCOLA DO MATAPI.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>Institui no Calendário de Eventos Oficiais do Município de Porto Grande a Semana Municipal de Educação Física e dá outras providências</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_domingos.pdf</t>
   </si>
   <si>
     <t>Requer que sejam realizados os seguintes serviços na av. Calçoene no bairro das Malvinas: limpeza, terraplanagem e iluminação pública em toda a sua extensão, em caráter de urgência.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_sueli.pdf</t>
   </si>
   <si>
     <t>Requer que seja disponibilizado para os servidores municipais a margem consignada.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_no_011-2021_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_no_011-2021_domingos.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM REALIZADOS OS SEGUINTES SERVIÇOS NA RUA MANOEL BENTES PARENTES NO BAIRRO DAS MALVINAS: LIMPEZA E TERRAPLANAGEM E ILUMINAÇÃO PÚBLICA EM TODA SUA EXTENSÃO, EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_no_026-2021_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_no_026-2021_alex.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE INFORMAÇÃO SOBRE A OBRA DA FEIRA DA SUBESTAÇÃO, COM TODO O PROCESSO DO CERTAME LICITATÓRIO. (1-CONTRATO OU CONVÊNIO DA PREFEITURA PARA COM EMPRESA, 2-BOLETIM DE MEDIÇÕES COM ADITIVOS, SE HOUVER, 3-NOTAS FISCAIS E COMPROVANTE DE PAGAMENTO, 4 TERMO DE RECEBIMENTO DA OBRA).</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_no_024-2021_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_no_024-2021_alex.pdf</t>
   </si>
   <si>
     <t>REQUER A RELAÇÃO DOS EQUIPAMENTOS (MAQUINAS PESADAS E EMPLEMENTOS) PARA ATENDER A INFRAESTRUTURA E A AGRICULTURA DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/228/requerimento_no_009-2021_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/228/requerimento_no_009-2021_sueli.pdf</t>
   </si>
   <si>
     <t>REQUER ao Prefeito Municipal de Porto Grande, que solicite junto a Secretaria Municipal de Saúde, que seja realizado estudo para inclusão de todas as pessoas com deficiência de qualquer origem, seja visual, auditiva, intelectual, física ou pessoas com autismo como prioridade para receber a vacina contra o COVID 19, configurados como grupo de risco de contágio.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_no_010-2021_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_no_010-2021_sueli.pdf</t>
   </si>
   <si>
     <t>REQUER ao Prefeito Municipal de Porto Grande, que solicite junto a Secretaria Municipal de Saúde, que seja realizado estudo para extensão de prioridade da vacinação contra o COVID 19, para todos os vigilantes que prestam suas atividades nos órgão públicos do Estado, configurados como grupo de risco de contagio ante a relevância dos serviços essenciais prestados.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_no_004-2021_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_no_004-2021_jolianne.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO MANUTENÇÃO E TERRAPLANAGEM NA AV. CALÇOENE.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/231/requerimento_no_005-2021_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/231/requerimento_no_005-2021_jolianne.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO MANUTENÇÃO E TERRAPLANAGEM NA AV. GILVANA DE OLIVEIRA BARBOSA E AV.. HORTÊNCIA CÂNDIDO DINIZ DO BAIRRO NOVA ESPERANÇA (ÁREA 6)</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_006-2021_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_006-2021_jolianne.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO MANUTENÇÃO E TERRAPLANAGEM NA AV. JOAQUIM FRAZÃO DE ARAÚJO.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/233/requerimento_no_012-2021_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/233/requerimento_no_012-2021_domingos.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM COLOCADOS 08 VENTILADORES DE TETO NA ESCOLA MUNICIPAL ELILÚCIA DE SOUZA SANTOS, LOCALIZADA NO ASSENTAMENTO DO MUNGUBA, EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/234/requerimento_no_013-2021_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/234/requerimento_no_013-2021_domingos.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REALIZADA UMA REFORMA NO PRÉDIO DA ESCOLA MUNICIPAL ELILÚCIA DE SOUZA SANTOS, LOCALIZADA NO ASSENTAMENTO DO MUNGUBA, EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_no_001-2021_ruy.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_no_001-2021_ruy.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A INCLUSÃO DOS PROFISSIONAIS DA ASSISTÊNCIA SOCIAL NA PRIORIDADE DA VACINAÇÃO CONTRA A COVID-19</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_no_013-2021_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_no_013-2021_nelson.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA PROVIDENCIADO UM ÔNIBUS PARA ATENDER OS ALUNOS DA ZONA URBANA QUE ESTUDAM NO IFAP EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_no_014-2021_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_no_014-2021_nelson.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA PARA PROVIDENCIADO ILUMINAÇÃO PÚBLICA DO TRECHO QUE VAI DA ENTRADA DA ÁREA 6 ATÉ O IFAP (INSTITUTO FEDERAL DO AMAPÁ) EM NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_no_015-2021_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_no_015-2021_nelson.pdf</t>
   </si>
   <si>
     <t>REQUER AMPLIAÇÃO E REFORMA DA UBS DA COMUNIDADE DO MUNGUBA.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/256/req_84_gab_ver_ruy.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/256/req_84_gab_ver_ruy.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE, EM FORMA DE UM LOMBADA (QUEBRA MOLAS) NAS RUAS 13 DE SETEMBRO E JOSÉ DA SILVA PARANHOS.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/257/11_req_85_gab_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/257/11_req_85_gab_vera_nainha.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A LIMPEZA, ROÇAGEM E ESCOAMENTO DE ÁGUA. NA RUA ALAMEDA 05, NO BAIRRO NOVA ESPERANÇA, LOCALIZADO NA VILA MILITAR.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/258/12_req_86_gab_ver_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/258/12_req_86_gab_ver_guri.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A MANUTENÇÃO DA LINHA A, B, C, H, E PIAÇACA.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/259/13_req_87_gab_vera_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/259/13_req_87_gab_vera_jolianne.pdf</t>
   </si>
   <si>
     <t>REQUER A LIMPEZA DE TODO O PERÍMETRO DO CANAL QUE COMEÇA DA RUA BELA VISTA ATÉ O RIO, SE FAZENDO NECESSARIO A LIMPEZA DE TODA A EXTENSÃO DO CANAL.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/260/14_req_88_gab_vera_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/260/14_req_88_gab_vera_jolianne.pdf</t>
   </si>
   <si>
     <t>REQUER A MANUTENÇÃO, TERRAPLANAGEM E ILUMINAÇÃO NA TRAVESSA CALÇOENE.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/261/15_req_89_gab_vera_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/261/15_req_89_gab_vera_jolianne.pdf</t>
   </si>
   <si>
     <t>REQUER A LIMPEZA DO LIXO DA RUA PADRE LUIZ DAVI.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/262/16_req_90_gab_vera_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/262/16_req_90_gab_vera_jolianne.pdf</t>
   </si>
   <si>
     <t>REQUER A MANUTENÇÃO E TERRAPLANAGEM JUNTAMENTE COM A RECUPERAÇÃO DA ILUMINAÇÃO PÚBLICA NA RUA BENTO MANOEL PARENTES.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/263/17_req_91_gab_vera_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/263/17_req_91_gab_vera_jolianne.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DA ILUMINAÇÃO PUBLICA NA AVENIDA OIAPOQUE.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/270/req_nelson_2021_a.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/270/req_nelson_2021_a.pdf</t>
   </si>
   <si>
     <t>REQUER O COMPARECIMENTO DO DIRETOR -GERAL DA AGÊNCIA NACIONAL DE ENERGIA ELETRICA NO AMAPÁ (ANEEL-AP) PARA PRESTAR ESCLARECIMENTOS POR CERCA DE 40 MINUTOS NO DIA 26 DE AGOSTO APARTIR DAS 09:30 HORAS, NA CAMARA MUNICIPAL DE PORTO GRANDE, A RESPEITO DA CONSTANTE FALTA DE ENERGIA EM NOSSO MUNICIPIO.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/271/req_nelson_2021_b.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/271/req_nelson_2021_b.pdf</t>
   </si>
   <si>
     <t>REQUER O COMPARECIMENTO DO PRESIDENTE DA CEA-AP PARA PRESTAR ESCLARECIMENTOS POR CERCA DE 40 MINUTOS NO DIA 26 DE AGOSTO APARTIR DAS 09:30 HORAS, NA CAMARA MUNICIPAL DE PORTO GRANDE, A RESPEITO DA CONSTANTE FALTA DE ENERGIA EM NOSSO MUNICIPIO.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/272/req_094_2021_ver_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/272/req_094_2021_ver_domingos.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito a iluminação pública na rua principal da Vila do Munguba.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/273/req_095_2021_ver_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/273/req_095_2021_ver_domingos.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito a iluminação pública na rua principal do garimpo do Vila Nova em Caráter de urgência.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/274/req_096_2021_ver_galeno.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/274/req_096_2021_ver_galeno.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito um serviço uma limpeza no rio cupixizinho em parceria com os moradores.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>NARSON SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/275/req_097_2021_ver_narson.pdf-1.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/275/req_097_2021_ver_narson.pdf-1.pdf</t>
   </si>
   <si>
     <t>Requer que seja concluído duas salas de aula da escola municipal cupixi.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/276/req_098_2021_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/276/req_098_2021_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>Requer que deixe de forma permanente um trator de pneu tipo gerico, para atender os moradores do assentamento nova canaã.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/277/req_099_2021_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/277/req_099_2021_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito a manutenção e terraplanagem no trecho da rua bela vista localizada no bairro do aeroporto.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/306/req_100_2021_ver_ruy_andrade.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/306/req_100_2021_ver_ruy_andrade.pdf</t>
   </si>
   <si>
     <t>REQUER O CRONOGRAMA DAS ATIVIDADES DA SECRETARIA MUNICIPAL DE INFRAESTRUTURA.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/307/req_101_2021_ver_ruy_andrade.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/307/req_101_2021_ver_ruy_andrade.pdf</t>
   </si>
   <si>
     <t>REQUER A LISTA DE MOTORISTAS QUE PRESTAM SERVIÇO PARA A SECRETARIA MUNICIPAL DE INFRAESTRUTURA CONTENDO NOME COMPLETO E NUMERO DA CNH (CARTEIRA NACIONAL DE HAILITAÇÃO)</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/308/req_102_2021_ver_ruy_andrade.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/308/req_102_2021_ver_ruy_andrade.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A INSTALAÇÃO DA BASE DA CAIXA D'ÁGUA DA PRAÇA WILSON FERREIRA.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/309/req_103_2021_ver_ruy_andrade.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/309/req_103_2021_ver_ruy_andrade.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A TROCA DAS LAMPADAS QUEIMADAS DA PRAÇA WILSON FERREIRA.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/310/req_104_2021_ver_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/310/req_104_2021_ver_domingos.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM REALIZADOS OS SERVIÇOS DE LIMPEZA E TERRAPLANAGEM NA RUA SANTA RITA DE CÁSSIA - LOCALIZADA NO BAIRRO DO AEROPORTO E NA RUA JANARI NUNES LOCALIZADA NO BAIRRO DAS MALVINAS, EM CARÁTER DE URGÊNCIA. (SEGUE ANEXO FOTOGRÁFICO)</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/311/req_105_2021_ver_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/311/req_105_2021_ver_domingos.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM REALIZADOS OS SERVIÇOS DE ILUMINAÇÃO PÚBLICA NA RUA MARANHÃO NO BAIRRO DAS PALMEIRAS E NA RUA 13 DE SETEMBRO QUE ATRAVESSA PARA O BAIRRO MANOEL CORTÊS EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/316/req_106_2021_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/316/req_106_2021_ver_narson.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCLUIDO DUAS SALAS DE AULA DA ESCOLA MUNICIPAL CUPIXI.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/317/req_107_2021_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/317/req_107_2021_ver_narson.pdf</t>
   </si>
   <si>
     <t>REQUER QUE DEIXE DE FORMA PERMANENTE UM TRATOR DE PNEU TIPO GERICO, PARA ATENDER OS MORADORES DO ASSENTAMENTO CANAÃ.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/318/req_108_2021_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/318/req_108_2021_ver_narson.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A MANUTENÇÃO E TERRAPLANAGEM NO TRECHO DA RUA BELA VISTA LOCALIZADO NO BAIRRO DO AEROPORTO.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/321/req_109_2021_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/321/req_109_2021_vera_sueli.pdf</t>
   </si>
   <si>
     <t>REQUER ILUMINAÇÃO PÚBLICA E TERRAPLANAGEM DAS AVENIDAS JOSÉ AIRTON DE OLIVEIRA E 13 DE OUTUBRO NO BAIRRO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/322/req_110_2021_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/322/req_110_2021_vera_sueli.pdf</t>
   </si>
   <si>
     <t>REQUER ILUMINAÇÃO E LIMPEZA DA PRAÇA MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/323/req_111_2021_vera_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/323/req_111_2021_vera_jolianne.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITA A ILUMINAÇÃO PÚBLICA NA COLÔNIA AGRÍCOLA DO MATAPÍ.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/324/req_112_2021_ver_ruy_andrade.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/324/req_112_2021_ver_ruy_andrade.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A INSTALAÇÃO DE INTERNET DEDICADA NA UBS NOVA ESPERANÇA PARA ATENDER O PROGRAMA DE TELEMEDICINA.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/325/req_113_2021_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/325/req_113_2021_ver_narson.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA INSTALADO UM GERADOR NA UBS DO CUPIXI.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/326/req_114_2021_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/326/req_114_2021_ver_narson.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA INSTALADO REFLETOR NA FRENTE DA UBS DO CUPIXI.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/327/req_115_2021_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/327/req_115_2021_ver_narson.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA INSTALADAS GRADES NA PORTA E NAS JANELAS, E LÂMPADAS NA UBS DO CUPIXI.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/329/req_116_2021_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/329/req_116_2021_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A GESTÃO INSTALE E FAÇA FUNCIONAR OS EQUIPAMENTOS DE ATENDIMENTO ODONTOLOGICO DA UNIDADE DE SAÚDE DO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/330/req_117_2021_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/330/req_117_2021_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A GESTÃO CUMPRA A LEI Nº 13.987, DE 7 DE ABRIL DE 2020, PUBLICADA NA EDIÇÃO EXTRA DO DIÁRIO OFICIAL DA UNIÃO, QUE ALTEROU ALEI Nº 11.947, DE 16 DE JUNHO DE 2009, PARA AUTORIZAR, EM CARÁTER EXCEPCIONAL, A DISTRIBUIÇÃO DE GÊNEROS ALIMENTÍCIOS ADQUIRIDOS COM RECURSOS DO PROGRAMA NACIONAL DE ALIMENTAÇÃO ESCOLAR (PNAE).</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/332/req_118_2021_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/332/req_118_2021_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>VENHO REQUERER PEDIDO DE INFORMAÇÃO SOBRE O EDITAL CONCORRÊNCIA PÚBLICA Nº. 001/2021-CPL/PMPG, COM AS COPIAS DE TODO O PROCESSO LICITATÓRIO, COM OS PARECER DA CPL, PARECERES DA PROCURADORIA DO MUNICÍPIO, AS DECISÕES, AS ATAS, ORDEM DE SERVIÇO, E TUDO MAIS PERTINENTE A ESSE PROCESSO.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/333/req_119_2021_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/333/req_119_2021_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE INFORMAÇÃO SOBRE A OBRA DA FEIRA MUNICIPAL DO BAIRRO MALVINAS, LOCALIZADA NA SUBESTAÇÃO COM TODO O PROCESSO LICITATÓRIO, COM OS PARECERES DA CPL, (COMISSÃO PERMANENTE DE LICITAÇÃO) PARECERES DA PROCURADORIA DO MUNICÍPIO, AS DECISÕES, AS ATAS, ORDEM DE SERVIÇO.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/338/req_120_2021_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/338/req_120_2021_ver_nelson.pdf</t>
   </si>
   <si>
     <t>REQUER QUE ULTIME PROVIDÊNCIAS NO SENTIDO DE DETERMINAR A COMPOSIÇÃO DE GRUPO TRABALHO INTERDISCIPLINAR PARA NUM PRAZO DE 60 DIAS SEJA REALIZADO A REVISÃO DO PLANO DE CARREIRA DOS PROFISSIONAIS DO MAGISTÉRIO VISANDO A REVISÃO E ATUALIZAÇÃO DA LEI N.° 263 DE 28 DE DEZEMBRO DE 2007( QUE DISPOE SOBRE O PLANO DE CARREIRA DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DO MUNICIPIO DE PORTO GRANDE), ASSIM COMO A INCLUSÃO DOS PROFISSIONAIS DA EDUCAÇÃO DE ACORDO COM O ARTIGO 70.1 DA LEI 9394 DE 20 DE DEZEMBRO DE 1996, HAJA VISTO OS MESMO HOJE ENCONTRAM-SE REGIDO PELA LEI N.º 299 DE 22 DE OUTUBRO DE 2009, E APÓS ANÁLISES E ESTUDOS DEVIDOS, SEJA ENCAMINHADO PROPOSTA DE PROJETO DE LEI DO NOVO PLANO, ATUALIZADO A ESTA CAMARA MUNICIPAL PARA DISCURSSÃO E DELIBERAÇÃO POR PARTE DOS VEREADORES COMPONENTES DESTA CASA.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/339/req_121_2021_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/339/req_121_2021_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A MESA DIRETORA, PROMULGUE A LEI 34/2021, DE MINHA AUTORIA, NO QUE ORDENA O NOSSO REGIMENTO INTERNO, DA SANSÃO DO VETO E DA PROMULGAÇÃO, NO SEU ARTIGO. 55 INCISOS §3º E §7º. CABE A MESA DIRETORA A SIM O FIZER.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/340/req_122_2021_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/340/req_122_2021_ver_nelson.pdf</t>
   </si>
   <si>
     <t>REQUER HOMENAGEAR, MARIA GORETH SILVA SOUZA COM O TITULO DE MÉRITO EDUCATIVO.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/341/req_123_2021_ver_rui_andrade.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/341/req_123_2021_ver_rui_andrade.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O CHEFE DO EXECUTIVO MUNICIPAL DETERMINE O INÍCIO DE ESTUDOS PARA A IMPLANTAÇÃO DA GUARDA MUNICIPAL NO MUNICÍPIO DE PORTO GRANDE, CONFORME PRECEITUA O ART 144, § 8° DA CONSTITUIÇÃO FEDERAL, ATENDENDO TAMBÉM O PLANO NACIONAL DE SEGURANÇA PÚBLICA, INSTITUÍDO PELA LEI 10.201/2001.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/342/req_124_2021_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/342/req_124_2021_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A GESTÃO POSSA DISPONIBILIZAR UM CAMINHÃO PARA ATENDER A COMUNIDADE DO RAMAL DO GADELHA (PIAÇACA). PARA QUE POSSAM ESCOAR SUAS PRODUÇÕES NA FEIRA MUNICIPAL DA CEDE DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/343/req_125_2021_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/343/req_125_2021_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A GESTÃO FAÇA A MANUTENÇÃO ATE O FINAL DA LINHA "C" DE ONDE FOI PARALISADO O SERVIÇO, NAS MEDIAÇÕES PROXIMO A CASA DO Sr GADELHA, E POSSA CONCLUIR O RAMAL DO GADELHA EM SUA ESTENSÃO.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/344/req_126_2021_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/344/req_126_2021_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>REQUER QUE VEÍCULOS LOCADOS E PRESTADORES DE SERVIÇO PARA O MUNICÍPIO SEJAM DEVIDAMENTE IDENTIFICADOS COM A LOGO DE SUAS RESPECTIVAS SECRETARIAS.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/345/req_127_2021_vera_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/345/req_127_2021_vera_sueli.pdf</t>
   </si>
   <si>
     <t>REQUER ILUMINAÇÃO PÚBLICA, LIMPEZA E TERRAPLANAGEM NAS RUAS JESUS DE NAZARÉ E LEANDRO E LEONARDO E NAS AVENIDAS SANTA RITA DE CASSIA, JOSÉ LIMA DE SOUZA E GILSON SOARES, NO BAIRRO DO AEROPORTO.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/348/req_128_2021_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/348/req_128_2021_ver_narson.pdf</t>
   </si>
   <si>
     <t>REQUER MAQUINAS TIPO TRATOR DE ESTEIRA E PATROL PARA FAZER O SERVIÇO DE MANUTENÇÃO DAS ESTRADAS DO ASSENTAMENTO MANOEL JACINTO.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/349/req_129_2021_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/349/req_129_2021_ver_narson.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A ILUMINAÇÃO PÚBLICA NA RUA GETÚLIO VARGAS NO TRECHO BAIRRO MALVINAS.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/350/req_130_2021_ver_amigo_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/350/req_130_2021_ver_amigo_domingos.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO LIMPEZA E TERRAPLANAGEM NO KM 127 (PROXIMO A ESCOLA ESTADUAL) EM TODA A SUA EXTENSÃO, EM CARATER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/351/req_131_2021_ver_amigo_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/351/req_131_2021_ver_amigo_domingos.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO EM CARÁTER DE URGÊNCIA A ILUMINAÇÃO PÚBLICA NO BAIRRO BRASIL TROPICAL.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/354/rqr_132_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/354/rqr_132_alex.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A GESTÃO ISENTA DO PAGAMENTO PARA CUSTEIO DA TAXA DE ILUMINAÇÃO PÚBLICA (CIP), OS MORADORES DA ZONA RURAL NO TERRITÓRIO DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/373/req_134_2021_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/373/req_134_2021_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A GESTÃO REGULARIZE O FORNECIMENTO DE ÁGUA DA COMUNIDADE DO KM 142, QUE SE ENCONTRA SEM ÁGUA PARA O ABASTECIMENTO DA MESMA.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/374/req_135_2021_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/374/req_135_2021_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A GESTÃO DESTAQUE UMA EQUIPE DA EMDEMIAS PARA COMBATE A MALÁRIA NA COMUNIDADE DO KM 142, E CIRCO VIZINHAÇA QUE SE ENCONTRA NOS ULTIMOS DIAS COM A PROLIVERAÇÃO DA MESMA.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/375/req_136_2021_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/375/req_136_2021_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>REQUER QUE AGESTÃO CUMPRA A LEI MUNICIPAL 371/2013, E FAÇA A IDENTIFICAÇÃO EM TODOS OS VEICULOS LOCADOS E PRESTADORES DE SERVIÇO COMO MANDA A REFERIDA LEI.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/376/req_137_2021_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/376/req_137_2021_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>VENHO REQUER PEDIDO DE INFORMAÇÃO SOBRE O EMPENHO Nº 609006 QUE TRATA DA LOCAÇÃO DE VEICULOS PARA ATENDER A SECRETÁRIA DE INNFRAESTURTURA (SEMIDUR) NO VALOR DE R$ 47.600,00 REAIS, COM RESPECTIVA COPIA DO CONTRATO 068/2020, ATA, DESCRIÇÃO DOS VEICULOS, SERVIÇO PRESTADO, E TODA AS DEMAIS INFORMÇÕES PERTINENNTES A ESSA PRESTAÇÃO DE SERVIÇOS.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/377/req_138_2021_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/377/req_138_2021_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>VENHO REQUER PEDIDO DE INFORMAÇÃO SOBRE O EMPENHO Nº 702023 QUE TRATA DA LOCAÇÃO DE VEICULOS PARA ATENDER A SECRETÁRIA DE AGRICULTURA NO VALOR DE R$23,000,00 MIL REAIS, COM RESPECTIVA COPIA DO CONTRATO, ATA, DESCRIÇÃO DO VEICULO OU VEICULOS, SERVIÇO PRESTADO, E TODA AS DEMAIS INFORMÇÕES PERTINENNTES A ESSA PRESTAÇÃO DE SERVIÇOS.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/378/req_139_2021_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/378/req_139_2021_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>VENHO REQUERER PEDIDO DE INFORMAÇÃO SOBRE O EMPENHO Nº 702022 QUE TRATA DA LOCAÇÃO DE VEICULOS PARA ATENDER A SECRETÁRIA DE ADMIISTRAÇÃO NO VALOR DE R$15,000,00 MIL REAIS, COM RESPECTIVA COPIA DO CONTRATO, ATA, DESCRIÇÃO DO VEICULO, SERVIÇO PRESTADO, E TODA AS DEMAIS INFORMÇÕES PERTINENNTES A ESSA PRESTAÇÃO DE SERVIÇOS.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/380/req_140_2021_ver_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/380/req_140_2021_ver_guri.pdf</t>
   </si>
   <si>
     <t>REQUER AO PREFEITO A DOAÇÃO DE CALCÁRIO PARA OS AGRICULTORES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/381/req_141_2021_ver_guri.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/381/req_141_2021_ver_guri.pdf</t>
   </si>
   <si>
     <t>REQUER A MANUTENÇÃO DOS TRATORES DE RODA E GRADES.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/382/req_142_2021_vera_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/382/req_142_2021_vera_jolianne.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO UM ESTUDO PARA CRIAÇÃO DE UM ESPAÇO E INSTALAÇÃO DE MAQUINAS ADEQUADAS PARA O TRATAMENTO DE HEMODIÁLISE NO NOVO HOSPITAL DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/383/req_143_2021_vera_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/383/req_143_2021_vera_jolianne.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO UM ESTUDO PARA QUE ATRAVEZ DA PREFEITURA DE PORTO GRANDE EM PARCERIA COM A SECRETARIA DE CULTURA DO MUNICÍPIO SEJA REALIZADO CRIAÇÃO DE UM PROJETO DE LEI PARA A EXECUÇÃO DE UM INCENTIVO FINANCEIRO E ESTRUTURAL AO CAMPEONATO DE MOTOCROSS DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/387/req_144_2021_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/387/req_144_2021_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>VENHO REQUERER PEDIDO DE INFORMAÇÃO SOBRE O EMPENHO Nº 908018 QUE TRATA DA LOCAÇÃO DE 3 VEICULOS , PICK UP, PARA ATENDER A SECRETÁRIA DE SAÚDE NO VALOR DE R$18.166,18 (DEZOITO MIL, CENTO E SESENTA E SEIS REAIS E DEZOITO CENTAVOS. COM RESPECTIVA COPIA DO CONTRATO, DESCRIÇÃO DO VEICULO COM PLACA, SERVIÇO PRESTADO, E TODA AS DEMAIS INFORMÇÕES PERTINENNTES A ESSA PRESTAÇÃO DE SERVIÇOS.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/388/req_145_2021_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/388/req_145_2021_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>VENHO REQUERER PEDIDO DE INFORMAÇÃO SOBRE O EMPENHO Nº 908019 QUE TRATA DA LOCAÇÃO DE UMA PICK UP PARA ATENDER A SECRETÁRIA DE SAÚDE NO VALOR DE R$ 6.916,66  (SEIS MIL, NOVECENTOS E DEZESSEIS REAIS E SECENTA E SEIS CENTAVOS) COM RESPECTIVA COPIA DO CONTRATO, DESCRIÇÃO DO VEICULO COM PLACA, SERVIÇO PRESTADO, E TODA AS DEMAIS INFORMÇÕES PERTINENNTES A ESSA PRESTAÇÃO DE SERVIÇOS.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>CONVIDA O SENHOR RAIMUNDO COELHO MARQUES, PRESIDENTE DA ASSOCIAÇÃO AGROEXTRATIVISTA RIBEIRINHO DO RIO ARAGUARI, VENHA FAZER O USO DA TRIBUNA DESTA CASA DE LEIS POR 20 MINUTOS, NA SESSÃO ORDINÁRIA DO DIA 21 DE ABRIL AS 18HS.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/391/req_147_2021_ver_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/391/req_147_2021_ver_alex_lopes.pdf</t>
   </si>
   <si>
     <t>REQUER A COVOCAÇÃO DO SENHOR EXPEDITO DA SILVA VIANA, PRESIDENTE DA CPL (COMISSÃO PERMANENTE DE LICITAÇÃO) PARA SER INTERPELADO SOBRE ASSUNTOS PERTINENTES A PROCESSOS TOTALITÁRIOS DE OBRAS NO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/399/req_148_2021_ruy.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/399/req_148_2021_ruy.pdf</t>
   </si>
   <si>
     <t>REQUER O USO DA TRIBUNA DESTA CASA DE LEIS POR 20 (VINTE MINUTOS) NA SESSÃO DO DIA 25 DE NOVEMBRO DE 2021, PARA QUE O SENHOR ROMULO NASCIMENTO, (SECRETÁRIO DE CULTURA ESPORTE E LAZER) E O SENHOR ORIVALDO AMORIM, (SECRETÁRIO DE MEIO AMBIENTE). FAÇAM UMA ESPLANAÇÃO SOBRE O TORNEIO DE PESCA ESPORTIVA QUE OCORRERÁ EM NOSSO MUNICIPIO.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/400/req_149_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/400/req_149_sueli.pdf</t>
   </si>
   <si>
     <t>CONVIDA O SENHOR PEDRO FILÉ, MEMBRO DO CONSELHO ESTADUAL DA JUVENTUDE, VENHA FAZER O USO DA TRIBUNA DESTA CASA DE LEIS POR 20 MINUTOS, NA SESSÃO ORDINÁRIA DO DIA 02 DE DEZEMBRO AS 18:00HS.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/404/req_150_gab_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/404/req_150_gab_nainha.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A GESTÃO FAÇA UMA LIMPESA NA CAIXA D'AGUA E EM TODO O SISTEMA, NA COMUNIDADE DO KM 142, QUE SE ENCONTRA COM A TAMPA SEMI ABERTA E COM ISSO OS URUBUS ESTÃO DEFECANDO DENTRO DA CAIXA, SEGUNDE RELATOS DA PRÓPIA COMUNIDADE.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/405/req_151_gab_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/405/req_151_gab_alex.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A GESTÃO DISPONIBILIZE UM TRATOR PARA ESTOCAR ÁREAS PARA QUE OS AGRICULTORES DO NOVA COLINA POSSA ABRIR FRENTE PARA IMPLANTACÃO DO PPI, CONTEMPLADO PELO GOVERNO DO ESTADO.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/408/req_152_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/408/req_152_ver_narson.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSTRUÍDO UMA ESCOLA MUNICIPAL NA COMUNIDADE DO ASSENTAMENTO NOVA CANAÃ.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/409/req_153_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/409/req_153_ver_narson.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSTRUÍDO UMA UBS NA COMUNIDADE DO ASSENTAMENTO NOVA CANAÃ.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>VENHO REQUERER PEDIDO DE INFORMAÇÃO A GESTÃO SOBRE O RATEIO DO ABONO DO RECURSO DO FUNDEB NO EXERCÍCIO 2021, COM O RELATÓRIO DETALHADO DAS DESPESAS, PARA OBTERMOS A IMFORMAÇÃO DA REAL SOBRA DESSE RECURSO.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A MANUTENÇÃO NO SISTEMA DE ABASTECIMENTO DE ÁGUA DO BAIRRO DO AEROPORTO.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A MANUTENÇÃO DAS LAMPADAS DE LED E TROCA DAS FOTOCÉLULA DAS RUAS E AVENIDAS DO NOSSO MUNICIPIO.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/23/ind_01_2021_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/23/ind_01_2021_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR NO VALOR DE  R$ 200.000,00 PARA FINS ESPECÍFICOS PARA CONSTRUÇÃO DE UMA ESCOLA MUNICIPAL ASSENTAMENTO DO VILA NOVA.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/27/ind_02_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/27/ind_02_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADA UMA REFORMA GERAL OU UMA NOVA CONSTRUÇÃO DO PRÉDIO DA ESCOLA ESTADUAL JOSÉ RIBAMAR TEIXEIRA EM NOSSO MUNICIPIO.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/28/ind_03_2021_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/28/ind_03_2021_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>REQUER JUNTO À SECRETARIA DE SAÚDE A CONTRATAÇÃO DE MÉDICOS GERIATRAS PARA ATENDER A POPULAÇÃO IDOSA NA REDE MUNICIPAL DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/29/ind_04_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/29/ind_04_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>RECURSOS FINANCEIROS ATRAVÉS DE EMENDA PARLAMENTAR PARA FINS ESPECÍFICOS PARA AQUISIÇÃO DE PLACA DE ENERGIA SOLAR PARA ATENDER AS COMUNIDADES RIBEIRINHAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/30/ind_05_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/30/ind_05_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR PARA AQUISIÇÃO DE UMA PISTA DE SKATE PARA ATENDER AOS JOVENS DE NOSSO MUNICIPIO.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/31/ind_06_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/31/ind_06_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR PARA FINS ESPECÍFICOS PARA A CONSTRUÇÃO DO PORTO DE EMBARQUE E DESEMBARQUE PARA BEM ATENDER AS COMUNIDADES RIBEIRINHAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/32/ind_07_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/32/ind_07_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR PARA PERFURAÇÃO DE POÇOS ARTESIANOS COMUNITÁRIOS EM COMUNIDADES RURAIS PARA BEM ATENDER AS COMUNIDADES AGRÍCOLAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/33/ind_08_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/33/ind_08_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR PARA A REFORMA E AMPLIAÇÃO DA ESCOLA MUNICIPAL ACRE, PARA BEM ATENDER AS COMUNIDADES ESCOLAR DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/34/ind_09_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/34/ind_09_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR PARA A URBANIZAÇÃO DA AVENIDA SANTOS DUMONT (PISTA DO AEROPORTO), PARA BEM ATENDER A POPULAÇÃO DE PORTO GRANDE.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/35/ind_10_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/35/ind_10_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR PARA A CONSTRUÇÃO DE UMA PRAÇA NO BAIRRO NOVA ESPERANÇA - ÁREA 6, BEM PARA ATENDER A POPULAÇÃO DE PORTO GRANDE.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/59/ind_11_2021_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/59/ind_11_2021_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR GUSTAVO DEFILIPPO, SUPERITENDENTE REGIONAL SUBSTITUIDO DO DNIT  NO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO ESPECIAL ATENÇÃO REQUER QUE SEJA FEITO INSTALAÇÃO E/ OU MANUTENÇÃO NA LOMBADA EM FRENTE AO CAMPUS DO IFAP NO MUNICÍPIO DE PORTO GRANDE-AP.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/60/ind_12_2021_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/60/ind_12_2021_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA ALINE PARANHOS VARONIL GURGEL, DEPUTADA FEDERAL DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO UMA EMENDA PARLAMENTAR PARA A CONSTRUÇÃO DA PRAÇA DA BÍBLIA DO MUNICÍPIO DE PORTO GRANDE-AP.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/61/ind_13_2021_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/61/ind_13_2021_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA ANTÔNIO WALDEZ GÓES DA SILVA, GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO A CONSTRUÇÃO DE UM TERMINAL RODOVIÁRIO NO MUNICÍPIO DE PORTO GRANDE-AP</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/62/ind_14_2021_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/62/ind_14_2021_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICA A VOSSA EXCELÊNCIA ANTÔNIO WALDEZ GÓES DA SILVA, GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS ATRAVÉS DO SIAC-SUPERFÁCIL E AMAPÁ PREVIDÊNCIA-AMPREV, PARA QUE ESTUDE A POSSIBILIDADE DE REALIZAÇÃO DE AÇÕES AGENDADAS NESTE MUNICÍPIO, A QUAL CONSISTIRÁ EM ATENDIMENTO DE DEMANDAS REPRESADAS, ACENTUADAS PELA RÁPIDA PROPAGAÇÃO DA COVID-19 E AS RECOMENDAÇÕES DE DISTANCIAMENTO SOCIAL ESTABELECIDAS EM DECRETOS GOVERNAMENTAL.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/63/ind_15_2021_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/63/ind_15_2021_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA ANTÔNIO WALDEZ GÓES DA SILVA, GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS ATRAVÉS DO SIAC-SUPERFACIL, PARA QUE ESTUDE A POSSIBILIDADE DE VIABILIDADE TÉCNICA PARA A IMPLANTAÇÃO DA EMISSÃO DA CARTEIRA DE IDENTIFICAÇÃO DA PESSOA COM TEA - TRANSTORNO DO ESPECTRO AUTISTA NA UNIDADE INSTALADA NESTE MUNICÍPIO, A QUAL CONSISTIRÁ EM ATENDIMENTO DE DEMANDAS REPRESADAS, ACENTUADAS PELA RÁPIDA PROPAGAÇÃO DA PANDEMIA DO CORONAVÍRUS AS ESPECIFICIDADES INERENTES AO TRANSTORNO.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/64/ind_16_2021_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/64/ind_16_2021_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR BENEDITO ARISVALDO SOUZA CONCEIÇÃO– SECRETÁRIO ESTADUAL DE TRANSPORTE DO ESTADO DO AMAPÁ, QUE SEJA QUE SEJA FEITO UMA PONTE NO RAMAL DA LINHA A DO PIAÇACA.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/79/ind_17_2021_gab_ver_francinaldo.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/79/ind_17_2021_gab_ver_francinaldo.pdf.pdf</t>
   </si>
   <si>
     <t>QUE SEJA VIABILIZADO A MANUTENÇÃO ESTRADAS E RAMAIS DA COLÔNIA DO MATAPÍ, ASSENTAMENTO NOVA COLINA, ASSENTAMENTO NOVA CANAÃ, ASSENTAMENTO MANOEL JACINTO, PARA ATENDER A POPULAÇÃO DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/81/ind_19_2021_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/81/ind_19_2021_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR QUE ATRAVÉS DA SECRETARIA EXTRAORDINÁRIA DE POLÍTICAS PARA AS MULHERES – SEPM E SECRETARIA DE ESTADO DA JUSTIÇA E SEGURANÇA PÚBLICA - SEJUSP, PARA QUE ESTUDE A VIABILIDADE TÉCNICA PARA A IMPLANTAÇÃO DE UMA SALA DE ACOLHIMENTO E ATENDIMENTO A MULHERES VÍTIMAS DE VIOLÊNCIA, A SER INSTALADA NA DELEGACIA DE POLÍCIA DESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/82/ind_20_2021_gab_vera_sueli.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/82/ind_20_2021_gab_vera_sueli.pdf.pdf</t>
   </si>
   <si>
     <t>QUE ATRAVÉS DA SECRETARIA EXTRAORDINÁRIA DE POLÍTICAS PARA AS MULHERES – SEPM, PARA QUE SEJA DISPONIBILIZADO A CONCESSÃO DE UM VEÍCULO PARA O CENTRO DE REFERÊNCIA DE ATENDIMENTO À MULHER - CRAM A SER USADO COMO SUPORTE NO ATENDIMENTO A MULHERES VÍTIMAS DE VIOLÊNCIA.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/93/ind_21_2021_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/93/ind_21_2021_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo senhor Benedito Arisvaldo Souza Conceição – Secretário de Transporte do Estado do Amapá, que seja viabilizado A Doação de Óleo Diesel para ser Feito a Manutenção das estradas e ramais da colônia do Matapi e dos assentamento do município de porto grande.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/94/ind_22_2021_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/94/ind_22_2021_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR a Vossa Excelência Aline Paranhos Varonil Gurgel, Deputada Federal do Estado do Amapá, que no uso de suas atribuições legais do qual solicito uma Emenda parlamentar para climatizar e sistematizar todas as escolas da rede Municipal, em especial as escolas da zona Rural.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/95/ind_23_2021_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/95/ind_23_2021_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR a Vossa Excelência Aline Paranhos Varonil Gurgel, Deputada Federal do Estado do Amapá, que no uso de suas atribuições legais do qual solicito uma Emenda parlamentar para construção de uma creche no bairro Nova esperança.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/97/ind_24_2021_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/97/ind_24_2021_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR a Vossa Excelência Antônio Waldez Góes da Silva, Governador do Estado do Amapá, que no uso de suas atribuições legais através da secretária de Educação do Estado do Amapá, a reconstrução ou reforma e ampliação da Escola Estadual Francisco Manoel dos Santos localizada na Rodovia Perimetral Norte km – 142.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/98/ind_25_2021_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/98/ind_25_2021_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR a Vossa Excelência Antônio Waldez Góes da Silva, Governador do Estado do Amapá, que no uso de suas atribuições legais através da secretária de Educação do Estado do Amapá, reforma da Escola Estadual KM – 132 localizada na Rodovia Perimetral Norte km – 132.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/99/ind_26_2021_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/99/ind_26_2021_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR a Vossa Excelência Aline Paranhos Varonil Gurgel, Deputada Federal do Estado do Amapá, que no uso de suas atribuições legais do qual solicito uma Alocação de emenda parlamentar para fim específico de compra de um aparelho de mamografia para o Hospital Municipal Maria Lúcia.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/100/ind_27_2021_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/100/ind_27_2021_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR a Vossa Excelência Aline Paranhos Varonil Gurgel, Deputada Federal do Estado do Amapá, que no uso de suas atribuições legais do qual solicito uma Ementa Parlamentar para fim específico de reforma da praça do Bairro Manoel Cortez.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/101/ind_28_2021_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/101/ind_28_2021_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR a Vossa Excelência Aline Paranhos Varonil Gurgel, Deputada Federal do Estado do Amapá, que no uso de suas atribuições legais do qual solicito uma Ementa Parlamentar para fim específico de alocação de recursos para pavimentação com bloquetes em concreto para o bairro das Malvinas.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/102/ind_29_2021_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/102/ind_29_2021_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR a Vossa Excelência Aline Paranhos Varonil Gurgel, Deputada Federal do Estado do Amapá, que no uso de suas atribuições legais do qual solicito uma Ementa Parlamentar para fim específico de reconstrução da escola José Ribamar Teixeira.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/109/ind_30_2021_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/109/ind_30_2021_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR a Vossa Excelência Antônio Waldez Góes da Silva, Governador do Estado do Amapá, que no uso de suas atribuições legais através da secretária de Educação do Estado do Amapá (SEED), solicitar a reconstrução da Escola Estadual KM – 127 localizada na Rodovia Perimetral Norte km – 127.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/110/ind_31_2021_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/110/ind_31_2021_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR a Vossa Excelência Antônio Waldez Góes da Silva, Governador do Estado do Amapá, que no uso de suas atribuições legais através da secretária de Educação do Estado do Amapá (SEED), solicitar a reforma e construção de uma quadra poliesportiva na Escola Estadual Florença Torres de Araújo localizada no distrito do Cupixi.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/111/ind_32_2021_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/111/ind_32_2021_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR a Vossa Excelência Antônio Waldez Góes da Silva, Governador do Estado do Amapá, que no uso de suas atribuições legais através da secretária de Educação do Estado do Amapá (SEED), solicitar a construção da Escola Estadual José Airton do Nascimento, localizada no assentamento do Munguba.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/112/ind_33_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/112/ind_33_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo senhor Vinicius Gurgel, Deputado Federal pelo Amapá, que uso de suas atribuições legais  do qual solicito especial atenção em nome de toda juventude de Porto Grande, no sentido de que seja locada verba do orçamento da união, através de emenda parlamentar, para a construção do centro cultural da juventude no Município de Porto Grande.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/113/ind_34_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/113/ind_34_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>Indicar ao Ilustríssimo senhor superintendente  regional do DNIT Amapá, que no uso de suas atribuições legais do qual solicito especial atenção que seja colocado Sinalização Horizontal e Vertical, tachões luminosos (olho de gato) no perímetro da rodovia BR 156 que vai do início da parabela até o balneário.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/114/ind_35_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/114/ind_35_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo senhor Waldez Góes, Governador do Estado do Amapá, que no uso de suas atribuições legais do qual solicito especial atenção em nome de toda a comunidade escolar de Porto Grande no sentido de que seja locada verba do orçamento do Estado a Construção de uma piscina Olímpica na Escola Estadual Elias de Freitas Trajano.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/115/ind_36_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/115/ind_36_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>Indicar ao Ilustríssimo senhor comandante geral do corpo de Bombeiros do estado do Amapá, Coronel Wagner Coelho Pereira, que no uso de suas atribuições legais do qual solicito especial atenção no sentido da Implantação dos Projetos Sociais Bombeiro Cidadão e o Bombeiro Mirim Músico.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/116/ind_37_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/116/ind_37_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo senhor Randolfe Rodrigues - Senador da Republica pelo Amapá, que no uso de suas atribuições legais do qual solicito especial atenção em nome de todo o povo de Porto Grande, no sentido de que seja locada a verba do orçamento da União, através de emenda parlamentar, para a Construção do Museu Histórico, cultural e geográfico do Município.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/117/ind_38_2021_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/117/ind_38_2021_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>Indicar a Vossa Excelência Antonio Waldez Góes da Silva, Governador do Estado do Amapá, que no uso de suas atribuições legais, através da secretária de transporte do Estado do Amapá (SETRAP), que seja viabilizado a possibilidade de colocar uma Balsa para atender o assentamento Manoel Jacinto, com a finalidade que se integre a aquela região ao nosso Município.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/132/ind_39_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/132/ind_39_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo Senhor DAVI ALCOLUMBRE, digníssimo SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, PELO ESTADO DO AMAPÁ, que no uso de suas atribuições legais do qual solicito especial atenção no sentido de que que seja viabilizado recursos financeiros através de Emenda Parlamentar, para fins específicos para a Pavimentação do bairro Nova Esperança, para bem atender os moradores</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/133/ind_40_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/133/ind_40_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo Senhor DAVI ALCOLUMBRE, digníssimo SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, PELO ESTADO DO AMAPÁ, que no uso de suas atribuições legais do qual solicito especial atenção no sentido de que que seja viabilizado recursos financeiros através de Emenda Parlamentar, para fins específicos para a Aquisição de uma Patrulha Mecanizada, para bem atender o município de Porto Grande tanto na zona urbano quanto na zona rural.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/135/ind_41_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/135/ind_41_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo Senhor DAVI ALCOLUMBRE, digníssimo SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, PELO ESTADO DO AMAPÁ, que no uso de suas atribuições legais do qual solicito especial atenção no sentido de que que seja viabilizado recursos financeiros através de Emenda Parlamentar, para fins específicos para a Aquisição de um Caminhão, para bem atender aos Pequenos Produtores da Agricultura Familiar no município de Porto Grande.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/136/ind_42_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/136/ind_42_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo Senhor DAVI ALCOLUMBRE, digníssimo SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, PELO ESTADO DO AMAPÁ, que no uso de suas atribuições legais do qual solicito especial atenção no sentido de que que seja viabilizado recursos financeiros através de Emenda Parlamentar, para fins específicos para a Aquisição de Arenas com grama sintéticas nas Praças Raimundo Cavalcante, Aeroporto, Nova Esperança e Manoel Cortez.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/137/ind_43_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/137/ind_43_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo Senhor DAVI ALCOLUMBRE, digníssimo SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, PELO ESTADO DO AMAPÁ, que no uso de suas atribuições legais do qual solicito especial atenção no sentido de que que seja viabilizado recursos financeiros através de Emenda Parlamentar, para fins específicos para a Ampliação do Posto de Saúde da Comunidade Vila Nova para bem atender a Comunidade daquele localidade.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/138/ind_44_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/138/ind_44_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo Senhor DAVI ALCOLUMBRE, digníssimo SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, PELO ESTADO DO AMAPÁ, que no uso de suas atribuições legais do qual solicito especial atenção no sentido de que que seja viabilizado recursos financeiros através de Emenda Parlamentar, para fins específicos para a Aquisição de 01(um) Caminhão Compactador para Coleta de Lixo, para bem atender o Município de porto Grande.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/139/ind_45_2021_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/139/ind_45_2021_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR. A vossa Excelência Deputado Federal Vinicius Gurgel, que no uso de suas atribuições legais, possa alocar uma emenda parlamentar para a construção de uma Piscina Olímpica no comande da corporação dos Bombeiros no município de Porto Grande.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/149/ind_46_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/149/ind_46_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo senhor Davi Alcolumbre, digníssimo senador da republica federativa do brasil, pelo estado do Amapá, que no uso de suas atribuições legais do qual solicito especial atenção no sentido de que seja viabilizado recursos financeiros através de emenda parlamentar, para fins específicos para a construção de um abatedouro público municipal para abate de bovinos, suínos, caprinos e a produção de embutidos visando o formento da produção agrícola e pecuária do município, para bem atender a região centro oeste de nosso estado.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/150/ind_47_2021_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/150/ind_47_2021_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>Indicar a vossa excelência Aline Paranhos Varonil Gurgel, deputada federal do estado do Amapá, que no uso de suas atribuições do qual solicito uma emenda parlamentar para a construção da escola estadual Ayrton Senna da Silva, localizada no assentamento do munguba.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/151/ind_48_2021_gab_ver_domingos.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/151/ind_48_2021_gab_ver_domingos.pdf.pdf</t>
   </si>
   <si>
     <t>Indicar a vossa excelência Aline Paranhos Varonil Gurgel, deputada federal do estado do Amapá, que no uso de suas atribuições do qual solicito uma emenda parlamentar para a construção de uma quadra poliesportiva no distrito do cupixi.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/152/ind_49_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/152/ind_49_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo Senhor  DAVI ALCOLUMBRE, digníssimo SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, PELO ESTADO DO AMAPÁ, que no uso de suas atribuições  legais do qual  solicito  especial atenção no sentido de que que seja viabilizado recursos financeiros através de Emenda Parlamentar, para fins específicos para a aquisição de uma   Ambulância Equipada com UTI móvel (Unidade de Terapia Intensiva), para bem atender a população de nosso município.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/176/ind_50_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/176/ind_50_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo senhor Davi Alcolumbre, digníssimo senador da república federativa do Brasil, pelo estado do Amapá, que no uso de suas atribuições legais do qual solicito especial atenção no sentido de que seja viabilizado recursos financeiros através de emenda parlamentar, para fins específicos para a construção de um abatedouro público municipal para o abate de bovinos, suínos, caprinos e a produção de embutidos visando o formento da produção agrícola e pecuária do município.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/177/ind_51_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/177/ind_51_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senador Davi Alcolumbre recursos financeiros através de emenda parlamentar, para fins específicos para a aquisição de um caminhão prancha, para bem atender o deslocamento do transporte da patrulha mecanizada em nosso município</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/191/ind_52_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/191/ind_52_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>Indica ao ilustríssimo senhor MARCOS DO NASCIMENTO PEREIRA ARNALDO SANTOS FILHO, digníssimo diretor-presidente de gestão e relacionamento institucional, a retirada de um poste que encontra-se nas dependências da escola municipal Adão ferreira, assim como um transformador para atender as necessidades energéticas do referido estabelecimento de ensino.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/192/ind_53_2021_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/192/ind_53_2021_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>Indicar a Excelentíssima Telma Gurgel, deputada do estado do Amapá, que no uso de suas atribuições legais do qual  solicito uma emenda impositiva no valor de R$ 300.000,00 (trezentos mil reais) para placas de sinalizações do município de porto grande.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/193/ind_54_2021_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/193/ind_54_2021_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>Indicar a vossa excelência DAVI ALCOLUMBRE, senador do estado do Amapá, solicito recursos para a construção de 200 (duzentos) unidades de casas populares para atender o município de porto grande.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/194/ind_55_2021_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/194/ind_55_2021_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA DAVI ALCOLUMBRE, SENADOR DO ESTADO AMAPÁ, UMA EMENDA PARLAMENTAR PARA O RECAPEAMENTO ASFÁLTICO DO BAIRRO CENTRAL DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/195/ind_56_2021_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/195/ind_56_2021_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A EXCELENTÍSSIMA DEPUTADA FEDERAL, MARCIVANIA DO SOCORRO DA ROCHA FECHA, DO PCdoB, POSSA ALOCAR UMA EMENDA PARLAMENTAR PARA COMPRAS DE INSTRUMENTOS MUSICAIS PARA A FORMAÇÃO DE BANDAS EM NOSSO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/196/ind_57_2021_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/196/ind_57_2021_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A EXCELENTÍSSIMA DEPUTADA FEDERAL, MARCIVANIA DO SOCORRO DA ROCHA FECHA, DO PCdoB, POSSA ALOCAR UMA EMENDA PARLAMENTAR PARA A CONSTRUÇÃO DE UMA ESCOLA MUNICIPAL NO BAIRRO MANOEL CORTEZ, NA SEDE DO NOSSO MUNICÍPIO DE PORTO GRANDE</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/197/ind_58_2021_gab_ver_galeno.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/197/ind_58_2021_gab_ver_galeno.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A EXCELENTÍSSIMO, WALDEZ GÓES -  GOVERNADOR DO ESTADO DO AMAPÁ, QUE SEJA VIABILIZADO JUNTO Á SECRETARIA ESTADUAL DE INFRAESTRUTURA, A EXECUÇÃO DE UM POÇO ARTESIANO PARA A ESCOLA ESTADUAL SANTA MARIA NA COMUNIDADE DO VILA NOVA EM PORTO GRANDE - AP</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/198/ind_59_2021_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/198/ind_59_2021_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A EXCELENTÍSSIMO WALDEZ GÓES, GOVERNADOR DO ESTADO DO AMAPÁ, QUE NO USO DE SUAS ATRIBUIÇÕES LEGAIS DO QUAL SOLICITO A CHAMADA PARA O AGENDAMENTO DO PROGRAMA MAIS VISÃO PARA O MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/199/ind_60_2021_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/199/ind_60_2021_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JOSÉ MARIA BESSA DE OLIVEIRA, PREFEITO MUNICIPAL DO MUNICÍPIO DE PORTO GRANDE, QUE SEJA DOADO UM TERRENO PARA A CONSTRUÇÃO DE UMA ESCOLA MUNICIPAL</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/200/ind_61_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/200/ind_61_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR a llustrissima Senhora HELOÍSA MELÉM, dignissima Gerente Administrativa da Empresa AMCEL - AMAPÁ FLORESTAL E CELULOSE S.A. que no uso de suas atribuições legais do qual solicito especial atenção no sentido de que que seja viabilizado uma parceria com SEST - SENAT, no que diz respeito a cursos que possam se disponibilizados para os motoristas e operadores de máquinas pesadas, da Prefeitura de Porto Grande, como trator de esteira, retroescavadeira, pá carregadeira, escavadeira hidráulica, assim como para Especializado e Atualização para Condutores de Veículos de Transporte Coletivo de Passageiros, Atualização para Condutores de Veiculo de Transporte de Cargas de Produtos Perigosos, Especializado e Atualização para Condutores de Veículos de Transporte Escolar, Especializado para Condutores de Veículos de Transporte Coletivo de Passageiros.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/201/ind_62_2021_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/201/ind_62_2021_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A vossa Excelência, Senador da República DAVI ALCOLUMBRE, do partido Democratas, que no uso de suas atribuições legais, possa alocar uma emenda parlamentar para a compra de tabletes para assistir as nossas crianças e adolescestes matriculadas na rede municipal de ensino, para auxiliar no ensino remoto.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/214/ind_63_2021_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/214/ind_63_2021_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>Indicar a Excelentíssima DAVI ALCOLUMBRE, senador do estado do Amapá, que no uso de suas atribuições legais do qual solicito uma emenda impositiva no valor de R$ 300.000,00 (trezentos mil reais) para placas de sinalizações do município de porto grande.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/216/ind_64_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/216/ind_64_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo senhor LUCAS CANTUARIA BARRETO, digníssimo SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL PELO ESTADO DO AMAPÁ, no sentido de que seja viabilizado recursos financeiros através de emenda parlamentar para fins específicos para PREPARO DE ÁREAS para atender as comunidades rurais de nosso Município.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/221/ind_65_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/221/ind_65_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo Senhor DAVI ALCOLUMBRE, digníssimo SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, PELO ESTADO DO AMAPÁ, que no uso de suas atribuições legais do qual solicito especial atenção no sentido de que que seja viabilizado recursos financeiros através de Emenda Parlamentar, para fins específicos para a Aquisição de uma Ambulancha, para bem atender o povo ribeirinho.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/222/ind_66_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/222/ind_66_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo Senhor DAVI ALCOLUMBRE, digníssimo SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, PELO ESTADO DO AMAPÁ, que no uso de suas atribuições legais do qual solicito especial atenção no sentido de que que seja viabilizado recursos financeiros através de Emenda Parlamentar, para fins específicos para Pavimentação do Conjunto n.º 01 no bairro do Aeroporto, para bem atender os moradores.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/223/ind_67_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/223/ind_67_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo Senhor DAVI ALCOLUMBRE, digníssimo SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, PELO ESTADO DO AMAPÁ, que no uso de suas atribuições legais do qual solicito especial atenção no sentido de que que seja viabilizado recursos financeiros através de Emenda Parlamentar, para fins específicos para a Construção de uma Unidade Básica de Saúde (UBS), para atender moradores da Comunidade Monte Tabor.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/224/ind_68_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/224/ind_68_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Excelentíssimo Senhor DAVI ALCOLUMBRE, digníssimo SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL, PELO ESTADO DO AMAPÁ, que no uso de suas atribuições legais do qual solicito especial atenção no sentido de que que seja viabilizado recursos financeiros através de Emenda Parlamentar, para fins específicos para a Aquisição de uma máquina modelo Patrol Motoniveladora e um rolo compactador, para atender os serviço de manutenção em estradas, ramais, ruas e avenidas de nosso município.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/239/ind_69_2021_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/239/ind_69_2021_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A VOSSA EXCELÊNCIA ANDRÉ ABDON - DEPUTADO FEDERAL DO ESTADO DO AMAPÁ, QUE SEJA VIABILIZADO RECURSOS ATRAVÉS DE EMENDA PARLAMENTAR PARA A AQUISIÇÃO DE EQUIPAMENTOS E UTENSÍLIOS PARA A COOPERATIVA AGROEXTRATIVISTA DOS PRODUTORES DO MUNICÍPIO DE PORTO GRANDE - COAMP, QUE FICA LOCALIZADA NA COLÔNIA AGRÍCOLA DO MATAPÍ.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/240/ind_70_2021_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/240/ind_70_2021_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR LUCAS CANTUARIA BARRETO, DIGNÍSSIMO SENADOR DA REPÚBLICA FEDERATIVA DO BRASIL PELO ESTADO DO AMAPÁ, UMA EMENDA PARLAMENTAR PARA FINS ESPECÍFICOS PARA A MANUTENÇÃO DOS RAMAIS E VICINAIS DA COLONIA AGRÍCOLA DO MATAPÁ.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/241/ind_71_2021_gab_ver_nelson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/241/ind_71_2021_gab_ver_nelson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR CAMILO CAPIBERIBE, DIGNÍSSIMO DEPUTADO FEDERAL PELO ESTADO DO AMAPÁ, UMA EMENDA PARLAMENTAR PARA FINS ESPECÍFICOS PARA A CONSTRUÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE (UBS) NO KM 117, PÁRA BEM ATENDER A COMUNIDADE DAQUELA COMUNIDADE.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/264/ind_72_2021_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/264/ind_72_2021_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>A vossa Excelência, Deputado Federal - Camilo Capiberibe, do partido PSB que no uso de suas atribuições legais, possa alocar uma emenda parlamentar para a construção de uma Capela Mortuária em nosso município de Porto Grande.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/265/ind_73_2021_gab_vera_galeno.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/265/ind_73_2021_gab_vera_galeno.pdf.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo senhor DAVI ALCOLUMBRE-SENADOR FEDERAL PELO ESTADO DO AMAPÁ, que seja viabilizado e designado para a localidade do VILA NOVA em Porto Grande, uma emenda parlamentar para CONSTRUÇÃO DE 150 CASAS PARA QUE SEJA FEITO UM CONJUNTO HABITACIONAL.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/266/ind_74_2021_gab_ver_galeno.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/266/ind_74_2021_gab_ver_galeno.pdf.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo senhor Luiz Cantuaria Barreto - SENADOR FEDERAL PELO ESTADO DO AMAPÁ, que seja viabilizado e designado para a Associação dos Agricultores da Região do Cupixi - AARC em Porto Grande, uma doação por intermédio da Companhia de Desenvolvimento Vale do São Francisco e Parnaiba - CODEVASF de 01 KIT P. A. F. 02 - Processamento de Frutos, e 01 KIT A.Q. 05- Pesca, para estruturação das atividades agrícolas e contribuição para segurança alimentar dos produtores da região.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/267/ind_75_2021_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/267/ind_75_2021_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima senhora Marcivânia do Socorro da Rocha Flexa - Deputada Federal, a possibilidade de viabilizar recursos para Reforma e Ampliação da UBS do Matapí.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/268/ind_76_2021_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/268/ind_76_2021_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima senhora Marcivânia do Socorro da Rocha Flexa- Deputada Federal, a possibilidade de viabilizar recursos para aquisição de um ônibus escolar para transporte dos estudantes do Matapí até o IFAP do município de Porto Grande.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/269/ind_77_2021_gab_vera_jolianne.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/269/ind_77_2021_gab_vera_jolianne.pdf.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Diretor Presidente da CAESA Valdinei Santana Amanajas, que seja encaminhado uma equipe técnica para a realização de manutenção no sistema de fornecimento de água nas estação do Município de Porto Grade-AP e realize uma reforma no prédio administrativo que se encontra em estado precário e na oportunidade, solicitamos a ampliação no sistema de fornecimento de água na rede do Município. Convido vossa Excelência para uma visita pessoalmente para juntos possamos olhar de perto a real situação.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/278/ind_78_2021_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/278/ind_78_2021_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>Indicar a companhia de eletricidade do estado do Amapá - CEA, que seja viabilizado a instalação de postes na rua que entra em frente a stil que da acesso ao bairro nova esperança no município de porto grande.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/312/ind_079_2021_vera_nainha.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/312/ind_079_2021_vera_nainha.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR MARCOS DO NASCIMENTO PEREIRA, PRESIDENTE DA COMPANHIA DE ELETRICIDADE DO AMAPÁ - CEA, QUE SEJA FEITA A REGULARIZAÇÃO DA REDE DE FIAÇÃO E POSTEAMENTO DO BAIRRO MANOEL CORTÊZ.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/315/ind_80_2021_gab_ver_narson.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/315/ind_80_2021_gab_ver_narson.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A COMPANHIA DE ELETRICIDADE DO ESTADO DO AMAPÁ - CEA, QUE SEJA VIABILIZADO A INSTALAÇÃO DE POSTES NA RUA QUE ENTRA EM FRENTE A STILL QUE DAR ACESSO AO BAIRRO NOVA ESPERANÇA MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/331/ind_81_2021_gab_ver_alex.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/331/ind_81_2021_gab_ver_alex.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO ILUSTRÍSSIMO SENHOR WELITON NUNES DE MACEDO - GERENTE DA EMPRESA CACHOEIRA CALDEIRÃO DO GRUPO EDP, QUE SEJA VIABILIZADO COMO MEDIDA COMPENSATÓRIA A POSSIBILIDADE DE DOAÇÃO DE UMA BALSA PARA ATENDER O ASSENTAMENTO DO MANOEL JACINTO, COM A FINALIDADE QUE SE INTEGRE AQUELA REGIÃO AO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/334/ind_82_2021_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/334/ind_82_2021_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR A EXCELENTÍSSIMA SENHORA MARCIVÂNIA DO SOCORRO DA ROCHA FLEXA - DEPUTADA FEDERAL, A POSSIBILIDADE DE VIABILIZAR RECURSOS PARA REFORMA E AMPLIAÇÃO DA UBS DO MANOEL CORTEZ.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/352/ind_83_2021_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/352/ind_83_2021_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JACK JK – DEPUTADO ESTADUAL - PSL, A POSSIBILIDADE DE VIABILIZAR RECURSOS PARA QUE SEJA FEITO UMA REFORMA NAS DUAS PONTES DA LINHA A DO MATAPI.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/353/ind_84_2021_gab_ver_guri.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/353/ind_84_2021_gab_ver_guri.pdf.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXCELENTÍSSIMO SENHOR JACK JK – DEPUTADO ESTADUAL - PSL, A POSSIBILIDADE DE VIABILIZAR RECURSOS PARA QUE SEJA FEITO UMA PONTE NO RAMAL DA LINHA C DO PIAÇACA.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/401/ind_85_2021_gab_vera_nainha.pdf.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/401/ind_85_2021_gab_vera_nainha.pdf.pdf</t>
   </si>
   <si>
     <t>que seja enviada uma emenda federal para compra de UTI Móvel para o Distrito Cupixi em Porto Grande, para atender as necessidades do local.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>INDICAR, ao Excelentíssimo Senhor Vinícius de Azevedo Gurgel – Deputado Federal, que no uso de suas atribuições legais, através do qual, solicita a aquisição de uma emenda parlamentar no valor de R$ 1.500.000,00 (Hum Milhão e Quinhentos Mil Reais) para a Construção da Sede Própria da Câmara de Vereadores no Município de Porto Grande-AP.</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/65/30_moc_01_2021_-_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/65/30_moc_01_2021_-_sueli.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA A CANTORA AMAPAENSE JOMARA SOARES SANTANA, CONHECIDA ARTISTICAMENTE COMO MARA SANTARES, PELA BRILHANTE PARTICIPAÇÃO NO PROGRAMA DO RATINHO, NO SISTEMA BRASILEIRO DE TELEVISÃO – SBT, EM SÃO PAULO, OBTENDO A NOTA MÁXIMA DOS JURADOS.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/108/06_-_mocao_001-2021_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/108/06_-_mocao_001-2021_nelson.pdf</t>
   </si>
   <si>
     <t>"Pede Moção de congratulações e aplausos à todas os trabalhadores da saúde do Município de Porto Grande: secretária Municipal de saúde Esmeralda Montenegro, médicos, biomédicos, enfermeiros, técnicos de enfermagem, fisioterapeutas, assistentes sociais, auxiliares administrativos, serviços gerais,maqueiros, socorristas,motorista e psicólogos do centro de atendimento ao enfrentamento da ala Covid-19, hospital e todas as UBS, equipes de vigilância epidemiológicas, equipe de fiscalização, agentes comunitários de saúde, agentes de endemias, equipe de saúde da família, laboratório de análises clinicas e público bem como demais profissionais pelos relevantes serviços prestados a nossa comunidade diante a pandemia Covid - 19".</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/140/moc_no_02_2021_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/140/moc_no_02_2021_sueli.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO PARA AS PESSOAS COM TRANSTORNOS DE ESPECTRO AUTISTA E SEUS FAMILIARES, PELA PASSAGEM DO DIA MUNDIAL DE CONSCIENTE DO AUTISMO, COMEMORANDO ANUALMENTE EM EM 02 DE ABRIL.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/346/mocao_04_2021_ver_nelson_santos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/346/mocao_04_2021_ver_nelson_santos.pdf</t>
   </si>
   <si>
     <t>MONÇÃO DE APLAUSO E RECONHECIMENTO, AO ESTUDANTE GEOVA ODELON SANTOS DE SENA, PELO SEU INGRESSO NA UNIVERSIDADE FEDERAL DE PELOTAS - RS NO CURSO DE ENGENHARIA DE CONTROL E AUTOMAÇÃO.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/393/mocao_05_2021_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/393/mocao_05_2021_ver_nelson.pdf</t>
   </si>
   <si>
     <t>MONÇÃO DE APLAUSO E ATO DE BRAVURA, AO SUB TENENTE HUANDERSON MACIEL PEREIRA SARGENTO FERNANDO MARCUS DA SILVA BENTES, SOLDADO DIEMERSON UILLEN DE OLIVEIRA SOUZA, SOLDADO ADRIANO REIS BARBOSA, REALIZADO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/397/mocao_06_2021_ver_amigo_domingos.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/397/mocao_06_2021_ver_amigo_domingos.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSOS AO SENHOR LEONARDO SILVA GOMES, POR TER ALCANÇADO A NOTA MÁXIMA NA DEFESA DE SEU TCC, PARA A LICENCIATURA EM MATEMÁTICA.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>RV</t>
   </si>
   <si>
     <t>RAZÕES DO VETO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/180/veto_03__2021__pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/180/veto_03__2021__pmpg.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI Nº 003/2021 - CMPG.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/328/veto_ao_pl_14_2021_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/328/veto_ao_pl_14_2021_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL AO PL 14/2021 - GAB PMPG</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/392/veto_total_no_005-2021_22.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/392/veto_total_no_005-2021_22.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PL 05/2021 - GAB PMPG</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t>CAG - COMISSÃO CAG EXTINTA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/120/parecer_no_001-2021_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/120/parecer_no_001-2021_sueli.pdf</t>
   </si>
   <si>
     <t>PARECER AO PROJETO DE LEI Nº 003-2021 - VER. ALEX LOPES DE SOUZA</t>
   </si>
   <si>
     <t>CJR - COMISSÃO CJR EXTINTA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/142/parecer_no_01_2021_joliane.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/153/par_n03_cag_ao_ple_15_2021_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/142/parecer_no_01_2021_joliane.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/153/par_n03_cag_ao_ple_15_2021_pmpg.pdf</t>
   </si>
   <si>
     <t>PARECER  Nº 03/2021 - COMISSÃO DE ASSUNTOS GERAIS AO PROJETO DE LEI Nº 015/2021 - GAB./PMPG "DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMO DO INCISO IX DO ART. 37 DA CF, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/154/parecer_02_2021_cag_ao_pl_014_2021_gab_pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/154/parecer_02_2021_cag_ao_pl_014_2021_gab_pmpg.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 02/2021 - COMISSÃO DE ASSUNTOS GERAIS AO PROJETO DE LEI Nº 014/2021 - GAB./PMPG  "DISPÕE SOBRE A REVISÃO/ATUALIZAÇÃO DA LEI DO FUNDEB COM FUNDAMENTONA LEI FEDERAL Nº 14.113 DE 25 DE DEZEMBRO DE 2020, E ALTERA A LEI MUNICIPAL Nº 237/2007"</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/155/parecer_01_2021_cag_ao_pl_03_2021_gab_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/155/parecer_01_2021_cag_ao_pl_03_2021_gab_ver_alex.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 01/2021 - COMISSÃO DE ASSUNTOS GERAIS AO PROJETO DE LEI Nº 003/2021 - GAB. VER. ALEX LOPES  "DISPÕE SOBRE A OBRIGATORIEDADE DA PUBLICAÇÕES DIÁRIA DA LISTA DE TODOS OS VACINADOS CONTRA O COVID 19 NO MUNICÍPIO DE PORTO GRANDE E DA OUTRA PROVIDENCIAS."</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/157/parecer_002_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/157/parecer_002_jolianne.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 002/2021 DA COMISSÃO DE JUSTIÇA E REDAÇÃO - RELATORA VEREADORA JOLIANNE PEREIRA FONTENELE. AO PROJETO Nº 014/2021 GAB./PMPG</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/158/parecer_003_jolianne.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/158/parecer_003_jolianne.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 003/2021 DA COMISSÃO DE JUSTIÇA E REDAÇÃO -RELATORA  VERA. JOLIANNE PEREIRA FONTENELE. AO PROJETO Nº 015/2021 GAB./PMPG</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/159/parecer_003_sueli.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/159/parecer_003_sueli.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 003/2021 DA COMISSÃO DE ASSUNTOS GERAIS - RELATORA VERA. SUELI SOUZA. AO PROJETO Nº 015/2021 GAB./PMPG</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/179/ccf18052021_0001.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/179/ccf18052021_0001.pdf</t>
   </si>
   <si>
     <t>Parecer nº 004/2021 da comissão de Justiça e redação - Dispõe sobre a verba indenizatória de exercício parlamentar e dá outras providências.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/181/parecer_04_2021_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/181/parecer_04_2021_cag.pdf</t>
   </si>
   <si>
     <t>Parecer nº 004/2021 da comissão de Assuntos Gerais - Dispõe sobre a verba indenizatória de exercício parlamentar e dá outras providências.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/218/parecer.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/218/parecer.pdf</t>
   </si>
   <si>
     <t>Parecer nº 005/2021 da comissão de justiça e redação.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/219/parecer_006-2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/219/parecer_006-2021.pdf</t>
   </si>
   <si>
     <t>Parecer nº 006/2021 da Comissão de assuntos Gerais.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/245/par_cjr_07.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/245/par_cjr_07.pdf</t>
   </si>
   <si>
     <t>PARECER COMISSÃO DE JUSTIÇA E REDAÇÃO SOBRE O PL N 016/2021 GAB PMPG</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/246/par_cag_06.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/246/par_cag_06.pdf</t>
   </si>
   <si>
     <t>PARECER COMISSÃO DE ASSUNTOS GERAIS SOBRE O PL N 016/2021 GAB PMPG</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/280/parecer_001_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/280/parecer_001_cag.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA BANDA FANFARRA MUNICIPAL E DA BANDA MUNICIPAL E O CORAL MUNICIPAL DO MUNICÍPIO DE PORTO GRANDE, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/281/parecer_002_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/281/parecer_002_cag.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CARTEIRA DE IDENTIFICAÇÃO DO AUTISTA (CIA) NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/282/parecer_003_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/282/parecer_003_cag.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNDIAL DA MERENDEIRA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/283/parecer_004_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/283/parecer_004_cag.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNDIAL DO GARI E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/284/parecer_005_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/284/parecer_005_cag.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE NO ÂMBITO MUNICIPAL DA DIVULGAÇÃO DE INFORMAÇÕES SOBRE OBRAS PÚBLICAS PARALISADAS, CONTENDO OS MOTIVOS, TEMPO DE INTERRUPÇÃO E NOVA DATA PREVISTA PARA TERMINIO E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/286/001.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/286/001.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO GARI</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/287/002.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/287/002.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CARTEIRA DE IDENTIDADE DO AUTISTA (CIA) NO ÂMBITO DO MUNICÍPIO DE PORTO GRANDE E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/288/ccf19082021_0002.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/288/ccf19082021_0002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA BANDA DA FANFARRA MUNICIPAL  E DA BANDA MUNICIPAL E O CORAL MUNICIPAL DO MUNICÍPIO DE PORTO GRANDE</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DA MERENDEIRA</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/289/parecer_005_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/289/parecer_005_cjr.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE NO ÂMBITO MUNICIPAL DA DIVULGAÇÃO DE INFORMAÇÕES SOBRE OBRAS PÚBLICAS PARALISADAS, CONTENDO OS MOTIVOS, TEMPO DE INTERRUPÇÃO E NOVA DATA PREVISTA PARA TÉRMINO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/300/parecer_cjr_026_2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/300/parecer_cjr_026_2021.pdf</t>
   </si>
   <si>
     <t>PARECER CJR AO PROJETO DE LEI Nº 014/2021-GABINETE PMPG</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>CAG - COMISSÃO DE ASSUNTOS GERAIS</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/301/parecer_cag_027_2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/301/parecer_cag_027_2021.pdf</t>
   </si>
   <si>
     <t>PARECER CAG AO PROJETO DE LEI Nº 014/2021-GABINETE PMPG</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/319/pr_cjr_028_2021.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/319/pr_cjr_028_2021.pdf</t>
   </si>
   <si>
     <t>PAR 028/2021 CJR AO PL Nº 15/2021 PMPG, QUE "DISPÕEM A REDUÇÃO DE CARGA HORÁRIA DE TRABALHO DO SERVIDOR PÚBLICO MUNICIPAL QUE SEJA RESPONSÁVEL POR PESSOA COM DEFICIÊNCIA, OU ENFERMIDADES, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/320/par_29_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/320/par_29_cag.pdf</t>
   </si>
   <si>
     <t>PAR 029/2021 CAG AO PL Nº 15/2021 PMPG, QUE "DISPÕEM A REDUÇÃO DE CARGA HORÁRIA DE TRABALHO DO SERVIDOR PÚBLICO MUNICIPAL QUE SEJA RESPONSÁVEL POR PESSOA COM DEFICIÊNCIA, OU ENFERMIDADES, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/335/pr_030_2021_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/335/pr_030_2021_cag.pdf</t>
   </si>
   <si>
     <t>PARECER CAG AO VETO 020/2021 PMPG</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/336/pr_031_2021_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/336/pr_031_2021_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER CJR AO VETO 020/2021 PMPG</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/356/prc_32_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/356/prc_32_cag.pdf</t>
   </si>
   <si>
     <t>PARECER 32/2021 AO PL 005/2021 GAB PMPG</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/357/prc_33_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/357/prc_33_cag.pdf</t>
   </si>
   <si>
     <t>PARECER 33/2021 AO PL 006/2021 GAB PMPG</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/358/prc_34_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/358/prc_34_cag.pdf</t>
   </si>
   <si>
     <t>PARECER 34/2021 AO PL 007/2021 GAB PMPG</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/359/prc_35_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/359/prc_35_cag.pdf</t>
   </si>
   <si>
     <t>PARECER 35/2021 AO PL 008/2021 GAB PMPG</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/360/prc_36_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/360/prc_36_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER 36/2021 AO PL 008/2021 GAB PMPG</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/361/pcr_37_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/361/pcr_37_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER 37/2021 AO PL 007/2021 GAB PMPG</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/362/prc_n._38_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/362/prc_n._38_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER 38/2021 AO PL 006/2021 GAB PMPG</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/363/parecer_de_no_39_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/363/parecer_de_no_39_cjr.pdf</t>
   </si>
   <si>
     <t>PARECER 39/2021 AO PL 005/2021 GAB PMPG</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>CJR - COMISSÃO DE JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
     <t>Parecer nº 39 da comissão de Justiça e Redação.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/365/prc_32_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/365/prc_32_cag.pdf</t>
   </si>
   <si>
     <t>Parecer nº 32 da comissão de Assunto Gerais</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/366/pcr_37_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/366/pcr_37_cjr.pdf</t>
   </si>
   <si>
     <t>Parecer nº 37 Comissão de Justiça e Redação</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/367/prc_33_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/367/prc_33_cag.pdf</t>
   </si>
   <si>
     <t>Parecer nº 33 da comissão de Assunto Gerais.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/368/prc_n._38_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/368/prc_n._38_cjr.pdf</t>
   </si>
   <si>
     <t>Parecer nº 38 da  comissão de justiça e redação.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/369/prc_34_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/369/prc_34_cag.pdf</t>
   </si>
   <si>
     <t>Parecer nº 34 Comissão de Assunto Gerais</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/370/prc_35_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/370/prc_35_cag.pdf</t>
   </si>
   <si>
     <t>Parecer nº 35 comissão de assuntos gerais</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/371/prc_36_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/371/prc_36_cjr.pdf</t>
   </si>
   <si>
     <t>Parecer nº 36 comissão de justiça e redação</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/386/contas_tonho.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/386/contas_tonho.pdf</t>
   </si>
   <si>
     <t>PROCESSO Nº 2858/2014 - TCE / AP</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/395/par_cag_tonho.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/395/par_cag_tonho.pdf</t>
   </si>
   <si>
     <t>PARECER CAG CONTAS DE GOVERNO EXERCÍCIO 2013 - PREFEITO ANTÔNIO DE SOUSA PEREIRA</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/406/par_50_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/406/par_50_cag.pdf</t>
   </si>
   <si>
     <t>PAR 50 CAG AO PL QUE DISPOE SOBRE O PLANO PLURIANUAL - PPA PARA OS ANOS 2022/2025.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/407/par_51_cjr.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/407/par_51_cjr.pdf</t>
   </si>
   <si>
     <t>PAR 51 CJR  AO PL QUE DISPOE SOBRE O PLANO PLURIANUAL - PPA PARA OS ANOS 2022/2025.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>PAR. CAG AO PL 18/2021 - GAB PMPG que ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PORTO GRANDE PARA O EXERCÍCIO 2022</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/417/par_cjr_53_ao_pl_18_2021_loa.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/417/par_cjr_53_ao_pl_18_2021_loa.pdf</t>
   </si>
   <si>
     <t>PAR AO PL 18 2021 GAB CMPG</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>COF - COMISSÃO DE ORÇAMENTOS E FINANÇAS</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/156/emenda_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/156/emenda_alex.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 001 AO PROJETO DE LEI 15/2021 - PMPG</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/160/emenda_001_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/160/emenda_001_nelson.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 001/2021  AO PROJETO DE LEI Nº 015/2021 PMPG</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/162/emenda_02_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/162/emenda_02_alex.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 002/2021 AO PROJETO DE LEI Nº 015/2021 - GAB. / PMPG</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/249/3_eme_04_gab_vera_joliane.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/249/3_eme_04_gab_vera_joliane.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do anexo I do Código Ambiental de Porto Grande" Parte integrante desta lei, em seu texto original;</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/302/emenda_05_2021_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/302/emenda_05_2021_alex_lopes.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE LEI 14/2021-PMPG</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/303/emenda_06_2021_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/303/emenda_06_2021_alex_lopes.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA AO PROJETO DE LEI 14/2021-PMPG</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/304/emenda_07_2021_alex_lopes.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/304/emenda_07_2021_alex_lopes.pdf</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/305/emenda_08_2021_ver_nelson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/305/emenda_08_2021_ver_nelson.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 12 DA LEI Nº 263 DE 28 DE DEZEMBRO DE 2007, A FIM DE PROMOVER A INCLUSÃO DOS PROFISSIONAIS DE CARREIRA.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/355/emenda_0092021_a_lei_469_-_2017.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/355/emenda_0092021_a_lei_469_-_2017.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA AO ARTIGO 3º, O ART. 3º § II - A</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/415/emd_10_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/415/emd_10_ver_alex.pdf</t>
   </si>
   <si>
     <t>EMENDA AO PL 18/2021 - LOA</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/416/emd_11_ver_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/416/emd_11_ver_alex.pdf</t>
   </si>
   <si>
     <t>MEN</t>
   </si>
   <si>
     <t>MENSAGEM</t>
   </si>
   <si>
     <t>MENSAGEM Nº 01/2021/GAB/PMPG – PODER EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/119/mens._ple_no_015_2021_gab._pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/119/mens._ple_no_015_2021_gab._pmpg.pdf</t>
   </si>
   <si>
     <t>Mensagem de Apresentação ao Projeto de Lei nº 015/2021.</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/122/mens._ple_no_014_2021_gab._pmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/122/mens._ple_no_014_2021_gab._pmpg.pdf</t>
   </si>
   <si>
     <t>MENSAGEM AO PROJETO DE LEI Nº 014-2021 - GAB/PMPG</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>IPA</t>
   </si>
   <si>
     <t>INFRAÇÃO POLÍTICA-ADMINISTRATIVA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/433/denuncia_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/433/denuncia_alex.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÃO SOBRE A PRESTAÇÃO DE CONTAS DO RECURSO DA CIP REFERENTE AO ANO DE 2020 E OS MESES CORRENTES DE 2021.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/434/denuncia_alex_2.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/434/denuncia_alex_2.pdf</t>
   </si>
   <si>
     <t>REQUER PEDIDO DE INFORMAÇÃO SOBRE O EDITAL CONCORRÊNCIA Nº. 001/2021-CPL / PMPG, COM TODO O PROCESSO LICITÁTORIO, COM OS PARECER DA CPL, PARECERES DA PROCURADORIA DO MUNICIPIO, AS DECISÕES, AS ATAS, ORDEM DE SERVIÇO, E TUDO MAIS PERTINENTE A ESSE PROCESSO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4087,51 +4087,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/37/02_pl_004_2021_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/38/03_pl_005_2021_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/39/projeto_de_lei_no_006.2021_-_nome_dario_coelho.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/40/05_pl_007_2021_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/41/06_pl_008_2021_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/42/07_pl_009_2021_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/43/08_pl_010_2021_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/44/09_pl_011_2021_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/45/10_pl_012_2021_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/46/11_pl_013_2021_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/243/ldo2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/247/1_ple_14_gab_pmpg_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/248/2_ple_15_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/389/01_ppa_porto_22a25.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/394/projeto_de_lei_no_005.2021_-_nome_nelson_goes_da_silva.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/396/ple_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/47/12_pl_01_2021_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/48/13_pl_02_2021_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/49/14_pl_03_2021_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/50/15_pl_04_2021_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/51/16_pl_005_2021_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/52/17_pl_006_2021_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/53/18_pl_007_2021_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/54/19_pl_001_2021_-_nainha.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/55/20_pl_002_2021_-_nainha.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/56/21_pl_001_2021_-_alex.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/67/01_pl_02_2021_-_alex.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/68/02_pl_03_2021_-_alex.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/69/03_pl_08_2021_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/83/01-projeto_de_lei_no_004-2021_dispoe_sobre_a_criacao_da_semana_municipal_da_agricultura_familiar_no_municipio_de_porto_grande_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/84/02-projeto_de_lei_no_010-2021_reconhece_as_praticas_do_grafite_e_do_muralismo_como_manifestacoes_artisticas_de_valor_cultural.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/85/03-projeto_de_lei_no_011-2021_institui_o_dia_de__novembro_como_o_dia_municipal_de_combate_ao_feminicidio_no_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/86/04-projeto_de_lei_no_012-2021_institui_o_programa_maria_sem_medo_nas_escolas_publicas_do_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/103/01_-_projeto_de_lei_no_006-2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/124/proj._de_lei_no_003-2021_elienai.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/125/proj._de_lei_no_006-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/203/projeto_de_lei_no_007-alex.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/204/projeto_de_lei_no_015-nelson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/205/projeto_de_lei_no_004-nainha.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/206/projeto_de_lei_no_001-francinaldo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/208/pll_26_2021_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/209/projeto_de_lei_no_019-nelson.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/210/projeto_de_lei_no_017_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/211/projeto_de_lei_no_014-nelson.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_no_016-nelson.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_no_013-nelson.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/242/projeto_de_lei_no_001-2021_ruy.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/250/4_plo_34_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/251/5_plo_35_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/252/6_plo_36_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/253/7_plo_37_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/254/8_plo_38_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/255/9_plo_39_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_de_lei_00_nelson.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/291/pll_041_2021_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/292/pll_042_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/293/pll_043_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/294/pll_044_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/295/pll_045_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/296/pll_046_2021_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/297/pll_047_2021_nainha.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/298/pll_048_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/299/projeto_de_lei_002-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/313/pl_050_2021_ver_ruy_andrade.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/347/pl_051_2021_ver_nelson_santos.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/379/pl_052_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/384/pl_053_2021_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/398/pl_54_2021_sueli_1-mesclado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/24/pro_01.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/25/pro_02.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/26/pro_03.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/36/01_pro_01_2021_-_mesa_dir..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/57/22_pr_004_2021_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/161/pr_05_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/105/02_-_projeto_de_resolucao_001-2021_jolianne.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/244/pr_005_2021_mesa_diretora_horario_de_sessao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/285/projeto_de_relacao_n_09_2021_cmpg.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/385/pr_011_2021_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/402/pr_12_21_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/13/04_req_01_alex.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/14/05_req_02_alex.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/15/06_req_03_alex.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/16/07_req_04_alex.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/17/08_req_05_alex.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/18/09_req_06_alex.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/19/10_req_01_nainha.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/20/11_req_02_nainha.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/21/12_req_03_nainha.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/22/13_req_01_guri.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/58/23_req_002_2021_-_guri.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/66/teste_de_sistema.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/71/05_req_01_2021_-_galeno.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/72/06_req_07_2021_-_alex.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/73/07_req_01_2021_-_guri.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/74/08_req_01_2021_-__domingos.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/75/09_req_02_2021_-__domingos.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/76/10_req_03_2021_-__domingos.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/77/11_req_04_2021_-__domingos.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/78/12_req_05_2021_-__domingos.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/88/06-requerimento_no_008-2021_requer_pedido_de_informacoes_sobre_a_prestacao_de_contas_do_recurso_da_cip_referente_ao_ano_de_2020_e_os_meses_correntes_de_2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/87/05-_requerimento_no_001-2021_requer_o_encaminhamento_do_presente_pedido_a_secretaria_de_obras_estude_a_possibilidade_da_construcao_de_um_unidade_basica_de_saude_comunidade_do_campo_verde.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/89/07-requerimento_no_004-2021_requer_a_limpeza_da_area_do_balneario_que_estava_na_posse_que_foi_repassado_para_a_prefeitura_e_doacao_dos_lotes_para_as_familias_carentes_do_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/90/08-requerimento_no_005-2021_requer_que_seja_feito_a_troca_das_cruzetas_na_zona_rural_do_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/91/09-requerimento_no_006-2021_requer_que_seja_feito_a_limpeza_e_terraplanagem_na_rua_principal_da_vila_militar_no_bairro_nova_esperanca_em_toda_sua_extensao_em_carater_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/92/010-_requerimento_no_007-2021_requer_que_seja_feito_a_limpeza_e_terraplanagem_na_rua_manoel_bentes_parentes_no_bairro_das_malvinas_em_toda_sua_extensao_em_carater_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/96/011_-_requerimento_no_09_-_2021_alex.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/104/02_-_requerimento_001-2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/106/04_-_requerimento_002-2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/107/05_-_requerimento_001-_2021_jolianne.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/118/req_031_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/127/req._no_11_2021_alex.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/128/req._no_03_2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/129/req._no_04_2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/130/req._no_06_2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/131/req._no_012-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/134/req._no_02_2021_sueli.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/143/req._no_004-2021_nainha.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/144/requ._no_013-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/145/requ._no_014-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/146/requ._no_015-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/147/requ._no_016-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/148/requ._no_005-2021_nainha.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/163/meteria_21_-_requerimento_017_-_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/164/materia_22_-_requerimento_018_-_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/165/materia_23_-_requerimento_019_-_2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/166/materia_24_-_requerimento_020_-_2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/167/materia_25_-_requerimento_021_-_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/168/materia_26_-_requerimento_003_-_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/169/materia_27_-_requerimento_004_-_2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/170/materia_28_-_requerimento_005_-_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/171/materia_29_-_requerimento_006_-_2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/172/materia_30_-_requerimento_022_-_2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/173/materia_31_-_requerimento_0002_-_2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/174/materia_32_-_requerimento_003_-_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/175/materia_33_-_requerimento_004_-_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento_no_026-_alex.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/183/requerimento_no_023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_no_003-_galeno.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/185/requerimento_no_002-_galeno.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/186/requerimento_no_010-_nelson.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_no_011-_nelson.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_no_007-_sueli.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_no_009-_domingos.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_no_006-_nainha.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_no025_-_alex.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_domingos.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_sueli.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_no_011-2021_domingos.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_no_026-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_no_024-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/228/requerimento_no_009-2021_sueli.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_no_010-2021_sueli.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_no_004-2021_jolianne.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/231/requerimento_no_005-2021_jolianne.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_006-2021_jolianne.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/233/requerimento_no_012-2021_domingos.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/234/requerimento_no_013-2021_domingos.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_no_001-2021_ruy.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_no_013-2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_no_014-2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_no_015-2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/256/req_84_gab_ver_ruy.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/257/11_req_85_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/258/12_req_86_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/259/13_req_87_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/260/14_req_88_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/261/15_req_89_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/262/16_req_90_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/263/17_req_91_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/270/req_nelson_2021_a.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/271/req_nelson_2021_b.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/272/req_094_2021_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/273/req_095_2021_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/274/req_096_2021_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/275/req_097_2021_ver_narson.pdf-1.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/276/req_098_2021_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/277/req_099_2021_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/306/req_100_2021_ver_ruy_andrade.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/307/req_101_2021_ver_ruy_andrade.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/308/req_102_2021_ver_ruy_andrade.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/309/req_103_2021_ver_ruy_andrade.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/310/req_104_2021_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/311/req_105_2021_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/316/req_106_2021_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/317/req_107_2021_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/318/req_108_2021_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/321/req_109_2021_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/322/req_110_2021_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/323/req_111_2021_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/324/req_112_2021_ver_ruy_andrade.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/325/req_113_2021_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/326/req_114_2021_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/327/req_115_2021_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/329/req_116_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/330/req_117_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/332/req_118_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/333/req_119_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/338/req_120_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/339/req_121_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/340/req_122_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/341/req_123_2021_ver_rui_andrade.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/342/req_124_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/343/req_125_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/344/req_126_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/345/req_127_2021_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/348/req_128_2021_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/349/req_129_2021_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/350/req_130_2021_ver_amigo_domingos.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/351/req_131_2021_ver_amigo_domingos.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/354/rqr_132_alex.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/373/req_134_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/374/req_135_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/375/req_136_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/376/req_137_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/377/req_138_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/378/req_139_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/380/req_140_2021_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/381/req_141_2021_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/382/req_142_2021_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/383/req_143_2021_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/387/req_144_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/388/req_145_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/391/req_147_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/399/req_148_2021_ruy.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/400/req_149_sueli.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/404/req_150_gab_nainha.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/405/req_151_gab_alex.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/408/req_152_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/409/req_153_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/23/ind_01_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/27/ind_02_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/28/ind_03_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/29/ind_04_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/30/ind_05_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/31/ind_06_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/32/ind_07_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/33/ind_08_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/34/ind_09_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/35/ind_10_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/59/ind_11_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/60/ind_12_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/61/ind_13_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/62/ind_14_2021_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/63/ind_15_2021_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/64/ind_16_2021_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/79/ind_17_2021_gab_ver_francinaldo.pdf.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/81/ind_19_2021_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/82/ind_20_2021_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/93/ind_21_2021_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/94/ind_22_2021_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/95/ind_23_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/97/ind_24_2021_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/98/ind_25_2021_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/99/ind_26_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/100/ind_27_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/101/ind_28_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/102/ind_29_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/109/ind_30_2021_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/110/ind_31_2021_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/111/ind_32_2021_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/112/ind_33_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/113/ind_34_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/114/ind_35_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/115/ind_36_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/116/ind_37_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/117/ind_38_2021_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/132/ind_39_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/133/ind_40_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/135/ind_41_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/136/ind_42_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/137/ind_43_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/138/ind_44_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/139/ind_45_2021_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/149/ind_46_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/150/ind_47_2021_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/151/ind_48_2021_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/152/ind_49_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/176/ind_50_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/177/ind_51_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/191/ind_52_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/192/ind_53_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/193/ind_54_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/194/ind_55_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/195/ind_56_2021_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/196/ind_57_2021_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/197/ind_58_2021_gab_ver_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/198/ind_59_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/199/ind_60_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/200/ind_61_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/201/ind_62_2021_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/214/ind_63_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/216/ind_64_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/221/ind_65_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/222/ind_66_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/223/ind_67_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/224/ind_68_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/239/ind_69_2021_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/240/ind_70_2021_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/241/ind_71_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/264/ind_72_2021_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/265/ind_73_2021_gab_vera_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/266/ind_74_2021_gab_ver_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/267/ind_75_2021_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/268/ind_76_2021_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/269/ind_77_2021_gab_vera_jolianne.pdf.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/278/ind_78_2021_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/312/ind_079_2021_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/315/ind_80_2021_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/331/ind_81_2021_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/334/ind_82_2021_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/352/ind_83_2021_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/353/ind_84_2021_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/401/ind_85_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/65/30_moc_01_2021_-_sueli.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/108/06_-_mocao_001-2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/140/moc_no_02_2021_sueli.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/346/mocao_04_2021_ver_nelson_santos.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/393/mocao_05_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/397/mocao_06_2021_ver_amigo_domingos.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/180/veto_03__2021__pmpg.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/328/veto_ao_pl_14_2021_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/392/veto_total_no_005-2021_22.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/120/parecer_no_001-2021_sueli.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/142/parecer_no_01_2021_joliane.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/153/par_n03_cag_ao_ple_15_2021_pmpg.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/154/parecer_02_2021_cag_ao_pl_014_2021_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/155/parecer_01_2021_cag_ao_pl_03_2021_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/157/parecer_002_jolianne.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/158/parecer_003_jolianne.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/159/parecer_003_sueli.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/179/ccf18052021_0001.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/181/parecer_04_2021_cag.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/218/parecer.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/219/parecer_006-2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/245/par_cjr_07.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/246/par_cag_06.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/280/parecer_001_cag.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/281/parecer_002_cag.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/282/parecer_003_cag.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/283/parecer_004_cag.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/284/parecer_005_cag.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/286/001.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/287/002.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/288/ccf19082021_0002.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/289/parecer_005_cjr.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/300/parecer_cjr_026_2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/301/parecer_cag_027_2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/319/pr_cjr_028_2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/320/par_29_cag.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/335/pr_030_2021_cag.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/336/pr_031_2021_cjr.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/356/prc_32_cag.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/357/prc_33_cag.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/358/prc_34_cag.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/359/prc_35_cag.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/360/prc_36_cjr.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/361/pcr_37_cjr.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/362/prc_n._38_cjr.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/363/parecer_de_no_39_cjr.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/365/prc_32_cag.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/366/pcr_37_cjr.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/367/prc_33_cag.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/368/prc_n._38_cjr.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/369/prc_34_cag.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/370/prc_35_cag.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/371/prc_36_cjr.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/386/contas_tonho.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/395/par_cag_tonho.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/406/par_50_cag.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/407/par_51_cjr.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/417/par_cjr_53_ao_pl_18_2021_loa.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/156/emenda_alex.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/160/emenda_001_nelson.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/162/emenda_02_alex.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/249/3_eme_04_gab_vera_joliane.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/302/emenda_05_2021_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/303/emenda_06_2021_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/304/emenda_07_2021_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/305/emenda_08_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/355/emenda_0092021_a_lei_469_-_2017.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/415/emd_10_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/416/emd_11_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/119/mens._ple_no_015_2021_gab._pmpg.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/122/mens._ple_no_014_2021_gab._pmpg.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/433/denuncia_alex.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/434/denuncia_alex_2.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/37/02_pl_004_2021_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/38/03_pl_005_2021_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/39/projeto_de_lei_no_006.2021_-_nome_dario_coelho.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/40/05_pl_007_2021_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/41/06_pl_008_2021_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/42/07_pl_009_2021_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/43/08_pl_010_2021_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/44/09_pl_011_2021_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/45/10_pl_012_2021_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/46/11_pl_013_2021_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/243/ldo2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/247/1_ple_14_gab_pmpg_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/248/2_ple_15_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/389/01_ppa_porto_22a25.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/394/projeto_de_lei_no_005.2021_-_nome_nelson_goes_da_silva.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/396/ple_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/47/12_pl_01_2021_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/48/13_pl_02_2021_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/49/14_pl_03_2021_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/50/15_pl_04_2021_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/51/16_pl_005_2021_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/52/17_pl_006_2021_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/53/18_pl_007_2021_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/54/19_pl_001_2021_-_nainha.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/55/20_pl_002_2021_-_nainha.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/56/21_pl_001_2021_-_alex.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/67/01_pl_02_2021_-_alex.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/68/02_pl_03_2021_-_alex.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/69/03_pl_08_2021_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/83/01-projeto_de_lei_no_004-2021_dispoe_sobre_a_criacao_da_semana_municipal_da_agricultura_familiar_no_municipio_de_porto_grande_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/84/02-projeto_de_lei_no_010-2021_reconhece_as_praticas_do_grafite_e_do_muralismo_como_manifestacoes_artisticas_de_valor_cultural.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/85/03-projeto_de_lei_no_011-2021_institui_o_dia_de__novembro_como_o_dia_municipal_de_combate_ao_feminicidio_no_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/86/04-projeto_de_lei_no_012-2021_institui_o_programa_maria_sem_medo_nas_escolas_publicas_do_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/103/01_-_projeto_de_lei_no_006-2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/124/proj._de_lei_no_003-2021_elienai.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/125/proj._de_lei_no_006-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/203/projeto_de_lei_no_007-alex.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/204/projeto_de_lei_no_015-nelson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/205/projeto_de_lei_no_004-nainha.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/206/projeto_de_lei_no_001-francinaldo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/208/pll_26_2021_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/209/projeto_de_lei_no_019-nelson.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/210/projeto_de_lei_no_017_-_nelson.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/211/projeto_de_lei_no_014-nelson.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_no_016-nelson.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_no_013-nelson.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/242/projeto_de_lei_no_001-2021_ruy.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/250/4_plo_34_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/251/5_plo_35_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/252/6_plo_36_gab_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/253/7_plo_37_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/254/8_plo_38_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/255/9_plo_39_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_de_lei_00_nelson.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/291/pll_041_2021_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/292/pll_042_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/293/pll_043_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/294/pll_044_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/295/pll_045_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/296/pll_046_2021_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/297/pll_047_2021_nainha.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/298/pll_048_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/299/projeto_de_lei_002-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/313/pl_050_2021_ver_ruy_andrade.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/347/pl_051_2021_ver_nelson_santos.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/379/pl_052_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/384/pl_053_2021_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/398/pl_54_2021_sueli_1-mesclado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/24/pro_01.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/25/pro_02.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/26/pro_03.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/36/01_pro_01_2021_-_mesa_dir..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/57/22_pr_004_2021_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/161/pr_05_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/105/02_-_projeto_de_resolucao_001-2021_jolianne.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/244/pr_005_2021_mesa_diretora_horario_de_sessao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/285/projeto_de_relacao_n_09_2021_cmpg.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/385/pr_011_2021_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/402/pr_12_21_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/13/04_req_01_alex.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/14/05_req_02_alex.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/15/06_req_03_alex.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/16/07_req_04_alex.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/17/08_req_05_alex.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/18/09_req_06_alex.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/19/10_req_01_nainha.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/20/11_req_02_nainha.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/21/12_req_03_nainha.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/22/13_req_01_guri.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/58/23_req_002_2021_-_guri.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/66/teste_de_sistema.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/71/05_req_01_2021_-_galeno.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/72/06_req_07_2021_-_alex.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/73/07_req_01_2021_-_guri.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/74/08_req_01_2021_-__domingos.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/75/09_req_02_2021_-__domingos.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/76/10_req_03_2021_-__domingos.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/77/11_req_04_2021_-__domingos.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/78/12_req_05_2021_-__domingos.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/88/06-requerimento_no_008-2021_requer_pedido_de_informacoes_sobre_a_prestacao_de_contas_do_recurso_da_cip_referente_ao_ano_de_2020_e_os_meses_correntes_de_2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/87/05-_requerimento_no_001-2021_requer_o_encaminhamento_do_presente_pedido_a_secretaria_de_obras_estude_a_possibilidade_da_construcao_de_um_unidade_basica_de_saude_comunidade_do_campo_verde.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/89/07-requerimento_no_004-2021_requer_a_limpeza_da_area_do_balneario_que_estava_na_posse_que_foi_repassado_para_a_prefeitura_e_doacao_dos_lotes_para_as_familias_carentes_do_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/90/08-requerimento_no_005-2021_requer_que_seja_feito_a_troca_das_cruzetas_na_zona_rural_do_municipio_de_porto_grande.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/91/09-requerimento_no_006-2021_requer_que_seja_feito_a_limpeza_e_terraplanagem_na_rua_principal_da_vila_militar_no_bairro_nova_esperanca_em_toda_sua_extensao_em_carater_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/92/010-_requerimento_no_007-2021_requer_que_seja_feito_a_limpeza_e_terraplanagem_na_rua_manoel_bentes_parentes_no_bairro_das_malvinas_em_toda_sua_extensao_em_carater_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/96/011_-_requerimento_no_09_-_2021_alex.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/104/02_-_requerimento_001-2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/106/04_-_requerimento_002-2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/107/05_-_requerimento_001-_2021_jolianne.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/118/req_031_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/127/req._no_11_2021_alex.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/128/req._no_03_2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/129/req._no_04_2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/130/req._no_06_2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/131/req._no_012-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/134/req._no_02_2021_sueli.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/143/req._no_004-2021_nainha.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/144/requ._no_013-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/145/requ._no_014-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/146/requ._no_015-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/147/requ._no_016-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/148/requ._no_005-2021_nainha.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/163/meteria_21_-_requerimento_017_-_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/164/materia_22_-_requerimento_018_-_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/165/materia_23_-_requerimento_019_-_2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/166/materia_24_-_requerimento_020_-_2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/167/materia_25_-_requerimento_021_-_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/168/materia_26_-_requerimento_003_-_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/169/materia_27_-_requerimento_004_-_2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/170/materia_28_-_requerimento_005_-_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/171/materia_29_-_requerimento_006_-_2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/172/materia_30_-_requerimento_022_-_2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/173/materia_31_-_requerimento_0002_-_2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/174/materia_32_-_requerimento_003_-_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/175/materia_33_-_requerimento_004_-_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento_no_026-_alex.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/183/requerimento_no_023_-_alex.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_no_003-_galeno.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/185/requerimento_no_002-_galeno.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/186/requerimento_no_010-_nelson.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_no_011-_nelson.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_no_007-_sueli.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_no_009-_domingos.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_no_006-_nainha.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_no025_-_alex.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_domingos.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_sueli.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_no_011-2021_domingos.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_no_026-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_no_024-2021_alex.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/228/requerimento_no_009-2021_sueli.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_no_010-2021_sueli.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_no_004-2021_jolianne.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/231/requerimento_no_005-2021_jolianne.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_006-2021_jolianne.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/233/requerimento_no_012-2021_domingos.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/234/requerimento_no_013-2021_domingos.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_no_001-2021_ruy.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_no_013-2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_no_014-2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_no_015-2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/256/req_84_gab_ver_ruy.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/257/11_req_85_gab_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/258/12_req_86_gab_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/259/13_req_87_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/260/14_req_88_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/261/15_req_89_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/262/16_req_90_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/263/17_req_91_gab_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/270/req_nelson_2021_a.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/271/req_nelson_2021_b.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/272/req_094_2021_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/273/req_095_2021_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/274/req_096_2021_ver_galeno.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/275/req_097_2021_ver_narson.pdf-1.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/276/req_098_2021_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/277/req_099_2021_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/306/req_100_2021_ver_ruy_andrade.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/307/req_101_2021_ver_ruy_andrade.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/308/req_102_2021_ver_ruy_andrade.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/309/req_103_2021_ver_ruy_andrade.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/310/req_104_2021_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/311/req_105_2021_ver_domingos.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/316/req_106_2021_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/317/req_107_2021_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/318/req_108_2021_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/321/req_109_2021_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/322/req_110_2021_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/323/req_111_2021_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/324/req_112_2021_ver_ruy_andrade.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/325/req_113_2021_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/326/req_114_2021_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/327/req_115_2021_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/329/req_116_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/330/req_117_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/332/req_118_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/333/req_119_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/338/req_120_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/339/req_121_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/340/req_122_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/341/req_123_2021_ver_rui_andrade.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/342/req_124_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/343/req_125_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/344/req_126_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/345/req_127_2021_vera_sueli.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/348/req_128_2021_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/349/req_129_2021_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/350/req_130_2021_ver_amigo_domingos.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/351/req_131_2021_ver_amigo_domingos.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/354/rqr_132_alex.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/373/req_134_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/374/req_135_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/375/req_136_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/376/req_137_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/377/req_138_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/378/req_139_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/380/req_140_2021_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/381/req_141_2021_ver_guri.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/382/req_142_2021_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/383/req_143_2021_vera_jolianne.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/387/req_144_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/388/req_145_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/391/req_147_2021_ver_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/399/req_148_2021_ruy.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/400/req_149_sueli.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/404/req_150_gab_nainha.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/405/req_151_gab_alex.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/408/req_152_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/409/req_153_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/23/ind_01_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/27/ind_02_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/28/ind_03_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/29/ind_04_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/30/ind_05_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/31/ind_06_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/32/ind_07_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/33/ind_08_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/34/ind_09_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/35/ind_10_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/59/ind_11_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/60/ind_12_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/61/ind_13_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/62/ind_14_2021_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/63/ind_15_2021_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/64/ind_16_2021_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/79/ind_17_2021_gab_ver_francinaldo.pdf.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/81/ind_19_2021_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/82/ind_20_2021_gab_vera_sueli.pdf.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/93/ind_21_2021_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/94/ind_22_2021_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/95/ind_23_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/97/ind_24_2021_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/98/ind_25_2021_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/99/ind_26_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/100/ind_27_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/101/ind_28_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/102/ind_29_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/109/ind_30_2021_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/110/ind_31_2021_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/111/ind_32_2021_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/112/ind_33_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/113/ind_34_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/114/ind_35_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/115/ind_36_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/116/ind_37_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/117/ind_38_2021_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/132/ind_39_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/133/ind_40_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/135/ind_41_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/136/ind_42_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/137/ind_43_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/138/ind_44_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/139/ind_45_2021_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/149/ind_46_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/150/ind_47_2021_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/151/ind_48_2021_gab_ver_domingos.pdf.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/152/ind_49_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/176/ind_50_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/177/ind_51_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/191/ind_52_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/192/ind_53_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/193/ind_54_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/194/ind_55_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/195/ind_56_2021_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/196/ind_57_2021_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/197/ind_58_2021_gab_ver_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/198/ind_59_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/199/ind_60_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/200/ind_61_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/201/ind_62_2021_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/214/ind_63_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/216/ind_64_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/221/ind_65_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/222/ind_66_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/223/ind_67_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/224/ind_68_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/239/ind_69_2021_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/240/ind_70_2021_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/241/ind_71_2021_gab_ver_nelson.pdf.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/264/ind_72_2021_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/265/ind_73_2021_gab_vera_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/266/ind_74_2021_gab_ver_galeno.pdf.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/267/ind_75_2021_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/268/ind_76_2021_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/269/ind_77_2021_gab_vera_jolianne.pdf.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/278/ind_78_2021_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/312/ind_079_2021_vera_nainha.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/315/ind_80_2021_gab_ver_narson.pdf.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/331/ind_81_2021_gab_ver_alex.pdf.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/334/ind_82_2021_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/352/ind_83_2021_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/353/ind_84_2021_gab_ver_guri.pdf.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/401/ind_85_2021_gab_vera_nainha.pdf.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/65/30_moc_01_2021_-_sueli.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/108/06_-_mocao_001-2021_nelson.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/140/moc_no_02_2021_sueli.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/346/mocao_04_2021_ver_nelson_santos.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/393/mocao_05_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/397/mocao_06_2021_ver_amigo_domingos.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/180/veto_03__2021__pmpg.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/328/veto_ao_pl_14_2021_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/392/veto_total_no_005-2021_22.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/120/parecer_no_001-2021_sueli.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/142/parecer_no_01_2021_joliane.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/153/par_n03_cag_ao_ple_15_2021_pmpg.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/154/parecer_02_2021_cag_ao_pl_014_2021_gab_pmpg.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/155/parecer_01_2021_cag_ao_pl_03_2021_gab_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/157/parecer_002_jolianne.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/158/parecer_003_jolianne.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/159/parecer_003_sueli.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/179/ccf18052021_0001.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/181/parecer_04_2021_cag.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/218/parecer.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/219/parecer_006-2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/245/par_cjr_07.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/246/par_cag_06.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/280/parecer_001_cag.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/281/parecer_002_cag.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/282/parecer_003_cag.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/283/parecer_004_cag.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/284/parecer_005_cag.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/286/001.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/287/002.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/288/ccf19082021_0002.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/289/parecer_005_cjr.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/300/parecer_cjr_026_2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/301/parecer_cag_027_2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/319/pr_cjr_028_2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/320/par_29_cag.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/335/pr_030_2021_cag.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/336/pr_031_2021_cjr.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/356/prc_32_cag.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/357/prc_33_cag.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/358/prc_34_cag.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/359/prc_35_cag.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/360/prc_36_cjr.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/361/pcr_37_cjr.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/362/prc_n._38_cjr.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/363/parecer_de_no_39_cjr.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/365/prc_32_cag.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/366/pcr_37_cjr.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/367/prc_33_cag.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/368/prc_n._38_cjr.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/369/prc_34_cag.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/370/prc_35_cag.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/371/prc_36_cjr.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/386/contas_tonho.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/395/par_cag_tonho.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/406/par_50_cag.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/407/par_51_cjr.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/417/par_cjr_53_ao_pl_18_2021_loa.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/156/emenda_alex.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/160/emenda_001_nelson.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/162/emenda_02_alex.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/249/3_eme_04_gab_vera_joliane.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/302/emenda_05_2021_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/303/emenda_06_2021_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/304/emenda_07_2021_alex_lopes.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/305/emenda_08_2021_ver_nelson.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/355/emenda_0092021_a_lei_469_-_2017.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/415/emd_10_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/416/emd_11_ver_alex.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/119/mens._ple_no_015_2021_gab._pmpg.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/122/mens._ple_no_014_2021_gab._pmpg.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2022/433/denuncia_alex.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2021/434/denuncia_alex_2.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H400"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="42.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>