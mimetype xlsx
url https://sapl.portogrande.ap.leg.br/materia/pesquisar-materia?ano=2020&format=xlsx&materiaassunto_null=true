--- v0 (2025-10-13)
+++ v1 (2026-03-17)
@@ -51,180 +51,180 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA EXECUTIVO</t>
   </si>
   <si>
     <t>PMPG</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/1/loa_2020_projeto.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/1/loa_2020_projeto.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PORTO GRANDE PARA O EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA LEGISLATIVO</t>
   </si>
   <si>
     <t>MESA DIRETORA CMPG</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/6/plo_02_2020_gab_pres_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/6/plo_02_2020_gab_pres_narson.pdf</t>
   </si>
   <si>
     <t>FIXAÇÃO SUBSÍDIO AGENTES POLÍTICOS - LEGISLATURA 2021/2024</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/</t>
   </si>
   <si>
     <t>ALTERA O INCISO DO ARTIGO 2º DA RESOLUÇÃO Nº 001/2017 E O INCISO 2° DO ARTIGO 2º DA RESOLUÇÃO N° 003/2010 DA CÂMARA MUNICIPAL DE PORTO GRANDE E DA OUTRAS.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>NARSON SANTOS</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO ESCAVAÇÃO DE UMA VALA NA TRAVESSA 12 DE OUTUBRO, BAIRRO MANOEL CORTEZ PARA ESCOAMENTO DA AGUA PLUVIAIS.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/3/ind_003_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/3/ind_003_ver_narson.pdf</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR PARA CONSTRUÇÃO DE SISTEMA DE ABASTECIMENTO DE AGUA NA COMUNIDADE DO KM 142.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/4/ind_002_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/4/ind_002_ver_narson.pdf</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR PARA A CONSTRUÇÃO DE UMA PRAÇA NA SEDE DO DISTRITO DO CUPIXI.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/5/ind_001_ver_narson.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/5/ind_001_ver_narson.pdf</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR PARA A CONSTRUÇÃO DA SEDE PRÓPRIA DA CÂMARA DE VEREADORES DO MUNICÍPIO DE PORTO GRANDE.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t>Parecer Jurídico Fixação de Subsidio de Agentes Políticos - Legislatura 2021/2024 - Providencias.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>CAG - COMISSÃO CAG EXTINTA</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/11/par_03_2020_cag.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/11/par_03_2020_cag.pdf</t>
   </si>
   <si>
     <t>PARECER SOBRE O PROJETO DE LEI Nº 002/2020 - CMPG</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
     <t>ALEX LOPES</t>
   </si>
   <si>
     <t>ALTERAÇÃO NA REDAÇÃO DO ART. 3º, II, na discrição da tabela 22.02, 22.09 e 22.13 modificação nos seus respectivos valores, que terá a seguinte redação de acordo com a tabela abaixo. (ANEXO)</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/9/emenda_mod_001_alex.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/9/emenda_mod_001_alex.pdf</t>
   </si>
   <si>
     <t>ALTERAÇÃO NO INCISO I DO ART 4° DO PROJETO DE LEI 003/2021, MODIFICANDO O PERCENTUAL DE 20% (VINTE POR CENTO) PARA 4% (QUATRO POR CENTO) DO TOTAL DA DESPESA FIXADA NO ART 1° PARA OS FINS DE AUTORIZAÇÃO DA ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES. ONDE ESTÁ GRAFADO: "(...) ATÉ O LIMITE DE 20% (VINTO POR CENTO) DO TOTAL DA DESPESA FIXADA NO ART. 1°, (...)" PASSA A SER "(...) ATÉ O LIMITE DE 4% (QUATRO POR CENTO) DO TOTAL DA DESPESA FIXADA NO ART. 1°, (...)".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -531,68 +531,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/1/loa_2020_projeto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/6/plo_02_2020_gab_pres_narson.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/3/ind_003_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/4/ind_002_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/5/ind_001_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/11/par_03_2020_cag.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/9/emenda_mod_001_alex.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/1/loa_2020_projeto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/6/plo_02_2020_gab_pres_narson.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/3/ind_003_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/4/ind_002_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/5/ind_001_ver_narson.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/11/par_03_2020_cag.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2020/9/emenda_mod_001_alex.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>