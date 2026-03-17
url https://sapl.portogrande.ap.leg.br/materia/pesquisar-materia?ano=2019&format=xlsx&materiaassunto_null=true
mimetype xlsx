--- v0 (2025-10-13)
+++ v1 (2026-03-17)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA LEGISLATIVO</t>
   </si>
   <si>
     <t>ALEX LOPES</t>
   </si>
   <si>
-    <t>https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2019/337/pl_002_219_cmpg.pdf</t>
+    <t>http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2019/337/pl_002_219_cmpg.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização do Poder Executivo Municipal a fixar e a cobrar preço público pela ocupação do espaço de solo em áreas públicas municipais pelo sistema de posteamento de rede de energia elétrica, de propriedade da concessionária de energia elétrica que os utiliza, ou vem a utilizar, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -405,68 +405,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2019/337/pl_002_219_cmpg.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portogrande.ap.leg.br/media/sapl/public/materialegislativa/2019/337/pl_002_219_cmpg.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>